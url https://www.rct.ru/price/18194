--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1039">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -976,51 +976,51 @@
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
-    <t>14.01.2026</t>
+    <t>27.12.2025</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>стойка стальная луженая M3.0, OD6.0*L10.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>UT-00098708</t>
   </si>
   <si>
     <t>L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>стойка латунная луженая M2.5, OD5.0*L3.0мм + ID3.6*T1.1мм / L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>UT-00094185</t>
   </si>
   <si>
     <t>L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD5.0*L6.0мм + ID3.50*T1.50мм, катушка / L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
@@ -1108,50 +1108,53 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
+    <t>12.04.2026</t>
+  </si>
+  <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
   </si>
   <si>
     <t>UT-00095476</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L7-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L7-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (L-KLS8-DBL-M3-E5.5-L7-A)</t>
   </si>
   <si>
     <t>UT-00149191</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0700-1300-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L0800-1400-5-03-1N1W</t>
@@ -1168,51 +1171,51 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 8 (L-KLS8-DBL-M3-E5.5-L08-A)</t>
   </si>
   <si>
     <t>UT-00149192</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0800-1400-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 8 (желтые) L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>H-L1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (H-L1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
-    <t>04.12.2025</t>
+    <t>08.03.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L10-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (L-KLS8-DBL-M3-E5.5-L10-A)</t>
   </si>
   <si>
     <t>UT-00149193</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-1600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-10 (желтые) L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>UT-00134765</t>
   </si>
   <si>
     <t>H-L1100-1700-5-03-1N1W</t>
   </si>
@@ -2228,53 +2231,50 @@
     <t>cтойка для платы, латунная, без покрытия / PCHSS-26 (желтые) L-KLS8-DBK-M3-E5.0-L26</t>
   </si>
   <si>
     <t>UT-00120039</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M3-E4.7-L27</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSS-27 (желтые) L-KLS8-DBK-M3-E4.7-L27</t>
   </si>
   <si>
     <t>10-00061337</t>
   </si>
   <si>
     <t>H-L2800-0600-5-03-2N</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSS-28 (H-L2800-0600-5-03-2N)</t>
   </si>
   <si>
     <t>10-00061403</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBK-M3-E5.5-L28-A KLS, </t>
-  </si>
-[...1 lines deleted...]
-    <t>02.03.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M3-E5.5-L28-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSS-28 (L-KLS8-DBK-M3-E5.5-L28-A)</t>
   </si>
   <si>
     <t>UT-00149228</t>
   </si>
   <si>
     <t xml:space="preserve">H-L2800-0600-5-03-2N CONNFLY, </t>
   </si>
   <si>
     <t>H-L3000-0600-5-03-2N</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSS-30 (H-L3000-0600-5-03-2N)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBK-M3-E5.5-L30-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBK-M3-E5.5-L30-A</t>
   </si>
@@ -3930,172 +3930,168 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080034435</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.02455</v>
       </c>
       <c r="L10" s="15">
         <v>0.01754</v>
       </c>
       <c r="M10" s="15">
         <v>0.01578</v>
       </c>
       <c r="N10" s="15">
-        <v>3137</v>
-[...3 lines deleted...]
-      </c>
+        <v>3438</v>
+      </c>
+      <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.024</v>
       </c>
       <c r="L11" s="15">
         <v>0.01715</v>
       </c>
       <c r="M11" s="15">
         <v>0.01543</v>
       </c>
       <c r="N11" s="15">
-        <v>624</v>
-[...3 lines deleted...]
-      </c>
+        <v>1513</v>
+      </c>
+      <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02645</v>
       </c>
       <c r="L12" s="15">
         <v>0.01914</v>
       </c>
       <c r="M12" s="15">
         <v>0.0167</v>
       </c>
       <c r="N12" s="15">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.05147</v>
       </c>
       <c r="L13" s="15">
         <v>0.03724</v>
       </c>
       <c r="M13" s="15">
         <v>0.0325</v>
       </c>
       <c r="N13" s="15">
-        <v>722</v>
+        <v>731</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15">
         <v>1000</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>46</v>
@@ -4168,51 +4164,51 @@
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.05453</v>
       </c>
       <c r="L16" s="15">
         <v>0.03945</v>
       </c>
       <c r="M16" s="15">
         <v>0.03443</v>
       </c>
       <c r="N16" s="15">
-        <v>2255</v>
+        <v>1871</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
@@ -4242,172 +4238,172 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.10809</v>
       </c>
       <c r="L18" s="15">
         <v>0.09064999999999999</v>
       </c>
       <c r="M18" s="15">
         <v>0.08717</v>
       </c>
       <c r="N18" s="15">
-        <v>602</v>
+        <v>448</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15">
         <v>10000004525</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.1088</v>
       </c>
       <c r="L19" s="15">
         <v>0.07872</v>
       </c>
       <c r="M19" s="15">
         <v>0.06869</v>
       </c>
       <c r="N19" s="15">
-        <v>4567</v>
+        <v>3559</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053911</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="15">
         <v>1</v>
       </c>
       <c r="K20" s="15">
         <v>0.51519</v>
       </c>
       <c r="L20" s="15">
         <v>0.4465</v>
       </c>
       <c r="M20" s="15">
         <v>0.42933</v>
       </c>
       <c r="N20" s="15">
-        <v>430</v>
+        <v>381</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15">
         <v>10080010567</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J21" s="15">
         <v>1</v>
       </c>
       <c r="K21" s="15">
         <v>1.43</v>
       </c>
       <c r="L21" s="15">
         <v>1.04</v>
       </c>
       <c r="M21" s="15">
         <v>0.90583</v>
       </c>
       <c r="N21" s="15">
-        <v>246</v>
+        <v>200</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15">
         <v>10080006881</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -4441,51 +4437,51 @@
       </c>
       <c r="E23" s="15">
         <v>10080006882</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>1.47</v>
       </c>
       <c r="L23" s="15">
         <v>1.07</v>
       </c>
       <c r="M23" s="15">
         <v>0.92994</v>
       </c>
       <c r="N23" s="15">
-        <v>53</v>
+        <v>45</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080033228</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15" t="s">
@@ -4630,209 +4626,207 @@
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15">
         <v>10080032270</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.1434</v>
       </c>
       <c r="L28" s="15">
         <v>0.12428</v>
       </c>
       <c r="M28" s="15">
         <v>0.1195</v>
       </c>
       <c r="N28" s="15">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="15">
         <v>10080006484</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0467</v>
       </c>
       <c r="L29" s="15">
         <v>0.03379</v>
       </c>
       <c r="M29" s="15">
         <v>0.02948</v>
       </c>
       <c r="N29" s="15">
-        <v>2196</v>
+        <v>2988</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E30" s="15">
         <v>10080006485</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03818</v>
       </c>
       <c r="L30" s="15">
         <v>0.02727</v>
       </c>
       <c r="M30" s="15">
         <v>0.02454</v>
       </c>
-      <c r="N30" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N30" s="15">
+        <v>1740</v>
+      </c>
+      <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15">
         <v>10080006486</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03927</v>
       </c>
       <c r="L31" s="15">
         <v>0.02805</v>
       </c>
       <c r="M31" s="15">
         <v>0.02525</v>
       </c>
       <c r="N31" s="15">
-        <v>2075</v>
-[...3 lines deleted...]
-      </c>
+        <v>10250</v>
+      </c>
+      <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E32" s="15">
         <v>10080006487</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.06167</v>
       </c>
       <c r="L32" s="15">
         <v>0.04462</v>
       </c>
       <c r="M32" s="15">
         <v>0.03894</v>
       </c>
       <c r="N32" s="15">
-        <v>810</v>
+        <v>670</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I33" s="15"/>
@@ -4866,248 +4860,246 @@
       </c>
       <c r="E34" s="15">
         <v>10080006498</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.05915</v>
       </c>
       <c r="L34" s="15">
         <v>0.0428</v>
       </c>
       <c r="M34" s="15">
         <v>0.03735</v>
       </c>
       <c r="N34" s="15">
-        <v>2803</v>
+        <v>4625</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E35" s="15">
         <v>10080006488</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.10003</v>
       </c>
       <c r="L35" s="15">
         <v>0.05772</v>
       </c>
       <c r="M35" s="15">
         <v>0.05193</v>
       </c>
       <c r="N35" s="15">
-        <v>3111</v>
+        <v>3686</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E36" s="15">
         <v>10080006489</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.08182</v>
       </c>
       <c r="L36" s="15">
         <v>0.05844</v>
       </c>
       <c r="M36" s="15">
         <v>0.0526</v>
       </c>
       <c r="N36" s="15">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>7548</v>
+      </c>
+      <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E37" s="15">
         <v>10080006502</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>2000</v>
       </c>
       <c r="K37" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L37" s="15">
         <v>0.05142</v>
       </c>
       <c r="M37" s="15">
         <v>0.04487</v>
       </c>
       <c r="N37" s="15">
-        <v>19978</v>
+        <v>22283</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080006490</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.05046</v>
       </c>
       <c r="L38" s="15">
         <v>0.04373</v>
       </c>
       <c r="M38" s="15">
         <v>0.04205</v>
       </c>
       <c r="N38" s="15">
-        <v>854</v>
+        <v>759</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080006491</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.05796</v>
       </c>
       <c r="L39" s="15">
         <v>0.05023</v>
       </c>
       <c r="M39" s="15">
         <v>0.0483</v>
       </c>
       <c r="N39" s="15">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080006492</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
@@ -5176,129 +5168,129 @@
       <c r="D42" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E42" s="15">
         <v>10080006504</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.09711</v>
       </c>
       <c r="L42" s="15">
         <v>0.07026</v>
       </c>
       <c r="M42" s="15">
         <v>0.06131</v>
       </c>
       <c r="N42" s="15">
-        <v>9295</v>
+        <v>8714</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E43" s="15">
         <v>10080006493</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.14829</v>
       </c>
       <c r="L43" s="15">
         <v>0.09823</v>
       </c>
       <c r="M43" s="15">
         <v>0.08572</v>
       </c>
       <c r="N43" s="15">
-        <v>800</v>
+        <v>875</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15">
         <v>10080006507</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.10868</v>
       </c>
       <c r="L44" s="15">
         <v>0.06521</v>
       </c>
       <c r="M44" s="15">
         <v>0.06521</v>
       </c>
       <c r="N44" s="15">
-        <v>6104</v>
+        <v>6976</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
@@ -5329,130 +5321,130 @@
       </c>
       <c r="D46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E46" s="15">
         <v>10080006508</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.11731</v>
       </c>
       <c r="L46" s="15">
         <v>0.08379</v>
       </c>
       <c r="M46" s="15">
         <v>0.07541</v>
       </c>
-      <c r="N46" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N46" s="15">
+        <v>990</v>
+      </c>
+      <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080006496</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>5000</v>
       </c>
       <c r="K47" s="15">
         <v>0.04635</v>
       </c>
       <c r="L47" s="15">
         <v>0.03354</v>
       </c>
       <c r="M47" s="15">
         <v>0.02926</v>
       </c>
       <c r="N47" s="15">
-        <v>1943</v>
+        <v>2202</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E48" s="15">
         <v>10080032276</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.07253</v>
       </c>
       <c r="L48" s="15">
         <v>0.04805</v>
       </c>
       <c r="M48" s="15">
         <v>0.04193</v>
       </c>
       <c r="N48" s="15">
-        <v>4875</v>
+        <v>3965</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E49" s="15">
         <v>10080032892</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>128</v>
       </c>
       <c r="I49" s="15"/>
@@ -5484,51 +5476,51 @@
       <c r="D50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E50" s="15">
         <v>10080036527</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>128</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="15">
         <v>0.3473</v>
       </c>
       <c r="L50" s="15">
         <v>0.31256</v>
       </c>
       <c r="M50" s="15">
         <v>0.28941</v>
       </c>
       <c r="N50" s="15">
-        <v>618</v>
+        <v>811</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I51" s="15"/>
@@ -5558,679 +5550,673 @@
       <c r="D52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E52" s="15">
         <v>10080043127</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05705</v>
       </c>
       <c r="L52" s="15">
         <v>0.04128</v>
       </c>
       <c r="M52" s="15">
         <v>0.03602</v>
       </c>
       <c r="N52" s="15">
-        <v>2661</v>
+        <v>2021</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E53" s="15">
         <v>10080050044</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.06026</v>
       </c>
       <c r="L53" s="15">
         <v>0.0436</v>
       </c>
       <c r="M53" s="15">
         <v>0.03804</v>
       </c>
       <c r="N53" s="15">
-        <v>3070</v>
+        <v>1863</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E54" s="15">
         <v>10080069039</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
         <v>0.06482</v>
       </c>
       <c r="L54" s="15">
         <v>0.0469</v>
       </c>
       <c r="M54" s="15">
         <v>0.04092</v>
       </c>
       <c r="N54" s="15">
-        <v>10118</v>
+        <v>10673</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E55" s="15">
         <v>10080060761</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.05579</v>
+        <v>0.05045</v>
       </c>
       <c r="L55" s="15">
-        <v>0.04923</v>
+        <v>0.04372</v>
       </c>
       <c r="M55" s="15">
-        <v>0.04431</v>
+        <v>0.04204</v>
       </c>
       <c r="N55" s="15">
-        <v>119</v>
+        <v>1339</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E56" s="15">
         <v>10080035172</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0746</v>
       </c>
       <c r="L56" s="15">
         <v>0.05398</v>
       </c>
       <c r="M56" s="15">
         <v>0.0471</v>
       </c>
       <c r="N56" s="15">
-        <v>490</v>
+        <v>1568</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.06955</v>
       </c>
       <c r="L57" s="15">
         <v>0.04968</v>
       </c>
       <c r="M57" s="15">
         <v>0.04471</v>
       </c>
       <c r="N57" s="15"/>
-      <c r="O57" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.08185000000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.05922</v>
       </c>
       <c r="M58" s="15">
         <v>0.05168</v>
       </c>
       <c r="N58" s="15">
-        <v>14616</v>
+        <v>16443</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
       </c>
       <c r="K59" s="15">
         <v>0.06011</v>
       </c>
       <c r="L59" s="15">
         <v>0.05209</v>
       </c>
       <c r="M59" s="15">
         <v>0.05009</v>
       </c>
       <c r="N59" s="15">
-        <v>1245</v>
-[...3 lines deleted...]
-      </c>
+        <v>3915</v>
+      </c>
+      <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.08476</v>
       </c>
       <c r="L60" s="15">
         <v>0.06132</v>
       </c>
       <c r="M60" s="15">
         <v>0.05351</v>
       </c>
       <c r="N60" s="15">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E61" s="15">
         <v>10080035173</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>2000</v>
       </c>
       <c r="K61" s="15">
         <v>0.08591</v>
       </c>
       <c r="L61" s="15">
         <v>0.06137</v>
       </c>
       <c r="M61" s="15">
         <v>0.05523</v>
       </c>
       <c r="N61" s="15">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>5936</v>
+      </c>
+      <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.13139</v>
       </c>
       <c r="L62" s="15">
         <v>0.09506000000000001</v>
       </c>
       <c r="M62" s="15">
         <v>0.08295</v>
       </c>
       <c r="N62" s="15">
-        <v>750</v>
+        <v>900</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E63" s="15">
         <v>10080063329</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
         <v>0.10438</v>
       </c>
       <c r="L63" s="15">
         <v>0.07552</v>
       </c>
       <c r="M63" s="15">
         <v>0.0659</v>
       </c>
       <c r="N63" s="15">
-        <v>1200</v>
+        <v>1354</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E64" s="15">
         <v>10080045919</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.11933</v>
       </c>
       <c r="L64" s="15">
         <v>0.08633</v>
       </c>
       <c r="M64" s="15">
         <v>0.07534</v>
       </c>
       <c r="N64" s="15">
-        <v>702</v>
+        <v>657</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E65" s="15">
         <v>10080042633</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.13868</v>
       </c>
       <c r="L65" s="15">
         <v>0.09186</v>
       </c>
       <c r="M65" s="15">
         <v>0.08017000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>4898</v>
+        <v>5135</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E66" s="15">
         <v>10080048795</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.08687</v>
       </c>
       <c r="L66" s="15">
         <v>0.05693</v>
       </c>
       <c r="M66" s="15">
         <v>0.04943</v>
       </c>
       <c r="N66" s="15">
-        <v>1871</v>
+        <v>1462</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E67" s="15">
         <v>10080074467</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.08719</v>
       </c>
       <c r="L67" s="15">
         <v>0.06308</v>
       </c>
       <c r="M67" s="15">
         <v>0.05505</v>
       </c>
       <c r="N67" s="15">
-        <v>1333</v>
+        <v>1201</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E68" s="15">
         <v>10080032269</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.20936</v>
       </c>
       <c r="L68" s="15">
         <v>0.15147</v>
       </c>
       <c r="M68" s="15">
         <v>0.13218</v>
       </c>
       <c r="N68" s="15">
-        <v>9676</v>
+        <v>7552</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
@@ -6299,51 +6285,51 @@
       <c r="D71" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E71" s="15">
         <v>10080071334</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
         <v>0.11373</v>
       </c>
       <c r="L71" s="15">
         <v>0.08228000000000001</v>
       </c>
       <c r="M71" s="15">
         <v>0.0718</v>
       </c>
       <c r="N71" s="15">
-        <v>19497</v>
+        <v>18497</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="15"/>
@@ -6524,51 +6510,51 @@
         <v>193</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>2000</v>
       </c>
       <c r="K77" s="15">
         <v>0.08288</v>
       </c>
       <c r="L77" s="15">
         <v>0.06951</v>
       </c>
       <c r="M77" s="15">
         <v>0.06684</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="P77" s="15" t="s">
         <v>195</v>
       </c>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E78" s="15">
         <v>10080059297</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
@@ -6825,207 +6811,207 @@
       <c r="D85" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E85" s="15">
         <v>10080066129</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>2000</v>
       </c>
       <c r="K85" s="15">
         <v>0.03003</v>
       </c>
       <c r="L85" s="15">
         <v>0.02173</v>
       </c>
       <c r="M85" s="15">
         <v>0.01896</v>
       </c>
       <c r="N85" s="15">
-        <v>13601</v>
+        <v>16201</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.03168</v>
       </c>
       <c r="L86" s="15">
         <v>0.02292</v>
       </c>
       <c r="M86" s="15">
         <v>0.02</v>
       </c>
       <c r="N86" s="15">
-        <v>836</v>
+        <v>768</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.0633</v>
       </c>
       <c r="L87" s="15">
         <v>0.0458</v>
       </c>
       <c r="M87" s="15">
         <v>0.03996</v>
       </c>
       <c r="N87" s="15">
-        <v>7000</v>
+        <v>8800</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E88" s="15">
         <v>10080070865</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
         <v>0.06508</v>
       </c>
       <c r="L88" s="15">
         <v>0.04708</v>
       </c>
       <c r="M88" s="15">
         <v>0.04109</v>
       </c>
       <c r="N88" s="15">
-        <v>7125</v>
+        <v>8394</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>3000</v>
       </c>
       <c r="K89" s="15">
         <v>0.05902</v>
       </c>
       <c r="L89" s="15">
         <v>0.0427</v>
       </c>
       <c r="M89" s="15">
         <v>0.03726</v>
       </c>
       <c r="N89" s="15">
-        <v>1284</v>
+        <v>1494</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
@@ -7096,129 +7082,129 @@
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.08273999999999999</v>
       </c>
       <c r="L92" s="15">
         <v>0.05986</v>
       </c>
       <c r="M92" s="15">
         <v>0.05224</v>
       </c>
       <c r="N92" s="15">
-        <v>618</v>
+        <v>824</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.14116</v>
       </c>
       <c r="L93" s="15">
         <v>0.10213</v>
       </c>
       <c r="M93" s="15">
         <v>0.08912</v>
       </c>
       <c r="N93" s="15">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>2000</v>
       </c>
       <c r="K94" s="15">
         <v>0.03431</v>
       </c>
       <c r="L94" s="15">
         <v>0.02973</v>
       </c>
       <c r="M94" s="15">
         <v>0.02859</v>
       </c>
       <c r="N94" s="15">
-        <v>1280</v>
+        <v>1360</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>247</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
@@ -7290,91 +7276,91 @@
         <v>252</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>253</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.10197</v>
       </c>
       <c r="L97" s="15">
         <v>0.08552999999999999</v>
       </c>
       <c r="M97" s="15">
         <v>0.08223999999999999</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15">
-        <v>750</v>
+        <v>850</v>
       </c>
       <c r="P97" s="15" t="s">
         <v>254</v>
       </c>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>257</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>2000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04888</v>
       </c>
       <c r="L98" s="15">
         <v>0.04888</v>
       </c>
       <c r="M98" s="15">
         <v>0.04888</v>
       </c>
       <c r="N98" s="15">
-        <v>3996</v>
+        <v>3947</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15" t="s">
@@ -7443,51 +7429,51 @@
         <v>265</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E101" s="15">
         <v>10080074137</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.02156</v>
       </c>
       <c r="L101" s="15">
         <v>0.01868</v>
       </c>
       <c r="M101" s="15">
         <v>0.01796</v>
       </c>
       <c r="N101" s="15">
-        <v>14918</v>
+        <v>15117</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E102" s="15">
         <v>10080055639</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="15"/>
@@ -7552,51 +7538,51 @@
       <c r="D104" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E104" s="15">
         <v>10080074138</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>10000</v>
       </c>
       <c r="K104" s="15">
         <v>0.06174</v>
       </c>
       <c r="L104" s="15">
         <v>0.04467</v>
       </c>
       <c r="M104" s="15">
         <v>0.03898</v>
       </c>
       <c r="N104" s="15">
-        <v>13592</v>
+        <v>13792</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
@@ -7916,51 +7902,51 @@
       <c r="D114" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>800</v>
       </c>
       <c r="K114" s="15">
         <v>0.11268</v>
       </c>
       <c r="L114" s="15">
         <v>0.09766</v>
       </c>
       <c r="M114" s="15">
         <v>0.0939</v>
       </c>
       <c r="N114" s="15">
-        <v>1354</v>
+        <v>1474</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>303</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>304</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="15" t="s">
@@ -8033,96 +8019,94 @@
       </c>
       <c r="E117" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>312</v>
       </c>
       <c r="J117" s="15">
         <v>250</v>
       </c>
       <c r="K117" s="15">
         <v>0.61811</v>
       </c>
       <c r="L117" s="15">
         <v>0.44151</v>
       </c>
       <c r="M117" s="15">
         <v>0.39736</v>
       </c>
       <c r="N117" s="15">
-        <v>615</v>
-[...3 lines deleted...]
-      </c>
+        <v>1138</v>
+      </c>
+      <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15">
         <v>5000</v>
       </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>316</v>
       </c>
       <c r="J118" s="15">
         <v>950</v>
       </c>
       <c r="K118" s="15">
         <v>0.19797</v>
       </c>
       <c r="L118" s="15">
         <v>0.17157</v>
       </c>
       <c r="M118" s="15">
         <v>0.16498</v>
       </c>
       <c r="N118" s="15">
-        <v>1691</v>
+        <v>1710</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15">
         <v>4750</v>
       </c>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>317</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>319</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
@@ -8160,90 +8144,90 @@
       <c r="D120" s="15" t="s">
         <v>322</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>323</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>350</v>
       </c>
       <c r="K120" s="15">
         <v>0.20392</v>
       </c>
       <c r="L120" s="15">
         <v>0.19465</v>
       </c>
       <c r="M120" s="15">
         <v>0.19465</v>
       </c>
       <c r="N120" s="15">
-        <v>6916</v>
+        <v>6825</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>326</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.52625</v>
       </c>
       <c r="L121" s="15">
         <v>0.38074</v>
       </c>
       <c r="M121" s="15">
         <v>0.33225</v>
       </c>
       <c r="N121" s="15">
-        <v>870</v>
+        <v>800</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>327</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>329</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="15"/>
@@ -8275,51 +8259,51 @@
       <c r="D123" s="15" t="s">
         <v>331</v>
       </c>
       <c r="E123" s="15">
         <v>10080008531</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.08448</v>
       </c>
       <c r="L123" s="15">
         <v>0.04874</v>
       </c>
       <c r="M123" s="15">
         <v>0.04386</v>
       </c>
       <c r="N123" s="15">
-        <v>718</v>
+        <v>895</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>332</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>333</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>334</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15"/>
       <c r="I124" s="15" t="s">
         <v>335</v>
       </c>
@@ -8421,5744 +8405,5764 @@
       <c r="D127" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.24951</v>
       </c>
       <c r="L127" s="15">
         <v>0.18052</v>
       </c>
       <c r="M127" s="15">
         <v>0.15752</v>
       </c>
       <c r="N127" s="15">
-        <v>649</v>
+        <v>795</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E128" s="15">
         <v>10080066095</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.2987</v>
       </c>
       <c r="L128" s="15">
         <v>0.24892</v>
       </c>
       <c r="M128" s="15">
         <v>0.23895</v>
       </c>
       <c r="N128" s="15">
-        <v>214</v>
+        <v>188</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>345</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>346</v>
       </c>
       <c r="E129" s="15">
         <v>10080039233</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I129" s="15" t="s">
         <v>347</v>
       </c>
       <c r="J129" s="15">
         <v>1000</v>
       </c>
       <c r="K129" s="15">
         <v>0.08792999999999999</v>
       </c>
       <c r="L129" s="15">
         <v>0.06362</v>
       </c>
       <c r="M129" s="15">
         <v>0.05551</v>
       </c>
       <c r="N129" s="15">
-        <v>79429</v>
+        <v>71898</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>348</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>349</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>350</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>351</v>
       </c>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.06887</v>
+        <v>0.06117</v>
       </c>
       <c r="L130" s="15">
-        <v>0.06077</v>
+        <v>0.05301</v>
       </c>
       <c r="M130" s="15">
-        <v>0.05469</v>
+        <v>0.05098</v>
       </c>
       <c r="N130" s="15">
-        <v>6599</v>
+        <v>6942</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>352</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>353</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>354</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
         <v>0.08276</v>
       </c>
       <c r="L131" s="15">
         <v>0.05988</v>
       </c>
       <c r="M131" s="15">
         <v>0.05225</v>
       </c>
       <c r="N131" s="15">
-        <v>78</v>
+        <v>95</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>355</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>356</v>
       </c>
       <c r="E132" s="15">
         <v>10080003156</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.08835999999999999</v>
       </c>
       <c r="L132" s="15">
         <v>0.06393</v>
       </c>
       <c r="M132" s="15">
         <v>0.05579</v>
       </c>
-      <c r="N132" s="15">
-[...2 lines deleted...]
-      <c r="O132" s="15"/>
+      <c r="N132" s="15"/>
+      <c r="O132" s="15">
+        <v>135000</v>
+      </c>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>361</v>
       </c>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.06865</v>
+        <v>0.06096</v>
       </c>
       <c r="L133" s="15">
-        <v>0.06057</v>
+        <v>0.05283</v>
       </c>
       <c r="M133" s="15">
-        <v>0.05451</v>
+        <v>0.0508</v>
       </c>
       <c r="N133" s="15">
-        <v>690</v>
+        <v>850</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>362</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>363</v>
       </c>
       <c r="E134" s="15">
         <v>10080039171</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.1106</v>
       </c>
       <c r="L134" s="15">
         <v>0.08001999999999999</v>
       </c>
       <c r="M134" s="15">
         <v>0.06983</v>
       </c>
       <c r="N134" s="15">
-        <v>538</v>
-[...2 lines deleted...]
-      <c r="P134" s="15"/>
+        <v>93</v>
+      </c>
+      <c r="O134" s="15">
+        <v>656</v>
+      </c>
+      <c r="P134" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
         <v>0.07338</v>
       </c>
       <c r="L135" s="15">
         <v>0.0636</v>
       </c>
       <c r="M135" s="15">
         <v>0.06115</v>
       </c>
       <c r="N135" s="15">
-        <v>19638</v>
+        <v>20199</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.08146</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="L136" s="15">
-        <v>0.07188</v>
+        <v>0.06271</v>
       </c>
       <c r="M136" s="15">
-        <v>0.06469</v>
+        <v>0.0603</v>
       </c>
       <c r="N136" s="15">
-        <v>554</v>
+        <v>601</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E137" s="15">
         <v>10080032081</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
         <v>0.07575</v>
       </c>
       <c r="L137" s="15">
         <v>0.06565</v>
       </c>
       <c r="M137" s="15">
         <v>0.06313000000000001</v>
       </c>
       <c r="N137" s="15"/>
-      <c r="O137" s="15"/>
+      <c r="O137" s="15">
+        <v>32800</v>
+      </c>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J138" s="15">
         <v>2000</v>
       </c>
       <c r="K138" s="15">
-        <v>0.08405</v>
+        <v>0.07466</v>
       </c>
       <c r="L138" s="15">
-        <v>0.07416</v>
+        <v>0.06469999999999999</v>
       </c>
       <c r="M138" s="15">
-        <v>0.06673999999999999</v>
+        <v>0.06221</v>
       </c>
       <c r="N138" s="15">
-        <v>152</v>
+        <v>74</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E139" s="15">
         <v>10080040572</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
         <v>0.12423</v>
       </c>
       <c r="L139" s="15">
         <v>0.08988</v>
       </c>
       <c r="M139" s="15">
         <v>0.07843</v>
       </c>
       <c r="N139" s="15">
-        <v>2863</v>
+        <v>2643</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="E140" s="15">
         <v>10080003157</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.10672</v>
       </c>
       <c r="L140" s="15">
         <v>0.07721</v>
       </c>
       <c r="M140" s="15">
         <v>0.06738</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15">
-        <v>91250</v>
+        <v>204035</v>
       </c>
       <c r="P140" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J141" s="15">
         <v>1500</v>
       </c>
       <c r="K141" s="15">
-        <v>0.07395</v>
+        <v>0.06569</v>
       </c>
       <c r="L141" s="15">
-        <v>0.06525</v>
+        <v>0.05693</v>
       </c>
       <c r="M141" s="15">
-        <v>0.05873</v>
+        <v>0.05474</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E142" s="15">
         <v>10080040573</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>2000</v>
       </c>
       <c r="K142" s="15">
         <v>0.1704</v>
       </c>
       <c r="L142" s="15">
         <v>0.12328</v>
       </c>
       <c r="M142" s="15">
         <v>0.10757</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1500</v>
       </c>
       <c r="K143" s="15">
         <v>0.1604</v>
       </c>
       <c r="L143" s="15">
         <v>0.11457</v>
       </c>
       <c r="M143" s="15">
         <v>0.10311</v>
       </c>
       <c r="N143" s="15">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>1906</v>
+      </c>
+      <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E144" s="15">
         <v>10080046881</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.09471</v>
       </c>
       <c r="L144" s="15">
         <v>0.08208</v>
       </c>
       <c r="M144" s="15">
         <v>0.07893</v>
       </c>
       <c r="N144" s="15">
-        <v>13998</v>
+        <v>15511</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
-        <v>0.10538</v>
+        <v>0.0936</v>
       </c>
       <c r="L145" s="15">
-        <v>0.09299</v>
+        <v>0.08112</v>
       </c>
       <c r="M145" s="15">
-        <v>0.08369</v>
+        <v>0.078</v>
       </c>
       <c r="N145" s="15">
-        <v>880</v>
+        <v>850</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E146" s="15">
         <v>10080017980</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.133</v>
       </c>
       <c r="L146" s="15">
         <v>0.09623</v>
       </c>
       <c r="M146" s="15">
         <v>0.08397</v>
       </c>
       <c r="N146" s="15"/>
-      <c r="O146" s="15"/>
+      <c r="O146" s="15">
+        <v>16000</v>
+      </c>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J147" s="15">
         <v>1000</v>
       </c>
       <c r="K147" s="15">
-        <v>0.10537</v>
+        <v>0.0936</v>
       </c>
       <c r="L147" s="15">
-        <v>0.09297</v>
+        <v>0.08112</v>
       </c>
       <c r="M147" s="15">
-        <v>0.08366999999999999</v>
+        <v>0.078</v>
       </c>
       <c r="N147" s="15">
         <v>80</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E148" s="15">
         <v>10080040574</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1500</v>
       </c>
       <c r="K148" s="15">
         <v>0.1323</v>
       </c>
       <c r="L148" s="15">
         <v>0.0945</v>
       </c>
       <c r="M148" s="15">
         <v>0.08505</v>
       </c>
-      <c r="N148" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N148" s="15">
+        <v>2625</v>
+      </c>
+      <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
-        <v>0.11072</v>
+        <v>0.09836</v>
       </c>
       <c r="L149" s="15">
-        <v>0.0977</v>
+        <v>0.08524</v>
       </c>
       <c r="M149" s="15">
-        <v>0.08792999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08196000000000001</v>
+      </c>
+      <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E150" s="15">
         <v>10080066536</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>1000</v>
       </c>
       <c r="K150" s="15">
         <v>0.1509</v>
       </c>
       <c r="L150" s="15">
         <v>0.12575</v>
       </c>
       <c r="M150" s="15">
         <v>0.12072</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E151" s="15">
         <v>10080071700</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.13962</v>
       </c>
       <c r="L151" s="15">
         <v>0.10101</v>
       </c>
       <c r="M151" s="15">
         <v>0.08815000000000001</v>
       </c>
       <c r="N151" s="15">
-        <v>7068</v>
+        <v>7296</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="J152" s="15">
         <v>1000</v>
       </c>
       <c r="K152" s="15">
-        <v>0.10899</v>
+        <v>0.0968</v>
       </c>
       <c r="L152" s="15">
-        <v>0.09617000000000001</v>
+        <v>0.08389000000000001</v>
       </c>
       <c r="M152" s="15">
-        <v>0.08655</v>
+        <v>0.08066</v>
       </c>
       <c r="N152" s="15">
-        <v>700</v>
+        <v>620</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E153" s="15">
         <v>10080003158</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
         <v>0.14049</v>
       </c>
       <c r="L153" s="15">
         <v>0.10164</v>
       </c>
       <c r="M153" s="15">
         <v>0.08869</v>
       </c>
       <c r="N153" s="15">
-        <v>91840</v>
+        <v>87877</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
-        <v>0.11006</v>
+        <v>0.09776</v>
       </c>
       <c r="L154" s="15">
-        <v>0.09711</v>
+        <v>0.08472</v>
       </c>
       <c r="M154" s="15">
-        <v>0.08740000000000001</v>
+        <v>0.08146</v>
       </c>
       <c r="N154" s="15">
-        <v>7000</v>
+        <v>6900</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="E155" s="15">
         <v>10080016343</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>1000</v>
       </c>
       <c r="K155" s="15">
         <v>0.1945</v>
       </c>
       <c r="L155" s="15">
         <v>0.14072</v>
       </c>
       <c r="M155" s="15">
         <v>0.12279</v>
       </c>
       <c r="N155" s="15">
-        <v>9052</v>
+        <v>9300</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="J156" s="15">
         <v>1000</v>
       </c>
       <c r="K156" s="15">
-        <v>0.14238</v>
+        <v>0.12648</v>
       </c>
       <c r="L156" s="15">
-        <v>0.12563</v>
+        <v>0.10962</v>
       </c>
       <c r="M156" s="15">
-        <v>0.11306</v>
+        <v>0.1054</v>
       </c>
       <c r="N156" s="15">
-        <v>662</v>
+        <v>303</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J157" s="15">
         <v>1000</v>
       </c>
       <c r="K157" s="15">
         <v>0.1828</v>
       </c>
       <c r="L157" s="15">
         <v>0.13226</v>
       </c>
       <c r="M157" s="15">
         <v>0.11541</v>
       </c>
       <c r="N157" s="15">
-        <v>641</v>
+        <v>790</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E158" s="15">
         <v>10080012445</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J158" s="15">
         <v>1000</v>
       </c>
       <c r="K158" s="15">
         <v>0.16596</v>
       </c>
       <c r="L158" s="15">
         <v>0.12007</v>
       </c>
       <c r="M158" s="15">
         <v>0.10478</v>
       </c>
       <c r="N158" s="15">
-        <v>4899</v>
+        <v>4260</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
-        <v>0.13049</v>
+        <v>0.11591</v>
       </c>
       <c r="L159" s="15">
-        <v>0.11514</v>
+        <v>0.10045</v>
       </c>
       <c r="M159" s="15">
-        <v>0.10363</v>
+        <v>0.09659</v>
       </c>
       <c r="N159" s="15">
-        <v>4300</v>
+        <v>3500</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E160" s="15">
         <v>10080047946</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.1945</v>
       </c>
       <c r="L160" s="15">
         <v>0.14072</v>
       </c>
       <c r="M160" s="15">
         <v>0.12279</v>
       </c>
       <c r="N160" s="15">
-        <v>2600</v>
+        <v>2753</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E161" s="15">
         <v>10080046603</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
         <v>0.13062</v>
       </c>
       <c r="L161" s="15">
         <v>0.1132</v>
       </c>
       <c r="M161" s="15">
         <v>0.10885</v>
       </c>
       <c r="N161" s="15">
-        <v>10474</v>
+        <v>14180</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
-        <v>0.14538</v>
+        <v>0.12914</v>
       </c>
       <c r="L162" s="15">
-        <v>0.12828</v>
+        <v>0.11192</v>
       </c>
       <c r="M162" s="15">
-        <v>0.11545</v>
+        <v>0.10761</v>
       </c>
       <c r="N162" s="15">
-        <v>3650</v>
+        <v>4200</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E163" s="15">
         <v>10080003159</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
         <v>0.1642</v>
       </c>
       <c r="L163" s="15">
         <v>0.1188</v>
       </c>
       <c r="M163" s="15">
         <v>0.10367</v>
       </c>
       <c r="N163" s="15">
-        <v>24511</v>
-[...1 lines deleted...]
-      <c r="O163" s="15"/>
+        <v>12532</v>
+      </c>
+      <c r="O163" s="15">
+        <v>22200</v>
+      </c>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E164" s="15">
         <v>10000006841</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J164" s="15">
         <v>1000</v>
       </c>
       <c r="K164" s="15">
         <v>0.19453</v>
       </c>
       <c r="L164" s="15">
         <v>0.11285</v>
       </c>
       <c r="M164" s="15">
         <v>0.10172</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>1000</v>
       </c>
       <c r="K165" s="15">
-        <v>0.09941999999999999</v>
+        <v>0.08831</v>
       </c>
       <c r="L165" s="15">
-        <v>0.08772000000000001</v>
+        <v>0.07653</v>
       </c>
       <c r="M165" s="15">
-        <v>0.07895000000000001</v>
+        <v>0.07359</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="J166" s="15">
         <v>1000</v>
       </c>
       <c r="K166" s="15">
-        <v>0.13059</v>
+        <v>0.116</v>
       </c>
       <c r="L166" s="15">
-        <v>0.11523</v>
+        <v>0.10053</v>
       </c>
       <c r="M166" s="15">
-        <v>0.10371</v>
+        <v>0.09666</v>
       </c>
       <c r="N166" s="15">
-        <v>7500</v>
+        <v>8900</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E167" s="15">
         <v>10080016342</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>1000</v>
       </c>
       <c r="K167" s="15">
         <v>0.21505</v>
       </c>
       <c r="L167" s="15">
         <v>0.15559</v>
       </c>
       <c r="M167" s="15">
         <v>0.13577</v>
       </c>
       <c r="N167" s="15">
-        <v>2838</v>
+        <v>2990</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E168" s="15">
         <v>10080054557</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>1000</v>
       </c>
       <c r="K168" s="15">
         <v>0.23087</v>
       </c>
       <c r="L168" s="15">
         <v>0.16703</v>
       </c>
       <c r="M168" s="15">
         <v>0.14575</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
-        <v>0.16196</v>
+        <v>0.14387</v>
       </c>
       <c r="L169" s="15">
-        <v>0.14291</v>
+        <v>0.12468</v>
       </c>
       <c r="M169" s="15">
-        <v>0.12861</v>
+        <v>0.11989</v>
       </c>
       <c r="N169" s="15">
-        <v>800</v>
+        <v>670</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I170" s="15" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
         <v>0.2065</v>
       </c>
       <c r="L170" s="15">
         <v>0.1494</v>
       </c>
       <c r="M170" s="15">
         <v>0.13037</v>
       </c>
       <c r="N170" s="15">
-        <v>2202</v>
-[...1 lines deleted...]
-      <c r="O170" s="15"/>
+        <v>2429</v>
+      </c>
+      <c r="O170" s="15">
+        <v>1500</v>
+      </c>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J171" s="15">
         <v>500</v>
       </c>
       <c r="K171" s="15">
-        <v>0.15666</v>
+        <v>0.13914</v>
       </c>
       <c r="L171" s="15">
-        <v>0.13823</v>
+        <v>0.12059</v>
       </c>
       <c r="M171" s="15">
-        <v>0.1244</v>
+        <v>0.11595</v>
       </c>
       <c r="N171" s="15">
-        <v>720</v>
+        <v>594</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
         <v>0.14096</v>
       </c>
       <c r="L172" s="15">
         <v>0.12216</v>
       </c>
       <c r="M172" s="15">
         <v>0.11746</v>
       </c>
       <c r="N172" s="15">
-        <v>1286</v>
+        <v>1608</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="E173" s="15">
         <v>10080003160</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I173" s="15" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="J173" s="15">
         <v>1000</v>
       </c>
       <c r="K173" s="15">
         <v>0.20031</v>
       </c>
       <c r="L173" s="15">
         <v>0.14493</v>
       </c>
       <c r="M173" s="15">
         <v>0.12646</v>
       </c>
       <c r="N173" s="15">
-        <v>12302</v>
+        <v>12458</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="J174" s="15">
         <v>500</v>
       </c>
       <c r="K174" s="15">
-        <v>0.15751</v>
+        <v>0.13991</v>
       </c>
       <c r="L174" s="15">
-        <v>0.13898</v>
+        <v>0.12125</v>
       </c>
       <c r="M174" s="15">
-        <v>0.12508</v>
+        <v>0.11659</v>
       </c>
       <c r="N174" s="15">
-        <v>730</v>
+        <v>890</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>50</v>
       </c>
       <c r="K175" s="15">
         <v>2.37</v>
       </c>
       <c r="L175" s="15">
         <v>1.99</v>
       </c>
       <c r="M175" s="15">
         <v>1.91</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="E176" s="15">
         <v>10080010559</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>1000</v>
       </c>
       <c r="K176" s="15">
         <v>0.28848</v>
       </c>
       <c r="L176" s="15">
         <v>0.20872</v>
       </c>
       <c r="M176" s="15">
         <v>0.18213</v>
       </c>
       <c r="N176" s="15">
-        <v>4818</v>
+        <v>5444</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E177" s="15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
-        <v>0.17949</v>
+        <v>0.15941</v>
       </c>
       <c r="L177" s="15">
-        <v>0.15837</v>
+        <v>0.13815</v>
       </c>
       <c r="M177" s="15">
-        <v>0.14253</v>
+        <v>0.13284</v>
       </c>
       <c r="N177" s="15">
-        <v>1980</v>
+        <v>2580</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E178" s="15">
         <v>10080032318</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.23186</v>
       </c>
       <c r="L178" s="15">
         <v>0.16775</v>
       </c>
       <c r="M178" s="15">
         <v>0.14638</v>
       </c>
       <c r="N178" s="15">
-        <v>11467</v>
+        <v>10946</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
         <v>0.23798</v>
       </c>
       <c r="L179" s="15">
         <v>0.17218</v>
       </c>
       <c r="M179" s="15">
         <v>0.15025</v>
       </c>
       <c r="N179" s="15">
-        <v>450</v>
+        <v>385</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E180" s="15">
         <v>10080003155</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
         <v>0.17813</v>
       </c>
       <c r="L180" s="15">
         <v>0.15438</v>
       </c>
       <c r="M180" s="15">
         <v>0.14844</v>
       </c>
       <c r="N180" s="15">
-        <v>8918</v>
+        <v>6351</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E181" s="15" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
-        <v>0.19783</v>
+        <v>0.1757</v>
       </c>
       <c r="L181" s="15">
-        <v>0.17456</v>
+        <v>0.15227</v>
       </c>
       <c r="M181" s="15">
-        <v>0.1571</v>
+        <v>0.14641</v>
       </c>
       <c r="N181" s="15">
-        <v>1800</v>
+        <v>1854</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E182" s="15">
         <v>10080039268</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>1000</v>
       </c>
       <c r="K182" s="15">
         <v>0.32672</v>
       </c>
       <c r="L182" s="15">
         <v>0.23637</v>
       </c>
       <c r="M182" s="15">
         <v>0.20626</v>
       </c>
       <c r="N182" s="15">
-        <v>319</v>
+        <v>261</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.20204</v>
       </c>
       <c r="L183" s="15">
         <v>0.1751</v>
       </c>
       <c r="M183" s="15">
         <v>0.16836</v>
       </c>
       <c r="N183" s="15">
-        <v>1086</v>
+        <v>1593</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E184" s="15" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.22948</v>
       </c>
       <c r="L184" s="15">
         <v>0.16603</v>
       </c>
       <c r="M184" s="15">
         <v>0.14488</v>
       </c>
       <c r="N184" s="15">
-        <v>5748</v>
+        <v>5837</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="E185" s="15">
         <v>10080049399</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="J185" s="15">
         <v>500</v>
       </c>
       <c r="K185" s="15">
         <v>0.31738</v>
       </c>
       <c r="L185" s="15">
         <v>0.22963</v>
       </c>
       <c r="M185" s="15">
         <v>0.20038</v>
       </c>
       <c r="N185" s="15">
-        <v>1643</v>
+        <v>1429</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J186" s="15">
         <v>500</v>
       </c>
       <c r="K186" s="15">
-        <v>0.24823</v>
+        <v>0.22049</v>
       </c>
       <c r="L186" s="15">
-        <v>0.21903</v>
+        <v>0.19109</v>
       </c>
       <c r="M186" s="15">
-        <v>0.19713</v>
+        <v>0.18374</v>
       </c>
       <c r="N186" s="15">
-        <v>720</v>
+        <v>594</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="E187" s="15">
         <v>10080012536</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
         <v>0.31932</v>
       </c>
       <c r="L187" s="15">
         <v>0.23103</v>
       </c>
       <c r="M187" s="15">
         <v>0.2016</v>
       </c>
       <c r="N187" s="15">
-        <v>1821</v>
+        <v>1639</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E188" s="15" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
-        <v>0.25102</v>
+        <v>0.22296</v>
       </c>
       <c r="L188" s="15">
-        <v>0.22149</v>
+        <v>0.19323</v>
       </c>
       <c r="M188" s="15">
-        <v>0.19934</v>
+        <v>0.1858</v>
       </c>
       <c r="N188" s="15">
-        <v>770</v>
+        <v>812</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E189" s="15">
         <v>10080040578</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I189" s="15"/>
       <c r="J189" s="15">
         <v>250</v>
       </c>
       <c r="K189" s="15">
         <v>0.39547</v>
       </c>
       <c r="L189" s="15">
         <v>0.26198</v>
       </c>
       <c r="M189" s="15">
         <v>0.22861</v>
       </c>
       <c r="N189" s="15">
-        <v>4085</v>
+        <v>4343</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E190" s="15">
         <v>10080040559</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.38739</v>
       </c>
       <c r="L190" s="15">
         <v>0.28028</v>
       </c>
       <c r="M190" s="15">
         <v>0.24457</v>
       </c>
       <c r="N190" s="15">
-        <v>1562</v>
+        <v>1254</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E191" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J191" s="15">
         <v>250</v>
       </c>
       <c r="K191" s="15">
-        <v>0.3041</v>
+        <v>0.27009</v>
       </c>
       <c r="L191" s="15">
-        <v>0.26832</v>
+        <v>0.23408</v>
       </c>
       <c r="M191" s="15">
-        <v>0.24149</v>
+        <v>0.22508</v>
       </c>
       <c r="N191" s="15">
-        <v>640</v>
+        <v>822</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E192" s="15">
         <v>10080034412</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>250</v>
       </c>
       <c r="K192" s="15">
         <v>0.3505</v>
       </c>
       <c r="L192" s="15">
         <v>0.25359</v>
       </c>
       <c r="M192" s="15">
         <v>0.22128</v>
       </c>
       <c r="N192" s="15">
-        <v>1607</v>
+        <v>1210</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E193" s="15">
         <v>10080033051</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="J193" s="15">
         <v>500</v>
       </c>
       <c r="K193" s="15">
         <v>0.30246</v>
       </c>
       <c r="L193" s="15">
         <v>0.26213</v>
       </c>
       <c r="M193" s="15">
         <v>0.25205</v>
       </c>
       <c r="N193" s="15">
-        <v>3574</v>
+        <v>3403</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E194" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J194" s="15">
         <v>250</v>
       </c>
       <c r="K194" s="15">
-        <v>0.33633</v>
+        <v>0.29873</v>
       </c>
       <c r="L194" s="15">
-        <v>0.29676</v>
+        <v>0.2589</v>
       </c>
       <c r="M194" s="15">
-        <v>0.26708</v>
+        <v>0.24894</v>
       </c>
       <c r="N194" s="15">
-        <v>900</v>
+        <v>880</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>250</v>
       </c>
       <c r="K195" s="15">
         <v>0.99827</v>
       </c>
       <c r="L195" s="15">
         <v>0.6613</v>
       </c>
       <c r="M195" s="15">
         <v>0.57706</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E196" s="15">
         <v>10080037666</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="J196" s="15">
         <v>250</v>
       </c>
       <c r="K196" s="15">
         <v>0.3512</v>
       </c>
       <c r="L196" s="15">
         <v>0.30437</v>
       </c>
       <c r="M196" s="15">
         <v>0.29266</v>
       </c>
       <c r="N196" s="15">
-        <v>1140</v>
+        <v>1006</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E197" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="J197" s="15">
         <v>200</v>
       </c>
       <c r="K197" s="15">
-        <v>0.39642</v>
+        <v>0.35207</v>
       </c>
       <c r="L197" s="15">
-        <v>0.34979</v>
+        <v>0.30512</v>
       </c>
       <c r="M197" s="15">
-        <v>0.31481</v>
+        <v>0.29339</v>
       </c>
       <c r="N197" s="15">
-        <v>660</v>
+        <v>882</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E198" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>1000</v>
       </c>
       <c r="K198" s="15">
         <v>0.05496</v>
       </c>
       <c r="L198" s="15">
         <v>0.04763</v>
       </c>
       <c r="M198" s="15">
         <v>0.0458</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E199" s="15" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>2000</v>
       </c>
       <c r="K199" s="15">
         <v>0.03749</v>
       </c>
       <c r="L199" s="15">
         <v>0.03249</v>
       </c>
       <c r="M199" s="15">
         <v>0.03124</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E200" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>1500</v>
       </c>
       <c r="K200" s="15">
         <v>0.05964</v>
       </c>
       <c r="L200" s="15">
         <v>0.05169</v>
       </c>
       <c r="M200" s="15">
         <v>0.0497</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15"/>
       <c r="K201" s="15">
         <v>0.08917</v>
       </c>
       <c r="L201" s="15">
         <v>0.07479</v>
       </c>
       <c r="M201" s="15">
         <v>0.07191</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E202" s="15">
         <v>10080056804</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
         <v>0.12512</v>
       </c>
       <c r="L202" s="15">
         <v>0.0726</v>
       </c>
       <c r="M202" s="15">
         <v>0.06542000000000001</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="E203" s="15">
         <v>10080054791</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>1000</v>
       </c>
       <c r="K203" s="15">
         <v>0.10457</v>
       </c>
       <c r="L203" s="15">
         <v>0.07566000000000001</v>
       </c>
       <c r="M203" s="15">
         <v>0.06602</v>
       </c>
-      <c r="N203" s="15"/>
+      <c r="N203" s="15">
+        <v>1720</v>
+      </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E204" s="15" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>1000</v>
       </c>
       <c r="K204" s="15">
         <v>0.10058</v>
       </c>
       <c r="L204" s="15">
         <v>0.07277</v>
       </c>
       <c r="M204" s="15">
         <v>0.0635</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>1000</v>
       </c>
       <c r="K205" s="15">
-        <v>0.14493</v>
+        <v>0.1287</v>
       </c>
       <c r="L205" s="15">
-        <v>0.12788</v>
+        <v>0.11154</v>
       </c>
       <c r="M205" s="15">
-        <v>0.11509</v>
+        <v>0.10725</v>
       </c>
       <c r="N205" s="15">
-        <v>3632</v>
+        <v>4483</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E206" s="15">
         <v>10080067893</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>1000</v>
       </c>
       <c r="K206" s="15">
         <v>0.1637</v>
       </c>
       <c r="L206" s="15">
         <v>0.11844</v>
       </c>
       <c r="M206" s="15">
         <v>0.10335</v>
       </c>
       <c r="N206" s="15">
-        <v>410</v>
+        <v>430</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E207" s="15">
         <v>10080066543</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.24443</v>
       </c>
       <c r="L207" s="15">
         <v>0.17684</v>
       </c>
       <c r="M207" s="15">
         <v>0.15432</v>
       </c>
       <c r="N207" s="15">
-        <v>172</v>
+        <v>80</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>500</v>
       </c>
       <c r="K208" s="15">
         <v>0.25819</v>
       </c>
       <c r="L208" s="15">
         <v>0.1868</v>
       </c>
       <c r="M208" s="15">
         <v>0.163</v>
       </c>
       <c r="N208" s="15">
-        <v>1136</v>
+        <v>942</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E209" s="15">
         <v>10080038266</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>500</v>
       </c>
       <c r="K209" s="15">
         <v>0.21522</v>
       </c>
       <c r="L209" s="15">
         <v>0.15571</v>
       </c>
       <c r="M209" s="15">
         <v>0.13588</v>
       </c>
       <c r="N209" s="15">
-        <v>3592</v>
+        <v>2919</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E210" s="15">
         <v>10080056206</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>500</v>
       </c>
       <c r="K210" s="15">
-        <v>0.26265</v>
+        <v>0.2333</v>
       </c>
       <c r="L210" s="15">
-        <v>0.23175</v>
+        <v>0.20219</v>
       </c>
       <c r="M210" s="15">
-        <v>0.20858</v>
+        <v>0.19441</v>
       </c>
       <c r="N210" s="15">
-        <v>1560</v>
+        <v>1380</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E211" s="15">
         <v>10080064705</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
-        <v>0.23535</v>
+        <v>0.20906</v>
       </c>
       <c r="L211" s="15">
-        <v>0.20766</v>
+        <v>0.18118</v>
       </c>
       <c r="M211" s="15">
-        <v>0.18689</v>
+        <v>0.17421</v>
       </c>
       <c r="N211" s="15">
-        <v>9405</v>
+        <v>8305</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E212" s="15">
         <v>10080046856</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>250</v>
       </c>
       <c r="K212" s="15">
         <v>0.9444900000000001</v>
       </c>
       <c r="L212" s="15">
         <v>0.6833399999999999</v>
       </c>
       <c r="M212" s="15">
         <v>0.59629</v>
       </c>
       <c r="N212" s="15">
-        <v>1482</v>
+        <v>1596</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>0.37463</v>
       </c>
       <c r="L213" s="15">
         <v>0.27104</v>
       </c>
       <c r="M213" s="15">
         <v>0.23652</v>
       </c>
       <c r="N213" s="15">
-        <v>1591</v>
+        <v>1536</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E214" s="15">
         <v>10080053149</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.64842</v>
       </c>
       <c r="L214" s="15">
         <v>0.56196</v>
       </c>
       <c r="M214" s="15">
         <v>0.54035</v>
       </c>
       <c r="N214" s="15">
-        <v>1200</v>
+        <v>1282</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E215" s="15">
         <v>10080049126</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
         <v>0.56403</v>
       </c>
       <c r="L215" s="15">
         <v>0.48883</v>
       </c>
       <c r="M215" s="15">
         <v>0.47003</v>
       </c>
       <c r="N215" s="15">
-        <v>822</v>
+        <v>922</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E216" s="15">
         <v>10080056207</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
         <v>1.04</v>
       </c>
       <c r="L216" s="15">
         <v>0.6919</v>
       </c>
       <c r="M216" s="15">
         <v>0.6279</v>
       </c>
       <c r="N216" s="15">
-        <v>238</v>
+        <v>197</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E217" s="15">
         <v>10080046857</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>100</v>
       </c>
       <c r="K217" s="15">
         <v>1.34</v>
       </c>
       <c r="L217" s="15">
         <v>0.9547099999999999</v>
       </c>
       <c r="M217" s="15">
         <v>0.85923</v>
       </c>
       <c r="N217" s="15">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>207</v>
+      </c>
+      <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E218" s="15">
         <v>10080069814</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I218" s="15"/>
       <c r="J218" s="15">
         <v>1000</v>
       </c>
       <c r="K218" s="15">
         <v>0.34109</v>
       </c>
       <c r="L218" s="15">
         <v>0.28425</v>
       </c>
       <c r="M218" s="15">
         <v>0.27287</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I219" s="15"/>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>0.80576</v>
       </c>
       <c r="L219" s="15">
         <v>0.77073</v>
       </c>
       <c r="M219" s="15">
         <v>0.73569</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="E220" s="15" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="J220" s="15">
         <v>1000</v>
       </c>
       <c r="K220" s="15">
         <v>0.07711999999999999</v>
       </c>
       <c r="L220" s="15">
         <v>0.0558</v>
       </c>
       <c r="M220" s="15">
         <v>0.04869</v>
       </c>
       <c r="N220" s="15">
-        <v>1386</v>
+        <v>1292</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E221" s="15" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="J221" s="15">
         <v>2000</v>
       </c>
       <c r="K221" s="15">
-        <v>0.05952</v>
+        <v>0.05288</v>
       </c>
       <c r="L221" s="15">
-        <v>0.05252</v>
+        <v>0.04583</v>
       </c>
       <c r="M221" s="15">
-        <v>0.04726</v>
+        <v>0.04406</v>
       </c>
       <c r="N221" s="15">
-        <v>1760</v>
+        <v>1780</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="E222" s="15">
         <v>10080003161</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="J222" s="15">
         <v>1000</v>
       </c>
       <c r="K222" s="15">
         <v>0.07842</v>
       </c>
       <c r="L222" s="15">
         <v>0.05674</v>
       </c>
       <c r="M222" s="15">
         <v>0.04951</v>
       </c>
       <c r="N222" s="15">
-        <v>82764</v>
+        <v>56096</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E223" s="15">
         <v>10080010560</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>2500</v>
       </c>
       <c r="K223" s="15">
         <v>0.06045</v>
       </c>
       <c r="L223" s="15">
         <v>0.05239</v>
       </c>
       <c r="M223" s="15">
         <v>0.05038</v>
       </c>
       <c r="N223" s="15">
-        <v>6875</v>
+        <v>8668</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E224" s="15" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="J224" s="15">
         <v>1000</v>
       </c>
       <c r="K224" s="15">
-        <v>0.06006</v>
+        <v>0.05334</v>
       </c>
       <c r="L224" s="15">
-        <v>0.053</v>
+        <v>0.04623</v>
       </c>
       <c r="M224" s="15">
-        <v>0.0477</v>
+        <v>0.04445</v>
       </c>
       <c r="N224" s="15">
-        <v>780</v>
+        <v>690</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="E225" s="15">
         <v>10080069665</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
         <v>1000</v>
       </c>
       <c r="K225" s="15">
         <v>0.06818</v>
       </c>
       <c r="L225" s="15">
         <v>0.04933</v>
       </c>
       <c r="M225" s="15">
         <v>0.04305</v>
       </c>
       <c r="N225" s="15">
-        <v>117</v>
+        <v>98</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E226" s="15">
         <v>10080026651</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="J226" s="15">
         <v>1000</v>
       </c>
       <c r="K226" s="15">
         <v>0.07181</v>
       </c>
       <c r="L226" s="15">
         <v>0.05195</v>
       </c>
       <c r="M226" s="15">
         <v>0.04533</v>
       </c>
       <c r="N226" s="15">
-        <v>6995</v>
+        <v>6218</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E227" s="15" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J227" s="15">
         <v>1000</v>
       </c>
       <c r="K227" s="15">
-        <v>0.05639</v>
+        <v>0.0501</v>
       </c>
       <c r="L227" s="15">
-        <v>0.04976</v>
+        <v>0.04342</v>
       </c>
       <c r="M227" s="15">
-        <v>0.04478</v>
+        <v>0.04175</v>
       </c>
       <c r="N227" s="15">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E228" s="15">
         <v>10080047947</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>1000</v>
       </c>
       <c r="K228" s="15">
         <v>0.0533</v>
       </c>
       <c r="L228" s="15">
         <v>0.04619</v>
       </c>
       <c r="M228" s="15">
         <v>0.04441</v>
       </c>
       <c r="N228" s="15">
-        <v>3384</v>
+        <v>2867</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E229" s="15">
         <v>10080003165</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="J229" s="15">
         <v>1000</v>
       </c>
       <c r="K229" s="15">
         <v>0.09589</v>
       </c>
       <c r="L229" s="15">
         <v>0.06938</v>
       </c>
       <c r="M229" s="15">
         <v>0.06054</v>
       </c>
       <c r="N229" s="15">
-        <v>195575</v>
+        <v>162229</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E230" s="15" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J230" s="15">
         <v>1500</v>
       </c>
       <c r="K230" s="15">
-        <v>0.07466</v>
+        <v>0.06632</v>
       </c>
       <c r="L230" s="15">
-        <v>0.06587999999999999</v>
+        <v>0.05747</v>
       </c>
       <c r="M230" s="15">
-        <v>0.05929</v>
+        <v>0.05526</v>
       </c>
       <c r="N230" s="15">
-        <v>1954</v>
+        <v>2428</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="E231" s="15">
         <v>10080039269</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>2000</v>
       </c>
       <c r="K231" s="15">
         <v>0.11173</v>
       </c>
       <c r="L231" s="15">
         <v>0.08084</v>
       </c>
       <c r="M231" s="15">
         <v>0.07054000000000001</v>
       </c>
       <c r="N231" s="15">
-        <v>5438</v>
+        <v>5003</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E232" s="15">
         <v>10080048233</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I232" s="15" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="J232" s="15">
         <v>1000</v>
       </c>
       <c r="K232" s="15">
         <v>0.07889</v>
       </c>
       <c r="L232" s="15">
         <v>0.06837</v>
       </c>
       <c r="M232" s="15">
         <v>0.06574000000000001</v>
       </c>
       <c r="N232" s="15">
-        <v>7372</v>
-[...1 lines deleted...]
-      <c r="O232" s="15"/>
+        <v>6790</v>
+      </c>
+      <c r="O232" s="15">
+        <v>7000</v>
+      </c>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="E233" s="15" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="J233" s="15">
         <v>2000</v>
       </c>
       <c r="K233" s="15">
-        <v>0.0849</v>
+        <v>0.07542</v>
       </c>
       <c r="L233" s="15">
-        <v>0.07491</v>
+        <v>0.06536</v>
       </c>
       <c r="M233" s="15">
-        <v>0.06741999999999999</v>
+        <v>0.06285</v>
       </c>
       <c r="N233" s="15">
-        <v>7608</v>
+        <v>7250</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="E234" s="15">
         <v>10080006096</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="J234" s="15">
         <v>1000</v>
       </c>
       <c r="K234" s="15">
         <v>0.10551</v>
       </c>
       <c r="L234" s="15">
         <v>0.07633</v>
       </c>
       <c r="M234" s="15">
         <v>0.06661</v>
       </c>
       <c r="N234" s="15">
-        <v>16658</v>
+        <v>14407</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E235" s="15" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="J235" s="15">
         <v>2000</v>
       </c>
       <c r="K235" s="15">
-        <v>0.08104</v>
+        <v>0.07199</v>
       </c>
       <c r="L235" s="15">
-        <v>0.07151</v>
+        <v>0.06239</v>
       </c>
       <c r="M235" s="15">
-        <v>0.06435</v>
+        <v>0.05999</v>
       </c>
       <c r="N235" s="15">
-        <v>5440</v>
+        <v>5840</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E236" s="15">
         <v>10080040579</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>2000</v>
       </c>
       <c r="K236" s="15">
         <v>0.09568</v>
       </c>
       <c r="L236" s="15">
         <v>0.05521</v>
       </c>
       <c r="M236" s="15">
         <v>0.04969</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="E237" s="15">
         <v>10080067215</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>1500</v>
       </c>
       <c r="K237" s="15">
         <v>0.09014</v>
       </c>
       <c r="L237" s="15">
         <v>0.06522</v>
       </c>
       <c r="M237" s="15">
         <v>0.0569</v>
       </c>
       <c r="N237" s="15">
-        <v>4255</v>
+        <v>4491</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E238" s="15">
         <v>10080003162</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="J238" s="15">
         <v>1000</v>
       </c>
       <c r="K238" s="15">
         <v>0.08463</v>
       </c>
       <c r="L238" s="15">
         <v>0.07335</v>
       </c>
       <c r="M238" s="15">
         <v>0.07053</v>
       </c>
       <c r="N238" s="15">
-        <v>31950</v>
+        <v>34650</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E239" s="15" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J239" s="15">
         <v>1000</v>
       </c>
       <c r="K239" s="15">
-        <v>0.09399</v>
+        <v>0.08351</v>
       </c>
       <c r="L239" s="15">
-        <v>0.08294</v>
+        <v>0.07237</v>
       </c>
       <c r="M239" s="15">
-        <v>0.07464</v>
+        <v>0.06959</v>
       </c>
       <c r="N239" s="15">
-        <v>850</v>
+        <v>690</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E240" s="15">
         <v>10080040580</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>1000</v>
       </c>
       <c r="K240" s="15">
         <v>0.10772</v>
       </c>
       <c r="L240" s="15">
         <v>0.07793</v>
       </c>
       <c r="M240" s="15">
         <v>0.06801</v>
       </c>
       <c r="N240" s="15">
-        <v>2330</v>
+        <v>2226</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E241" s="15" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I241" s="15" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="J241" s="15">
         <v>1000</v>
       </c>
       <c r="K241" s="15">
-        <v>0.11261</v>
+        <v>0.09999</v>
       </c>
       <c r="L241" s="15">
-        <v>0.09936</v>
+        <v>0.08666</v>
       </c>
       <c r="M241" s="15">
-        <v>0.08942</v>
+        <v>0.08333</v>
       </c>
       <c r="N241" s="15">
-        <v>660</v>
+        <v>630</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="E242" s="15">
         <v>10080050059</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I242" s="15" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="J242" s="15">
         <v>1000</v>
       </c>
       <c r="K242" s="15">
         <v>0.10118</v>
       </c>
       <c r="L242" s="15">
         <v>0.08769</v>
       </c>
       <c r="M242" s="15">
         <v>0.08431</v>
       </c>
       <c r="N242" s="15">
         <v>3351</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="E243" s="15">
         <v>10080031651</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="J243" s="15">
         <v>1000</v>
       </c>
       <c r="K243" s="15">
         <v>0.14285</v>
       </c>
       <c r="L243" s="15">
         <v>0.10335</v>
       </c>
       <c r="M243" s="15">
         <v>0.09019000000000001</v>
       </c>
-      <c r="N243" s="15">
-[...2 lines deleted...]
-      <c r="O243" s="15"/>
+      <c r="N243" s="15"/>
+      <c r="O243" s="15">
+        <v>7000</v>
+      </c>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E244" s="15" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="J244" s="15">
         <v>1000</v>
       </c>
       <c r="K244" s="15">
-        <v>0.11133</v>
+        <v>0.09891</v>
       </c>
       <c r="L244" s="15">
-        <v>0.09823999999999999</v>
+        <v>0.08572</v>
       </c>
       <c r="M244" s="15">
-        <v>0.08841</v>
+        <v>0.08243</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="E245" s="15">
         <v>10080035099</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="J245" s="15">
         <v>1000</v>
       </c>
       <c r="K245" s="15">
         <v>0.1468</v>
       </c>
       <c r="L245" s="15">
         <v>0.10621</v>
       </c>
       <c r="M245" s="15">
         <v>0.09268</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="E246" s="15" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>1000</v>
       </c>
       <c r="K246" s="15">
         <v>0.08499</v>
       </c>
       <c r="L246" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M246" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="E247" s="15">
         <v>10080003163</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="J247" s="15">
         <v>1000</v>
       </c>
       <c r="K247" s="15">
         <v>0.14791</v>
       </c>
       <c r="L247" s="15">
         <v>0.10701</v>
       </c>
       <c r="M247" s="15">
         <v>0.09338</v>
       </c>
       <c r="N247" s="15">
-        <v>19983</v>
-[...1 lines deleted...]
-      <c r="O247" s="15"/>
+        <v>27477</v>
+      </c>
+      <c r="O247" s="15">
+        <v>35200</v>
+      </c>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="E248" s="15" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="J248" s="15">
         <v>1000</v>
       </c>
       <c r="K248" s="15">
-        <v>0.11597</v>
+        <v>0.10301</v>
       </c>
       <c r="L248" s="15">
-        <v>0.10233</v>
+        <v>0.08927</v>
       </c>
       <c r="M248" s="15">
-        <v>0.0921</v>
+        <v>0.08584</v>
       </c>
       <c r="N248" s="15">
-        <v>1580</v>
+        <v>1200</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E249" s="15">
         <v>10080040581</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>1000</v>
       </c>
       <c r="K249" s="15">
         <v>0.15101</v>
       </c>
       <c r="L249" s="15">
         <v>0.10926</v>
       </c>
       <c r="M249" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="N249" s="15">
-        <v>5900</v>
+        <v>5068</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J250" s="15">
         <v>1000</v>
       </c>
       <c r="K250" s="15">
         <v>0.11574</v>
       </c>
       <c r="L250" s="15">
         <v>0.10031</v>
       </c>
       <c r="M250" s="15">
         <v>0.09644999999999999</v>
       </c>
       <c r="N250" s="15">
-        <v>530</v>
-[...1 lines deleted...]
-      <c r="O250" s="15"/>
+        <v>603</v>
+      </c>
+      <c r="O250" s="15">
+        <v>2460</v>
+      </c>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="J251" s="15">
         <v>1000</v>
       </c>
       <c r="K251" s="15">
-        <v>0.12548</v>
+        <v>0.11145</v>
       </c>
       <c r="L251" s="15">
-        <v>0.11072</v>
+        <v>0.09659</v>
       </c>
       <c r="M251" s="15">
-        <v>0.09964000000000001</v>
+        <v>0.09288</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="E252" s="15">
         <v>10080003164</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J252" s="15">
         <v>1000</v>
       </c>
       <c r="K252" s="15">
         <v>0.17551</v>
       </c>
       <c r="L252" s="15">
         <v>0.12698</v>
       </c>
       <c r="M252" s="15">
         <v>0.11081</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15">
-        <v>15800</v>
+        <v>35200</v>
       </c>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="E253" s="15" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="J253" s="15">
         <v>500</v>
       </c>
       <c r="K253" s="15">
-        <v>0.13792</v>
+        <v>0.12251</v>
       </c>
       <c r="L253" s="15">
-        <v>0.1217</v>
+        <v>0.10617</v>
       </c>
       <c r="M253" s="15">
-        <v>0.10953</v>
+        <v>0.10209</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="E254" s="15">
         <v>10080040582</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>1000</v>
       </c>
       <c r="K254" s="15">
         <v>0.18198</v>
       </c>
       <c r="L254" s="15">
         <v>0.13166</v>
       </c>
       <c r="M254" s="15">
         <v>0.11489</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E255" s="15" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>500</v>
       </c>
       <c r="K255" s="15">
         <v>0.1785</v>
       </c>
       <c r="L255" s="15">
         <v>0.12915</v>
       </c>
       <c r="M255" s="15">
         <v>0.1127</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="E256" s="15" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>500</v>
       </c>
       <c r="K256" s="15">
         <v>0.17308</v>
       </c>
       <c r="L256" s="15">
         <v>0.12522</v>
       </c>
       <c r="M256" s="15">
         <v>0.10927</v>
       </c>
       <c r="N256" s="15">
-        <v>723</v>
+        <v>644</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="J257" s="15">
         <v>1000</v>
       </c>
       <c r="K257" s="15">
         <v>0.1496</v>
       </c>
       <c r="L257" s="15">
         <v>0.12965</v>
       </c>
       <c r="M257" s="15">
         <v>0.12466</v>
       </c>
       <c r="N257" s="15">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="O257" s="15"/>
+        <v>354</v>
+      </c>
+      <c r="O257" s="15">
+        <v>1240</v>
+      </c>
       <c r="P257" s="15" t="s">
-        <v>738</v>
+        <v>385</v>
       </c>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>739</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>740</v>
       </c>
       <c r="E258" s="15" t="s">
         <v>741</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I258" s="15" t="s">
         <v>742</v>
       </c>
       <c r="J258" s="15">
         <v>500</v>
       </c>
       <c r="K258" s="15">
-        <v>0.14875</v>
+        <v>0.13214</v>
       </c>
       <c r="L258" s="15">
-        <v>0.13125</v>
+        <v>0.11452</v>
       </c>
       <c r="M258" s="15">
-        <v>0.11813</v>
+        <v>0.11011</v>
       </c>
       <c r="N258" s="15">
-        <v>162</v>
+        <v>227</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>743</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>744</v>
       </c>
       <c r="E259" s="15">
         <v>10080003166</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I259" s="15" t="s">
         <v>745</v>
       </c>
       <c r="J259" s="15">
         <v>1000</v>
       </c>
       <c r="K259" s="15">
         <v>0.19478</v>
       </c>
       <c r="L259" s="15">
         <v>0.14092</v>
       </c>
       <c r="M259" s="15">
         <v>0.12297</v>
       </c>
       <c r="N259" s="15">
-        <v>10363</v>
-[...1 lines deleted...]
-      <c r="O259" s="15"/>
+        <v>9931</v>
+      </c>
+      <c r="O259" s="15">
+        <v>3450</v>
+      </c>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>746</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>747</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>748</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I260" s="15" t="s">
         <v>749</v>
       </c>
       <c r="J260" s="15">
         <v>1000</v>
       </c>
       <c r="K260" s="15">
-        <v>0.15336</v>
+        <v>0.13622</v>
       </c>
       <c r="L260" s="15">
-        <v>0.13532</v>
+        <v>0.11805</v>
       </c>
       <c r="M260" s="15">
-        <v>0.12178</v>
+        <v>0.11351</v>
       </c>
       <c r="N260" s="15">
-        <v>4250</v>
+        <v>4350</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C261" s="15" t="s">
         <v>750</v>
       </c>
       <c r="D261" s="15" t="s">
         <v>751</v>
       </c>
       <c r="E261" s="15">
         <v>10080039172</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
         <v>500</v>
       </c>
       <c r="K261" s="15">
         <v>0.20435</v>
       </c>
       <c r="L261" s="15">
         <v>0.14785</v>
       </c>
       <c r="M261" s="15">
         <v>0.12901</v>
       </c>
       <c r="N261" s="15">
-        <v>11852</v>
+        <v>9628</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>752</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>753</v>
       </c>
       <c r="E262" s="15">
         <v>10080045772</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I262" s="15" t="s">
         <v>754</v>
       </c>
       <c r="J262" s="15">
         <v>500</v>
       </c>
       <c r="K262" s="15">
         <v>0.28279</v>
       </c>
       <c r="L262" s="15">
         <v>0.2046</v>
       </c>
       <c r="M262" s="15">
         <v>0.17854</v>
       </c>
       <c r="N262" s="15">
-        <v>19833</v>
+        <v>22002</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>755</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>756</v>
       </c>
       <c r="E263" s="15" t="s">
         <v>757</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I263" s="15" t="s">
         <v>758</v>
       </c>
       <c r="J263" s="15">
         <v>500</v>
       </c>
       <c r="K263" s="15">
-        <v>0.22058</v>
+        <v>0.1959</v>
       </c>
       <c r="L263" s="15">
-        <v>0.19463</v>
+        <v>0.16978</v>
       </c>
       <c r="M263" s="15">
-        <v>0.17516</v>
+        <v>0.16325</v>
       </c>
       <c r="N263" s="15">
-        <v>860</v>
+        <v>690</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C264" s="15" t="s">
         <v>759</v>
       </c>
       <c r="D264" s="15" t="s">
         <v>760</v>
       </c>
       <c r="E264" s="15" t="s">
         <v>761</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
         <v>500</v>
       </c>
       <c r="K264" s="15">
-        <v>0.2091</v>
+        <v>0.20082</v>
       </c>
       <c r="L264" s="15">
-        <v>0.1845</v>
+        <v>0.17404</v>
       </c>
       <c r="M264" s="15">
-        <v>0.16605</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.16735</v>
+      </c>
+      <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C265" s="15" t="s">
         <v>762</v>
       </c>
       <c r="D265" s="15" t="s">
         <v>763</v>
       </c>
       <c r="E265" s="15">
         <v>10080034287</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>764</v>
       </c>
       <c r="J265" s="15">
         <v>500</v>
       </c>
       <c r="K265" s="15">
         <v>0.22599</v>
       </c>
       <c r="L265" s="15">
         <v>0.19586</v>
       </c>
       <c r="M265" s="15">
         <v>0.18833</v>
       </c>
       <c r="N265" s="15">
-        <v>960</v>
-[...1 lines deleted...]
-      <c r="O265" s="15"/>
+        <v>996</v>
+      </c>
+      <c r="O265" s="15">
+        <v>4150</v>
+      </c>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>765</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>766</v>
       </c>
       <c r="E266" s="15" t="s">
         <v>767</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I266" s="15" t="s">
         <v>768</v>
       </c>
       <c r="J266" s="15">
         <v>500</v>
       </c>
       <c r="K266" s="15">
-        <v>0.25097</v>
+        <v>0.22292</v>
       </c>
       <c r="L266" s="15">
-        <v>0.22145</v>
+        <v>0.19319</v>
       </c>
       <c r="M266" s="15">
-        <v>0.1993</v>
+        <v>0.18576</v>
       </c>
       <c r="N266" s="15">
-        <v>890</v>
+        <v>830</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>769</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>770</v>
       </c>
       <c r="E267" s="15">
         <v>10080051423</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I267" s="15" t="s">
         <v>771</v>
       </c>
       <c r="J267" s="15">
         <v>500</v>
       </c>
       <c r="K267" s="15">
         <v>0.40395</v>
       </c>
       <c r="L267" s="15">
         <v>0.29226</v>
       </c>
       <c r="M267" s="15">
         <v>0.25503</v>
       </c>
       <c r="N267" s="15"/>
-      <c r="O267" s="15"/>
+      <c r="O267" s="15">
+        <v>1280</v>
+      </c>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>772</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>773</v>
       </c>
       <c r="E268" s="15" t="s">
         <v>774</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I268" s="15" t="s">
         <v>775</v>
       </c>
       <c r="J268" s="15">
         <v>250</v>
       </c>
       <c r="K268" s="15">
-        <v>0.31589</v>
+        <v>0.28058</v>
       </c>
       <c r="L268" s="15">
-        <v>0.27873</v>
+        <v>0.24317</v>
       </c>
       <c r="M268" s="15">
-        <v>0.25086</v>
+        <v>0.23381</v>
       </c>
       <c r="N268" s="15">
-        <v>610</v>
+        <v>730</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C269" s="15" t="s">
         <v>776</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>777</v>
       </c>
       <c r="E269" s="15">
         <v>10080019221</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I269" s="15" t="s">
         <v>778</v>
       </c>
       <c r="J269" s="15">
         <v>500</v>
       </c>
       <c r="K269" s="15">
         <v>0.42295</v>
       </c>
       <c r="L269" s="15">
         <v>0.30601</v>
       </c>
       <c r="M269" s="15">
         <v>0.26703</v>
       </c>
       <c r="N269" s="15">
-        <v>1761</v>
+        <v>1926</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C270" s="15" t="s">
         <v>779</v>
       </c>
       <c r="D270" s="15" t="s">
         <v>780</v>
       </c>
       <c r="E270" s="15" t="s">
         <v>781</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I270" s="15" t="s">
         <v>782</v>
       </c>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
-        <v>0.33272</v>
+        <v>0.29555</v>
       </c>
       <c r="L270" s="15">
-        <v>0.29358</v>
+        <v>0.25614</v>
       </c>
       <c r="M270" s="15">
-        <v>0.26422</v>
+        <v>0.24629</v>
       </c>
       <c r="N270" s="15">
-        <v>620</v>
+        <v>770</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>783</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>784</v>
       </c>
       <c r="E271" s="15">
         <v>10080056877</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I271" s="15"/>
@@ -14192,111 +14196,113 @@
       </c>
       <c r="E272" s="15">
         <v>10080047287</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I272" s="15" t="s">
         <v>787</v>
       </c>
       <c r="J272" s="15">
         <v>300</v>
       </c>
       <c r="K272" s="15">
         <v>0.36152</v>
       </c>
       <c r="L272" s="15">
         <v>0.31331</v>
       </c>
       <c r="M272" s="15">
         <v>0.30126</v>
       </c>
       <c r="N272" s="15"/>
-      <c r="O272" s="15"/>
+      <c r="O272" s="15">
+        <v>1640</v>
+      </c>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>788</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>789</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>790</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I273" s="15" t="s">
         <v>791</v>
       </c>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
-        <v>0.39229</v>
+        <v>0.34845</v>
       </c>
       <c r="L273" s="15">
-        <v>0.34614</v>
+        <v>0.30199</v>
       </c>
       <c r="M273" s="15">
-        <v>0.31153</v>
+        <v>0.29038</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>792</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>793</v>
       </c>
       <c r="E274" s="15" t="s">
         <v>794</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>200</v>
       </c>
       <c r="K274" s="15">
         <v>0.85407</v>
       </c>
       <c r="L274" s="15">
         <v>0.71631</v>
       </c>
       <c r="M274" s="15">
         <v>0.68877</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C275" s="15" t="s">
@@ -14305,92 +14311,92 @@
       <c r="D275" s="15" t="s">
         <v>796</v>
       </c>
       <c r="E275" s="15" t="s">
         <v>797</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>1000</v>
       </c>
       <c r="K275" s="15">
         <v>0.05924</v>
       </c>
       <c r="L275" s="15">
         <v>0.04286</v>
       </c>
       <c r="M275" s="15">
         <v>0.0374</v>
       </c>
       <c r="N275" s="15">
-        <v>638</v>
+        <v>731</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>798</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>799</v>
       </c>
       <c r="E276" s="15" t="s">
         <v>800</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>1000</v>
       </c>
       <c r="K276" s="15">
         <v>0.07692</v>
       </c>
       <c r="L276" s="15">
         <v>0.05495</v>
       </c>
       <c r="M276" s="15">
         <v>0.04945</v>
       </c>
-      <c r="N276" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N276" s="15">
+        <v>415</v>
+      </c>
+      <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>801</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>802</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>803</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>1000</v>
@@ -14420,250 +14426,246 @@
       <c r="D278" s="15" t="s">
         <v>805</v>
       </c>
       <c r="E278" s="15">
         <v>10080055990</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>1000</v>
       </c>
       <c r="K278" s="15">
         <v>0.15761</v>
       </c>
       <c r="L278" s="15">
         <v>0.11403</v>
       </c>
       <c r="M278" s="15">
         <v>0.09950000000000001</v>
       </c>
       <c r="N278" s="15">
-        <v>577</v>
+        <v>723</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C279" s="15" t="s">
         <v>806</v>
       </c>
       <c r="D279" s="15" t="s">
         <v>807</v>
       </c>
       <c r="E279" s="15" t="s">
         <v>808</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>3000</v>
       </c>
       <c r="K279" s="15">
         <v>0.08005</v>
       </c>
       <c r="L279" s="15">
         <v>0.05792</v>
       </c>
       <c r="M279" s="15">
         <v>0.05054</v>
       </c>
       <c r="N279" s="15">
-        <v>4000</v>
+        <v>3300</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>809</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>810</v>
       </c>
       <c r="E280" s="15">
         <v>10080058977</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1250</v>
       </c>
       <c r="K280" s="15">
         <v>0.08728</v>
       </c>
       <c r="L280" s="15">
         <v>0.06234</v>
       </c>
       <c r="M280" s="15">
         <v>0.05611</v>
       </c>
       <c r="N280" s="15">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>18903</v>
+      </c>
+      <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>811</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>812</v>
       </c>
       <c r="E281" s="15" t="s">
         <v>813</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>1250</v>
       </c>
       <c r="K281" s="15">
         <v>0.0881</v>
       </c>
       <c r="L281" s="15">
         <v>0.06293</v>
       </c>
       <c r="M281" s="15">
         <v>0.05663</v>
       </c>
       <c r="N281" s="15">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>436</v>
+      </c>
+      <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C282" s="15" t="s">
         <v>814</v>
       </c>
       <c r="D282" s="15" t="s">
         <v>815</v>
       </c>
       <c r="E282" s="15">
         <v>10080053584</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>1000</v>
       </c>
       <c r="K282" s="15">
         <v>0.1703</v>
       </c>
       <c r="L282" s="15">
         <v>0.12321</v>
       </c>
       <c r="M282" s="15">
         <v>0.10752</v>
       </c>
       <c r="N282" s="15">
-        <v>2053</v>
+        <v>525</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C283" s="15" t="s">
         <v>816</v>
       </c>
       <c r="D283" s="15" t="s">
         <v>817</v>
       </c>
       <c r="E283" s="15">
         <v>10080064706</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>500</v>
       </c>
       <c r="K283" s="15">
-        <v>0.14367</v>
+        <v>0.12762</v>
       </c>
       <c r="L283" s="15">
-        <v>0.12677</v>
+        <v>0.1106</v>
       </c>
       <c r="M283" s="15">
-        <v>0.11409</v>
+        <v>0.10635</v>
       </c>
       <c r="N283" s="15">
-        <v>670</v>
+        <v>647</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C284" s="15" t="s">
         <v>818</v>
       </c>
       <c r="D284" s="15" t="s">
         <v>819</v>
       </c>
       <c r="E284" s="15">
         <v>10080057779</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I284" s="15"/>
@@ -14695,92 +14697,92 @@
       <c r="D285" s="15" t="s">
         <v>819</v>
       </c>
       <c r="E285" s="15" t="s">
         <v>820</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>500</v>
       </c>
       <c r="K285" s="15">
         <v>0.17757</v>
       </c>
       <c r="L285" s="15">
         <v>0.12847</v>
       </c>
       <c r="M285" s="15">
         <v>0.11211</v>
       </c>
       <c r="N285" s="15">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>821</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>822</v>
       </c>
       <c r="E286" s="15">
         <v>10080039270</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>500</v>
       </c>
       <c r="K286" s="15">
         <v>0.12906</v>
       </c>
       <c r="L286" s="15">
         <v>0.11185</v>
       </c>
       <c r="M286" s="15">
         <v>0.10755</v>
       </c>
-      <c r="N286" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N286" s="15">
+        <v>378</v>
+      </c>
+      <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>823</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>824</v>
       </c>
       <c r="E287" s="15">
         <v>10080042870</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15"/>
       <c r="K287" s="15">
@@ -14845,51 +14847,51 @@
       <c r="D289" s="15" t="s">
         <v>829</v>
       </c>
       <c r="E289" s="15">
         <v>10080064704</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>500</v>
       </c>
       <c r="K289" s="15">
         <v>0.24037</v>
       </c>
       <c r="L289" s="15">
         <v>0.17391</v>
       </c>
       <c r="M289" s="15">
         <v>0.15175</v>
       </c>
       <c r="N289" s="15">
-        <v>2652</v>
+        <v>3060</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C290" s="15" t="s">
         <v>830</v>
       </c>
       <c r="D290" s="15" t="s">
         <v>831</v>
       </c>
       <c r="E290" s="15" t="s">
         <v>832</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I290" s="15"/>
@@ -14956,51 +14958,51 @@
       <c r="D292" s="15" t="s">
         <v>836</v>
       </c>
       <c r="E292" s="15" t="s">
         <v>837</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>250</v>
       </c>
       <c r="K292" s="15">
         <v>0.47161</v>
       </c>
       <c r="L292" s="15">
         <v>0.34121</v>
       </c>
       <c r="M292" s="15">
         <v>0.29774</v>
       </c>
       <c r="N292" s="15">
-        <v>790</v>
+        <v>720</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C293" s="15" t="s">
         <v>838</v>
       </c>
       <c r="D293" s="15" t="s">
         <v>839</v>
       </c>
       <c r="E293" s="15">
         <v>10080069763</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I293" s="15"/>
@@ -15034,131 +15036,133 @@
         <v>10080003139</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I294" s="15" t="s">
         <v>842</v>
       </c>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
         <v>0.0883</v>
       </c>
       <c r="L294" s="15">
         <v>0.06388000000000001</v>
       </c>
       <c r="M294" s="15">
         <v>0.05575</v>
       </c>
       <c r="N294" s="15">
         <v>93</v>
       </c>
-      <c r="O294" s="15"/>
+      <c r="O294" s="15">
+        <v>2430</v>
+      </c>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C295" s="15" t="s">
         <v>843</v>
       </c>
       <c r="D295" s="15" t="s">
         <v>844</v>
       </c>
       <c r="E295" s="15">
         <v>10080003140</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I295" s="15" t="s">
         <v>845</v>
       </c>
       <c r="J295" s="15">
         <v>1000</v>
       </c>
       <c r="K295" s="15">
         <v>0.10564</v>
       </c>
       <c r="L295" s="15">
         <v>0.07643</v>
       </c>
       <c r="M295" s="15">
         <v>0.06669</v>
       </c>
       <c r="N295" s="15">
-        <v>2277</v>
+        <v>1871</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>846</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>847</v>
       </c>
       <c r="E296" s="15" t="s">
         <v>848</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I296" s="15" t="s">
         <v>849</v>
       </c>
       <c r="J296" s="15">
         <v>1000</v>
       </c>
       <c r="K296" s="15">
-        <v>0.08230999999999999</v>
+        <v>0.0731</v>
       </c>
       <c r="L296" s="15">
-        <v>0.07263</v>
+        <v>0.06335</v>
       </c>
       <c r="M296" s="15">
-        <v>0.06537</v>
+        <v>0.06091</v>
       </c>
       <c r="N296" s="15">
-        <v>880</v>
+        <v>730</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C297" s="15" t="s">
         <v>850</v>
       </c>
       <c r="D297" s="15" t="s">
         <v>851</v>
       </c>
       <c r="E297" s="15">
         <v>10080003141</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I297" s="15" t="s">
@@ -15183,101 +15187,101 @@
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C298" s="15" t="s">
         <v>853</v>
       </c>
       <c r="D298" s="15" t="s">
         <v>854</v>
       </c>
       <c r="E298" s="15">
         <v>10080010561</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>1000</v>
       </c>
       <c r="K298" s="15">
-        <v>0.23658</v>
+        <v>0.1041</v>
       </c>
       <c r="L298" s="15">
-        <v>0.17117</v>
+        <v>0.1041</v>
       </c>
       <c r="M298" s="15">
-        <v>0.14936</v>
+        <v>0.1041</v>
       </c>
       <c r="N298" s="15">
-        <v>915</v>
+        <v>980</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C299" s="15" t="s">
         <v>855</v>
       </c>
       <c r="D299" s="15" t="s">
         <v>856</v>
       </c>
       <c r="E299" s="15">
         <v>10080003142</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I299" s="15" t="s">
         <v>857</v>
       </c>
       <c r="J299" s="15">
         <v>1000</v>
       </c>
       <c r="K299" s="15">
         <v>0.16551</v>
       </c>
       <c r="L299" s="15">
         <v>0.11974</v>
       </c>
       <c r="M299" s="15">
         <v>0.10449</v>
       </c>
       <c r="N299" s="15">
-        <v>2410</v>
+        <v>2614</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C300" s="15" t="s">
         <v>858</v>
       </c>
       <c r="D300" s="15" t="s">
         <v>859</v>
       </c>
       <c r="E300" s="15">
         <v>10080010562</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I300" s="15"/>
@@ -15302,60 +15306,60 @@
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C301" s="15" t="s">
         <v>860</v>
       </c>
       <c r="D301" s="15" t="s">
         <v>861</v>
       </c>
       <c r="E301" s="15" t="s">
         <v>862</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I301" s="15" t="s">
         <v>863</v>
       </c>
       <c r="J301" s="15">
         <v>1000</v>
       </c>
       <c r="K301" s="15">
-        <v>0.12985</v>
+        <v>0.11534</v>
       </c>
       <c r="L301" s="15">
-        <v>0.11457</v>
+        <v>0.09995999999999999</v>
       </c>
       <c r="M301" s="15">
-        <v>0.10311</v>
+        <v>0.09611</v>
       </c>
       <c r="N301" s="15">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>864</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>865</v>
       </c>
       <c r="E302" s="15" t="s">
         <v>866</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I302" s="15"/>
@@ -15391,131 +15395,133 @@
       </c>
       <c r="E303" s="15">
         <v>10080003143</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I303" s="15" t="s">
         <v>869</v>
       </c>
       <c r="J303" s="15">
         <v>1000</v>
       </c>
       <c r="K303" s="15">
         <v>0.21533</v>
       </c>
       <c r="L303" s="15">
         <v>0.15579</v>
       </c>
       <c r="M303" s="15">
         <v>0.13595</v>
       </c>
       <c r="N303" s="15">
-        <v>2231</v>
+        <v>2031</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>870</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>871</v>
       </c>
       <c r="E304" s="15">
         <v>10080063994</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15"/>
       <c r="K304" s="15">
         <v>0.22497</v>
       </c>
       <c r="L304" s="15">
         <v>0.1613</v>
       </c>
       <c r="M304" s="15">
         <v>0.14007</v>
       </c>
       <c r="N304" s="15">
-        <v>589</v>
+        <v>762</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C305" s="15" t="s">
         <v>872</v>
       </c>
       <c r="D305" s="15" t="s">
         <v>873</v>
       </c>
       <c r="E305" s="15">
         <v>10080003144</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I305" s="15" t="s">
         <v>874</v>
       </c>
       <c r="J305" s="15">
         <v>500</v>
       </c>
       <c r="K305" s="15">
         <v>0.23959</v>
       </c>
       <c r="L305" s="15">
         <v>0.17335</v>
       </c>
       <c r="M305" s="15">
         <v>0.15126</v>
       </c>
       <c r="N305" s="15">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="O305" s="15"/>
+        <v>536</v>
+      </c>
+      <c r="O305" s="15">
+        <v>3520</v>
+      </c>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>875</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>876</v>
       </c>
       <c r="E306" s="15">
         <v>10080047949</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15"/>
       <c r="K306" s="15">
@@ -15545,375 +15551,379 @@
       </c>
       <c r="E307" s="15">
         <v>10080003134</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I307" s="15" t="s">
         <v>879</v>
       </c>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
         <v>0.07844</v>
       </c>
       <c r="L307" s="15">
         <v>0.05139</v>
       </c>
       <c r="M307" s="15">
         <v>0.04632</v>
       </c>
       <c r="N307" s="15">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>880</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>881</v>
       </c>
       <c r="E308" s="15" t="s">
         <v>882</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I308" s="15" t="s">
         <v>883</v>
       </c>
       <c r="J308" s="15">
         <v>1000</v>
       </c>
       <c r="K308" s="15">
-        <v>0.057</v>
+        <v>0.05064</v>
       </c>
       <c r="L308" s="15">
-        <v>0.0503</v>
+        <v>0.04389</v>
       </c>
       <c r="M308" s="15">
-        <v>0.04527</v>
+        <v>0.0422</v>
       </c>
       <c r="N308" s="15">
-        <v>730</v>
+        <v>690</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>884</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>885</v>
       </c>
       <c r="E309" s="15">
         <v>10080003135</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I309" s="15" t="s">
         <v>886</v>
       </c>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.0756</v>
       </c>
       <c r="L309" s="15">
         <v>0.0547</v>
       </c>
       <c r="M309" s="15">
         <v>0.04773</v>
       </c>
       <c r="N309" s="15">
-        <v>5542</v>
+        <v>3914</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>887</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>888</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>889</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I310" s="15" t="s">
         <v>890</v>
       </c>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
-        <v>0.05919</v>
+        <v>0.05256</v>
       </c>
       <c r="L310" s="15">
-        <v>0.05223</v>
+        <v>0.04555</v>
       </c>
       <c r="M310" s="15">
-        <v>0.04701</v>
+        <v>0.0438</v>
       </c>
       <c r="N310" s="15">
-        <v>900</v>
+        <v>830</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C311" s="15" t="s">
         <v>891</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>892</v>
       </c>
       <c r="E311" s="15">
         <v>10080003136</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I311" s="15" t="s">
         <v>893</v>
       </c>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.10646</v>
       </c>
       <c r="L311" s="15">
         <v>0.07702000000000001</v>
       </c>
       <c r="M311" s="15">
         <v>0.06721000000000001</v>
       </c>
       <c r="N311" s="15"/>
-      <c r="O311" s="15"/>
+      <c r="O311" s="15">
+        <v>1580</v>
+      </c>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>894</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>895</v>
       </c>
       <c r="E312" s="15" t="s">
         <v>896</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I312" s="15" t="s">
         <v>897</v>
       </c>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
-        <v>0.08177</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L312" s="15">
-        <v>0.07215000000000001</v>
+        <v>0.06296</v>
       </c>
       <c r="M312" s="15">
-        <v>0.06494</v>
+        <v>0.06054</v>
       </c>
       <c r="N312" s="15">
-        <v>820</v>
+        <v>620</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C313" s="15" t="s">
         <v>898</v>
       </c>
       <c r="D313" s="15" t="s">
         <v>899</v>
       </c>
       <c r="E313" s="15">
         <v>10080003137</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I313" s="15" t="s">
         <v>900</v>
       </c>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
         <v>0.13174</v>
       </c>
       <c r="L313" s="15">
         <v>0.09531000000000001</v>
       </c>
       <c r="M313" s="15">
         <v>0.08316999999999999</v>
       </c>
       <c r="N313" s="15"/>
-      <c r="O313" s="15"/>
+      <c r="O313" s="15">
+        <v>1260</v>
+      </c>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>901</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>902</v>
       </c>
       <c r="E314" s="15" t="s">
         <v>903</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I314" s="15" t="s">
         <v>904</v>
       </c>
       <c r="J314" s="15">
         <v>1000</v>
       </c>
       <c r="K314" s="15">
-        <v>0.10367</v>
+        <v>0.09209000000000001</v>
       </c>
       <c r="L314" s="15">
-        <v>0.09147</v>
+        <v>0.07981000000000001</v>
       </c>
       <c r="M314" s="15">
-        <v>0.08232</v>
+        <v>0.07674</v>
       </c>
       <c r="N314" s="15">
-        <v>516</v>
+        <v>100</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>905</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>906</v>
       </c>
       <c r="E315" s="15" t="s">
         <v>907</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I315" s="15" t="s">
         <v>908</v>
       </c>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
-        <v>0.17921</v>
+        <v>0.15918</v>
       </c>
       <c r="L315" s="15">
-        <v>0.15813</v>
+        <v>0.13796</v>
       </c>
       <c r="M315" s="15">
-        <v>0.14232</v>
+        <v>0.13265</v>
       </c>
       <c r="N315" s="15">
-        <v>558</v>
+        <v>630</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>909</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>910</v>
       </c>
       <c r="E316" s="15">
         <v>10000013004</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I316" s="15" t="s">
@@ -15981,60 +15991,60 @@
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C318" s="15" t="s">
         <v>915</v>
       </c>
       <c r="D318" s="15" t="s">
         <v>916</v>
       </c>
       <c r="E318" s="15" t="s">
         <v>917</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I318" s="15" t="s">
         <v>918</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
-        <v>0.14384</v>
+        <v>0.12776</v>
       </c>
       <c r="L318" s="15">
-        <v>0.12692</v>
+        <v>0.11072</v>
       </c>
       <c r="M318" s="15">
-        <v>0.11422</v>
+        <v>0.10646</v>
       </c>
       <c r="N318" s="15">
-        <v>820</v>
+        <v>710</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>919</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>920</v>
       </c>
       <c r="E319" s="15">
         <v>10080047948</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I319" s="15"/>
@@ -16177,74 +16187,74 @@
       <c r="D323" s="15" t="s">
         <v>927</v>
       </c>
       <c r="E323" s="15">
         <v>10080048611</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
         <v>500</v>
       </c>
       <c r="K323" s="15">
         <v>0.06972</v>
       </c>
       <c r="L323" s="15">
         <v>0.06042</v>
       </c>
       <c r="M323" s="15">
         <v>0.0581</v>
       </c>
       <c r="N323" s="15">
-        <v>1625</v>
+        <v>2000</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>928</v>
       </c>
       <c r="D324" s="15" t="s">
         <v>929</v>
       </c>
       <c r="E324" s="15" t="s">
         <v>930</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I324" s="15" t="s">
         <v>931</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
         <v>0.8385899999999999</v>
       </c>
       <c r="L324" s="15">
         <v>0.70334</v>
       </c>
       <c r="M324" s="15">
         <v>0.6762899999999999</v>
       </c>
       <c r="N324" s="15"/>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C325" s="15" t="s">
@@ -16253,168 +16263,168 @@
       <c r="D325" s="15" t="s">
         <v>933</v>
       </c>
       <c r="E325" s="15">
         <v>10080006285</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
         <v>2000</v>
       </c>
       <c r="K325" s="15">
         <v>0.05204</v>
       </c>
       <c r="L325" s="15">
         <v>0.03765</v>
       </c>
       <c r="M325" s="15">
         <v>0.03285</v>
       </c>
       <c r="N325" s="15">
-        <v>8800</v>
+        <v>6710</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C326" s="15" t="s">
         <v>934</v>
       </c>
       <c r="D326" s="15" t="s">
         <v>935</v>
       </c>
       <c r="E326" s="15">
         <v>10080006287</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
         <v>2000</v>
       </c>
       <c r="K326" s="15">
         <v>0.06182</v>
       </c>
       <c r="L326" s="15">
         <v>0.04473</v>
       </c>
       <c r="M326" s="15">
         <v>0.03903</v>
       </c>
       <c r="N326" s="15">
-        <v>3168</v>
+        <v>2196</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C327" s="15" t="s">
         <v>936</v>
       </c>
       <c r="D327" s="15" t="s">
         <v>937</v>
       </c>
       <c r="E327" s="15">
         <v>10080006514</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
         <v>5000</v>
       </c>
       <c r="K327" s="15">
         <v>0.02559</v>
       </c>
       <c r="L327" s="15">
         <v>0.02218</v>
       </c>
       <c r="M327" s="15">
         <v>0.02133</v>
       </c>
       <c r="N327" s="15">
-        <v>3300</v>
+        <v>3250</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C328" s="15" t="s">
         <v>938</v>
       </c>
       <c r="D328" s="15" t="s">
         <v>939</v>
       </c>
       <c r="E328" s="15">
         <v>10080006284</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
         <v>2000</v>
       </c>
       <c r="K328" s="15">
         <v>0.03251</v>
       </c>
       <c r="L328" s="15">
         <v>0.02352</v>
       </c>
       <c r="M328" s="15">
         <v>0.02052</v>
       </c>
       <c r="N328" s="15">
-        <v>11461</v>
+        <v>6006</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>940</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>941</v>
       </c>
       <c r="E329" s="15" t="s">
         <v>942</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>943</v>
       </c>
       <c r="I329" s="15"/>
@@ -16559,92 +16569,92 @@
       <c r="D333" s="15" t="s">
         <v>955</v>
       </c>
       <c r="E333" s="15">
         <v>10080006511</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I333" s="15"/>
       <c r="J333" s="15">
         <v>1000</v>
       </c>
       <c r="K333" s="15">
         <v>0.08685</v>
       </c>
       <c r="L333" s="15">
         <v>0.05038</v>
       </c>
       <c r="M333" s="15">
         <v>0.04541</v>
       </c>
       <c r="N333" s="15">
-        <v>14023</v>
+        <v>17748</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C334" s="15" t="s">
         <v>956</v>
       </c>
       <c r="D334" s="15" t="s">
         <v>957</v>
       </c>
       <c r="E334" s="15">
         <v>10080028222</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I334" s="15" t="s">
         <v>958</v>
       </c>
       <c r="J334" s="15">
         <v>2000</v>
       </c>
       <c r="K334" s="15">
         <v>0.05024</v>
       </c>
       <c r="L334" s="15">
         <v>0.04354</v>
       </c>
       <c r="M334" s="15">
         <v>0.04186</v>
       </c>
       <c r="N334" s="15">
-        <v>836</v>
+        <v>675</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C335" s="15" t="s">
         <v>959</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>960</v>
       </c>
       <c r="E335" s="15" t="s">
         <v>961</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I335" s="15"/>
@@ -16676,51 +16686,51 @@
       <c r="D336" s="15" t="s">
         <v>960</v>
       </c>
       <c r="E336" s="15">
         <v>10080006509</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I336" s="15"/>
       <c r="J336" s="15">
         <v>5000</v>
       </c>
       <c r="K336" s="15">
         <v>0.03285</v>
       </c>
       <c r="L336" s="15">
         <v>0.02377</v>
       </c>
       <c r="M336" s="15">
         <v>0.02074</v>
       </c>
       <c r="N336" s="15">
-        <v>2804</v>
+        <v>3110</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C337" s="15" t="s">
         <v>962</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>963</v>
       </c>
       <c r="E337" s="15" t="s">
         <v>964</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I337" s="15"/>
@@ -16751,364 +16761,364 @@
       </c>
       <c r="D338" s="15" t="s">
         <v>966</v>
       </c>
       <c r="E338" s="15">
         <v>10080006510</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I338" s="15"/>
       <c r="J338" s="15">
         <v>5000</v>
       </c>
       <c r="K338" s="15">
         <v>0.04637</v>
       </c>
       <c r="L338" s="15">
         <v>0.03312</v>
       </c>
       <c r="M338" s="15">
         <v>0.02981</v>
       </c>
-      <c r="N338" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N338" s="15">
+        <v>720</v>
+      </c>
+      <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C339" s="15" t="s">
         <v>967</v>
       </c>
       <c r="D339" s="15" t="s">
         <v>968</v>
       </c>
       <c r="E339" s="15">
         <v>10080032274</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I339" s="15"/>
       <c r="J339" s="15">
         <v>1000</v>
       </c>
       <c r="K339" s="15">
         <v>0.19566</v>
       </c>
       <c r="L339" s="15">
         <v>0.12962</v>
       </c>
       <c r="M339" s="15">
         <v>0.1131</v>
       </c>
       <c r="N339" s="15">
-        <v>842</v>
+        <v>594</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C340" s="15" t="s">
         <v>969</v>
       </c>
       <c r="D340" s="15" t="s">
         <v>970</v>
       </c>
       <c r="E340" s="15">
         <v>10080058264</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I340" s="15"/>
       <c r="J340" s="15">
         <v>5000</v>
       </c>
       <c r="K340" s="15">
         <v>0.05108</v>
       </c>
       <c r="L340" s="15">
         <v>0.03696</v>
       </c>
       <c r="M340" s="15">
         <v>0.03225</v>
       </c>
       <c r="N340" s="15">
-        <v>1271</v>
+        <v>957</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C341" s="15" t="s">
         <v>971</v>
       </c>
       <c r="D341" s="15" t="s">
         <v>972</v>
       </c>
       <c r="E341" s="15" t="s">
         <v>973</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15">
         <v>5000</v>
       </c>
       <c r="K341" s="15">
         <v>0.03393</v>
       </c>
       <c r="L341" s="15">
         <v>0.02941</v>
       </c>
       <c r="M341" s="15">
         <v>0.02828</v>
       </c>
       <c r="N341" s="15">
-        <v>4763</v>
+        <v>3485</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C342" s="15" t="s">
         <v>974</v>
       </c>
       <c r="D342" s="15" t="s">
         <v>975</v>
       </c>
       <c r="E342" s="15" t="s">
         <v>976</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
         <v>5000</v>
       </c>
       <c r="K342" s="15">
         <v>0.05284</v>
       </c>
       <c r="L342" s="15">
         <v>0.03823</v>
       </c>
       <c r="M342" s="15">
         <v>0.03336</v>
       </c>
       <c r="N342" s="15">
-        <v>1890</v>
+        <v>1803</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C343" s="15" t="s">
         <v>977</v>
       </c>
       <c r="D343" s="15" t="s">
         <v>978</v>
       </c>
       <c r="E343" s="15">
         <v>10080043122</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
         <v>3000</v>
       </c>
       <c r="K343" s="15">
         <v>0.05727</v>
       </c>
       <c r="L343" s="15">
         <v>0.04091</v>
       </c>
       <c r="M343" s="15">
         <v>0.03681</v>
       </c>
-      <c r="N343" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N343" s="15">
+        <v>2295</v>
+      </c>
+      <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C344" s="15" t="s">
         <v>979</v>
       </c>
       <c r="D344" s="15" t="s">
         <v>980</v>
       </c>
       <c r="E344" s="15">
         <v>10080032268</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
         <v>3000</v>
       </c>
       <c r="K344" s="15">
         <v>0.08824</v>
       </c>
       <c r="L344" s="15">
         <v>0.05781</v>
       </c>
       <c r="M344" s="15">
         <v>0.05212</v>
       </c>
       <c r="N344" s="15">
-        <v>18351</v>
+        <v>23936</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C345" s="15" t="s">
         <v>981</v>
       </c>
       <c r="D345" s="15" t="s">
         <v>982</v>
       </c>
       <c r="E345" s="15" t="s">
         <v>983</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
         <v>2000</v>
       </c>
       <c r="K345" s="15">
         <v>0.06852999999999999</v>
       </c>
       <c r="L345" s="15">
         <v>0.04958</v>
       </c>
       <c r="M345" s="15">
         <v>0.04326</v>
       </c>
       <c r="N345" s="15">
-        <v>1697</v>
+        <v>1579</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C346" s="15" t="s">
         <v>984</v>
       </c>
       <c r="D346" s="15" t="s">
         <v>985</v>
       </c>
       <c r="E346" s="15">
         <v>10080066971</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15">
         <v>2000</v>
       </c>
       <c r="K346" s="15">
         <v>0.07914</v>
       </c>
       <c r="L346" s="15">
         <v>0.05726</v>
       </c>
       <c r="M346" s="15">
         <v>0.04996</v>
       </c>
       <c r="N346" s="15">
-        <v>2240</v>
+        <v>3010</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C347" s="15" t="s">
         <v>986</v>
       </c>
       <c r="D347" s="15" t="s">
         <v>987</v>
       </c>
       <c r="E347" s="15">
         <v>10080072828</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I347" s="15"/>
@@ -17142,359 +17152,357 @@
       <c r="D348" s="15" t="s">
         <v>989</v>
       </c>
       <c r="E348" s="15">
         <v>10080066984</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
         <v>3000</v>
       </c>
       <c r="K348" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L348" s="15">
         <v>0.04832</v>
       </c>
       <c r="M348" s="15">
         <v>0.04348</v>
       </c>
       <c r="N348" s="15">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>630</v>
+      </c>
+      <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C349" s="15" t="s">
         <v>990</v>
       </c>
       <c r="D349" s="15" t="s">
         <v>991</v>
       </c>
       <c r="E349" s="15" t="s">
         <v>992</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>1000</v>
       </c>
       <c r="K349" s="15">
         <v>0.08552999999999999</v>
       </c>
       <c r="L349" s="15">
         <v>0.06132</v>
       </c>
       <c r="M349" s="15">
         <v>0.05326</v>
       </c>
       <c r="N349" s="15">
-        <v>1195</v>
+        <v>1430</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>993</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>994</v>
       </c>
       <c r="E350" s="15">
         <v>10080043120</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
         <v>2000</v>
       </c>
       <c r="K350" s="15">
         <v>0.07907</v>
       </c>
       <c r="L350" s="15">
         <v>0.05721</v>
       </c>
       <c r="M350" s="15">
         <v>0.04992</v>
       </c>
       <c r="N350" s="15">
-        <v>23686</v>
+        <v>21017</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C351" s="15" t="s">
         <v>995</v>
       </c>
       <c r="D351" s="15" t="s">
         <v>996</v>
       </c>
       <c r="E351" s="15">
         <v>10080035171</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
         <v>2000</v>
       </c>
       <c r="K351" s="15">
         <v>0.06683</v>
       </c>
       <c r="L351" s="15">
         <v>0.05792</v>
       </c>
       <c r="M351" s="15">
         <v>0.05569</v>
       </c>
-      <c r="N351" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N351" s="15">
+        <v>870</v>
+      </c>
+      <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C352" s="15" t="s">
         <v>997</v>
       </c>
       <c r="D352" s="15" t="s">
         <v>998</v>
       </c>
       <c r="E352" s="15">
         <v>10080045920</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15"/>
       <c r="K352" s="15">
         <v>0.08420999999999999</v>
       </c>
       <c r="L352" s="15">
         <v>0.07298</v>
       </c>
       <c r="M352" s="15">
         <v>0.07018000000000001</v>
       </c>
       <c r="N352" s="15">
-        <v>840</v>
+        <v>972</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C353" s="15" t="s">
         <v>999</v>
       </c>
       <c r="D353" s="15" t="s">
         <v>1000</v>
       </c>
       <c r="E353" s="15">
         <v>10080072836</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
         <v>1000</v>
       </c>
       <c r="K353" s="15">
         <v>0.15055</v>
       </c>
       <c r="L353" s="15">
         <v>0.12547</v>
       </c>
       <c r="M353" s="15">
         <v>0.12044</v>
       </c>
       <c r="N353" s="15">
-        <v>790</v>
+        <v>760</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C354" s="15" t="s">
         <v>1001</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>1002</v>
       </c>
       <c r="E354" s="15">
         <v>10080066985</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15">
         <v>1000</v>
       </c>
       <c r="K354" s="15">
         <v>0.20059</v>
       </c>
       <c r="L354" s="15">
         <v>0.13288</v>
       </c>
       <c r="M354" s="15">
         <v>0.11595</v>
       </c>
       <c r="N354" s="15">
-        <v>855</v>
+        <v>770</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C355" s="15" t="s">
         <v>1003</v>
       </c>
       <c r="D355" s="15" t="s">
         <v>1004</v>
       </c>
       <c r="E355" s="15">
         <v>10080043118</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15"/>
       <c r="K355" s="15">
         <v>0.18207</v>
       </c>
       <c r="L355" s="15">
         <v>0.13173</v>
       </c>
       <c r="M355" s="15">
         <v>0.11495</v>
       </c>
       <c r="N355" s="15">
-        <v>185</v>
+        <v>227</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C356" s="15" t="s">
         <v>1005</v>
       </c>
       <c r="D356" s="15" t="s">
         <v>1006</v>
       </c>
       <c r="E356" s="15">
         <v>10080066986</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15"/>
       <c r="K356" s="15">
         <v>0.2187</v>
       </c>
       <c r="L356" s="15">
         <v>0.14488</v>
       </c>
       <c r="M356" s="15">
         <v>0.12642</v>
       </c>
       <c r="N356" s="15">
-        <v>1408</v>
+        <v>1374</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C357" s="15" t="s">
         <v>1007</v>
       </c>
       <c r="D357" s="15" t="s">
         <v>1008</v>
       </c>
       <c r="E357" s="15" t="s">
         <v>1009</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I357" s="15"/>
@@ -17515,57 +17523,57 @@
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C358" s="15" t="s">
         <v>1010</v>
       </c>
       <c r="D358" s="15" t="s">
         <v>1011</v>
       </c>
       <c r="E358" s="15">
         <v>10080069190</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>943</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15">
         <v>1600</v>
       </c>
       <c r="K358" s="15">
-        <v>0.24264</v>
+        <v>0.14066</v>
       </c>
       <c r="L358" s="15">
-        <v>0.20219</v>
+        <v>0.14066</v>
       </c>
       <c r="M358" s="15">
-        <v>0.19411</v>
+        <v>0.14066</v>
       </c>
       <c r="N358" s="15"/>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14"/>
       <c r="C359" s="15"/>
       <c r="D359" s="15"/>
       <c r="E359" s="15"/>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15"/>
       <c r="I359" s="15"/>
       <c r="J359" s="15"/>
       <c r="K359" s="15"/>
       <c r="L359" s="15"/>
       <c r="M359" s="15"/>
       <c r="N359" s="15"/>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
     </row>