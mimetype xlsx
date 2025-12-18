--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1039">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1041">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -976,51 +976,51 @@
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
-    <t>27.12.2025</t>
+    <t>22.12.2025</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>стойка стальная луженая M3.0, OD6.0*L10.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>UT-00098708</t>
   </si>
   <si>
     <t>L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>стойка латунная луженая M2.5, OD5.0*L3.0мм + ID3.6*T1.1мм / L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>UT-00094185</t>
   </si>
   <si>
     <t>L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD5.0*L6.0мм + ID3.50*T1.50мм, катушка / L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
@@ -1090,50 +1090,53 @@
   <si>
     <t>UT-00149189</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0500-1100-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 5 (желтые) L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>UT-00137975</t>
   </si>
   <si>
     <t>H-L0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
+    <t>03.05.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>12.04.2026</t>
   </si>
   <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
@@ -1171,51 +1174,51 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 8 (L-KLS8-DBL-M3-E5.5-L08-A)</t>
   </si>
   <si>
     <t>UT-00149192</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0800-1400-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 8 (желтые) L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>H-L1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (H-L1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L10-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (L-KLS8-DBL-M3-E5.5-L10-A)</t>
   </si>
   <si>
     <t>UT-00149193</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-1600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-10 (желтые) L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>UT-00134765</t>
   </si>
   <si>
     <t>H-L1100-1700-5-03-1N1W</t>
   </si>
@@ -1250,50 +1253,53 @@
     <t>L-KLS8-DBL-M3-E5.5-L12-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (L-KLS8-DBL-M3-E5.5-L12-A)</t>
   </si>
   <si>
     <t>UT-00149195</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1200-1800-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-12 (желтые) L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13 (желтые) L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>10-00061405</t>
+  </si>
+  <si>
+    <t>05.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13.5 (желтые) L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>H-L1400-2000-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (H-L1400-2000-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L14-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L14-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (L-KLS8-DBL-M3-E5.5-L14-A)</t>
   </si>
   <si>
     <t>UT-00149196</t>
   </si>
@@ -3930,168 +3936,168 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080034435</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.02455</v>
       </c>
       <c r="L10" s="15">
         <v>0.01754</v>
       </c>
       <c r="M10" s="15">
         <v>0.01578</v>
       </c>
       <c r="N10" s="15">
-        <v>3438</v>
+        <v>4658</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.024</v>
       </c>
       <c r="L11" s="15">
         <v>0.01715</v>
       </c>
       <c r="M11" s="15">
         <v>0.01543</v>
       </c>
       <c r="N11" s="15">
-        <v>1513</v>
+        <v>1692</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02645</v>
       </c>
       <c r="L12" s="15">
         <v>0.01914</v>
       </c>
       <c r="M12" s="15">
         <v>0.0167</v>
       </c>
       <c r="N12" s="15">
-        <v>245</v>
+        <v>308</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.05147</v>
       </c>
       <c r="L13" s="15">
         <v>0.03724</v>
       </c>
       <c r="M13" s="15">
         <v>0.0325</v>
       </c>
       <c r="N13" s="15">
-        <v>731</v>
+        <v>625</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15">
         <v>1000</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>46</v>
@@ -4164,51 +4170,51 @@
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.05453</v>
       </c>
       <c r="L16" s="15">
         <v>0.03945</v>
       </c>
       <c r="M16" s="15">
         <v>0.03443</v>
       </c>
       <c r="N16" s="15">
-        <v>1871</v>
+        <v>1788</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
@@ -4238,172 +4244,172 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.10809</v>
       </c>
       <c r="L18" s="15">
         <v>0.09064999999999999</v>
       </c>
       <c r="M18" s="15">
         <v>0.08717</v>
       </c>
       <c r="N18" s="15">
-        <v>448</v>
+        <v>546</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15">
         <v>10000004525</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.1088</v>
       </c>
       <c r="L19" s="15">
         <v>0.07872</v>
       </c>
       <c r="M19" s="15">
         <v>0.06869</v>
       </c>
       <c r="N19" s="15">
-        <v>3559</v>
+        <v>3678</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053911</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="15">
         <v>1</v>
       </c>
       <c r="K20" s="15">
         <v>0.51519</v>
       </c>
       <c r="L20" s="15">
         <v>0.4465</v>
       </c>
       <c r="M20" s="15">
         <v>0.42933</v>
       </c>
       <c r="N20" s="15">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15">
         <v>10080010567</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J21" s="15">
         <v>1</v>
       </c>
       <c r="K21" s="15">
         <v>1.43</v>
       </c>
       <c r="L21" s="15">
         <v>1.04</v>
       </c>
       <c r="M21" s="15">
         <v>0.90583</v>
       </c>
       <c r="N21" s="15">
-        <v>200</v>
+        <v>243</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15">
         <v>10080006881</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -4626,207 +4632,207 @@
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15">
         <v>10080032270</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.1434</v>
       </c>
       <c r="L28" s="15">
         <v>0.12428</v>
       </c>
       <c r="M28" s="15">
         <v>0.1195</v>
       </c>
       <c r="N28" s="15">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E29" s="15">
         <v>10080006484</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.0467</v>
       </c>
       <c r="L29" s="15">
         <v>0.03379</v>
       </c>
       <c r="M29" s="15">
         <v>0.02948</v>
       </c>
       <c r="N29" s="15">
-        <v>2988</v>
+        <v>3168</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E30" s="15">
         <v>10080006485</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03818</v>
       </c>
       <c r="L30" s="15">
         <v>0.02727</v>
       </c>
       <c r="M30" s="15">
         <v>0.02454</v>
       </c>
       <c r="N30" s="15">
-        <v>1740</v>
+        <v>1560</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E31" s="15">
         <v>10080006486</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03927</v>
       </c>
       <c r="L31" s="15">
         <v>0.02805</v>
       </c>
       <c r="M31" s="15">
         <v>0.02525</v>
       </c>
       <c r="N31" s="15">
-        <v>10250</v>
+        <v>7410</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E32" s="15">
         <v>10080006487</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.06167</v>
       </c>
       <c r="L32" s="15">
         <v>0.04462</v>
       </c>
       <c r="M32" s="15">
         <v>0.03894</v>
       </c>
       <c r="N32" s="15">
-        <v>670</v>
+        <v>940</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I33" s="15"/>
@@ -4860,246 +4866,246 @@
       </c>
       <c r="E34" s="15">
         <v>10080006498</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.05915</v>
       </c>
       <c r="L34" s="15">
         <v>0.0428</v>
       </c>
       <c r="M34" s="15">
         <v>0.03735</v>
       </c>
       <c r="N34" s="15">
-        <v>4625</v>
+        <v>4141</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E35" s="15">
         <v>10080006488</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.10003</v>
       </c>
       <c r="L35" s="15">
         <v>0.05772</v>
       </c>
       <c r="M35" s="15">
         <v>0.05193</v>
       </c>
       <c r="N35" s="15">
-        <v>3686</v>
+        <v>4308</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E36" s="15">
         <v>10080006489</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.08182</v>
       </c>
       <c r="L36" s="15">
         <v>0.05844</v>
       </c>
       <c r="M36" s="15">
         <v>0.0526</v>
       </c>
       <c r="N36" s="15">
-        <v>7548</v>
+        <v>8976</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E37" s="15">
         <v>10080006502</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>2000</v>
       </c>
       <c r="K37" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L37" s="15">
         <v>0.05142</v>
       </c>
       <c r="M37" s="15">
         <v>0.04487</v>
       </c>
       <c r="N37" s="15">
-        <v>22283</v>
+        <v>19978</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080006490</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.05046</v>
       </c>
       <c r="L38" s="15">
         <v>0.04373</v>
       </c>
       <c r="M38" s="15">
         <v>0.04205</v>
       </c>
       <c r="N38" s="15">
-        <v>759</v>
+        <v>579</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080006491</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.05796</v>
       </c>
       <c r="L39" s="15">
         <v>0.05023</v>
       </c>
       <c r="M39" s="15">
         <v>0.0483</v>
       </c>
       <c r="N39" s="15">
-        <v>306</v>
+        <v>245</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080006492</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
@@ -5168,129 +5174,129 @@
       <c r="D42" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E42" s="15">
         <v>10080006504</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.09711</v>
       </c>
       <c r="L42" s="15">
         <v>0.07026</v>
       </c>
       <c r="M42" s="15">
         <v>0.06131</v>
       </c>
       <c r="N42" s="15">
-        <v>8714</v>
+        <v>11473</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E43" s="15">
         <v>10080006493</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.14829</v>
+        <v>0.08046</v>
       </c>
       <c r="L43" s="15">
-        <v>0.09823</v>
+        <v>0.06973</v>
       </c>
       <c r="M43" s="15">
-        <v>0.08572</v>
+        <v>0.06705</v>
       </c>
       <c r="N43" s="15">
-        <v>875</v>
+        <v>975</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E44" s="15">
         <v>10080006507</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.10868</v>
       </c>
       <c r="L44" s="15">
         <v>0.06521</v>
       </c>
       <c r="M44" s="15">
         <v>0.06521</v>
       </c>
       <c r="N44" s="15">
-        <v>6976</v>
+        <v>5581</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
@@ -5322,129 +5328,129 @@
       <c r="D46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E46" s="15">
         <v>10080006508</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.11731</v>
       </c>
       <c r="L46" s="15">
         <v>0.08379</v>
       </c>
       <c r="M46" s="15">
         <v>0.07541</v>
       </c>
       <c r="N46" s="15">
-        <v>990</v>
+        <v>1335</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080006496</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>5000</v>
       </c>
       <c r="K47" s="15">
         <v>0.04635</v>
       </c>
       <c r="L47" s="15">
         <v>0.03354</v>
       </c>
       <c r="M47" s="15">
         <v>0.02926</v>
       </c>
       <c r="N47" s="15">
-        <v>2202</v>
+        <v>2124</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E48" s="15">
         <v>10080032276</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.07253</v>
       </c>
       <c r="L48" s="15">
         <v>0.04805</v>
       </c>
       <c r="M48" s="15">
         <v>0.04193</v>
       </c>
       <c r="N48" s="15">
-        <v>3965</v>
+        <v>5330</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E49" s="15">
         <v>10080032892</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>128</v>
       </c>
       <c r="I49" s="15"/>
@@ -5476,51 +5482,51 @@
       <c r="D50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E50" s="15">
         <v>10080036527</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>128</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="15">
         <v>0.3473</v>
       </c>
       <c r="L50" s="15">
         <v>0.31256</v>
       </c>
       <c r="M50" s="15">
         <v>0.28941</v>
       </c>
       <c r="N50" s="15">
-        <v>811</v>
+        <v>774</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>134</v>
       </c>
       <c r="I51" s="15"/>
@@ -5550,207 +5556,207 @@
       <c r="D52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E52" s="15">
         <v>10080043127</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05705</v>
       </c>
       <c r="L52" s="15">
         <v>0.04128</v>
       </c>
       <c r="M52" s="15">
         <v>0.03602</v>
       </c>
       <c r="N52" s="15">
-        <v>2021</v>
+        <v>2796</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E53" s="15">
         <v>10080050044</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.06026</v>
       </c>
       <c r="L53" s="15">
         <v>0.0436</v>
       </c>
       <c r="M53" s="15">
         <v>0.03804</v>
       </c>
       <c r="N53" s="15">
-        <v>1863</v>
+        <v>2081</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E54" s="15">
         <v>10080069039</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
         <v>0.06482</v>
       </c>
       <c r="L54" s="15">
         <v>0.0469</v>
       </c>
       <c r="M54" s="15">
         <v>0.04092</v>
       </c>
       <c r="N54" s="15">
-        <v>10673</v>
+        <v>9980</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E55" s="15">
         <v>10080060761</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.05045</v>
       </c>
       <c r="L55" s="15">
         <v>0.04372</v>
       </c>
       <c r="M55" s="15">
         <v>0.04204</v>
       </c>
       <c r="N55" s="15">
-        <v>1339</v>
+        <v>1647</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E56" s="15">
         <v>10080035172</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0746</v>
       </c>
       <c r="L56" s="15">
         <v>0.05398</v>
       </c>
       <c r="M56" s="15">
         <v>0.0471</v>
       </c>
       <c r="N56" s="15">
-        <v>1568</v>
+        <v>1927</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I57" s="15"/>
@@ -5782,441 +5788,441 @@
       <c r="D58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.08185000000000001</v>
       </c>
       <c r="L58" s="15">
         <v>0.05922</v>
       </c>
       <c r="M58" s="15">
         <v>0.05168</v>
       </c>
       <c r="N58" s="15">
-        <v>16443</v>
+        <v>14819</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
       </c>
       <c r="K59" s="15">
         <v>0.06011</v>
       </c>
       <c r="L59" s="15">
         <v>0.05209</v>
       </c>
       <c r="M59" s="15">
         <v>0.05009</v>
       </c>
       <c r="N59" s="15">
-        <v>3915</v>
+        <v>4005</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.08476</v>
       </c>
       <c r="L60" s="15">
         <v>0.06132</v>
       </c>
       <c r="M60" s="15">
         <v>0.05351</v>
       </c>
       <c r="N60" s="15">
-        <v>190</v>
+        <v>158</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E61" s="15">
         <v>10080035173</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>2000</v>
       </c>
       <c r="K61" s="15">
         <v>0.08591</v>
       </c>
       <c r="L61" s="15">
         <v>0.06137</v>
       </c>
       <c r="M61" s="15">
         <v>0.05523</v>
       </c>
       <c r="N61" s="15">
-        <v>5936</v>
+        <v>4363</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.13139</v>
       </c>
       <c r="L62" s="15">
         <v>0.09506000000000001</v>
       </c>
       <c r="M62" s="15">
         <v>0.08295</v>
       </c>
       <c r="N62" s="15">
-        <v>900</v>
+        <v>600</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E63" s="15">
         <v>10080063329</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
         <v>0.10438</v>
       </c>
       <c r="L63" s="15">
         <v>0.07552</v>
       </c>
       <c r="M63" s="15">
         <v>0.0659</v>
       </c>
       <c r="N63" s="15">
-        <v>1354</v>
+        <v>1169</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E64" s="15">
         <v>10080045919</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.11933</v>
       </c>
       <c r="L64" s="15">
         <v>0.08633</v>
       </c>
       <c r="M64" s="15">
         <v>0.07534</v>
       </c>
       <c r="N64" s="15">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E65" s="15">
         <v>10080042633</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.13868</v>
       </c>
       <c r="L65" s="15">
         <v>0.09186</v>
       </c>
       <c r="M65" s="15">
         <v>0.08017000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>5135</v>
+        <v>6004</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E66" s="15">
         <v>10080048795</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.08687</v>
       </c>
       <c r="L66" s="15">
         <v>0.05693</v>
       </c>
       <c r="M66" s="15">
         <v>0.04943</v>
       </c>
       <c r="N66" s="15">
-        <v>1462</v>
+        <v>1742</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E67" s="15">
         <v>10080074467</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.08719</v>
       </c>
       <c r="L67" s="15">
         <v>0.06308</v>
       </c>
       <c r="M67" s="15">
         <v>0.05505</v>
       </c>
       <c r="N67" s="15">
-        <v>1201</v>
+        <v>1284</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E68" s="15">
         <v>10080032269</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.20936</v>
       </c>
       <c r="L68" s="15">
         <v>0.15147</v>
       </c>
       <c r="M68" s="15">
         <v>0.13218</v>
       </c>
       <c r="N68" s="15">
-        <v>7552</v>
+        <v>7316</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
@@ -6331,125 +6337,125 @@
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.11199</v>
       </c>
       <c r="L72" s="15">
         <v>0.09393</v>
       </c>
       <c r="M72" s="15">
         <v>0.09031</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E73" s="15">
         <v>10080059298</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>2000</v>
       </c>
       <c r="K73" s="15">
         <v>0.00868</v>
       </c>
       <c r="L73" s="15">
         <v>0.007</v>
       </c>
       <c r="M73" s="15">
         <v>0.00673</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>20000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02405</v>
       </c>
       <c r="L74" s="15">
         <v>0.02018</v>
       </c>
       <c r="M74" s="15">
         <v>0.0194</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>26</v>
+        <v>51</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>20000</v>
       </c>
       <c r="K75" s="15">
         <v>0.01289</v>
       </c>
       <c r="L75" s="15">
         <v>0.00933</v>
       </c>
@@ -6510,51 +6516,51 @@
         <v>193</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>2000</v>
       </c>
       <c r="K77" s="15">
         <v>0.08288</v>
       </c>
       <c r="L77" s="15">
         <v>0.06951</v>
       </c>
       <c r="M77" s="15">
         <v>0.06684</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="P77" s="15" t="s">
         <v>195</v>
       </c>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E78" s="15">
         <v>10080059297</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
@@ -6811,207 +6817,207 @@
       <c r="D85" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E85" s="15">
         <v>10080066129</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>2000</v>
       </c>
       <c r="K85" s="15">
         <v>0.03003</v>
       </c>
       <c r="L85" s="15">
         <v>0.02173</v>
       </c>
       <c r="M85" s="15">
         <v>0.01896</v>
       </c>
       <c r="N85" s="15">
-        <v>16201</v>
+        <v>12200</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.03168</v>
       </c>
       <c r="L86" s="15">
         <v>0.02292</v>
       </c>
       <c r="M86" s="15">
         <v>0.02</v>
       </c>
       <c r="N86" s="15">
-        <v>768</v>
+        <v>663</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.0633</v>
       </c>
       <c r="L87" s="15">
         <v>0.0458</v>
       </c>
       <c r="M87" s="15">
         <v>0.03996</v>
       </c>
       <c r="N87" s="15">
-        <v>8800</v>
+        <v>8700</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E88" s="15">
         <v>10080070865</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.06508</v>
+        <v>0.04482</v>
       </c>
       <c r="L88" s="15">
-        <v>0.04708</v>
+        <v>0.03884</v>
       </c>
       <c r="M88" s="15">
-        <v>0.04109</v>
+        <v>0.03735</v>
       </c>
       <c r="N88" s="15">
-        <v>8394</v>
+        <v>7906</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>3000</v>
       </c>
       <c r="K89" s="15">
         <v>0.05902</v>
       </c>
       <c r="L89" s="15">
         <v>0.0427</v>
       </c>
       <c r="M89" s="15">
         <v>0.03726</v>
       </c>
       <c r="N89" s="15">
-        <v>1494</v>
+        <v>1621</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
@@ -7082,129 +7088,129 @@
       <c r="D92" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.08273999999999999</v>
       </c>
       <c r="L92" s="15">
         <v>0.05986</v>
       </c>
       <c r="M92" s="15">
         <v>0.05224</v>
       </c>
       <c r="N92" s="15">
-        <v>824</v>
+        <v>882</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.14116</v>
       </c>
       <c r="L93" s="15">
         <v>0.10213</v>
       </c>
       <c r="M93" s="15">
         <v>0.08912</v>
       </c>
       <c r="N93" s="15">
-        <v>528</v>
+        <v>632</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>2000</v>
       </c>
       <c r="K94" s="15">
         <v>0.03431</v>
       </c>
       <c r="L94" s="15">
         <v>0.02973</v>
       </c>
       <c r="M94" s="15">
         <v>0.02859</v>
       </c>
       <c r="N94" s="15">
-        <v>1360</v>
+        <v>1400</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>247</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
@@ -7276,91 +7282,91 @@
         <v>252</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>253</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.10197</v>
       </c>
       <c r="L97" s="15">
         <v>0.08552999999999999</v>
       </c>
       <c r="M97" s="15">
         <v>0.08223999999999999</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15">
-        <v>850</v>
+        <v>700</v>
       </c>
       <c r="P97" s="15" t="s">
         <v>254</v>
       </c>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>257</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>2000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04888</v>
       </c>
       <c r="L98" s="15">
         <v>0.04888</v>
       </c>
       <c r="M98" s="15">
         <v>0.04888</v>
       </c>
       <c r="N98" s="15">
-        <v>3947</v>
+        <v>3147</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15" t="s">
@@ -7429,51 +7435,51 @@
         <v>265</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E101" s="15">
         <v>10080074137</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.02156</v>
       </c>
       <c r="L101" s="15">
         <v>0.01868</v>
       </c>
       <c r="M101" s="15">
         <v>0.01796</v>
       </c>
       <c r="N101" s="15">
-        <v>15117</v>
+        <v>14918</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E102" s="15">
         <v>10080055639</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="15"/>
@@ -7538,51 +7544,51 @@
       <c r="D104" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E104" s="15">
         <v>10080074138</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>10000</v>
       </c>
       <c r="K104" s="15">
         <v>0.06174</v>
       </c>
       <c r="L104" s="15">
         <v>0.04467</v>
       </c>
       <c r="M104" s="15">
         <v>0.03898</v>
       </c>
       <c r="N104" s="15">
-        <v>13792</v>
+        <v>16990</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>276</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
@@ -7902,51 +7908,51 @@
       <c r="D114" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>800</v>
       </c>
       <c r="K114" s="15">
         <v>0.11268</v>
       </c>
       <c r="L114" s="15">
         <v>0.09766</v>
       </c>
       <c r="M114" s="15">
         <v>0.0939</v>
       </c>
       <c r="N114" s="15">
-        <v>1474</v>
+        <v>1792</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>303</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>304</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="15" t="s">
@@ -8019,215 +8025,215 @@
       </c>
       <c r="E117" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>312</v>
       </c>
       <c r="J117" s="15">
         <v>250</v>
       </c>
       <c r="K117" s="15">
         <v>0.61811</v>
       </c>
       <c r="L117" s="15">
         <v>0.44151</v>
       </c>
       <c r="M117" s="15">
         <v>0.39736</v>
       </c>
       <c r="N117" s="15">
-        <v>1138</v>
+        <v>1173</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15">
         <v>5000</v>
       </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>316</v>
       </c>
       <c r="J118" s="15">
         <v>950</v>
       </c>
       <c r="K118" s="15">
         <v>0.19797</v>
       </c>
       <c r="L118" s="15">
         <v>0.17157</v>
       </c>
       <c r="M118" s="15">
         <v>0.16498</v>
       </c>
       <c r="N118" s="15">
-        <v>1710</v>
+        <v>1406</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15">
         <v>4750</v>
       </c>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>317</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>319</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>650</v>
       </c>
       <c r="K119" s="15">
-        <v>0.21939</v>
+        <v>0.1464</v>
       </c>
       <c r="L119" s="15">
-        <v>0.15873</v>
+        <v>0.12688</v>
       </c>
       <c r="M119" s="15">
-        <v>0.13851</v>
+        <v>0.122</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15" t="s">
         <v>320</v>
       </c>
       <c r="Q119" s="15">
         <v>10000</v>
       </c>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>321</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>322</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>323</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>350</v>
       </c>
       <c r="K120" s="15">
         <v>0.20392</v>
       </c>
       <c r="L120" s="15">
         <v>0.19465</v>
       </c>
       <c r="M120" s="15">
         <v>0.19465</v>
       </c>
       <c r="N120" s="15">
-        <v>6825</v>
+        <v>7372</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>326</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.52625</v>
       </c>
       <c r="L121" s="15">
         <v>0.38074</v>
       </c>
       <c r="M121" s="15">
         <v>0.33225</v>
       </c>
       <c r="N121" s="15">
-        <v>800</v>
+        <v>640</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>327</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>329</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="15"/>
@@ -8259,51 +8265,51 @@
       <c r="D123" s="15" t="s">
         <v>331</v>
       </c>
       <c r="E123" s="15">
         <v>10080008531</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.08448</v>
       </c>
       <c r="L123" s="15">
         <v>0.04874</v>
       </c>
       <c r="M123" s="15">
         <v>0.04386</v>
       </c>
       <c r="N123" s="15">
-        <v>895</v>
+        <v>791</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>60</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>332</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>333</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>334</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15"/>
       <c r="I124" s="15" t="s">
         <v>335</v>
       </c>
@@ -8405,9162 +8411,9206 @@
       <c r="D127" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.24951</v>
       </c>
       <c r="L127" s="15">
         <v>0.18052</v>
       </c>
       <c r="M127" s="15">
         <v>0.15752</v>
       </c>
       <c r="N127" s="15">
-        <v>795</v>
+        <v>816</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E128" s="15">
         <v>10080066095</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.2987</v>
       </c>
       <c r="L128" s="15">
         <v>0.24892</v>
       </c>
       <c r="M128" s="15">
         <v>0.23895</v>
       </c>
       <c r="N128" s="15">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>345</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>346</v>
       </c>
       <c r="E129" s="15">
         <v>10080039233</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I129" s="15" t="s">
         <v>347</v>
       </c>
       <c r="J129" s="15">
         <v>1000</v>
       </c>
       <c r="K129" s="15">
         <v>0.08792999999999999</v>
       </c>
       <c r="L129" s="15">
         <v>0.06362</v>
       </c>
       <c r="M129" s="15">
         <v>0.05551</v>
       </c>
       <c r="N129" s="15">
-        <v>71898</v>
+        <v>69387</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>348</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>349</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>350</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>351</v>
       </c>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
         <v>0.06117</v>
       </c>
       <c r="L130" s="15">
         <v>0.05301</v>
       </c>
       <c r="M130" s="15">
         <v>0.05098</v>
       </c>
       <c r="N130" s="15">
-        <v>6942</v>
+        <v>6428</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>352</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>353</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>354</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
         <v>0.08276</v>
       </c>
       <c r="L131" s="15">
         <v>0.05988</v>
       </c>
       <c r="M131" s="15">
         <v>0.05225</v>
       </c>
       <c r="N131" s="15">
-        <v>95</v>
+        <v>84</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>355</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>356</v>
       </c>
       <c r="E132" s="15">
         <v>10080003156</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.08835999999999999</v>
       </c>
       <c r="L132" s="15">
         <v>0.06393</v>
       </c>
       <c r="M132" s="15">
         <v>0.05579</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15">
-        <v>135000</v>
-[...1 lines deleted...]
-      <c r="P132" s="15"/>
+        <v>90000</v>
+      </c>
+      <c r="P132" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.06096</v>
       </c>
       <c r="L133" s="15">
         <v>0.05283</v>
       </c>
       <c r="M133" s="15">
         <v>0.0508</v>
       </c>
       <c r="N133" s="15">
-        <v>850</v>
+        <v>670</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E134" s="15">
         <v>10080039171</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.1106</v>
       </c>
       <c r="L134" s="15">
         <v>0.08001999999999999</v>
       </c>
       <c r="M134" s="15">
         <v>0.06983</v>
       </c>
       <c r="N134" s="15">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="O134" s="15">
-        <v>656</v>
+        <v>632</v>
       </c>
       <c r="P134" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
         <v>0.07338</v>
       </c>
       <c r="L135" s="15">
         <v>0.0636</v>
       </c>
       <c r="M135" s="15">
         <v>0.06115</v>
       </c>
       <c r="N135" s="15">
-        <v>20199</v>
+        <v>23004</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
         <v>0.07235999999999999</v>
       </c>
       <c r="L136" s="15">
         <v>0.06271</v>
       </c>
       <c r="M136" s="15">
         <v>0.0603</v>
       </c>
       <c r="N136" s="15">
-        <v>601</v>
+        <v>687</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E137" s="15">
         <v>10080032081</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
         <v>0.07575</v>
       </c>
       <c r="L137" s="15">
         <v>0.06565</v>
       </c>
       <c r="M137" s="15">
         <v>0.06313000000000001</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15">
-        <v>32800</v>
-[...1 lines deleted...]
-      <c r="P137" s="15"/>
+        <v>34800</v>
+      </c>
+      <c r="P137" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="J138" s="15">
         <v>2000</v>
       </c>
       <c r="K138" s="15">
         <v>0.07466</v>
       </c>
       <c r="L138" s="15">
         <v>0.06469999999999999</v>
       </c>
       <c r="M138" s="15">
         <v>0.06221</v>
       </c>
       <c r="N138" s="15">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E139" s="15">
         <v>10080040572</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
         <v>0.12423</v>
       </c>
       <c r="L139" s="15">
         <v>0.08988</v>
       </c>
       <c r="M139" s="15">
         <v>0.07843</v>
       </c>
       <c r="N139" s="15">
-        <v>2643</v>
+        <v>2536</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E140" s="15">
         <v>10080003157</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.10672</v>
       </c>
       <c r="L140" s="15">
         <v>0.07721</v>
       </c>
       <c r="M140" s="15">
         <v>0.06738</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15">
-        <v>204035</v>
+        <v>220228</v>
       </c>
       <c r="P140" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J141" s="15">
         <v>1500</v>
       </c>
       <c r="K141" s="15">
         <v>0.06569</v>
       </c>
       <c r="L141" s="15">
         <v>0.05693</v>
       </c>
       <c r="M141" s="15">
         <v>0.05474</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E142" s="15">
         <v>10080040573</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>2000</v>
       </c>
       <c r="K142" s="15">
         <v>0.1704</v>
       </c>
       <c r="L142" s="15">
         <v>0.12328</v>
       </c>
       <c r="M142" s="15">
         <v>0.10757</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1500</v>
       </c>
       <c r="K143" s="15">
         <v>0.1604</v>
       </c>
       <c r="L143" s="15">
         <v>0.11457</v>
       </c>
       <c r="M143" s="15">
         <v>0.10311</v>
       </c>
       <c r="N143" s="15">
-        <v>1906</v>
+        <v>1735</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E144" s="15">
         <v>10080046881</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.09471</v>
       </c>
       <c r="L144" s="15">
         <v>0.08208</v>
       </c>
       <c r="M144" s="15">
         <v>0.07893</v>
       </c>
       <c r="N144" s="15">
-        <v>15511</v>
+        <v>11349</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.0936</v>
       </c>
       <c r="L145" s="15">
         <v>0.08112</v>
       </c>
       <c r="M145" s="15">
         <v>0.078</v>
       </c>
       <c r="N145" s="15">
-        <v>850</v>
+        <v>640</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E146" s="15">
         <v>10080017980</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.133</v>
       </c>
       <c r="L146" s="15">
         <v>0.09623</v>
       </c>
       <c r="M146" s="15">
         <v>0.08397</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15">
-        <v>16000</v>
-[...1 lines deleted...]
-      <c r="P146" s="15"/>
+        <v>17600</v>
+      </c>
+      <c r="P146" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J147" s="15">
         <v>1000</v>
       </c>
       <c r="K147" s="15">
         <v>0.0936</v>
       </c>
       <c r="L147" s="15">
         <v>0.08112</v>
       </c>
       <c r="M147" s="15">
         <v>0.078</v>
       </c>
       <c r="N147" s="15">
         <v>80</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E148" s="15">
         <v>10080040574</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1500</v>
       </c>
       <c r="K148" s="15">
         <v>0.1323</v>
       </c>
       <c r="L148" s="15">
         <v>0.0945</v>
       </c>
       <c r="M148" s="15">
         <v>0.08505</v>
       </c>
       <c r="N148" s="15">
-        <v>2625</v>
+        <v>2800</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
         <v>0.09836</v>
       </c>
       <c r="L149" s="15">
         <v>0.08524</v>
       </c>
       <c r="M149" s="15">
         <v>0.08196000000000001</v>
       </c>
       <c r="N149" s="15"/>
-      <c r="O149" s="15"/>
-      <c r="P149" s="15"/>
+      <c r="O149" s="15">
+        <v>558</v>
+      </c>
+      <c r="P149" s="15" t="s">
+        <v>413</v>
+      </c>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E150" s="15">
         <v>10080066536</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>1000</v>
       </c>
       <c r="K150" s="15">
         <v>0.1509</v>
       </c>
       <c r="L150" s="15">
         <v>0.12575</v>
       </c>
       <c r="M150" s="15">
         <v>0.12072</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E151" s="15">
         <v>10080071700</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.13962</v>
       </c>
       <c r="L151" s="15">
         <v>0.10101</v>
       </c>
       <c r="M151" s="15">
         <v>0.08815000000000001</v>
       </c>
       <c r="N151" s="15">
-        <v>7296</v>
+        <v>7866</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="J152" s="15">
         <v>1000</v>
       </c>
       <c r="K152" s="15">
         <v>0.0968</v>
       </c>
       <c r="L152" s="15">
         <v>0.08389000000000001</v>
       </c>
       <c r="M152" s="15">
         <v>0.08066</v>
       </c>
       <c r="N152" s="15">
-        <v>620</v>
+        <v>300</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E153" s="15">
         <v>10080003158</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
         <v>0.14049</v>
       </c>
       <c r="L153" s="15">
         <v>0.10164</v>
       </c>
       <c r="M153" s="15">
         <v>0.08869</v>
       </c>
       <c r="N153" s="15">
-        <v>87877</v>
+        <v>66179</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
         <v>0.09776</v>
       </c>
       <c r="L154" s="15">
         <v>0.08472</v>
       </c>
       <c r="M154" s="15">
         <v>0.08146</v>
       </c>
       <c r="N154" s="15">
-        <v>6900</v>
+        <v>8500</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="E155" s="15">
         <v>10080016343</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>1000</v>
       </c>
       <c r="K155" s="15">
         <v>0.1945</v>
       </c>
       <c r="L155" s="15">
         <v>0.14072</v>
       </c>
       <c r="M155" s="15">
         <v>0.12279</v>
       </c>
       <c r="N155" s="15">
-        <v>9300</v>
+        <v>10044</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="J156" s="15">
         <v>1000</v>
       </c>
       <c r="K156" s="15">
         <v>0.12648</v>
       </c>
       <c r="L156" s="15">
         <v>0.10962</v>
       </c>
       <c r="M156" s="15">
         <v>0.1054</v>
       </c>
       <c r="N156" s="15">
-        <v>303</v>
+        <v>371</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J157" s="15">
         <v>1000</v>
       </c>
       <c r="K157" s="15">
         <v>0.1828</v>
       </c>
       <c r="L157" s="15">
         <v>0.13226</v>
       </c>
       <c r="M157" s="15">
         <v>0.11541</v>
       </c>
       <c r="N157" s="15">
-        <v>790</v>
+        <v>544</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="E158" s="15">
         <v>10080012445</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="J158" s="15">
         <v>1000</v>
       </c>
       <c r="K158" s="15">
         <v>0.16596</v>
       </c>
       <c r="L158" s="15">
         <v>0.12007</v>
       </c>
       <c r="M158" s="15">
         <v>0.10478</v>
       </c>
       <c r="N158" s="15">
-        <v>4260</v>
+        <v>5609</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
         <v>0.11591</v>
       </c>
       <c r="L159" s="15">
         <v>0.10045</v>
       </c>
       <c r="M159" s="15">
         <v>0.09659</v>
       </c>
       <c r="N159" s="15">
-        <v>3500</v>
+        <v>3150</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="E160" s="15">
         <v>10080047946</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>0.1945</v>
       </c>
       <c r="L160" s="15">
         <v>0.14072</v>
       </c>
       <c r="M160" s="15">
         <v>0.12279</v>
       </c>
       <c r="N160" s="15">
-        <v>2753</v>
+        <v>2172</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E161" s="15">
         <v>10080046603</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
         <v>0.13062</v>
       </c>
       <c r="L161" s="15">
         <v>0.1132</v>
       </c>
       <c r="M161" s="15">
         <v>0.10885</v>
       </c>
       <c r="N161" s="15">
-        <v>14180</v>
+        <v>14341</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
         <v>0.12914</v>
       </c>
       <c r="L162" s="15">
         <v>0.11192</v>
       </c>
       <c r="M162" s="15">
         <v>0.10761</v>
       </c>
       <c r="N162" s="15">
-        <v>4200</v>
+        <v>4250</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="E163" s="15">
         <v>10080003159</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
         <v>0.1642</v>
       </c>
       <c r="L163" s="15">
         <v>0.1188</v>
       </c>
       <c r="M163" s="15">
         <v>0.10367</v>
       </c>
       <c r="N163" s="15">
-        <v>12532</v>
+        <v>11482</v>
       </c>
       <c r="O163" s="15">
-        <v>22200</v>
-[...1 lines deleted...]
-      <c r="P163" s="15"/>
+        <v>20400</v>
+      </c>
+      <c r="P163" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="E164" s="15">
         <v>10000006841</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="J164" s="15">
         <v>1000</v>
       </c>
       <c r="K164" s="15">
         <v>0.19453</v>
       </c>
       <c r="L164" s="15">
         <v>0.11285</v>
       </c>
       <c r="M164" s="15">
         <v>0.10172</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>1000</v>
       </c>
       <c r="K165" s="15">
         <v>0.08831</v>
       </c>
       <c r="L165" s="15">
         <v>0.07653</v>
       </c>
       <c r="M165" s="15">
         <v>0.07359</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="J166" s="15">
         <v>1000</v>
       </c>
       <c r="K166" s="15">
         <v>0.116</v>
       </c>
       <c r="L166" s="15">
         <v>0.10053</v>
       </c>
       <c r="M166" s="15">
         <v>0.09666</v>
       </c>
       <c r="N166" s="15">
-        <v>8900</v>
+        <v>7700</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="E167" s="15">
         <v>10080016342</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>1000</v>
       </c>
       <c r="K167" s="15">
         <v>0.21505</v>
       </c>
       <c r="L167" s="15">
         <v>0.15559</v>
       </c>
       <c r="M167" s="15">
         <v>0.13577</v>
       </c>
       <c r="N167" s="15">
-        <v>2990</v>
+        <v>2309</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="E168" s="15">
         <v>10080054557</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>1000</v>
       </c>
       <c r="K168" s="15">
         <v>0.23087</v>
       </c>
       <c r="L168" s="15">
         <v>0.16703</v>
       </c>
       <c r="M168" s="15">
         <v>0.14575</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
-      <c r="P168" s="15"/>
+      <c r="P168" s="15" t="s">
+        <v>413</v>
+      </c>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
         <v>0.14387</v>
       </c>
       <c r="L169" s="15">
         <v>0.12468</v>
       </c>
       <c r="M169" s="15">
         <v>0.11989</v>
       </c>
       <c r="N169" s="15">
-        <v>670</v>
+        <v>730</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I170" s="15" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
         <v>0.2065</v>
       </c>
       <c r="L170" s="15">
         <v>0.1494</v>
       </c>
       <c r="M170" s="15">
         <v>0.13037</v>
       </c>
       <c r="N170" s="15">
-        <v>2429</v>
+        <v>2882</v>
       </c>
       <c r="O170" s="15">
-        <v>1500</v>
-[...1 lines deleted...]
-      <c r="P170" s="15"/>
+        <v>1780</v>
+      </c>
+      <c r="P170" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="J171" s="15">
         <v>500</v>
       </c>
       <c r="K171" s="15">
         <v>0.13914</v>
       </c>
       <c r="L171" s="15">
         <v>0.12059</v>
       </c>
       <c r="M171" s="15">
         <v>0.11595</v>
       </c>
       <c r="N171" s="15">
-        <v>594</v>
+        <v>549</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
         <v>0.14096</v>
       </c>
       <c r="L172" s="15">
         <v>0.12216</v>
       </c>
       <c r="M172" s="15">
         <v>0.11746</v>
       </c>
       <c r="N172" s="15">
-        <v>1608</v>
+        <v>1367</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="E173" s="15">
         <v>10080003160</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I173" s="15" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="J173" s="15">
         <v>1000</v>
       </c>
       <c r="K173" s="15">
         <v>0.20031</v>
       </c>
       <c r="L173" s="15">
         <v>0.14493</v>
       </c>
       <c r="M173" s="15">
         <v>0.12646</v>
       </c>
       <c r="N173" s="15">
-        <v>12458</v>
+        <v>10491</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="J174" s="15">
         <v>500</v>
       </c>
       <c r="K174" s="15">
         <v>0.13991</v>
       </c>
       <c r="L174" s="15">
         <v>0.12125</v>
       </c>
       <c r="M174" s="15">
         <v>0.11659</v>
       </c>
       <c r="N174" s="15">
-        <v>890</v>
+        <v>640</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>50</v>
       </c>
       <c r="K175" s="15">
         <v>2.37</v>
       </c>
       <c r="L175" s="15">
         <v>1.99</v>
       </c>
       <c r="M175" s="15">
         <v>1.91</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E176" s="15">
         <v>10080010559</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>1000</v>
       </c>
       <c r="K176" s="15">
         <v>0.28848</v>
       </c>
       <c r="L176" s="15">
         <v>0.20872</v>
       </c>
       <c r="M176" s="15">
         <v>0.18213</v>
       </c>
       <c r="N176" s="15">
-        <v>5444</v>
+        <v>3755</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="E177" s="15" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.15941</v>
       </c>
       <c r="L177" s="15">
         <v>0.13815</v>
       </c>
       <c r="M177" s="15">
         <v>0.13284</v>
       </c>
       <c r="N177" s="15">
-        <v>2580</v>
+        <v>2520</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="E178" s="15">
         <v>10080032318</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J178" s="15">
         <v>500</v>
       </c>
       <c r="K178" s="15">
         <v>0.23186</v>
       </c>
       <c r="L178" s="15">
         <v>0.16775</v>
       </c>
       <c r="M178" s="15">
         <v>0.14638</v>
       </c>
       <c r="N178" s="15">
-        <v>10946</v>
+        <v>10294</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
         <v>0.23798</v>
       </c>
       <c r="L179" s="15">
         <v>0.17218</v>
       </c>
       <c r="M179" s="15">
         <v>0.15025</v>
       </c>
       <c r="N179" s="15">
-        <v>385</v>
+        <v>430</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="E180" s="15">
         <v>10080003155</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
         <v>0.17813</v>
       </c>
       <c r="L180" s="15">
         <v>0.15438</v>
       </c>
       <c r="M180" s="15">
         <v>0.14844</v>
       </c>
       <c r="N180" s="15">
-        <v>6351</v>
+        <v>3528</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="E181" s="15" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
         <v>0.1757</v>
       </c>
       <c r="L181" s="15">
         <v>0.15227</v>
       </c>
       <c r="M181" s="15">
         <v>0.14641</v>
       </c>
       <c r="N181" s="15">
-        <v>1854</v>
+        <v>2662</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E182" s="15">
         <v>10080039268</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>1000</v>
       </c>
       <c r="K182" s="15">
         <v>0.32672</v>
       </c>
       <c r="L182" s="15">
         <v>0.23637</v>
       </c>
       <c r="M182" s="15">
         <v>0.20626</v>
       </c>
       <c r="N182" s="15">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.20204</v>
       </c>
       <c r="L183" s="15">
         <v>0.1751</v>
       </c>
       <c r="M183" s="15">
         <v>0.16836</v>
       </c>
       <c r="N183" s="15">
-        <v>1593</v>
+        <v>544</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="E184" s="15" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.22948</v>
       </c>
       <c r="L184" s="15">
         <v>0.16603</v>
       </c>
       <c r="M184" s="15">
         <v>0.14488</v>
       </c>
       <c r="N184" s="15">
-        <v>5837</v>
+        <v>7454</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="E185" s="15">
         <v>10080049399</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J185" s="15">
         <v>500</v>
       </c>
       <c r="K185" s="15">
         <v>0.31738</v>
       </c>
       <c r="L185" s="15">
         <v>0.22963</v>
       </c>
       <c r="M185" s="15">
         <v>0.20038</v>
       </c>
       <c r="N185" s="15">
-        <v>1429</v>
+        <v>1691</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="J186" s="15">
         <v>500</v>
       </c>
       <c r="K186" s="15">
         <v>0.22049</v>
       </c>
       <c r="L186" s="15">
         <v>0.19109</v>
       </c>
       <c r="M186" s="15">
         <v>0.18374</v>
       </c>
       <c r="N186" s="15">
-        <v>594</v>
+        <v>763</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E187" s="15">
         <v>10080012536</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
         <v>0.31932</v>
       </c>
       <c r="L187" s="15">
         <v>0.23103</v>
       </c>
       <c r="M187" s="15">
         <v>0.2016</v>
       </c>
       <c r="N187" s="15">
         <v>1639</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="E188" s="15" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
         <v>0.22296</v>
       </c>
       <c r="L188" s="15">
         <v>0.19323</v>
       </c>
       <c r="M188" s="15">
         <v>0.1858</v>
       </c>
       <c r="N188" s="15">
-        <v>812</v>
+        <v>882</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="E189" s="15">
         <v>10080040578</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I189" s="15"/>
       <c r="J189" s="15">
         <v>250</v>
       </c>
       <c r="K189" s="15">
         <v>0.39547</v>
       </c>
       <c r="L189" s="15">
         <v>0.26198</v>
       </c>
       <c r="M189" s="15">
         <v>0.22861</v>
       </c>
       <c r="N189" s="15">
-        <v>4343</v>
+        <v>3671</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="E190" s="15">
         <v>10080040559</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
         <v>0.38739</v>
       </c>
       <c r="L190" s="15">
         <v>0.28028</v>
       </c>
       <c r="M190" s="15">
         <v>0.24457</v>
       </c>
       <c r="N190" s="15">
-        <v>1254</v>
+        <v>1181</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="E191" s="15" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="J191" s="15">
         <v>250</v>
       </c>
       <c r="K191" s="15">
         <v>0.27009</v>
       </c>
       <c r="L191" s="15">
         <v>0.23408</v>
       </c>
       <c r="M191" s="15">
         <v>0.22508</v>
       </c>
       <c r="N191" s="15">
-        <v>822</v>
+        <v>624</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="E192" s="15">
         <v>10080034412</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>250</v>
       </c>
       <c r="K192" s="15">
         <v>0.3505</v>
       </c>
       <c r="L192" s="15">
         <v>0.25359</v>
       </c>
       <c r="M192" s="15">
         <v>0.22128</v>
       </c>
       <c r="N192" s="15">
-        <v>1210</v>
+        <v>1785</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="E193" s="15">
         <v>10080033051</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="J193" s="15">
         <v>500</v>
       </c>
       <c r="K193" s="15">
         <v>0.30246</v>
       </c>
       <c r="L193" s="15">
         <v>0.26213</v>
       </c>
       <c r="M193" s="15">
         <v>0.25205</v>
       </c>
       <c r="N193" s="15">
-        <v>3403</v>
+        <v>3629</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="E194" s="15" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="J194" s="15">
         <v>250</v>
       </c>
       <c r="K194" s="15">
         <v>0.29873</v>
       </c>
       <c r="L194" s="15">
         <v>0.2589</v>
       </c>
       <c r="M194" s="15">
         <v>0.24894</v>
       </c>
       <c r="N194" s="15">
-        <v>880</v>
+        <v>870</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>250</v>
       </c>
       <c r="K195" s="15">
         <v>0.99827</v>
       </c>
       <c r="L195" s="15">
         <v>0.6613</v>
       </c>
       <c r="M195" s="15">
         <v>0.57706</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="E196" s="15">
         <v>10080037666</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I196" s="15" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="J196" s="15">
         <v>250</v>
       </c>
       <c r="K196" s="15">
         <v>0.3512</v>
       </c>
       <c r="L196" s="15">
         <v>0.30437</v>
       </c>
       <c r="M196" s="15">
         <v>0.29266</v>
       </c>
       <c r="N196" s="15">
-        <v>1006</v>
+        <v>990</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="E197" s="15" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="J197" s="15">
         <v>200</v>
       </c>
       <c r="K197" s="15">
         <v>0.35207</v>
       </c>
       <c r="L197" s="15">
         <v>0.30512</v>
       </c>
       <c r="M197" s="15">
         <v>0.29339</v>
       </c>
       <c r="N197" s="15">
-        <v>882</v>
+        <v>654</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="E198" s="15" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>1000</v>
       </c>
       <c r="K198" s="15">
         <v>0.05496</v>
       </c>
       <c r="L198" s="15">
         <v>0.04763</v>
       </c>
       <c r="M198" s="15">
         <v>0.0458</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="E199" s="15" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>2000</v>
       </c>
       <c r="K199" s="15">
         <v>0.03749</v>
       </c>
       <c r="L199" s="15">
         <v>0.03249</v>
       </c>
       <c r="M199" s="15">
         <v>0.03124</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="E200" s="15" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
         <v>1500</v>
       </c>
       <c r="K200" s="15">
         <v>0.05964</v>
       </c>
       <c r="L200" s="15">
         <v>0.05169</v>
       </c>
       <c r="M200" s="15">
         <v>0.0497</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15"/>
       <c r="K201" s="15">
         <v>0.08917</v>
       </c>
       <c r="L201" s="15">
         <v>0.07479</v>
       </c>
       <c r="M201" s="15">
         <v>0.07191</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="E202" s="15">
         <v>10080056804</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
         <v>0.12512</v>
       </c>
       <c r="L202" s="15">
         <v>0.0726</v>
       </c>
       <c r="M202" s="15">
         <v>0.06542000000000001</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E203" s="15">
         <v>10080054791</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>1000</v>
       </c>
       <c r="K203" s="15">
         <v>0.10457</v>
       </c>
       <c r="L203" s="15">
         <v>0.07566000000000001</v>
       </c>
       <c r="M203" s="15">
         <v>0.06602</v>
       </c>
       <c r="N203" s="15">
-        <v>1720</v>
+        <v>1520</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E204" s="15" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>1000</v>
       </c>
       <c r="K204" s="15">
         <v>0.10058</v>
       </c>
       <c r="L204" s="15">
         <v>0.07277</v>
       </c>
       <c r="M204" s="15">
         <v>0.0635</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>1000</v>
       </c>
       <c r="K205" s="15">
         <v>0.1287</v>
       </c>
       <c r="L205" s="15">
         <v>0.11154</v>
       </c>
       <c r="M205" s="15">
         <v>0.10725</v>
       </c>
       <c r="N205" s="15">
-        <v>4483</v>
+        <v>4426</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="E206" s="15">
         <v>10080067893</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>1000</v>
       </c>
       <c r="K206" s="15">
         <v>0.1637</v>
       </c>
       <c r="L206" s="15">
         <v>0.11844</v>
       </c>
       <c r="M206" s="15">
         <v>0.10335</v>
       </c>
       <c r="N206" s="15">
-        <v>430</v>
+        <v>445</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E207" s="15">
         <v>10080066543</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>500</v>
       </c>
       <c r="K207" s="15">
         <v>0.24443</v>
       </c>
       <c r="L207" s="15">
         <v>0.17684</v>
       </c>
       <c r="M207" s="15">
         <v>0.15432</v>
       </c>
       <c r="N207" s="15">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>500</v>
       </c>
       <c r="K208" s="15">
         <v>0.25819</v>
       </c>
       <c r="L208" s="15">
         <v>0.1868</v>
       </c>
       <c r="M208" s="15">
         <v>0.163</v>
       </c>
       <c r="N208" s="15">
-        <v>942</v>
+        <v>968</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="E209" s="15">
         <v>10080038266</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>500</v>
       </c>
       <c r="K209" s="15">
         <v>0.21522</v>
       </c>
       <c r="L209" s="15">
         <v>0.15571</v>
       </c>
       <c r="M209" s="15">
         <v>0.13588</v>
       </c>
       <c r="N209" s="15">
-        <v>2919</v>
+        <v>3413</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="E210" s="15">
         <v>10080056206</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>500</v>
       </c>
       <c r="K210" s="15">
         <v>0.2333</v>
       </c>
       <c r="L210" s="15">
         <v>0.20219</v>
       </c>
       <c r="M210" s="15">
         <v>0.19441</v>
       </c>
       <c r="N210" s="15">
         <v>1380</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="E211" s="15">
         <v>10080064705</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.20906</v>
       </c>
       <c r="L211" s="15">
         <v>0.18118</v>
       </c>
       <c r="M211" s="15">
         <v>0.17421</v>
       </c>
       <c r="N211" s="15">
-        <v>8305</v>
+        <v>7322</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E212" s="15">
         <v>10080046856</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>250</v>
       </c>
       <c r="K212" s="15">
         <v>0.9444900000000001</v>
       </c>
       <c r="L212" s="15">
         <v>0.6833399999999999</v>
       </c>
       <c r="M212" s="15">
         <v>0.59629</v>
       </c>
       <c r="N212" s="15">
-        <v>1596</v>
+        <v>1140</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>0.37463</v>
       </c>
       <c r="L213" s="15">
         <v>0.27104</v>
       </c>
       <c r="M213" s="15">
         <v>0.23652</v>
       </c>
       <c r="N213" s="15">
-        <v>1536</v>
+        <v>1425</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="E214" s="15">
         <v>10080053149</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.64842</v>
       </c>
       <c r="L214" s="15">
         <v>0.56196</v>
       </c>
       <c r="M214" s="15">
         <v>0.54035</v>
       </c>
       <c r="N214" s="15">
-        <v>1282</v>
+        <v>1327</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="E215" s="15">
         <v>10080049126</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
         <v>0.56403</v>
       </c>
       <c r="L215" s="15">
         <v>0.48883</v>
       </c>
       <c r="M215" s="15">
         <v>0.47003</v>
       </c>
       <c r="N215" s="15">
-        <v>922</v>
+        <v>999</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="E216" s="15">
         <v>10080056207</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
         <v>1.04</v>
       </c>
       <c r="L216" s="15">
         <v>0.6919</v>
       </c>
       <c r="M216" s="15">
         <v>0.6279</v>
       </c>
       <c r="N216" s="15">
-        <v>197</v>
+        <v>170</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="E217" s="15">
         <v>10080046857</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>100</v>
       </c>
       <c r="K217" s="15">
         <v>1.34</v>
       </c>
       <c r="L217" s="15">
         <v>0.9547099999999999</v>
       </c>
       <c r="M217" s="15">
         <v>0.85923</v>
       </c>
       <c r="N217" s="15">
-        <v>207</v>
+        <v>260</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="E218" s="15">
         <v>10080069814</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I218" s="15"/>
       <c r="J218" s="15">
         <v>1000</v>
       </c>
       <c r="K218" s="15">
         <v>0.34109</v>
       </c>
       <c r="L218" s="15">
         <v>0.28425</v>
       </c>
       <c r="M218" s="15">
         <v>0.27287</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I219" s="15"/>
       <c r="J219" s="15">
         <v>250</v>
       </c>
       <c r="K219" s="15">
         <v>0.80576</v>
       </c>
       <c r="L219" s="15">
         <v>0.77073</v>
       </c>
       <c r="M219" s="15">
         <v>0.73569</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="E220" s="15" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="J220" s="15">
         <v>1000</v>
       </c>
       <c r="K220" s="15">
         <v>0.07711999999999999</v>
       </c>
       <c r="L220" s="15">
         <v>0.0558</v>
       </c>
       <c r="M220" s="15">
         <v>0.04869</v>
       </c>
       <c r="N220" s="15">
-        <v>1292</v>
+        <v>1309</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E221" s="15" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="J221" s="15">
         <v>2000</v>
       </c>
       <c r="K221" s="15">
         <v>0.05288</v>
       </c>
       <c r="L221" s="15">
         <v>0.04583</v>
       </c>
       <c r="M221" s="15">
         <v>0.04406</v>
       </c>
       <c r="N221" s="15">
-        <v>1780</v>
+        <v>1680</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="E222" s="15">
         <v>10080003161</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="J222" s="15">
         <v>1000</v>
       </c>
       <c r="K222" s="15">
         <v>0.07842</v>
       </c>
       <c r="L222" s="15">
         <v>0.05674</v>
       </c>
       <c r="M222" s="15">
         <v>0.04951</v>
       </c>
       <c r="N222" s="15">
-        <v>56096</v>
+        <v>82764</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="E223" s="15">
         <v>10080010560</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>2500</v>
       </c>
       <c r="K223" s="15">
         <v>0.06045</v>
       </c>
       <c r="L223" s="15">
         <v>0.05239</v>
       </c>
       <c r="M223" s="15">
         <v>0.05038</v>
       </c>
       <c r="N223" s="15">
-        <v>8668</v>
+        <v>8967</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="E224" s="15" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="J224" s="15">
         <v>1000</v>
       </c>
       <c r="K224" s="15">
         <v>0.05334</v>
       </c>
       <c r="L224" s="15">
         <v>0.04623</v>
       </c>
       <c r="M224" s="15">
         <v>0.04445</v>
       </c>
       <c r="N224" s="15">
-        <v>690</v>
+        <v>900</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E225" s="15">
         <v>10080069665</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
         <v>1000</v>
       </c>
       <c r="K225" s="15">
         <v>0.06818</v>
       </c>
       <c r="L225" s="15">
         <v>0.04933</v>
       </c>
       <c r="M225" s="15">
         <v>0.04305</v>
       </c>
       <c r="N225" s="15">
-        <v>98</v>
+        <v>122</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="E226" s="15">
         <v>10080026651</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="J226" s="15">
         <v>1000</v>
       </c>
       <c r="K226" s="15">
         <v>0.07181</v>
       </c>
       <c r="L226" s="15">
         <v>0.05195</v>
       </c>
       <c r="M226" s="15">
         <v>0.04533</v>
       </c>
       <c r="N226" s="15">
-        <v>6218</v>
+        <v>6995</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="E227" s="15" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="J227" s="15">
         <v>1000</v>
       </c>
       <c r="K227" s="15">
         <v>0.0501</v>
       </c>
       <c r="L227" s="15">
         <v>0.04342</v>
       </c>
       <c r="M227" s="15">
         <v>0.04175</v>
       </c>
       <c r="N227" s="15">
-        <v>750</v>
+        <v>880</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="E228" s="15">
         <v>10080047947</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>1000</v>
       </c>
       <c r="K228" s="15">
         <v>0.0533</v>
       </c>
       <c r="L228" s="15">
         <v>0.04619</v>
       </c>
       <c r="M228" s="15">
         <v>0.04441</v>
       </c>
       <c r="N228" s="15">
-        <v>2867</v>
+        <v>3265</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="E229" s="15">
         <v>10080003165</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="J229" s="15">
         <v>1000</v>
       </c>
       <c r="K229" s="15">
         <v>0.09589</v>
       </c>
       <c r="L229" s="15">
         <v>0.06938</v>
       </c>
       <c r="M229" s="15">
         <v>0.06054</v>
       </c>
       <c r="N229" s="15">
-        <v>162229</v>
+        <v>188186</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="E230" s="15" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="J230" s="15">
         <v>1500</v>
       </c>
       <c r="K230" s="15">
         <v>0.06632</v>
       </c>
       <c r="L230" s="15">
         <v>0.05747</v>
       </c>
       <c r="M230" s="15">
         <v>0.05526</v>
       </c>
       <c r="N230" s="15">
-        <v>2428</v>
+        <v>2072</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E231" s="15">
         <v>10080039269</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>2000</v>
       </c>
       <c r="K231" s="15">
         <v>0.11173</v>
       </c>
       <c r="L231" s="15">
         <v>0.08084</v>
       </c>
       <c r="M231" s="15">
         <v>0.07054000000000001</v>
       </c>
       <c r="N231" s="15">
-        <v>5003</v>
+        <v>6235</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="E232" s="15">
         <v>10080048233</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I232" s="15" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="J232" s="15">
         <v>1000</v>
       </c>
       <c r="K232" s="15">
         <v>0.07889</v>
       </c>
       <c r="L232" s="15">
         <v>0.06837</v>
       </c>
       <c r="M232" s="15">
         <v>0.06574000000000001</v>
       </c>
       <c r="N232" s="15">
-        <v>6790</v>
+        <v>8342</v>
       </c>
       <c r="O232" s="15">
-        <v>7000</v>
-[...1 lines deleted...]
-      <c r="P232" s="15"/>
+        <v>8600</v>
+      </c>
+      <c r="P232" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="E233" s="15" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="J233" s="15">
         <v>2000</v>
       </c>
       <c r="K233" s="15">
         <v>0.07542</v>
       </c>
       <c r="L233" s="15">
         <v>0.06536</v>
       </c>
       <c r="M233" s="15">
         <v>0.06285</v>
       </c>
       <c r="N233" s="15">
-        <v>7250</v>
+        <v>6892</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="E234" s="15">
         <v>10080006096</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="J234" s="15">
         <v>1000</v>
       </c>
       <c r="K234" s="15">
         <v>0.10551</v>
       </c>
       <c r="L234" s="15">
         <v>0.07633</v>
       </c>
       <c r="M234" s="15">
         <v>0.06661</v>
       </c>
       <c r="N234" s="15">
-        <v>14407</v>
+        <v>20259</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="E235" s="15" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="J235" s="15">
         <v>2000</v>
       </c>
       <c r="K235" s="15">
         <v>0.07199</v>
       </c>
       <c r="L235" s="15">
         <v>0.06239</v>
       </c>
       <c r="M235" s="15">
         <v>0.05999</v>
       </c>
       <c r="N235" s="15">
-        <v>5840</v>
+        <v>6720</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E236" s="15">
         <v>10080040579</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>2000</v>
       </c>
       <c r="K236" s="15">
         <v>0.09568</v>
       </c>
       <c r="L236" s="15">
         <v>0.05521</v>
       </c>
       <c r="M236" s="15">
         <v>0.04969</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="E237" s="15">
         <v>10080067215</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>1500</v>
       </c>
       <c r="K237" s="15">
         <v>0.09014</v>
       </c>
       <c r="L237" s="15">
         <v>0.06522</v>
       </c>
       <c r="M237" s="15">
         <v>0.0569</v>
       </c>
       <c r="N237" s="15">
-        <v>4491</v>
+        <v>3991</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="E238" s="15">
         <v>10080003162</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="J238" s="15">
         <v>1000</v>
       </c>
       <c r="K238" s="15">
         <v>0.08463</v>
       </c>
       <c r="L238" s="15">
         <v>0.07335</v>
       </c>
       <c r="M238" s="15">
         <v>0.07053</v>
       </c>
       <c r="N238" s="15">
-        <v>34650</v>
+        <v>32400</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="E239" s="15" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="J239" s="15">
         <v>1000</v>
       </c>
       <c r="K239" s="15">
         <v>0.08351</v>
       </c>
       <c r="L239" s="15">
         <v>0.07237</v>
       </c>
       <c r="M239" s="15">
         <v>0.06959</v>
       </c>
       <c r="N239" s="15">
-        <v>690</v>
+        <v>740</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E240" s="15">
         <v>10080040580</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>1000</v>
       </c>
       <c r="K240" s="15">
         <v>0.10772</v>
       </c>
       <c r="L240" s="15">
         <v>0.07793</v>
       </c>
       <c r="M240" s="15">
         <v>0.06801</v>
       </c>
       <c r="N240" s="15">
-        <v>2226</v>
+        <v>2019</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="E241" s="15" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I241" s="15" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="J241" s="15">
         <v>1000</v>
       </c>
       <c r="K241" s="15">
         <v>0.09999</v>
       </c>
       <c r="L241" s="15">
         <v>0.08666</v>
       </c>
       <c r="M241" s="15">
         <v>0.08333</v>
       </c>
       <c r="N241" s="15">
-        <v>630</v>
+        <v>730</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="E242" s="15">
         <v>10080050059</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I242" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="J242" s="15">
         <v>1000</v>
       </c>
       <c r="K242" s="15">
         <v>0.10118</v>
       </c>
       <c r="L242" s="15">
         <v>0.08769</v>
       </c>
       <c r="M242" s="15">
         <v>0.08431</v>
       </c>
       <c r="N242" s="15">
-        <v>3351</v>
+        <v>2584</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="E243" s="15">
         <v>10080031651</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="J243" s="15">
         <v>1000</v>
       </c>
       <c r="K243" s="15">
         <v>0.14285</v>
       </c>
       <c r="L243" s="15">
         <v>0.10335</v>
       </c>
       <c r="M243" s="15">
         <v>0.09019000000000001</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15">
-        <v>7000</v>
-[...1 lines deleted...]
-      <c r="P243" s="15"/>
+        <v>6801</v>
+      </c>
+      <c r="P243" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="E244" s="15" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="J244" s="15">
         <v>1000</v>
       </c>
       <c r="K244" s="15">
         <v>0.09891</v>
       </c>
       <c r="L244" s="15">
         <v>0.08572</v>
       </c>
       <c r="M244" s="15">
         <v>0.08243</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="E245" s="15">
         <v>10080035099</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="J245" s="15">
         <v>1000</v>
       </c>
       <c r="K245" s="15">
         <v>0.1468</v>
       </c>
       <c r="L245" s="15">
         <v>0.10621</v>
       </c>
       <c r="M245" s="15">
         <v>0.09268</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E246" s="15" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>1000</v>
       </c>
       <c r="K246" s="15">
         <v>0.08499</v>
       </c>
       <c r="L246" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M246" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="E247" s="15">
         <v>10080003163</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="J247" s="15">
         <v>1000</v>
       </c>
       <c r="K247" s="15">
         <v>0.14791</v>
       </c>
       <c r="L247" s="15">
         <v>0.10701</v>
       </c>
       <c r="M247" s="15">
         <v>0.09338</v>
       </c>
       <c r="N247" s="15">
-        <v>27477</v>
+        <v>24979</v>
       </c>
       <c r="O247" s="15">
-        <v>35200</v>
-[...1 lines deleted...]
-      <c r="P247" s="15"/>
+        <v>32000</v>
+      </c>
+      <c r="P247" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="E248" s="15" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="J248" s="15">
         <v>1000</v>
       </c>
       <c r="K248" s="15">
         <v>0.10301</v>
       </c>
       <c r="L248" s="15">
         <v>0.08927</v>
       </c>
       <c r="M248" s="15">
         <v>0.08584</v>
       </c>
       <c r="N248" s="15">
-        <v>1200</v>
+        <v>1620</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="E249" s="15">
         <v>10080040581</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>1000</v>
       </c>
       <c r="K249" s="15">
         <v>0.15101</v>
       </c>
       <c r="L249" s="15">
         <v>0.10926</v>
       </c>
       <c r="M249" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="N249" s="15">
-        <v>5068</v>
+        <v>5143</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="J250" s="15">
         <v>1000</v>
       </c>
       <c r="K250" s="15">
         <v>0.11574</v>
       </c>
       <c r="L250" s="15">
         <v>0.10031</v>
       </c>
       <c r="M250" s="15">
         <v>0.09644999999999999</v>
       </c>
       <c r="N250" s="15">
-        <v>603</v>
+        <v>522</v>
       </c>
       <c r="O250" s="15">
-        <v>2460</v>
-[...1 lines deleted...]
-      <c r="P250" s="15"/>
+        <v>2130</v>
+      </c>
+      <c r="P250" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="J251" s="15">
         <v>1000</v>
       </c>
       <c r="K251" s="15">
         <v>0.11145</v>
       </c>
       <c r="L251" s="15">
         <v>0.09659</v>
       </c>
       <c r="M251" s="15">
         <v>0.09288</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="E252" s="15">
         <v>10080003164</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="J252" s="15">
         <v>1000</v>
       </c>
       <c r="K252" s="15">
         <v>0.17551</v>
       </c>
       <c r="L252" s="15">
         <v>0.12698</v>
       </c>
       <c r="M252" s="15">
         <v>0.11081</v>
       </c>
       <c r="N252" s="15"/>
       <c r="O252" s="15">
-        <v>35200</v>
-[...1 lines deleted...]
-      <c r="P252" s="15"/>
+        <v>34000</v>
+      </c>
+      <c r="P252" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="E253" s="15" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="J253" s="15">
         <v>500</v>
       </c>
       <c r="K253" s="15">
         <v>0.12251</v>
       </c>
       <c r="L253" s="15">
         <v>0.10617</v>
       </c>
       <c r="M253" s="15">
         <v>0.10209</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="E254" s="15">
         <v>10080040582</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>1000</v>
       </c>
       <c r="K254" s="15">
         <v>0.18198</v>
       </c>
       <c r="L254" s="15">
         <v>0.13166</v>
       </c>
       <c r="M254" s="15">
         <v>0.11489</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="E255" s="15" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>500</v>
       </c>
       <c r="K255" s="15">
         <v>0.1785</v>
       </c>
       <c r="L255" s="15">
         <v>0.12915</v>
       </c>
       <c r="M255" s="15">
         <v>0.1127</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E256" s="15" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>500</v>
       </c>
       <c r="K256" s="15">
         <v>0.17308</v>
       </c>
       <c r="L256" s="15">
         <v>0.12522</v>
       </c>
       <c r="M256" s="15">
         <v>0.10927</v>
       </c>
       <c r="N256" s="15">
-        <v>644</v>
+        <v>329</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="J257" s="15">
         <v>1000</v>
       </c>
       <c r="K257" s="15">
         <v>0.1496</v>
       </c>
       <c r="L257" s="15">
         <v>0.12965</v>
       </c>
       <c r="M257" s="15">
         <v>0.12466</v>
       </c>
       <c r="N257" s="15">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="O257" s="15">
-        <v>1240</v>
+        <v>1200</v>
       </c>
       <c r="P257" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="E258" s="15" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="J258" s="15">
         <v>500</v>
       </c>
       <c r="K258" s="15">
         <v>0.13214</v>
       </c>
       <c r="L258" s="15">
         <v>0.11452</v>
       </c>
       <c r="M258" s="15">
         <v>0.11011</v>
       </c>
       <c r="N258" s="15">
-        <v>227</v>
+        <v>135</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="E259" s="15">
         <v>10080003166</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="J259" s="15">
         <v>1000</v>
       </c>
       <c r="K259" s="15">
         <v>0.19478</v>
       </c>
       <c r="L259" s="15">
         <v>0.14092</v>
       </c>
       <c r="M259" s="15">
         <v>0.12297</v>
       </c>
       <c r="N259" s="15">
-        <v>9931</v>
+        <v>12378</v>
       </c>
       <c r="O259" s="15">
-        <v>3450</v>
-[...1 lines deleted...]
-      <c r="P259" s="15"/>
+        <v>4300</v>
+      </c>
+      <c r="P259" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="E260" s="15" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="J260" s="15">
         <v>1000</v>
       </c>
       <c r="K260" s="15">
         <v>0.13622</v>
       </c>
       <c r="L260" s="15">
         <v>0.11805</v>
       </c>
       <c r="M260" s="15">
         <v>0.11351</v>
       </c>
       <c r="N260" s="15">
-        <v>4350</v>
+        <v>3200</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="E261" s="15">
         <v>10080039172</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15">
         <v>500</v>
       </c>
       <c r="K261" s="15">
-        <v>0.20435</v>
+        <v>0.14093</v>
       </c>
       <c r="L261" s="15">
-        <v>0.14785</v>
+        <v>0.12214</v>
       </c>
       <c r="M261" s="15">
-        <v>0.12901</v>
+        <v>0.11744</v>
       </c>
       <c r="N261" s="15">
-        <v>9628</v>
+        <v>8995</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="E262" s="15">
         <v>10080045772</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="J262" s="15">
         <v>500</v>
       </c>
       <c r="K262" s="15">
         <v>0.28279</v>
       </c>
       <c r="L262" s="15">
         <v>0.2046</v>
       </c>
       <c r="M262" s="15">
         <v>0.17854</v>
       </c>
       <c r="N262" s="15">
-        <v>22002</v>
+        <v>24481</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="E263" s="15" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="J263" s="15">
         <v>500</v>
       </c>
       <c r="K263" s="15">
         <v>0.1959</v>
       </c>
       <c r="L263" s="15">
         <v>0.16978</v>
       </c>
       <c r="M263" s="15">
         <v>0.16325</v>
       </c>
       <c r="N263" s="15">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="E264" s="15" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
         <v>500</v>
       </c>
       <c r="K264" s="15">
         <v>0.20082</v>
       </c>
       <c r="L264" s="15">
         <v>0.17404</v>
       </c>
       <c r="M264" s="15">
         <v>0.16735</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15"/>
-      <c r="P264" s="15"/>
+      <c r="P264" s="15" t="s">
+        <v>413</v>
+      </c>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="E265" s="15">
         <v>10080034287</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="J265" s="15">
         <v>500</v>
       </c>
       <c r="K265" s="15">
         <v>0.22599</v>
       </c>
       <c r="L265" s="15">
         <v>0.19586</v>
       </c>
       <c r="M265" s="15">
         <v>0.18833</v>
       </c>
       <c r="N265" s="15">
-        <v>996</v>
+        <v>1020</v>
       </c>
       <c r="O265" s="15">
-        <v>4150</v>
-[...1 lines deleted...]
-      <c r="P265" s="15"/>
+        <v>4250</v>
+      </c>
+      <c r="P265" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="E266" s="15" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="J266" s="15">
         <v>500</v>
       </c>
       <c r="K266" s="15">
         <v>0.22292</v>
       </c>
       <c r="L266" s="15">
         <v>0.19319</v>
       </c>
       <c r="M266" s="15">
         <v>0.18576</v>
       </c>
       <c r="N266" s="15">
-        <v>830</v>
+        <v>800</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="E267" s="15">
         <v>10080051423</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="J267" s="15">
         <v>500</v>
       </c>
       <c r="K267" s="15">
         <v>0.40395</v>
       </c>
       <c r="L267" s="15">
         <v>0.29226</v>
       </c>
       <c r="M267" s="15">
         <v>0.25503</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15">
-        <v>1280</v>
-[...1 lines deleted...]
-      <c r="P267" s="15"/>
+        <v>1580</v>
+      </c>
+      <c r="P267" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="E268" s="15" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I268" s="15" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="J268" s="15">
         <v>250</v>
       </c>
       <c r="K268" s="15">
         <v>0.28058</v>
       </c>
       <c r="L268" s="15">
         <v>0.24317</v>
       </c>
       <c r="M268" s="15">
         <v>0.23381</v>
       </c>
       <c r="N268" s="15">
-        <v>730</v>
+        <v>610</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="E269" s="15">
         <v>10080019221</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="J269" s="15">
         <v>500</v>
       </c>
       <c r="K269" s="15">
         <v>0.42295</v>
       </c>
       <c r="L269" s="15">
         <v>0.30601</v>
       </c>
       <c r="M269" s="15">
         <v>0.26703</v>
       </c>
       <c r="N269" s="15">
-        <v>1926</v>
+        <v>1693</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="E270" s="15" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
         <v>0.29555</v>
       </c>
       <c r="L270" s="15">
         <v>0.25614</v>
       </c>
       <c r="M270" s="15">
         <v>0.24629</v>
       </c>
       <c r="N270" s="15">
-        <v>770</v>
+        <v>750</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="E271" s="15">
         <v>10080056877</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
         <v>250</v>
       </c>
       <c r="K271" s="15">
         <v>0.40729</v>
       </c>
       <c r="L271" s="15">
         <v>0.29467</v>
       </c>
       <c r="M271" s="15">
         <v>0.25714</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="E272" s="15">
         <v>10080047287</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="J272" s="15">
         <v>300</v>
       </c>
       <c r="K272" s="15">
         <v>0.36152</v>
       </c>
       <c r="L272" s="15">
         <v>0.31331</v>
       </c>
       <c r="M272" s="15">
         <v>0.30126</v>
       </c>
       <c r="N272" s="15"/>
       <c r="O272" s="15">
-        <v>1640</v>
-[...1 lines deleted...]
-      <c r="P272" s="15"/>
+        <v>1580</v>
+      </c>
+      <c r="P272" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="E273" s="15" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
         <v>0.34845</v>
       </c>
       <c r="L273" s="15">
         <v>0.30199</v>
       </c>
       <c r="M273" s="15">
         <v>0.29038</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="E274" s="15" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="I274" s="15"/>
       <c r="J274" s="15">
         <v>200</v>
       </c>
       <c r="K274" s="15">
         <v>0.85407</v>
       </c>
       <c r="L274" s="15">
         <v>0.71631</v>
       </c>
       <c r="M274" s="15">
         <v>0.68877</v>
       </c>
       <c r="N274" s="15"/>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="E275" s="15" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>1000</v>
       </c>
       <c r="K275" s="15">
         <v>0.05924</v>
       </c>
       <c r="L275" s="15">
         <v>0.04286</v>
       </c>
       <c r="M275" s="15">
         <v>0.0374</v>
       </c>
       <c r="N275" s="15">
-        <v>731</v>
+        <v>484</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="E276" s="15" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
         <v>1000</v>
       </c>
       <c r="K276" s="15">
         <v>0.07692</v>
       </c>
       <c r="L276" s="15">
         <v>0.05495</v>
       </c>
       <c r="M276" s="15">
         <v>0.04945</v>
       </c>
       <c r="N276" s="15">
-        <v>415</v>
+        <v>435</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="E277" s="15" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>1000</v>
       </c>
       <c r="K277" s="15">
         <v>0.08467</v>
       </c>
       <c r="L277" s="15">
         <v>0.06126</v>
       </c>
       <c r="M277" s="15">
         <v>0.05346</v>
       </c>
       <c r="N277" s="15"/>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="E278" s="15">
         <v>10080055990</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>1000</v>
       </c>
       <c r="K278" s="15">
-        <v>0.15761</v>
+        <v>0.10779</v>
       </c>
       <c r="L278" s="15">
-        <v>0.11403</v>
+        <v>0.09342</v>
       </c>
       <c r="M278" s="15">
-        <v>0.09950000000000001</v>
+        <v>0.08982999999999999</v>
       </c>
       <c r="N278" s="15">
-        <v>723</v>
+        <v>568</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>3000</v>
       </c>
       <c r="K279" s="15">
         <v>0.08005</v>
       </c>
       <c r="L279" s="15">
         <v>0.05792</v>
       </c>
       <c r="M279" s="15">
         <v>0.05054</v>
       </c>
       <c r="N279" s="15">
-        <v>3300</v>
+        <v>3850</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="E280" s="15">
         <v>10080058977</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1250</v>
       </c>
       <c r="K280" s="15">
         <v>0.08728</v>
       </c>
       <c r="L280" s="15">
         <v>0.06234</v>
       </c>
       <c r="M280" s="15">
         <v>0.05611</v>
       </c>
       <c r="N280" s="15">
-        <v>18903</v>
+        <v>17430</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>1250</v>
       </c>
       <c r="K281" s="15">
         <v>0.0881</v>
       </c>
       <c r="L281" s="15">
         <v>0.06293</v>
       </c>
       <c r="M281" s="15">
         <v>0.05663</v>
       </c>
       <c r="N281" s="15">
-        <v>436</v>
+        <v>480</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="E282" s="15">
         <v>10080053584</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>1000</v>
       </c>
       <c r="K282" s="15">
         <v>0.1703</v>
       </c>
       <c r="L282" s="15">
         <v>0.12321</v>
       </c>
       <c r="M282" s="15">
         <v>0.10752</v>
       </c>
       <c r="N282" s="15">
-        <v>525</v>
+        <v>2464</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="E283" s="15">
         <v>10080064706</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>500</v>
       </c>
       <c r="K283" s="15">
         <v>0.12762</v>
       </c>
       <c r="L283" s="15">
         <v>0.1106</v>
       </c>
       <c r="M283" s="15">
         <v>0.10635</v>
       </c>
       <c r="N283" s="15">
-        <v>647</v>
+        <v>467</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="E284" s="15">
         <v>10080057779</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>1000</v>
       </c>
       <c r="K284" s="15">
         <v>0.11442</v>
       </c>
       <c r="L284" s="15">
         <v>0.09916</v>
       </c>
       <c r="M284" s="15">
         <v>0.09535</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>500</v>
       </c>
       <c r="K285" s="15">
         <v>0.17757</v>
       </c>
       <c r="L285" s="15">
         <v>0.12847</v>
       </c>
       <c r="M285" s="15">
         <v>0.11211</v>
       </c>
       <c r="N285" s="15">
-        <v>410</v>
+        <v>429</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="E286" s="15">
         <v>10080039270</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>500</v>
       </c>
       <c r="K286" s="15">
         <v>0.12906</v>
       </c>
       <c r="L286" s="15">
         <v>0.11185</v>
       </c>
       <c r="M286" s="15">
         <v>0.10755</v>
       </c>
       <c r="N286" s="15">
-        <v>378</v>
+        <v>510</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="E287" s="15">
         <v>10080042870</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I287" s="15"/>
-      <c r="J287" s="15"/>
+      <c r="J287" s="15">
+        <v>1000</v>
+      </c>
       <c r="K287" s="15">
         <v>0.2447</v>
       </c>
       <c r="L287" s="15">
         <v>0.16209</v>
       </c>
       <c r="M287" s="15">
         <v>0.14145</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="E288" s="15" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>500</v>
       </c>
       <c r="K288" s="15">
         <v>0.19248</v>
       </c>
       <c r="L288" s="15">
         <v>0.13926</v>
       </c>
       <c r="M288" s="15">
         <v>0.12152</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="E289" s="15">
         <v>10080064704</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>500</v>
       </c>
       <c r="K289" s="15">
         <v>0.24037</v>
       </c>
       <c r="L289" s="15">
         <v>0.17391</v>
       </c>
       <c r="M289" s="15">
         <v>0.15175</v>
       </c>
       <c r="N289" s="15">
         <v>3060</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E290" s="15" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>500</v>
       </c>
       <c r="K290" s="15">
         <v>0.29547</v>
       </c>
       <c r="L290" s="15">
         <v>0.21377</v>
       </c>
       <c r="M290" s="15">
         <v>0.18654</v>
       </c>
       <c r="N290" s="15"/>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="E291" s="15">
         <v>10080064708</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15"/>
       <c r="K291" s="15">
         <v>0.50856</v>
       </c>
       <c r="L291" s="15">
         <v>0.29504</v>
       </c>
       <c r="M291" s="15">
         <v>0.26593</v>
       </c>
       <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="E292" s="15" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>250</v>
       </c>
       <c r="K292" s="15">
         <v>0.47161</v>
       </c>
       <c r="L292" s="15">
         <v>0.34121</v>
       </c>
       <c r="M292" s="15">
         <v>0.29774</v>
       </c>
       <c r="N292" s="15">
-        <v>720</v>
+        <v>600</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="E293" s="15">
         <v>10080069763</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15"/>
       <c r="K293" s="15">
         <v>0.6294</v>
       </c>
       <c r="L293" s="15">
         <v>0.52449</v>
       </c>
       <c r="M293" s="15">
         <v>0.50352</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="E294" s="15">
         <v>10080003139</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="J294" s="15">
         <v>1000</v>
       </c>
       <c r="K294" s="15">
         <v>0.0883</v>
       </c>
       <c r="L294" s="15">
         <v>0.06388000000000001</v>
       </c>
       <c r="M294" s="15">
         <v>0.05575</v>
       </c>
       <c r="N294" s="15">
         <v>93</v>
       </c>
       <c r="O294" s="15">
-        <v>2430</v>
-[...1 lines deleted...]
-      <c r="P294" s="15"/>
+        <v>2280</v>
+      </c>
+      <c r="P294" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="E295" s="15">
         <v>10080003140</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="J295" s="15">
         <v>1000</v>
       </c>
       <c r="K295" s="15">
         <v>0.10564</v>
       </c>
       <c r="L295" s="15">
         <v>0.07643</v>
       </c>
       <c r="M295" s="15">
         <v>0.06669</v>
       </c>
       <c r="N295" s="15">
-        <v>1871</v>
+        <v>2464</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="E296" s="15" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="J296" s="15">
         <v>1000</v>
       </c>
       <c r="K296" s="15">
         <v>0.0731</v>
       </c>
       <c r="L296" s="15">
         <v>0.06335</v>
       </c>
       <c r="M296" s="15">
         <v>0.06091</v>
       </c>
       <c r="N296" s="15">
-        <v>730</v>
+        <v>783</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="E297" s="15">
         <v>10080003141</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="J297" s="15">
         <v>1000</v>
       </c>
       <c r="K297" s="15">
         <v>0.13683</v>
       </c>
       <c r="L297" s="15">
         <v>0.09898999999999999</v>
       </c>
       <c r="M297" s="15">
         <v>0.08638999999999999</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="E298" s="15">
         <v>10080010561</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>1000</v>
       </c>
       <c r="K298" s="15">
         <v>0.1041</v>
       </c>
       <c r="L298" s="15">
         <v>0.1041</v>
       </c>
       <c r="M298" s="15">
         <v>0.1041</v>
       </c>
       <c r="N298" s="15">
-        <v>980</v>
+        <v>823</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="E299" s="15">
         <v>10080003142</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I299" s="15" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="J299" s="15">
         <v>1000</v>
       </c>
       <c r="K299" s="15">
         <v>0.16551</v>
       </c>
       <c r="L299" s="15">
         <v>0.11974</v>
       </c>
       <c r="M299" s="15">
         <v>0.10449</v>
       </c>
       <c r="N299" s="15">
-        <v>2614</v>
+        <v>2919</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="E300" s="15">
         <v>10080010562</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>1000</v>
       </c>
       <c r="K300" s="15">
         <v>0.10716</v>
       </c>
       <c r="L300" s="15">
         <v>0.10345</v>
       </c>
       <c r="M300" s="15">
         <v>0.09976</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="E301" s="15" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I301" s="15" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="J301" s="15">
         <v>1000</v>
       </c>
       <c r="K301" s="15">
         <v>0.11534</v>
       </c>
       <c r="L301" s="15">
         <v>0.09995999999999999</v>
       </c>
       <c r="M301" s="15">
         <v>0.09611</v>
       </c>
       <c r="N301" s="15">
-        <v>840</v>
+        <v>660</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="E302" s="15" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>1000</v>
       </c>
       <c r="K302" s="15">
         <v>0.1775</v>
       </c>
       <c r="L302" s="15">
         <v>0.11894</v>
       </c>
       <c r="M302" s="15">
         <v>0.10808</v>
       </c>
       <c r="N302" s="15">
         <v>1</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="E303" s="15">
         <v>10080003143</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="J303" s="15">
         <v>1000</v>
       </c>
       <c r="K303" s="15">
         <v>0.21533</v>
       </c>
       <c r="L303" s="15">
         <v>0.15579</v>
       </c>
       <c r="M303" s="15">
         <v>0.13595</v>
       </c>
       <c r="N303" s="15">
-        <v>2031</v>
+        <v>1802</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="E304" s="15">
         <v>10080063994</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15"/>
       <c r="K304" s="15">
         <v>0.22497</v>
       </c>
       <c r="L304" s="15">
         <v>0.1613</v>
       </c>
       <c r="M304" s="15">
         <v>0.14007</v>
       </c>
       <c r="N304" s="15">
-        <v>762</v>
+        <v>537</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="E305" s="15">
         <v>10080003144</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="J305" s="15">
         <v>500</v>
       </c>
       <c r="K305" s="15">
         <v>0.23959</v>
       </c>
       <c r="L305" s="15">
         <v>0.17335</v>
       </c>
       <c r="M305" s="15">
         <v>0.15126</v>
       </c>
       <c r="N305" s="15">
-        <v>536</v>
+        <v>384</v>
       </c>
       <c r="O305" s="15">
-        <v>3520</v>
-[...1 lines deleted...]
-      <c r="P305" s="15"/>
+        <v>2520</v>
+      </c>
+      <c r="P305" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="E306" s="15">
         <v>10080047949</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15"/>
       <c r="K306" s="15">
         <v>0.2703</v>
       </c>
       <c r="L306" s="15">
         <v>0.15681</v>
       </c>
       <c r="M306" s="15">
         <v>0.14134</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="E307" s="15">
         <v>10080003134</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
         <v>0.07844</v>
       </c>
       <c r="L307" s="15">
         <v>0.05139</v>
       </c>
       <c r="M307" s="15">
         <v>0.04632</v>
       </c>
       <c r="N307" s="15">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="E308" s="15" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="J308" s="15">
         <v>1000</v>
       </c>
       <c r="K308" s="15">
         <v>0.05064</v>
       </c>
       <c r="L308" s="15">
         <v>0.04389</v>
       </c>
       <c r="M308" s="15">
         <v>0.0422</v>
       </c>
       <c r="N308" s="15">
-        <v>690</v>
+        <v>870</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="E309" s="15">
         <v>10080003135</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.0756</v>
       </c>
       <c r="L309" s="15">
         <v>0.0547</v>
       </c>
       <c r="M309" s="15">
         <v>0.04773</v>
       </c>
       <c r="N309" s="15">
-        <v>3914</v>
+        <v>3411</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="E310" s="15" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
         <v>0.05256</v>
       </c>
       <c r="L310" s="15">
         <v>0.04555</v>
       </c>
       <c r="M310" s="15">
         <v>0.0438</v>
       </c>
       <c r="N310" s="15">
-        <v>830</v>
+        <v>770</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="E311" s="15">
         <v>10080003136</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.10646</v>
       </c>
       <c r="L311" s="15">
         <v>0.07702000000000001</v>
       </c>
       <c r="M311" s="15">
         <v>0.06721000000000001</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15">
-        <v>1580</v>
-[...1 lines deleted...]
-      <c r="P311" s="15"/>
+        <v>1320</v>
+      </c>
+      <c r="P311" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="E312" s="15" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
         <v>0.07265000000000001</v>
       </c>
       <c r="L312" s="15">
         <v>0.06296</v>
       </c>
       <c r="M312" s="15">
         <v>0.06054</v>
       </c>
       <c r="N312" s="15">
-        <v>620</v>
+        <v>750</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="E313" s="15">
         <v>10080003137</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
         <v>0.13174</v>
       </c>
       <c r="L313" s="15">
         <v>0.09531000000000001</v>
       </c>
       <c r="M313" s="15">
         <v>0.08316999999999999</v>
       </c>
       <c r="N313" s="15"/>
       <c r="O313" s="15">
-        <v>1260</v>
-[...1 lines deleted...]
-      <c r="P313" s="15"/>
+        <v>1660</v>
+      </c>
+      <c r="P313" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="E314" s="15" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="J314" s="15">
         <v>1000</v>
       </c>
       <c r="K314" s="15">
         <v>0.09209000000000001</v>
       </c>
       <c r="L314" s="15">
         <v>0.07981000000000001</v>
       </c>
       <c r="M314" s="15">
         <v>0.07674</v>
       </c>
-      <c r="N314" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N314" s="15"/>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="E315" s="15" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
         <v>0.15918</v>
       </c>
       <c r="L315" s="15">
         <v>0.13796</v>
       </c>
       <c r="M315" s="15">
         <v>0.13265</v>
       </c>
       <c r="N315" s="15">
-        <v>630</v>
+        <v>657</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="E316" s="15">
         <v>10000013004</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="J316" s="15">
         <v>1000</v>
       </c>
       <c r="K316" s="15">
         <v>0.22476</v>
       </c>
       <c r="L316" s="15">
         <v>0.16115</v>
       </c>
       <c r="M316" s="15">
         <v>0.14525</v>
       </c>
       <c r="N316" s="15">
         <v>35</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="E317" s="15">
         <v>10080003138</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>69</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="J317" s="15">
         <v>500</v>
       </c>
       <c r="K317" s="15">
         <v>0.22186</v>
       </c>
       <c r="L317" s="15">
         <v>0.128</v>
       </c>
       <c r="M317" s="15">
         <v>0.1152</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="E318" s="15" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="J318" s="15">
         <v>500</v>
       </c>
       <c r="K318" s="15">
         <v>0.12776</v>
       </c>
       <c r="L318" s="15">
         <v>0.11072</v>
       </c>
       <c r="M318" s="15">
         <v>0.10646</v>
       </c>
       <c r="N318" s="15">
-        <v>710</v>
+        <v>680</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="E319" s="15">
         <v>10080047948</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I319" s="15"/>
       <c r="J319" s="15"/>
       <c r="K319" s="15">
         <v>0.44126</v>
       </c>
       <c r="L319" s="15">
         <v>0.29231</v>
       </c>
       <c r="M319" s="15">
         <v>0.25507</v>
       </c>
       <c r="N319" s="15">
         <v>32</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="E320" s="15">
         <v>10080063996</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I320" s="15"/>
       <c r="J320" s="15">
         <v>250</v>
       </c>
       <c r="K320" s="15">
         <v>0.41263</v>
       </c>
       <c r="L320" s="15">
         <v>0.29854</v>
       </c>
       <c r="M320" s="15">
         <v>0.26051</v>
       </c>
       <c r="N320" s="15"/>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="E321" s="15" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I321" s="15"/>
       <c r="J321" s="15">
         <v>500</v>
       </c>
       <c r="K321" s="15">
         <v>0.4272</v>
       </c>
       <c r="L321" s="15">
         <v>0.30909</v>
       </c>
       <c r="M321" s="15">
         <v>0.26971</v>
       </c>
       <c r="N321" s="15"/>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="E322" s="15">
         <v>10080045193</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I322" s="15"/>
       <c r="J322" s="15">
         <v>100</v>
       </c>
       <c r="K322" s="15">
         <v>0.14565</v>
       </c>
       <c r="L322" s="15">
         <v>0.08450000000000001</v>
       </c>
       <c r="M322" s="15">
         <v>0.07615</v>
       </c>
       <c r="N322" s="15"/>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="E323" s="15">
         <v>10080048611</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
         <v>500</v>
       </c>
       <c r="K323" s="15">
         <v>0.06972</v>
       </c>
       <c r="L323" s="15">
         <v>0.06042</v>
       </c>
       <c r="M323" s="15">
         <v>0.0581</v>
       </c>
       <c r="N323" s="15">
-        <v>2000</v>
+        <v>1650</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="E324" s="15" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
         <v>0.8385899999999999</v>
       </c>
       <c r="L324" s="15">
         <v>0.70334</v>
       </c>
       <c r="M324" s="15">
         <v>0.6762899999999999</v>
       </c>
       <c r="N324" s="15"/>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="E325" s="15">
         <v>10080006285</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
         <v>2000</v>
       </c>
       <c r="K325" s="15">
         <v>0.05204</v>
       </c>
       <c r="L325" s="15">
         <v>0.03765</v>
       </c>
       <c r="M325" s="15">
         <v>0.03285</v>
       </c>
       <c r="N325" s="15">
-        <v>6710</v>
+        <v>7700</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="E326" s="15">
         <v>10080006287</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
         <v>2000</v>
       </c>
       <c r="K326" s="15">
         <v>0.06182</v>
       </c>
       <c r="L326" s="15">
         <v>0.04473</v>
       </c>
       <c r="M326" s="15">
         <v>0.03903</v>
       </c>
       <c r="N326" s="15">
-        <v>2196</v>
+        <v>2664</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="E327" s="15">
         <v>10080006514</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
         <v>5000</v>
       </c>
       <c r="K327" s="15">
         <v>0.02559</v>
       </c>
       <c r="L327" s="15">
         <v>0.02218</v>
       </c>
       <c r="M327" s="15">
         <v>0.02133</v>
       </c>
       <c r="N327" s="15">
-        <v>3250</v>
+        <v>3700</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="E328" s="15">
         <v>10080006284</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
         <v>2000</v>
       </c>
       <c r="K328" s="15">
         <v>0.03251</v>
       </c>
       <c r="L328" s="15">
         <v>0.02352</v>
       </c>
       <c r="M328" s="15">
         <v>0.02052</v>
       </c>
       <c r="N328" s="15">
-        <v>6006</v>
+        <v>4851</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="E329" s="15" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
         <v>1000</v>
       </c>
       <c r="K329" s="15">
         <v>0.10281</v>
       </c>
       <c r="L329" s="15">
         <v>0.08623</v>
       </c>
       <c r="M329" s="15">
         <v>0.08291</v>
       </c>
       <c r="N329" s="15"/>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="E330" s="15" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="I330" s="15" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="J330" s="15">
         <v>500</v>
       </c>
       <c r="K330" s="15">
         <v>0.21482</v>
       </c>
       <c r="L330" s="15">
         <v>0.18617</v>
       </c>
       <c r="M330" s="15">
         <v>0.17901</v>
       </c>
       <c r="N330" s="15"/>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="E331" s="15" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="I331" s="15" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="J331" s="15">
         <v>1000</v>
       </c>
       <c r="K331" s="15">
         <v>0.09809</v>
       </c>
       <c r="L331" s="15">
         <v>0.08501</v>
       </c>
       <c r="M331" s="15">
         <v>0.08173999999999999</v>
       </c>
       <c r="N331" s="15"/>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="E332" s="15">
         <v>10080069189</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15"/>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
         <v>600</v>
       </c>
       <c r="K332" s="15">
         <v>0.32081</v>
       </c>
       <c r="L332" s="15">
         <v>0.26733</v>
       </c>
       <c r="M332" s="15">
         <v>0.25663</v>
       </c>
       <c r="N332" s="15"/>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="E333" s="15">
         <v>10080006511</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I333" s="15"/>
       <c r="J333" s="15">
         <v>1000</v>
       </c>
       <c r="K333" s="15">
         <v>0.08685</v>
       </c>
       <c r="L333" s="15">
         <v>0.05038</v>
       </c>
       <c r="M333" s="15">
         <v>0.04541</v>
       </c>
       <c r="N333" s="15">
-        <v>17748</v>
+        <v>16652</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="E334" s="15">
         <v>10080028222</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="J334" s="15">
         <v>2000</v>
       </c>
       <c r="K334" s="15">
         <v>0.05024</v>
       </c>
       <c r="L334" s="15">
         <v>0.04354</v>
       </c>
       <c r="M334" s="15">
         <v>0.04186</v>
       </c>
       <c r="N334" s="15">
-        <v>675</v>
+        <v>932</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="E335" s="15" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I335" s="15"/>
       <c r="J335" s="15">
         <v>4000</v>
       </c>
       <c r="K335" s="15">
         <v>0.02079</v>
       </c>
       <c r="L335" s="15">
         <v>0.01802</v>
       </c>
       <c r="M335" s="15">
         <v>0.01733</v>
       </c>
       <c r="N335" s="15"/>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="E336" s="15">
         <v>10080006509</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I336" s="15"/>
       <c r="J336" s="15">
         <v>5000</v>
       </c>
       <c r="K336" s="15">
         <v>0.03285</v>
       </c>
       <c r="L336" s="15">
         <v>0.02377</v>
       </c>
       <c r="M336" s="15">
         <v>0.02074</v>
       </c>
       <c r="N336" s="15">
-        <v>3110</v>
+        <v>3285</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I337" s="15"/>
       <c r="J337" s="15">
         <v>5000</v>
       </c>
       <c r="K337" s="15">
         <v>0.04372</v>
       </c>
       <c r="L337" s="15">
         <v>0.03666</v>
       </c>
       <c r="M337" s="15">
         <v>0.03525</v>
       </c>
       <c r="N337" s="15"/>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="E338" s="15">
         <v>10080006510</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I338" s="15"/>
       <c r="J338" s="15">
         <v>5000</v>
       </c>
       <c r="K338" s="15">
         <v>0.04637</v>
       </c>
       <c r="L338" s="15">
         <v>0.03312</v>
       </c>
       <c r="M338" s="15">
         <v>0.02981</v>
       </c>
       <c r="N338" s="15">
-        <v>720</v>
+        <v>660</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="E339" s="15">
         <v>10080032274</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I339" s="15"/>
       <c r="J339" s="15">
         <v>1000</v>
       </c>
       <c r="K339" s="15">
         <v>0.19566</v>
       </c>
       <c r="L339" s="15">
         <v>0.12962</v>
       </c>
       <c r="M339" s="15">
         <v>0.1131</v>
       </c>
       <c r="N339" s="15">
-        <v>594</v>
+        <v>872</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="E340" s="15">
         <v>10080058264</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I340" s="15"/>
       <c r="J340" s="15">
         <v>5000</v>
       </c>
       <c r="K340" s="15">
         <v>0.05108</v>
       </c>
       <c r="L340" s="15">
         <v>0.03696</v>
       </c>
       <c r="M340" s="15">
         <v>0.03225</v>
       </c>
       <c r="N340" s="15">
-        <v>957</v>
+        <v>1285</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15">
         <v>5000</v>
       </c>
       <c r="K341" s="15">
         <v>0.03393</v>
       </c>
       <c r="L341" s="15">
         <v>0.02941</v>
       </c>
       <c r="M341" s="15">
         <v>0.02828</v>
       </c>
       <c r="N341" s="15">
-        <v>3485</v>
+        <v>4124</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="E342" s="15" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
         <v>5000</v>
       </c>
       <c r="K342" s="15">
         <v>0.05284</v>
       </c>
       <c r="L342" s="15">
         <v>0.03823</v>
       </c>
       <c r="M342" s="15">
         <v>0.03336</v>
       </c>
       <c r="N342" s="15">
-        <v>1803</v>
+        <v>1890</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="E343" s="15">
         <v>10080043122</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
         <v>3000</v>
       </c>
       <c r="K343" s="15">
         <v>0.05727</v>
       </c>
       <c r="L343" s="15">
         <v>0.04091</v>
       </c>
       <c r="M343" s="15">
         <v>0.03681</v>
       </c>
       <c r="N343" s="15">
-        <v>2295</v>
+        <v>2010</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="E344" s="15">
         <v>10080032268</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
         <v>3000</v>
       </c>
       <c r="K344" s="15">
-        <v>0.08824</v>
+        <v>0.0473</v>
       </c>
       <c r="L344" s="15">
-        <v>0.05781</v>
+        <v>0.04099</v>
       </c>
       <c r="M344" s="15">
-        <v>0.05212</v>
+        <v>0.03941</v>
       </c>
       <c r="N344" s="15">
-        <v>23936</v>
+        <v>19149</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="E345" s="15" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
         <v>2000</v>
       </c>
       <c r="K345" s="15">
         <v>0.06852999999999999</v>
       </c>
       <c r="L345" s="15">
         <v>0.04958</v>
       </c>
       <c r="M345" s="15">
         <v>0.04326</v>
       </c>
       <c r="N345" s="15">
-        <v>1579</v>
+        <v>1956</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="E346" s="15">
         <v>10080066971</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15">
         <v>2000</v>
       </c>
       <c r="K346" s="15">
         <v>0.07914</v>
       </c>
       <c r="L346" s="15">
         <v>0.05726</v>
       </c>
       <c r="M346" s="15">
         <v>0.04996</v>
       </c>
       <c r="N346" s="15">
-        <v>3010</v>
+        <v>2940</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="E347" s="15">
         <v>10080072828</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
         <v>2000</v>
       </c>
       <c r="K347" s="15">
         <v>0.08235000000000001</v>
       </c>
       <c r="L347" s="15">
         <v>0.05958</v>
       </c>
       <c r="M347" s="15">
         <v>0.05199</v>
       </c>
       <c r="N347" s="15">
-        <v>4374</v>
+        <v>3999</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="E348" s="15">
         <v>10080066984</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
         <v>3000</v>
       </c>
       <c r="K348" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L348" s="15">
         <v>0.04832</v>
       </c>
       <c r="M348" s="15">
         <v>0.04348</v>
       </c>
       <c r="N348" s="15">
-        <v>630</v>
+        <v>562</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="E349" s="15" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>1000</v>
       </c>
       <c r="K349" s="15">
-        <v>0.08552999999999999</v>
+        <v>0.05007</v>
       </c>
       <c r="L349" s="15">
-        <v>0.06132</v>
+        <v>0.04339</v>
       </c>
       <c r="M349" s="15">
-        <v>0.05326</v>
+        <v>0.04173</v>
       </c>
       <c r="N349" s="15">
-        <v>1430</v>
+        <v>1449</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="E350" s="15">
         <v>10080043120</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
         <v>2000</v>
       </c>
       <c r="K350" s="15">
         <v>0.07907</v>
       </c>
       <c r="L350" s="15">
         <v>0.05721</v>
       </c>
       <c r="M350" s="15">
         <v>0.04992</v>
       </c>
       <c r="N350" s="15">
-        <v>21017</v>
+        <v>22018</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="E351" s="15">
         <v>10080035171</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
         <v>2000</v>
       </c>
       <c r="K351" s="15">
         <v>0.06683</v>
       </c>
       <c r="L351" s="15">
         <v>0.05792</v>
       </c>
       <c r="M351" s="15">
         <v>0.05569</v>
       </c>
       <c r="N351" s="15">
-        <v>870</v>
+        <v>720</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="E352" s="15">
         <v>10080045920</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15"/>
       <c r="K352" s="15">
         <v>0.08420999999999999</v>
       </c>
       <c r="L352" s="15">
         <v>0.07298</v>
       </c>
       <c r="M352" s="15">
         <v>0.07018000000000001</v>
       </c>
       <c r="N352" s="15">
-        <v>972</v>
+        <v>895</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="E353" s="15">
         <v>10080072836</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
         <v>1000</v>
       </c>
       <c r="K353" s="15">
         <v>0.15055</v>
       </c>
       <c r="L353" s="15">
         <v>0.12547</v>
       </c>
       <c r="M353" s="15">
         <v>0.12044</v>
       </c>
       <c r="N353" s="15">
-        <v>760</v>
+        <v>730</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D354" s="15" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="E354" s="15">
         <v>10080066985</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15">
         <v>1000</v>
       </c>
       <c r="K354" s="15">
         <v>0.20059</v>
       </c>
       <c r="L354" s="15">
         <v>0.13288</v>
       </c>
       <c r="M354" s="15">
         <v>0.11595</v>
       </c>
       <c r="N354" s="15">
-        <v>770</v>
+        <v>817</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="E355" s="15">
         <v>10080043118</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15"/>
       <c r="K355" s="15">
         <v>0.18207</v>
       </c>
       <c r="L355" s="15">
         <v>0.13173</v>
       </c>
       <c r="M355" s="15">
         <v>0.11495</v>
       </c>
       <c r="N355" s="15">
-        <v>227</v>
+        <v>188</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>51</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="E356" s="15">
         <v>10080066986</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15"/>
       <c r="K356" s="15">
         <v>0.2187</v>
       </c>
       <c r="L356" s="15">
         <v>0.14488</v>
       </c>
       <c r="M356" s="15">
         <v>0.12642</v>
       </c>
       <c r="N356" s="15">
-        <v>1374</v>
+        <v>1185</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E357" s="15" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15"/>
       <c r="K357" s="15">
         <v>0.02547</v>
       </c>
       <c r="L357" s="15">
         <v>0.0182</v>
       </c>
       <c r="M357" s="15">
         <v>0.01638</v>
       </c>
       <c r="N357" s="15"/>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>292</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="E358" s="15">
         <v>10080069190</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15">
         <v>1600</v>
       </c>
       <c r="K358" s="15">
         <v>0.14066</v>
       </c>
       <c r="L358" s="15">
         <v>0.14066</v>
       </c>
       <c r="M358" s="15">
         <v>0.14066</v>
       </c>
       <c r="N358" s="15"/>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14"/>
       <c r="C359" s="15"/>
       <c r="D359" s="15"/>
       <c r="E359" s="15"/>
@@ -17617,317 +17667,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>