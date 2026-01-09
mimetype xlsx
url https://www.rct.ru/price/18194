--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1041">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1047">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,50 +136,53 @@
   <si>
     <t>4.6x9.5x9.6mm / ACC-1 (UC-0) (L-KLS8-0402-UC-0)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-0.5</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 4.8мм / ACC-1.5 (UC-0.5) L-KLS8-0402-UC-0.5</t>
   </si>
   <si>
     <t>10-00061221</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-1</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 6.3мм / ACC-2 (UC-1) (KLS8-0402-UC-1)</t>
   </si>
   <si>
     <t>10-00061220</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0402-UC-3</t>
   </si>
   <si>
     <t>хомут для кабеля OD12.7мм под винт 4.6мм / ACC-4 (UC-3) (L-KLS8-0402-UC-3)</t>
   </si>
   <si>
     <t>UT-00132175</t>
   </si>
   <si>
     <t>ACC-5 (UC-4)</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 15.8мм / ACC-5 (UC-4)</t>
   </si>
   <si>
     <t>10-00061229</t>
   </si>
   <si>
     <t>KSS</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-4</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 15.8мм / ACC-5 (UC-4) (L-KLS8-0402-UC-4)</t>
@@ -250,56 +253,59 @@
   <si>
     <t xml:space="preserve">L-KLS8-0901-150IC KLS, TWT-CV-150 LANMASTER, NT-150 , </t>
   </si>
   <si>
     <t>L-KLS8-0901-200IC</t>
   </si>
   <si>
     <t>3,6х200мм стяжка / ALT-200 (упаковка 100 шт) (L-KLS8-0901-200IC)</t>
   </si>
   <si>
     <t xml:space="preserve">KLS8-0901-250IC KLS, </t>
   </si>
   <si>
     <t>KLS8-0901-250IC</t>
   </si>
   <si>
     <t>3,6х250мм стяжка / ALT-250 (упаковка 100 шт)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0901-200IC KLS, </t>
   </si>
   <si>
     <t>AP-0810</t>
   </si>
   <si>
-    <t>регулируемый держатель кабеля, самоклеящийся черный / AP-0810</t>
+    <t>регулируемый держатель кабеля 25x20, самоклеящийся черный, кабель 7.9~10.3мм / AP-0810</t>
   </si>
   <si>
     <t>10-00061228</t>
   </si>
   <si>
+    <t xml:space="preserve">AP-0810 black КИТАЙ, </t>
+  </si>
+  <si>
     <t>L-KLS8-1223-BRF-10.8</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=10.8мм / ASR-11 (L-KLS8-1223-BRF-10.8)</t>
   </si>
   <si>
     <t>UT-00137852</t>
   </si>
   <si>
     <t>L-KLS8-1223-BRF-12.7</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=12.7мм / ASR-12.7 (L-KLS8-1223-BRF-12.7)</t>
   </si>
   <si>
     <t>UT-00137851</t>
   </si>
   <si>
     <t>L-KLS8-0230-BSS-12</t>
   </si>
   <si>
     <t>BSS-12 (L-KLS8-0230-BSS-12)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0305</t>
@@ -568,86 +574,92 @@
   <si>
     <t>Клипса KLS8-0217-CSR3.5-6-B</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>H=11mm / KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>H=7mm / KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>UT-00139948</t>
   </si>
   <si>
     <t>L-KLS8-0223-PTF-3-05L</t>
   </si>
   <si>
     <t>KLS8-0223-PTF-3-05L (L-KLS8-0223-PTF-3-05L)</t>
   </si>
   <si>
+    <t>L-KLS8-0223-PTF-3K-05</t>
+  </si>
+  <si>
+    <t>шайба нейлоновая, ID=3.1мм, OD=6.0мм, T=0.5мм / KLS8-0223-PTF-3K-05</t>
+  </si>
+  <si>
+    <t>UT-00153828</t>
+  </si>
+  <si>
     <t>L-KLS8-0223-PTF-3L-05</t>
   </si>
   <si>
     <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.55мм / KLS8-0223-PTF-3L-05</t>
   </si>
   <si>
     <t>UT-00101199</t>
   </si>
   <si>
     <t>L-KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.8мм / KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>UT-00139694</t>
   </si>
   <si>
     <t>L-KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>L-KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>A=3mm / KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>10-00061528</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-0503-5N-4</t>
   </si>
   <si>
     <t>втулка проходная для кабеля 6.4~7.4мм, на панель 0.8~1.6мм / KLS8-0503-5N-4 (L-KLS8-0503-5N-4)</t>
   </si>
   <si>
     <t>L-KLS8-DBH-3*4.5*5</t>
   </si>
   <si>
     <t>3x4.5мм заклепка пустотелая BN572/DIN7340A, латунь без покрытия, L=5мм / KLS8-DBH-3*4.5*5</t>
   </si>
   <si>
     <t>UT-00096391</t>
   </si>
   <si>
     <t xml:space="preserve">1218344 BOSSARD, </t>
   </si>
   <si>
     <t>L-KLS8-DBH-3*4.5*6</t>
   </si>
   <si>
     <t>3x4.5мм заклепка пустотелая BN572/DIN7340A, латунь без покрытия, L=6мм / KLS8-DBH-3*4.5*6</t>
   </si>
   <si>
     <t>UT-00098775</t>
@@ -778,89 +790,95 @@
   <si>
     <t>стойка пластиковая, две защелки, A=17мм, отв. 3мм / L-KLS8-0234-BLG-17</t>
   </si>
   <si>
     <t>UT-00120799</t>
   </si>
   <si>
     <t>L-KLS8-0237-LCA-05</t>
   </si>
   <si>
     <t>A=5mm / L-KLS8-0237-LCA-05</t>
   </si>
   <si>
     <t>UT-00100927</t>
   </si>
   <si>
     <t>L-KLS8-0237-LCA-18</t>
   </si>
   <si>
     <t>A=18mm / L-KLS8-0237-LCA-18</t>
   </si>
   <si>
     <t>UT-00094547</t>
   </si>
   <si>
-    <t>21.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-0237M-LD-6.5</t>
   </si>
   <si>
     <t>A=6.5mm / L-KLS8-0237M-LD-6.5</t>
   </si>
   <si>
     <t>UT-00090410</t>
   </si>
   <si>
     <t>L-KLS8-0255-PDC-05</t>
   </si>
   <si>
     <t>Стойка пластиковая с односторонней защелкой, A=5мм, плата t=1.2~1.7мм / L-KLS8-0255-PDC-05</t>
   </si>
   <si>
     <t>UT-00103485</t>
   </si>
   <si>
     <t xml:space="preserve">DCB-5 CN, </t>
   </si>
   <si>
     <t>L-KLS8-0310-MWS-3.0</t>
   </si>
   <si>
     <t>отв. в шасси: 3.0мм; внутр. отв.:6.8x5мм / L-KLS8-0310-MWS-3.0 (MWSEA1-1-01)</t>
   </si>
   <si>
     <t>UT-00105976</t>
   </si>
   <si>
     <t>L-KLS8-0318-PF-M2.5-06</t>
   </si>
   <si>
     <t>винт M2.5 L=6мм, Nylon 66, цвет натуральный / L-KLS8-0318-PF-M2.5-06</t>
   </si>
   <si>
+    <t>L-KLS8-0318-PF-M3-05</t>
+  </si>
+  <si>
+    <t>винт M3 L=5мм, Nylon 66, цвет натуральный / L-KLS8-0318-PF-M3-05</t>
+  </si>
+  <si>
+    <t>UT-00153827</t>
+  </si>
+  <si>
     <t>L-KLS8-0318-PF-M3-06</t>
   </si>
   <si>
     <t>винт M3 L=6мм, Nylon 66, цвет натуральный / L-KLS8-0318-PF-M3-06</t>
   </si>
   <si>
     <t>L-KLS8-0318-PF-M3-12</t>
   </si>
   <si>
     <t>винт M3 L=12мм, Nylon 66, цвет натуральный / L-KLS8-0318-PF-M3-12</t>
   </si>
   <si>
     <t>10-00061204</t>
   </si>
   <si>
     <t>L-KLS8-0318-PNT-M2.5</t>
   </si>
   <si>
     <t>гайка M2.5 H=2.0мм, Nylon 66, цвет натуральный / L-KLS8-0318-PNT-M2.5</t>
   </si>
   <si>
     <t>L-KLS8-0318F-M3-12</t>
   </si>
   <si>
     <t>Крепёжные элементы L-KLS8-0318F-M3-12</t>
@@ -976,51 +994,51 @@
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
-    <t>22.12.2025</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>стойка стальная луженая M3.0, OD6.0*L10.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>UT-00098708</t>
   </si>
   <si>
     <t>L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>стойка латунная луженая M2.5, OD5.0*L3.0мм + ID3.6*T1.1мм / L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>UT-00094185</t>
   </si>
   <si>
     <t>L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD5.0*L6.0мм + ID3.50*T1.50мм, катушка / L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
@@ -1174,51 +1192,51 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 8 (L-KLS8-DBL-M3-E5.5-L08-A)</t>
   </si>
   <si>
     <t>UT-00149192</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0800-1400-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 8 (желтые) L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>H-L1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (H-L1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
-    <t>12.03.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L10-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (L-KLS8-DBL-M3-E5.5-L10-A)</t>
   </si>
   <si>
     <t>UT-00149193</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-1600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-10 (желтые) L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>UT-00134765</t>
   </si>
   <si>
     <t>H-L1100-1700-5-03-1N1W</t>
   </si>
@@ -3645,51 +3663,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R359"/>
+  <dimension ref="A1:R361"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -3927,13727 +3945,13921 @@
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080034435</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.02455</v>
+        <v>0.01806</v>
       </c>
       <c r="L10" s="15">
-        <v>0.01754</v>
+        <v>0.01565</v>
       </c>
       <c r="M10" s="15">
-        <v>0.01578</v>
+        <v>0.01505</v>
       </c>
       <c r="N10" s="15">
         <v>4658</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
-        <v>0.024</v>
+        <v>0.01767</v>
       </c>
       <c r="L11" s="15">
-        <v>0.01715</v>
+        <v>0.01531</v>
       </c>
       <c r="M11" s="15">
-        <v>0.01543</v>
+        <v>0.01473</v>
       </c>
       <c r="N11" s="15">
-        <v>1692</v>
+        <v>1352</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.02645</v>
+        <v>0.01799</v>
       </c>
       <c r="L12" s="15">
-        <v>0.01914</v>
+        <v>0.01559</v>
       </c>
       <c r="M12" s="15">
-        <v>0.0167</v>
+        <v>0.01499</v>
       </c>
       <c r="N12" s="15">
-        <v>308</v>
-[...2 lines deleted...]
-      <c r="P12" s="15"/>
+        <v>37</v>
+      </c>
+      <c r="O12" s="15">
+        <v>720</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.05147</v>
       </c>
       <c r="L13" s="15">
         <v>0.03724</v>
       </c>
       <c r="M13" s="15">
         <v>0.0325</v>
       </c>
       <c r="N13" s="15">
-        <v>625</v>
+        <v>468</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15">
         <v>1000</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.11701</v>
       </c>
       <c r="L14" s="15">
         <v>0.11331</v>
       </c>
       <c r="M14" s="15">
         <v>0.10962</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>400</v>
       </c>
       <c r="K15" s="15">
         <v>0.03366</v>
       </c>
       <c r="L15" s="15">
         <v>0.02917</v>
       </c>
       <c r="M15" s="15">
         <v>0.02805</v>
       </c>
       <c r="N15" s="15">
         <v>5</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.05453</v>
       </c>
       <c r="L16" s="15">
         <v>0.03945</v>
       </c>
       <c r="M16" s="15">
         <v>0.03443</v>
       </c>
       <c r="N16" s="15">
-        <v>1788</v>
+        <v>2094</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.1648</v>
       </c>
       <c r="L17" s="15">
         <v>0.13572</v>
       </c>
       <c r="M17" s="15">
         <v>0.12601</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.10809</v>
       </c>
       <c r="L18" s="15">
         <v>0.09064999999999999</v>
       </c>
       <c r="M18" s="15">
         <v>0.08717</v>
       </c>
       <c r="N18" s="15">
-        <v>546</v>
+        <v>434</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E19" s="15">
         <v>10000004525</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
-        <v>0.1088</v>
+        <v>0.07442</v>
       </c>
       <c r="L19" s="15">
-        <v>0.07872</v>
+        <v>0.06449000000000001</v>
       </c>
       <c r="M19" s="15">
-        <v>0.06869</v>
+        <v>0.06201</v>
       </c>
       <c r="N19" s="15">
-        <v>3678</v>
+        <v>4271</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E20" s="15">
         <v>10080053911</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J20" s="15">
         <v>1</v>
       </c>
       <c r="K20" s="15">
         <v>0.51519</v>
       </c>
       <c r="L20" s="15">
         <v>0.4465</v>
       </c>
       <c r="M20" s="15">
         <v>0.42933</v>
       </c>
       <c r="N20" s="15">
-        <v>391</v>
+        <v>312</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10080010567</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>1</v>
       </c>
       <c r="K21" s="15">
-        <v>1.43</v>
+        <v>1.02</v>
       </c>
       <c r="L21" s="15">
-        <v>1.04</v>
+        <v>0.88409</v>
       </c>
       <c r="M21" s="15">
-        <v>0.90583</v>
+        <v>0.85009</v>
       </c>
       <c r="N21" s="15">
-        <v>243</v>
+        <v>164</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080006881</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>1.46</v>
       </c>
       <c r="L22" s="15">
         <v>1.38</v>
       </c>
       <c r="M22" s="15">
         <v>1.34</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E23" s="15">
         <v>10080006882</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
-        <v>1.47</v>
+        <v>1.01</v>
       </c>
       <c r="L23" s="15">
-        <v>1.07</v>
+        <v>0.87874</v>
       </c>
       <c r="M23" s="15">
-        <v>0.92994</v>
+        <v>0.84494</v>
       </c>
       <c r="N23" s="15">
         <v>45</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080033228</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>2.44</v>
       </c>
       <c r="L24" s="15">
         <v>1.41</v>
       </c>
       <c r="M24" s="15">
         <v>1.27</v>
       </c>
       <c r="N24" s="15">
         <v>49</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I25" s="15"/>
+        <v>47</v>
+      </c>
+      <c r="I25" s="15" t="s">
+        <v>81</v>
+      </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.5694900000000001</v>
       </c>
       <c r="L25" s="15">
         <v>0.47764</v>
       </c>
       <c r="M25" s="15">
         <v>0.45926</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
-        <v>0.17154</v>
+        <v>0.12072</v>
       </c>
       <c r="L26" s="15">
-        <v>0.12411</v>
+        <v>0.10462</v>
       </c>
       <c r="M26" s="15">
-        <v>0.1083</v>
+        <v>0.1006</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
-        <v>0.2578</v>
+        <v>0.17784</v>
       </c>
       <c r="L27" s="15">
-        <v>0.18652</v>
+        <v>0.15413</v>
       </c>
       <c r="M27" s="15">
-        <v>0.16276</v>
+        <v>0.1482</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E28" s="15">
         <v>10080032270</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.1434</v>
       </c>
       <c r="L28" s="15">
         <v>0.12428</v>
       </c>
       <c r="M28" s="15">
         <v>0.1195</v>
       </c>
       <c r="N28" s="15">
-        <v>143</v>
-[...2 lines deleted...]
-      <c r="P28" s="15"/>
+        <v>122</v>
+      </c>
+      <c r="O28" s="15">
+        <v>640</v>
+      </c>
+      <c r="P28" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E29" s="15">
         <v>10080006484</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.0467</v>
+        <v>0.03114</v>
       </c>
       <c r="L29" s="15">
-        <v>0.03379</v>
+        <v>0.02699</v>
       </c>
       <c r="M29" s="15">
-        <v>0.02948</v>
+        <v>0.02595</v>
       </c>
       <c r="N29" s="15">
-        <v>3168</v>
+        <v>2484</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E30" s="15">
         <v>10080006485</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.03818</v>
+        <v>0.0276</v>
       </c>
       <c r="L30" s="15">
-        <v>0.02727</v>
+        <v>0.02392</v>
       </c>
       <c r="M30" s="15">
-        <v>0.02454</v>
+        <v>0.023</v>
       </c>
       <c r="N30" s="15">
-        <v>1560</v>
-[...2 lines deleted...]
-      <c r="P30" s="15"/>
+        <v>1200</v>
+      </c>
+      <c r="O30" s="15">
+        <v>6000</v>
+      </c>
+      <c r="P30" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E31" s="15">
         <v>10080006486</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.03927</v>
+        <v>0.02847</v>
       </c>
       <c r="L31" s="15">
-        <v>0.02805</v>
+        <v>0.02467</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02525</v>
+        <v>0.02373</v>
       </c>
       <c r="N31" s="15">
-        <v>7410</v>
-[...2 lines deleted...]
-      <c r="P31" s="15"/>
+        <v>3150</v>
+      </c>
+      <c r="O31" s="15">
+        <v>1400</v>
+      </c>
+      <c r="P31" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E32" s="15">
         <v>10080006487</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.06167</v>
+        <v>0.04409</v>
       </c>
       <c r="L32" s="15">
-        <v>0.04462</v>
+        <v>0.03821</v>
       </c>
       <c r="M32" s="15">
-        <v>0.03894</v>
+        <v>0.03674</v>
       </c>
       <c r="N32" s="15">
-        <v>940</v>
+        <v>832</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>2000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.06347999999999999</v>
+        <v>0.03819</v>
       </c>
       <c r="L33" s="15">
-        <v>0.04593</v>
+        <v>0.0331</v>
       </c>
       <c r="M33" s="15">
-        <v>0.04008</v>
+        <v>0.03183</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E34" s="15">
         <v>10080006498</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.05915</v>
+        <v>0.03996</v>
       </c>
       <c r="L34" s="15">
-        <v>0.0428</v>
+        <v>0.03463</v>
       </c>
       <c r="M34" s="15">
-        <v>0.03735</v>
+        <v>0.0333</v>
       </c>
       <c r="N34" s="15">
-        <v>4141</v>
+        <v>3657</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E35" s="15">
         <v>10080006488</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.10003</v>
       </c>
       <c r="L35" s="15">
         <v>0.05772</v>
       </c>
       <c r="M35" s="15">
         <v>0.05193</v>
       </c>
       <c r="N35" s="15">
-        <v>4308</v>
-[...2 lines deleted...]
-      <c r="P35" s="15"/>
+        <v>3255</v>
+      </c>
+      <c r="O35" s="15">
+        <v>2720</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E36" s="15">
         <v>10080006489</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.08182</v>
+        <v>0.05895</v>
       </c>
       <c r="L36" s="15">
-        <v>0.05844</v>
+        <v>0.05109</v>
       </c>
       <c r="M36" s="15">
-        <v>0.0526</v>
+        <v>0.04913</v>
       </c>
       <c r="N36" s="15">
-        <v>8976</v>
+        <v>7332</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E37" s="15">
         <v>10080006502</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>2000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.07106999999999999</v>
+        <v>0.05049</v>
       </c>
       <c r="L37" s="15">
-        <v>0.05142</v>
+        <v>0.04376</v>
       </c>
       <c r="M37" s="15">
-        <v>0.04487</v>
+        <v>0.04208</v>
       </c>
       <c r="N37" s="15">
-        <v>19978</v>
+        <v>17473</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E38" s="15">
         <v>10080006490</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.05046</v>
       </c>
       <c r="L38" s="15">
         <v>0.04373</v>
       </c>
       <c r="M38" s="15">
         <v>0.04205</v>
       </c>
       <c r="N38" s="15">
-        <v>579</v>
+        <v>825</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E39" s="15">
         <v>10080006491</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.05796</v>
       </c>
       <c r="L39" s="15">
         <v>0.05023</v>
       </c>
       <c r="M39" s="15">
         <v>0.0483</v>
       </c>
       <c r="N39" s="15">
-        <v>245</v>
+        <v>311</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080006492</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.10506</v>
       </c>
       <c r="L40" s="15">
         <v>0.10222</v>
       </c>
       <c r="M40" s="15">
         <v>0.09631000000000001</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>1500</v>
       </c>
       <c r="K41" s="15">
         <v>0.10678</v>
       </c>
       <c r="L41" s="15">
         <v>0.07726</v>
       </c>
       <c r="M41" s="15">
         <v>0.06741</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E42" s="15">
         <v>10080006504</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.09711</v>
+        <v>0.06593</v>
       </c>
       <c r="L42" s="15">
-        <v>0.07026</v>
+        <v>0.05714</v>
       </c>
       <c r="M42" s="15">
-        <v>0.06131</v>
+        <v>0.05494</v>
       </c>
       <c r="N42" s="15">
-        <v>11473</v>
+        <v>12885</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E43" s="15">
         <v>10080006493</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.08046</v>
       </c>
       <c r="L43" s="15">
         <v>0.06973</v>
       </c>
       <c r="M43" s="15">
         <v>0.06705</v>
       </c>
       <c r="N43" s="15">
-        <v>975</v>
+        <v>938</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E44" s="15">
         <v>10080006507</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.10868</v>
       </c>
       <c r="L44" s="15">
         <v>0.06521</v>
       </c>
       <c r="M44" s="15">
         <v>0.06521</v>
       </c>
       <c r="N44" s="15">
-        <v>5581</v>
+        <v>6453</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
-        <v>0.11833</v>
+        <v>0.08459999999999999</v>
       </c>
       <c r="L45" s="15">
-        <v>0.08561000000000001</v>
+        <v>0.07332</v>
       </c>
       <c r="M45" s="15">
-        <v>0.07471</v>
+        <v>0.07049999999999999</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E46" s="15">
         <v>10080006508</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.11731</v>
+        <v>0.08475000000000001</v>
       </c>
       <c r="L46" s="15">
-        <v>0.08379</v>
+        <v>0.07345</v>
       </c>
       <c r="M46" s="15">
-        <v>0.07541</v>
+        <v>0.07063</v>
       </c>
       <c r="N46" s="15">
-        <v>1335</v>
+        <v>1275</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E47" s="15">
         <v>10080006496</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>5000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.04635</v>
+        <v>0.03312</v>
       </c>
       <c r="L47" s="15">
-        <v>0.03354</v>
+        <v>0.0287</v>
       </c>
       <c r="M47" s="15">
-        <v>0.02926</v>
+        <v>0.0276</v>
       </c>
       <c r="N47" s="15">
-        <v>2124</v>
+        <v>1580</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E48" s="15">
         <v>10080032276</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.07253</v>
+        <v>0.04011</v>
       </c>
       <c r="L48" s="15">
-        <v>0.04805</v>
+        <v>0.03476</v>
       </c>
       <c r="M48" s="15">
-        <v>0.04193</v>
+        <v>0.03343</v>
       </c>
       <c r="N48" s="15">
-        <v>5330</v>
+        <v>4810</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E49" s="15">
         <v>10080032892</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1</v>
       </c>
       <c r="K49" s="15">
         <v>0.13989</v>
       </c>
       <c r="L49" s="15">
         <v>0.12249</v>
       </c>
       <c r="M49" s="15">
         <v>0.11805</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E50" s="15">
         <v>10080036527</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="15">
         <v>0.3473</v>
       </c>
       <c r="L50" s="15">
         <v>0.31256</v>
       </c>
       <c r="M50" s="15">
         <v>0.28941</v>
       </c>
       <c r="N50" s="15">
-        <v>774</v>
+        <v>793</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.19432</v>
       </c>
       <c r="L51" s="15">
         <v>0.16298</v>
       </c>
       <c r="M51" s="15">
         <v>0.15671</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E52" s="15">
         <v>10080043127</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.05705</v>
+        <v>0.04076</v>
       </c>
       <c r="L52" s="15">
-        <v>0.04128</v>
+        <v>0.03532</v>
       </c>
       <c r="M52" s="15">
-        <v>0.03602</v>
+        <v>0.03396</v>
       </c>
       <c r="N52" s="15">
-        <v>2796</v>
+        <v>2661</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E53" s="15">
         <v>10080050044</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.06026</v>
+        <v>0.04205</v>
       </c>
       <c r="L53" s="15">
-        <v>0.0436</v>
+        <v>0.03644</v>
       </c>
       <c r="M53" s="15">
-        <v>0.03804</v>
+        <v>0.03504</v>
       </c>
       <c r="N53" s="15">
-        <v>2081</v>
-[...2 lines deleted...]
-      <c r="P53" s="15"/>
+        <v>2267</v>
+      </c>
+      <c r="O53" s="15">
+        <v>7300</v>
+      </c>
+      <c r="P53" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E54" s="15">
         <v>10080069039</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.06482</v>
+        <v>0.04364</v>
       </c>
       <c r="L54" s="15">
-        <v>0.0469</v>
+        <v>0.03782</v>
       </c>
       <c r="M54" s="15">
-        <v>0.04092</v>
+        <v>0.03636</v>
       </c>
       <c r="N54" s="15">
-        <v>9980</v>
+        <v>9148</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E55" s="15">
         <v>10080060761</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.05045</v>
+        <v>0.05016</v>
       </c>
       <c r="L55" s="15">
-        <v>0.04372</v>
+        <v>0.04347</v>
       </c>
       <c r="M55" s="15">
-        <v>0.04204</v>
+        <v>0.0418</v>
       </c>
       <c r="N55" s="15">
-        <v>1647</v>
+        <v>1427</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E56" s="15">
         <v>10080035172</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.0746</v>
+        <v>0.04989</v>
       </c>
       <c r="L56" s="15">
-        <v>0.05398</v>
+        <v>0.04324</v>
       </c>
       <c r="M56" s="15">
-        <v>0.0471</v>
+        <v>0.04158</v>
       </c>
       <c r="N56" s="15">
-        <v>1927</v>
+        <v>1542</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.06955</v>
       </c>
       <c r="L57" s="15">
         <v>0.04968</v>
       </c>
       <c r="M57" s="15">
         <v>0.04471</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.08185000000000001</v>
+        <v>0.05645</v>
       </c>
       <c r="L58" s="15">
-        <v>0.05922</v>
+        <v>0.04892</v>
       </c>
       <c r="M58" s="15">
-        <v>0.05168</v>
+        <v>0.04704</v>
       </c>
       <c r="N58" s="15">
-        <v>14819</v>
+        <v>15834</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.06011</v>
+        <v>0.05868</v>
       </c>
       <c r="L59" s="15">
-        <v>0.05209</v>
+        <v>0.05086</v>
       </c>
       <c r="M59" s="15">
-        <v>0.05009</v>
+        <v>0.0489</v>
       </c>
       <c r="N59" s="15">
-        <v>4005</v>
+        <v>3870</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.08476</v>
+        <v>0.05823</v>
       </c>
       <c r="L60" s="15">
-        <v>0.06132</v>
+        <v>0.05047</v>
       </c>
       <c r="M60" s="15">
-        <v>0.05351</v>
+        <v>0.04853</v>
       </c>
       <c r="N60" s="15">
-        <v>158</v>
-[...2 lines deleted...]
-      <c r="P60" s="15"/>
+        <v>173</v>
+      </c>
+      <c r="O60" s="15">
+        <v>690</v>
+      </c>
+      <c r="P60" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080035173</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>2000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.08591</v>
+        <v>0.06168</v>
       </c>
       <c r="L61" s="15">
-        <v>0.06137</v>
+        <v>0.05346</v>
       </c>
       <c r="M61" s="15">
-        <v>0.05523</v>
+        <v>0.0514</v>
       </c>
       <c r="N61" s="15">
-        <v>4363</v>
+        <v>6436</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.13139</v>
+        <v>0.09029</v>
       </c>
       <c r="L62" s="15">
-        <v>0.09506000000000001</v>
+        <v>0.07825</v>
       </c>
       <c r="M62" s="15">
-        <v>0.08295</v>
+        <v>0.07524</v>
       </c>
       <c r="N62" s="15">
-        <v>600</v>
+        <v>760</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080063329</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.10438</v>
+        <v>0.07197000000000001</v>
       </c>
       <c r="L63" s="15">
-        <v>0.07552</v>
+        <v>0.06237</v>
       </c>
       <c r="M63" s="15">
-        <v>0.0659</v>
+        <v>0.05998</v>
       </c>
       <c r="N63" s="15">
-        <v>1169</v>
+        <v>923</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E64" s="15">
         <v>10080045919</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.11933</v>
+        <v>0.08262</v>
       </c>
       <c r="L64" s="15">
-        <v>0.08633</v>
+        <v>0.0716</v>
       </c>
       <c r="M64" s="15">
-        <v>0.07534</v>
+        <v>0.06884999999999999</v>
       </c>
       <c r="N64" s="15">
-        <v>666</v>
+        <v>576</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E65" s="15">
         <v>10080042633</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.13868</v>
+        <v>0.07647</v>
       </c>
       <c r="L65" s="15">
-        <v>0.09186</v>
+        <v>0.06627</v>
       </c>
       <c r="M65" s="15">
-        <v>0.08017000000000001</v>
+        <v>0.06372999999999999</v>
       </c>
       <c r="N65" s="15">
-        <v>6004</v>
+        <v>6636</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E66" s="15">
         <v>10080048795</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.08687</v>
       </c>
       <c r="L66" s="15">
         <v>0.05693</v>
       </c>
       <c r="M66" s="15">
         <v>0.04943</v>
       </c>
       <c r="N66" s="15">
-        <v>1742</v>
+        <v>1892</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10080074467</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.08719</v>
+        <v>0.06039</v>
       </c>
       <c r="L67" s="15">
-        <v>0.06308</v>
+        <v>0.05234</v>
       </c>
       <c r="M67" s="15">
-        <v>0.05505</v>
+        <v>0.05033</v>
       </c>
       <c r="N67" s="15">
-        <v>1284</v>
+        <v>1053</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E68" s="15">
         <v>10080032269</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.20936</v>
+        <v>0.14352</v>
       </c>
       <c r="L68" s="15">
-        <v>0.15147</v>
+        <v>0.12438</v>
       </c>
       <c r="M68" s="15">
-        <v>0.13218</v>
+        <v>0.1196</v>
       </c>
       <c r="N68" s="15">
-        <v>7316</v>
+        <v>8614</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>30</v>
       </c>
       <c r="K69" s="15">
         <v>0.11387</v>
       </c>
       <c r="L69" s="15">
         <v>0.09549000000000001</v>
       </c>
       <c r="M69" s="15">
         <v>0.09182</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E70" s="15">
         <v>10080055488</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.04683</v>
       </c>
       <c r="L70" s="15">
         <v>0.03902</v>
       </c>
       <c r="M70" s="15">
         <v>0.03746</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E71" s="15">
         <v>10080071334</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.11373</v>
+        <v>0.08124000000000001</v>
       </c>
       <c r="L71" s="15">
-        <v>0.08228000000000001</v>
+        <v>0.07041</v>
       </c>
       <c r="M71" s="15">
-        <v>0.0718</v>
+        <v>0.0677</v>
       </c>
       <c r="N71" s="15">
-        <v>18497</v>
+        <v>21246</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.11199</v>
       </c>
       <c r="L72" s="15">
         <v>0.09393</v>
       </c>
       <c r="M72" s="15">
         <v>0.09031</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E73" s="15">
         <v>10080059298</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>2000</v>
       </c>
       <c r="K73" s="15">
         <v>0.00868</v>
       </c>
       <c r="L73" s="15">
         <v>0.007</v>
       </c>
       <c r="M73" s="15">
         <v>0.00673</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.02405</v>
+        <v>0.00713</v>
       </c>
       <c r="L74" s="15">
-        <v>0.02018</v>
+        <v>0.00618</v>
       </c>
       <c r="M74" s="15">
-        <v>0.0194</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.00594</v>
+      </c>
+      <c r="N74" s="15">
+        <v>20</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>20000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.01289</v>
+        <v>0.02405</v>
       </c>
       <c r="L75" s="15">
-        <v>0.00933</v>
+        <v>0.02018</v>
       </c>
       <c r="M75" s="15">
-        <v>0.00814</v>
+        <v>0.0194</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>10080050350</v>
+        <v>193</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>194</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.53202</v>
+        <v>0.00923</v>
       </c>
       <c r="L76" s="15">
-        <v>0</v>
+        <v>0.008</v>
       </c>
       <c r="M76" s="15">
-        <v>0</v>
+        <v>0.00769</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>196</v>
+      </c>
+      <c r="E77" s="15">
+        <v>10080050350</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>2000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.08288</v>
+        <v>0.53202</v>
       </c>
       <c r="L77" s="15">
-        <v>0.06951</v>
+        <v>0</v>
       </c>
       <c r="M77" s="15">
-        <v>0.06684</v>
+        <v>0</v>
       </c>
       <c r="N77" s="15"/>
-      <c r="O77" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O77" s="15"/>
+      <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>10080059297</v>
+        <v>198</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>199</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.06683</v>
+        <v>0.08288</v>
       </c>
       <c r="L78" s="15">
-        <v>0.05389</v>
+        <v>0.06951</v>
       </c>
       <c r="M78" s="15">
-        <v>0.05173</v>
-[...1 lines deleted...]
-      <c r="N78" s="15"/>
+        <v>0.06684</v>
+      </c>
+      <c r="N78" s="15">
+        <v>600</v>
+      </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>201</v>
+      </c>
+      <c r="E79" s="15">
+        <v>10080059297</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I79" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I79" s="15"/>
       <c r="J79" s="15">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="K79" s="15">
-        <v>0.00623</v>
+        <v>0.06683</v>
       </c>
       <c r="L79" s="15">
-        <v>0.00623</v>
+        <v>0.05389</v>
       </c>
       <c r="M79" s="15">
-        <v>0.00623</v>
+        <v>0.05173</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>204</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I80" s="15"/>
+      <c r="I80" s="15" t="s">
+        <v>205</v>
+      </c>
       <c r="J80" s="15">
         <v>5000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.008710000000000001</v>
+        <v>0.00623</v>
       </c>
       <c r="L80" s="15">
-        <v>0.008330000000000001</v>
+        <v>0.00623</v>
       </c>
       <c r="M80" s="15">
-        <v>0.00795</v>
+        <v>0.00623</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.14319</v>
+        <v>0.008710000000000001</v>
       </c>
       <c r="L81" s="15">
-        <v>0.12009</v>
+        <v>0.008330000000000001</v>
       </c>
       <c r="M81" s="15">
-        <v>0.11547</v>
+        <v>0.00795</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.07596</v>
+        <v>0.14319</v>
       </c>
       <c r="L82" s="15">
-        <v>0.06370000000000001</v>
+        <v>0.12009</v>
       </c>
       <c r="M82" s="15">
-        <v>0.06125</v>
+        <v>0.11547</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>1000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.11282</v>
+        <v>0.07596</v>
       </c>
       <c r="L83" s="15">
-        <v>0.09463000000000001</v>
+        <v>0.06370000000000001</v>
       </c>
       <c r="M83" s="15">
-        <v>0.09099</v>
+        <v>0.06125</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.12636</v>
+        <v>0.11282</v>
       </c>
       <c r="L84" s="15">
-        <v>0.10598</v>
+        <v>0.09463000000000001</v>
       </c>
       <c r="M84" s="15">
-        <v>0.1019</v>
+        <v>0.09099</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>218</v>
-[...2 lines deleted...]
-        <v>10080066129</v>
+        <v>219</v>
+      </c>
+      <c r="E85" s="15" t="s">
+        <v>220</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.03003</v>
+        <v>0.12636</v>
       </c>
       <c r="L85" s="15">
-        <v>0.02173</v>
+        <v>0.10598</v>
       </c>
       <c r="M85" s="15">
-        <v>0.01896</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1019</v>
+      </c>
+      <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>222</v>
+      </c>
+      <c r="E86" s="15">
+        <v>10080066129</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.03168</v>
+        <v>0.02063</v>
       </c>
       <c r="L86" s="15">
-        <v>0.02292</v>
+        <v>0.01788</v>
       </c>
       <c r="M86" s="15">
-        <v>0.02</v>
+        <v>0.01719</v>
       </c>
       <c r="N86" s="15">
-        <v>663</v>
+        <v>14800</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.0633</v>
+        <v>0.02274</v>
       </c>
       <c r="L87" s="15">
-        <v>0.0458</v>
+        <v>0.01971</v>
       </c>
       <c r="M87" s="15">
-        <v>0.03996</v>
+        <v>0.01895</v>
       </c>
       <c r="N87" s="15">
-        <v>8700</v>
+        <v>855</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>10080070865</v>
+        <v>227</v>
+      </c>
+      <c r="E88" s="15" t="s">
+        <v>228</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>1000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.04482</v>
+        <v>0.04329</v>
       </c>
       <c r="L88" s="15">
-        <v>0.03884</v>
+        <v>0.03752</v>
       </c>
       <c r="M88" s="15">
-        <v>0.03735</v>
+        <v>0.03608</v>
       </c>
       <c r="N88" s="15">
-        <v>7906</v>
+        <v>7700</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>230</v>
+      </c>
+      <c r="E89" s="15">
+        <v>10080070865</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.05902</v>
+        <v>0.04479</v>
       </c>
       <c r="L89" s="15">
-        <v>0.0427</v>
+        <v>0.03882</v>
       </c>
       <c r="M89" s="15">
-        <v>0.03726</v>
+        <v>0.03733</v>
       </c>
       <c r="N89" s="15">
-        <v>1621</v>
+        <v>5954</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.07364</v>
+        <v>0.0408</v>
       </c>
       <c r="L90" s="15">
-        <v>0.07364</v>
+        <v>0.03536</v>
       </c>
       <c r="M90" s="15">
-        <v>0.07364</v>
-[...1 lines deleted...]
-      <c r="N90" s="15"/>
+        <v>0.034</v>
+      </c>
+      <c r="N90" s="15">
+        <v>1810</v>
+      </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.02689</v>
+        <v>0.07364</v>
       </c>
       <c r="L91" s="15">
-        <v>0.02256</v>
+        <v>0.07364</v>
       </c>
       <c r="M91" s="15">
-        <v>0.02169</v>
+        <v>0.07364</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
-      <c r="Q91" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.08273999999999999</v>
+        <v>0.02689</v>
       </c>
       <c r="L92" s="15">
-        <v>0.05986</v>
+        <v>0.02256</v>
       </c>
       <c r="M92" s="15">
-        <v>0.05224</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02169</v>
+      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
-      <c r="Q92" s="15"/>
+      <c r="Q92" s="15">
+        <v>10000</v>
+      </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.14116</v>
+        <v>0.05685</v>
       </c>
       <c r="L93" s="15">
-        <v>0.10213</v>
+        <v>0.04927</v>
       </c>
       <c r="M93" s="15">
-        <v>0.08912</v>
+        <v>0.04738</v>
       </c>
       <c r="N93" s="15">
-        <v>632</v>
+        <v>853</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.03431</v>
+        <v>0.09696</v>
       </c>
       <c r="L94" s="15">
-        <v>0.02973</v>
+        <v>0.08402999999999999</v>
       </c>
       <c r="M94" s="15">
-        <v>0.02859</v>
+        <v>0.0808</v>
       </c>
       <c r="N94" s="15">
-        <v>1400</v>
-[...2 lines deleted...]
-      <c r="P94" s="15"/>
+        <v>656</v>
+      </c>
+      <c r="O94" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P94" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.05219</v>
+        <v>0.03431</v>
       </c>
       <c r="L95" s="15">
-        <v>0.04377</v>
+        <v>0.02973</v>
       </c>
       <c r="M95" s="15">
-        <v>0.04209</v>
-[...1 lines deleted...]
-      <c r="N95" s="15"/>
+        <v>0.02859</v>
+      </c>
+      <c r="N95" s="15">
+        <v>1240</v>
+      </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.08859</v>
+        <v>0.05219</v>
       </c>
       <c r="L96" s="15">
-        <v>0.0743</v>
+        <v>0.04377</v>
       </c>
       <c r="M96" s="15">
-        <v>0.07145</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04209</v>
+      </c>
+      <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.10197</v>
+        <v>0.08859</v>
       </c>
       <c r="L97" s="15">
-        <v>0.08552999999999999</v>
+        <v>0.0743</v>
       </c>
       <c r="M97" s="15">
-        <v>0.08223999999999999</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.07145</v>
+      </c>
+      <c r="N97" s="15">
+        <v>16</v>
+      </c>
+      <c r="O97" s="15"/>
+      <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>257</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>2000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.04888</v>
+        <v>0.10197</v>
       </c>
       <c r="L98" s="15">
-        <v>0.04888</v>
+        <v>0.08552999999999999</v>
       </c>
       <c r="M98" s="15">
-        <v>0.04888</v>
+        <v>0.08223999999999999</v>
       </c>
       <c r="N98" s="15">
-        <v>3147</v>
+        <v>790</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>258</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>260</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I99" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.0396</v>
+        <v>0.04888</v>
       </c>
       <c r="L99" s="15">
-        <v>0.03322</v>
+        <v>0.04888</v>
       </c>
       <c r="M99" s="15">
-        <v>0.03194</v>
-[...1 lines deleted...]
-      <c r="N99" s="15"/>
+        <v>0.04888</v>
+      </c>
+      <c r="N99" s="15">
+        <v>3947</v>
+      </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>262</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I100" s="15"/>
+      <c r="I100" s="15" t="s">
+        <v>264</v>
+      </c>
       <c r="J100" s="15">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.05431</v>
+        <v>0.0396</v>
       </c>
       <c r="L100" s="15">
-        <v>0.04555</v>
+        <v>0.03322</v>
       </c>
       <c r="M100" s="15">
-        <v>0.0438</v>
+        <v>0.03194</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="E101" s="15">
-        <v>10080074137</v>
+      <c r="E101" s="15" t="s">
+        <v>267</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
-      <c r="J101" s="15"/>
+      <c r="J101" s="15">
+        <v>100</v>
+      </c>
       <c r="K101" s="15">
-        <v>0.02156</v>
+        <v>0.04635</v>
       </c>
       <c r="L101" s="15">
-        <v>0.01868</v>
+        <v>0.04017</v>
       </c>
       <c r="M101" s="15">
-        <v>0.01796</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03863</v>
+      </c>
+      <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E102" s="15">
-        <v>10080055639</v>
+        <v>10080074137</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
-        <v>0.03614</v>
+        <v>0.02156</v>
       </c>
       <c r="L102" s="15">
-        <v>0</v>
+        <v>0.01868</v>
       </c>
       <c r="M102" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N102" s="15"/>
+        <v>0.01796</v>
+      </c>
+      <c r="N102" s="15">
+        <v>11934</v>
+      </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I103" s="15"/>
-      <c r="J103" s="15"/>
+      <c r="J103" s="15">
+        <v>1000</v>
+      </c>
       <c r="K103" s="15">
-        <v>0.02174</v>
+        <v>0.02534</v>
       </c>
       <c r="L103" s="15">
-        <v>0.01449</v>
+        <v>0.02196</v>
       </c>
       <c r="M103" s="15">
-        <v>0.01328</v>
+        <v>0.02111</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E104" s="15">
-        <v>10080074138</v>
+        <v>10080055639</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="15"/>
-      <c r="J104" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J104" s="15"/>
       <c r="K104" s="15">
-        <v>0.06174</v>
+        <v>0.03614</v>
       </c>
       <c r="L104" s="15">
-        <v>0.04467</v>
+        <v>0</v>
       </c>
       <c r="M104" s="15">
-        <v>0.03898</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
-        <v>0.105</v>
+        <v>0.02174</v>
       </c>
       <c r="L105" s="15">
-        <v>0.105</v>
+        <v>0.01449</v>
       </c>
       <c r="M105" s="15">
-        <v>0.105</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01328</v>
+      </c>
+      <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E106" s="15">
-        <v>10080053910</v>
+        <v>10080074138</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
-      <c r="J106" s="15"/>
+      <c r="J106" s="15">
+        <v>10000</v>
+      </c>
       <c r="K106" s="15">
-        <v>0.08028</v>
+        <v>0.04113</v>
       </c>
       <c r="L106" s="15">
-        <v>0</v>
+        <v>0.03565</v>
       </c>
       <c r="M106" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N106" s="15"/>
+        <v>0.03428</v>
+      </c>
+      <c r="N106" s="15">
+        <v>16191</v>
+      </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
-        <v>0.04287</v>
+        <v>0.105</v>
       </c>
       <c r="L107" s="15">
-        <v>0.03596</v>
+        <v>0.105</v>
       </c>
       <c r="M107" s="15">
-        <v>0.03457</v>
-[...1 lines deleted...]
-      <c r="N107" s="15"/>
+        <v>0.105</v>
+      </c>
+      <c r="N107" s="15">
+        <v>10</v>
+      </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="E108" s="15" t="s">
         <v>284</v>
+      </c>
+      <c r="E108" s="15">
+        <v>10080053910</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J108" s="15"/>
       <c r="K108" s="15">
-        <v>0.24556</v>
+        <v>0.08028</v>
       </c>
       <c r="L108" s="15">
-        <v>0.20595</v>
+        <v>0</v>
       </c>
       <c r="M108" s="15">
-        <v>0.19803</v>
+        <v>0</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="E109" s="15">
-        <v>10080076098</v>
+      <c r="E109" s="15" t="s">
+        <v>287</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>0.11261</v>
+        <v>0.04287</v>
       </c>
       <c r="L109" s="15">
-        <v>0.09384000000000001</v>
+        <v>0.03596</v>
       </c>
       <c r="M109" s="15">
-        <v>0.09007999999999999</v>
+        <v>0.03457</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>288</v>
-[...2 lines deleted...]
-        <v>10080076097</v>
+        <v>289</v>
+      </c>
+      <c r="E110" s="15" t="s">
+        <v>290</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15"/>
+      <c r="J110" s="15">
+        <v>100</v>
+      </c>
       <c r="K110" s="15">
-        <v>0.12284</v>
+        <v>0.24556</v>
       </c>
       <c r="L110" s="15">
-        <v>0.10237</v>
+        <v>0.20595</v>
       </c>
       <c r="M110" s="15">
-        <v>0.09827</v>
+        <v>0.19803</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>290</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>292</v>
+      </c>
+      <c r="E111" s="15">
+        <v>10080076098</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I111" s="15"/>
-      <c r="J111" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>0.19795</v>
+        <v>0.11261</v>
       </c>
       <c r="L111" s="15">
-        <v>0.16603</v>
+        <v>0.09384000000000001</v>
       </c>
       <c r="M111" s="15">
-        <v>0.15963</v>
+        <v>0.09007999999999999</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
-        <v>292</v>
+        <v>52</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="E112" s="15" t="s">
-        <v>295</v>
+      <c r="E112" s="15">
+        <v>10080076097</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15"/>
-      <c r="J112" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J112" s="15"/>
       <c r="K112" s="15">
-        <v>0.13</v>
+        <v>0.12284</v>
       </c>
       <c r="L112" s="15">
-        <v>0.10904</v>
+        <v>0.10237</v>
       </c>
       <c r="M112" s="15">
-        <v>0.10485</v>
+        <v>0.09827</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>292</v>
+        <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.18447</v>
+        <v>0.19795</v>
       </c>
       <c r="L113" s="15">
-        <v>0.15471</v>
+        <v>0.16603</v>
       </c>
       <c r="M113" s="15">
-        <v>0.14877</v>
+        <v>0.15963</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>299</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>300</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.11268</v>
+        <v>0.13</v>
       </c>
       <c r="L114" s="15">
-        <v>0.09766</v>
+        <v>0.10904</v>
       </c>
       <c r="M114" s="15">
-        <v>0.0939</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10485</v>
+      </c>
+      <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>302</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>303</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>304</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I115" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I115" s="15"/>
       <c r="J115" s="15">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.37315</v>
+        <v>0.18447</v>
       </c>
       <c r="L115" s="15">
-        <v>0.35693</v>
+        <v>0.15471</v>
       </c>
       <c r="M115" s="15">
-        <v>0.35693</v>
+        <v>0.14877</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>306</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="K116" s="15">
-        <v>0.25918</v>
+        <v>0.11268</v>
       </c>
       <c r="L116" s="15">
-        <v>0.25918</v>
+        <v>0.09766</v>
       </c>
       <c r="M116" s="15">
-        <v>0.25918</v>
-[...1 lines deleted...]
-      <c r="N116" s="15"/>
+        <v>0.0939</v>
+      </c>
+      <c r="N116" s="15">
+        <v>1653</v>
+      </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>309</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="J117" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K117" s="15">
-        <v>0.61811</v>
+        <v>0.37315</v>
       </c>
       <c r="L117" s="15">
-        <v>0.44151</v>
+        <v>0.35693</v>
       </c>
       <c r="M117" s="15">
-        <v>0.39736</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.35693</v>
+      </c>
+      <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
-      <c r="Q117" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="D118" s="15" t="s">
+      <c r="E118" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I118" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>950</v>
+        <v>300</v>
       </c>
       <c r="K118" s="15">
-        <v>0.19797</v>
+        <v>0.25918</v>
       </c>
       <c r="L118" s="15">
-        <v>0.17157</v>
+        <v>0.25918</v>
       </c>
       <c r="M118" s="15">
-        <v>0.16498</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25918</v>
+      </c>
+      <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
-      <c r="Q118" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="D119" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="E119" s="15" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I119" s="15"/>
+      <c r="I119" s="15" t="s">
+        <v>318</v>
+      </c>
       <c r="J119" s="15">
-        <v>650</v>
+        <v>250</v>
       </c>
       <c r="K119" s="15">
-        <v>0.1464</v>
+        <v>0.44837</v>
       </c>
       <c r="L119" s="15">
-        <v>0.12688</v>
+        <v>0.38858</v>
       </c>
       <c r="M119" s="15">
-        <v>0.122</v>
+        <v>0.37364</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
-      <c r="P119" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P119" s="15"/>
       <c r="Q119" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="E120" s="15" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I120" s="15"/>
+      <c r="I120" s="15" t="s">
+        <v>322</v>
+      </c>
       <c r="J120" s="15">
-        <v>350</v>
+        <v>950</v>
       </c>
       <c r="K120" s="15">
-        <v>0.20392</v>
+        <v>0.19797</v>
       </c>
       <c r="L120" s="15">
-        <v>0.19465</v>
+        <v>0.17157</v>
       </c>
       <c r="M120" s="15">
-        <v>0.19465</v>
+        <v>0.16498</v>
       </c>
       <c r="N120" s="15">
-        <v>7372</v>
+        <v>1672</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
-      <c r="Q120" s="15"/>
+      <c r="Q120" s="15">
+        <v>4750</v>
+      </c>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>1000</v>
+        <v>650</v>
       </c>
       <c r="K121" s="15">
-        <v>0.52625</v>
+        <v>0.17057</v>
       </c>
       <c r="L121" s="15">
-        <v>0.38074</v>
+        <v>0.14782</v>
       </c>
       <c r="M121" s="15">
-        <v>0.33225</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14214</v>
+      </c>
+      <c r="N121" s="15"/>
       <c r="O121" s="15"/>
-      <c r="P121" s="15"/>
-      <c r="Q121" s="15"/>
+      <c r="P121" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="Q121" s="15">
+        <v>10000</v>
+      </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>327</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>329</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>700</v>
+        <v>350</v>
       </c>
       <c r="K122" s="15">
-        <v>0.13742</v>
+        <v>0.20392</v>
       </c>
       <c r="L122" s="15">
-        <v>0.11526</v>
+        <v>0.19465</v>
       </c>
       <c r="M122" s="15">
-        <v>0.11083</v>
-[...1 lines deleted...]
-      <c r="N122" s="15"/>
+        <v>0.19465</v>
+      </c>
+      <c r="N122" s="15">
+        <v>6734</v>
+      </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>51</v>
+        <v>298</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>330</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="E123" s="15">
-        <v>10080008531</v>
+      <c r="E123" s="15" t="s">
+        <v>332</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.08448</v>
+        <v>0.31874</v>
       </c>
       <c r="L123" s="15">
-        <v>0.04874</v>
+        <v>0.27624</v>
       </c>
       <c r="M123" s="15">
-        <v>0.04386</v>
+        <v>0.26561</v>
       </c>
       <c r="N123" s="15">
-        <v>791</v>
+        <v>700</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>60</v>
+        <v>298</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
-      <c r="H124" s="15"/>
-[...3 lines deleted...]
-      <c r="J124" s="15"/>
+      <c r="H124" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I124" s="15"/>
+      <c r="J124" s="15">
+        <v>700</v>
+      </c>
       <c r="K124" s="15">
-        <v>0.12563</v>
+        <v>0.13742</v>
       </c>
       <c r="L124" s="15">
-        <v>0.11516</v>
+        <v>0.11526</v>
       </c>
       <c r="M124" s="15">
-        <v>0.10469</v>
+        <v>0.11083</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>336</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>337</v>
       </c>
       <c r="E125" s="15">
-        <v>10080034449</v>
+        <v>10080008531</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K125" s="15">
-        <v>0.15663</v>
+        <v>0.08448</v>
       </c>
       <c r="L125" s="15">
-        <v>0.08321000000000001</v>
+        <v>0.04874</v>
       </c>
       <c r="M125" s="15">
-        <v>0.07097000000000001</v>
-[...1 lines deleted...]
-      <c r="N125" s="15"/>
+        <v>0.04386</v>
+      </c>
+      <c r="N125" s="15">
+        <v>739</v>
+      </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>292</v>
+        <v>61</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="E126" s="15">
-        <v>10080061740</v>
+      <c r="E126" s="15" t="s">
+        <v>340</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
-      <c r="H126" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I126" s="15"/>
+      <c r="H126" s="15"/>
+      <c r="I126" s="15" t="s">
+        <v>341</v>
+      </c>
       <c r="J126" s="15"/>
       <c r="K126" s="15">
-        <v>0.1416</v>
+        <v>0.12563</v>
       </c>
       <c r="L126" s="15">
-        <v>0.08216</v>
+        <v>0.11516</v>
       </c>
       <c r="M126" s="15">
-        <v>0.07405</v>
+        <v>0.10469</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>292</v>
+        <v>52</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>341</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>343</v>
+      </c>
+      <c r="E127" s="15">
+        <v>10080034449</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.24951</v>
+        <v>0.15663</v>
       </c>
       <c r="L127" s="15">
-        <v>0.18052</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M127" s="15">
-        <v>0.15752</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07097000000000001</v>
+      </c>
+      <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E128" s="15">
-        <v>10080066095</v>
+        <v>10080061740</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I128" s="15"/>
-      <c r="J128" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J128" s="15"/>
       <c r="K128" s="15">
-        <v>0.2987</v>
+        <v>0.1416</v>
       </c>
       <c r="L128" s="15">
-        <v>0.24892</v>
+        <v>0.08216</v>
       </c>
       <c r="M128" s="15">
-        <v>0.23895</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07405</v>
+      </c>
+      <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>346</v>
-[...2 lines deleted...]
-        <v>10080039233</v>
+        <v>347</v>
+      </c>
+      <c r="E129" s="15" t="s">
+        <v>348</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K129" s="15">
-        <v>0.08792999999999999</v>
+        <v>0.1698</v>
       </c>
       <c r="L129" s="15">
-        <v>0.06362</v>
+        <v>0.14716</v>
       </c>
       <c r="M129" s="15">
-        <v>0.05551</v>
+        <v>0.1415</v>
       </c>
       <c r="N129" s="15">
-        <v>69387</v>
+        <v>795</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="E130" s="15" t="s">
         <v>350</v>
+      </c>
+      <c r="E130" s="15">
+        <v>10080066095</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I130" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>1000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.06117</v>
+        <v>0.2987</v>
       </c>
       <c r="L130" s="15">
-        <v>0.05301</v>
+        <v>0.24892</v>
       </c>
       <c r="M130" s="15">
-        <v>0.05098</v>
+        <v>0.23895</v>
       </c>
       <c r="N130" s="15">
-        <v>6428</v>
+        <v>188</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>352</v>
       </c>
-      <c r="D131" s="15" t="s">
-[...3 lines deleted...]
-        <v>354</v>
+      <c r="E131" s="15">
+        <v>10080039233</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I131" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I131" s="15" t="s">
+        <v>353</v>
+      </c>
       <c r="J131" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.08276</v>
+        <v>0.05858</v>
       </c>
       <c r="L131" s="15">
-        <v>0.05988</v>
+        <v>0.05077</v>
       </c>
       <c r="M131" s="15">
-        <v>0.05225</v>
+        <v>0.04881</v>
       </c>
       <c r="N131" s="15">
-        <v>84</v>
+        <v>64489</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>355</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003156</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.08835999999999999</v>
+        <v>0.06117</v>
       </c>
       <c r="L132" s="15">
-        <v>0.06393</v>
+        <v>0.05301</v>
       </c>
       <c r="M132" s="15">
-        <v>0.05579</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.05098</v>
+      </c>
+      <c r="N132" s="15">
+        <v>6771</v>
+      </c>
+      <c r="O132" s="15"/>
+      <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>359</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I133" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I133" s="15"/>
       <c r="J133" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.06096</v>
+        <v>0.05717</v>
       </c>
       <c r="L133" s="15">
-        <v>0.05283</v>
+        <v>0.04954</v>
       </c>
       <c r="M133" s="15">
-        <v>0.0508</v>
+        <v>0.04764</v>
       </c>
       <c r="N133" s="15">
-        <v>670</v>
-[...2 lines deleted...]
-      <c r="P133" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="O133" s="15">
+        <v>1220</v>
+      </c>
+      <c r="P133" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E134" s="15">
-        <v>10080039171</v>
+        <v>10080003156</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I134" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I134" s="15" t="s">
+        <v>363</v>
+      </c>
       <c r="J134" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.1106</v>
+        <v>0.06084</v>
       </c>
       <c r="L134" s="15">
-        <v>0.08001999999999999</v>
+        <v>0.05273</v>
       </c>
       <c r="M134" s="15">
-        <v>0.06983</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0507</v>
+      </c>
+      <c r="N134" s="15"/>
       <c r="O134" s="15">
-        <v>632</v>
+        <v>124500</v>
       </c>
       <c r="P134" s="15" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>366</v>
       </c>
-      <c r="D135" s="15" t="s">
+      <c r="E135" s="15" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.07338</v>
+        <v>0.06096</v>
       </c>
       <c r="L135" s="15">
-        <v>0.0636</v>
+        <v>0.05283</v>
       </c>
       <c r="M135" s="15">
-        <v>0.06115</v>
+        <v>0.0508</v>
       </c>
       <c r="N135" s="15">
-        <v>23004</v>
-[...2 lines deleted...]
-      <c r="P135" s="15"/>
+        <v>840</v>
+      </c>
+      <c r="O135" s="15">
+        <v>4200</v>
+      </c>
+      <c r="P135" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>370</v>
       </c>
-      <c r="D136" s="15" t="s">
-[...3 lines deleted...]
-        <v>372</v>
+      <c r="E136" s="15">
+        <v>10080039171</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I136" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I136" s="15"/>
       <c r="J136" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.07235999999999999</v>
+        <v>0.07743</v>
       </c>
       <c r="L136" s="15">
-        <v>0.06271</v>
+        <v>0.06711</v>
       </c>
       <c r="M136" s="15">
-        <v>0.0603</v>
+        <v>0.06453</v>
       </c>
       <c r="N136" s="15">
-        <v>687</v>
-[...2 lines deleted...]
-      <c r="P136" s="15"/>
+        <v>86</v>
+      </c>
+      <c r="O136" s="15">
+        <v>4408</v>
+      </c>
+      <c r="P136" s="15" t="s">
+        <v>371</v>
+      </c>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D137" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="E137" s="15" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080032081</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.07575</v>
+        <v>0.07215000000000001</v>
       </c>
       <c r="L137" s="15">
-        <v>0.06565</v>
+        <v>0.06253</v>
       </c>
       <c r="M137" s="15">
-        <v>0.06313000000000001</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.06013</v>
+      </c>
+      <c r="N137" s="15">
+        <v>17975</v>
+      </c>
+      <c r="O137" s="15"/>
+      <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="D138" s="15" t="s">
+      <c r="E138" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="J138" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K138" s="15">
-        <v>0.07466</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="L138" s="15">
-        <v>0.06469999999999999</v>
+        <v>0.06271</v>
       </c>
       <c r="M138" s="15">
-        <v>0.06221</v>
+        <v>0.0603</v>
       </c>
       <c r="N138" s="15">
-        <v>75</v>
+        <v>507</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>381</v>
       </c>
-      <c r="D139" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E139" s="15">
-        <v>10080040572</v>
+        <v>10080032081</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I139" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I139" s="15" t="s">
+        <v>382</v>
+      </c>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
-        <v>0.12423</v>
+        <v>0.07437000000000001</v>
       </c>
       <c r="L139" s="15">
-        <v>0.08988</v>
+        <v>0.06444999999999999</v>
       </c>
       <c r="M139" s="15">
-        <v>0.07843</v>
-[...5 lines deleted...]
-      <c r="P139" s="15"/>
+        <v>0.06198</v>
+      </c>
+      <c r="N139" s="15"/>
+      <c r="O139" s="15">
+        <v>35200</v>
+      </c>
+      <c r="P139" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>383</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>384</v>
       </c>
-      <c r="E140" s="15">
-        <v>10080003157</v>
+      <c r="E140" s="15" t="s">
+        <v>385</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J140" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K140" s="15">
-        <v>0.10672</v>
+        <v>0.07466</v>
       </c>
       <c r="L140" s="15">
-        <v>0.07721</v>
+        <v>0.06469999999999999</v>
       </c>
       <c r="M140" s="15">
-        <v>0.06738</v>
-[...1 lines deleted...]
-      <c r="N140" s="15"/>
+        <v>0.06221</v>
+      </c>
+      <c r="N140" s="15">
+        <v>92</v>
+      </c>
       <c r="O140" s="15">
-        <v>220228</v>
+        <v>8300</v>
       </c>
       <c r="P140" s="15" t="s">
-        <v>386</v>
+        <v>40</v>
       </c>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>387</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>388</v>
       </c>
-      <c r="E141" s="15" t="s">
-        <v>389</v>
+      <c r="E141" s="15">
+        <v>10080040572</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I141" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I141" s="15"/>
       <c r="J141" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.06569</v>
+        <v>0.12423</v>
       </c>
       <c r="L141" s="15">
-        <v>0.05693</v>
+        <v>0.08988</v>
       </c>
       <c r="M141" s="15">
-        <v>0.05474</v>
-[...1 lines deleted...]
-      <c r="N141" s="15"/>
+        <v>0.07843</v>
+      </c>
+      <c r="N141" s="15">
+        <v>2606</v>
+      </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="E142" s="15">
-        <v>10080040573</v>
+        <v>10080003157</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I142" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I142" s="15" t="s">
+        <v>391</v>
+      </c>
       <c r="J142" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K142" s="15">
-        <v>0.1704</v>
+        <v>0.07614</v>
       </c>
       <c r="L142" s="15">
-        <v>0.12328</v>
+        <v>0.06598999999999999</v>
       </c>
       <c r="M142" s="15">
-        <v>0.10757</v>
+        <v>0.06345000000000001</v>
       </c>
       <c r="N142" s="15"/>
-      <c r="O142" s="15"/>
-      <c r="P142" s="15"/>
+      <c r="O142" s="15">
+        <v>216989</v>
+      </c>
+      <c r="P142" s="15" t="s">
+        <v>392</v>
+      </c>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I143" s="15"/>
+      <c r="I143" s="15" t="s">
+        <v>396</v>
+      </c>
       <c r="J143" s="15">
         <v>1500</v>
       </c>
       <c r="K143" s="15">
-        <v>0.1604</v>
+        <v>0.06569</v>
       </c>
       <c r="L143" s="15">
-        <v>0.11457</v>
+        <v>0.05693</v>
       </c>
       <c r="M143" s="15">
-        <v>0.10311</v>
-[...5 lines deleted...]
-      <c r="P143" s="15"/>
+        <v>0.05474</v>
+      </c>
+      <c r="N143" s="15"/>
+      <c r="O143" s="15">
+        <v>14000</v>
+      </c>
+      <c r="P143" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="E144" s="15">
-        <v>10080046881</v>
+        <v>10080040573</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I144" s="15"/>
       <c r="J144" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K144" s="15">
-        <v>0.09471</v>
+        <v>0.10473</v>
       </c>
       <c r="L144" s="15">
-        <v>0.08208</v>
+        <v>0.09077</v>
       </c>
       <c r="M144" s="15">
-        <v>0.07893</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08728</v>
+      </c>
+      <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>397</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>398</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>399</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I145" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I145" s="15"/>
       <c r="J145" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K145" s="15">
-        <v>0.0936</v>
+        <v>0.11448</v>
       </c>
       <c r="L145" s="15">
-        <v>0.08112</v>
+        <v>0.09922</v>
       </c>
       <c r="M145" s="15">
-        <v>0.078</v>
+        <v>0.0954</v>
       </c>
       <c r="N145" s="15">
-        <v>640</v>
+        <v>1231</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>401</v>
       </c>
-      <c r="D146" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="15">
-        <v>10080017980</v>
+        <v>10080046881</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
-        <v>0.133</v>
+        <v>0.09228</v>
       </c>
       <c r="L146" s="15">
-        <v>0.09623</v>
+        <v>0.07998</v>
       </c>
       <c r="M146" s="15">
-        <v>0.08397</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0769</v>
+      </c>
+      <c r="N146" s="15">
+        <v>10749</v>
+      </c>
+      <c r="O146" s="15"/>
+      <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>404</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="J147" s="15">
         <v>1000</v>
       </c>
       <c r="K147" s="15">
         <v>0.0936</v>
       </c>
       <c r="L147" s="15">
         <v>0.08112</v>
       </c>
       <c r="M147" s="15">
         <v>0.078</v>
       </c>
       <c r="N147" s="15">
-        <v>80</v>
+        <v>740</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>408</v>
       </c>
-      <c r="D148" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E148" s="15">
-        <v>10080040574</v>
+        <v>10080017980</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I148" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I148" s="15" t="s">
+        <v>409</v>
+      </c>
       <c r="J148" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K148" s="15">
-        <v>0.1323</v>
+        <v>0.09206</v>
       </c>
       <c r="L148" s="15">
-        <v>0.0945</v>
+        <v>0.07978</v>
       </c>
       <c r="M148" s="15">
-        <v>0.08505</v>
-[...5 lines deleted...]
-      <c r="P148" s="15"/>
+        <v>0.07671</v>
+      </c>
+      <c r="N148" s="15"/>
+      <c r="O148" s="15">
+        <v>14600</v>
+      </c>
+      <c r="P148" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>410</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>411</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>412</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I149" s="15"/>
+      <c r="I149" s="15" t="s">
+        <v>413</v>
+      </c>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
-        <v>0.09836</v>
+        <v>0.0936</v>
       </c>
       <c r="L149" s="15">
-        <v>0.08524</v>
+        <v>0.08112</v>
       </c>
       <c r="M149" s="15">
-        <v>0.08196000000000001</v>
-[...1 lines deleted...]
-      <c r="N149" s="15"/>
+        <v>0.078</v>
+      </c>
+      <c r="N149" s="15">
+        <v>80</v>
+      </c>
       <c r="O149" s="15">
-        <v>558</v>
+        <v>8200</v>
       </c>
       <c r="P149" s="15" t="s">
-        <v>413</v>
+        <v>40</v>
       </c>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E150" s="15">
-        <v>10080066536</v>
+        <v>10080040574</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K150" s="15">
-        <v>0.1509</v>
+        <v>0.09569999999999999</v>
       </c>
       <c r="L150" s="15">
-        <v>0.12575</v>
+        <v>0.08294</v>
       </c>
       <c r="M150" s="15">
-        <v>0.12072</v>
-[...3 lines deleted...]
-      <c r="P150" s="15"/>
+        <v>0.07975</v>
+      </c>
+      <c r="N150" s="15">
+        <v>2450</v>
+      </c>
+      <c r="O150" s="15">
+        <v>4900</v>
+      </c>
+      <c r="P150" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>417</v>
       </c>
-      <c r="E151" s="15">
-        <v>10080071700</v>
+      <c r="E151" s="15" t="s">
+        <v>418</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
-        <v>0.13962</v>
+        <v>0.09674000000000001</v>
       </c>
       <c r="L151" s="15">
-        <v>0.10101</v>
+        <v>0.08384</v>
       </c>
       <c r="M151" s="15">
-        <v>0.08815000000000001</v>
-[...5 lines deleted...]
-      <c r="P151" s="15"/>
+        <v>0.08061</v>
+      </c>
+      <c r="N151" s="15"/>
+      <c r="O151" s="15">
+        <v>783</v>
+      </c>
+      <c r="P151" s="15" t="s">
+        <v>419</v>
+      </c>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>420</v>
-[...1 lines deleted...]
-      <c r="E152" s="15" t="s">
         <v>421</v>
+      </c>
+      <c r="E152" s="15">
+        <v>10080066536</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I152" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>1000</v>
       </c>
       <c r="K152" s="15">
-        <v>0.0968</v>
+        <v>0.1509</v>
       </c>
       <c r="L152" s="15">
-        <v>0.08389000000000001</v>
+        <v>0.12575</v>
       </c>
       <c r="M152" s="15">
-        <v>0.08066</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12072</v>
+      </c>
+      <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="D153" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E153" s="15">
-        <v>10080003158</v>
+        <v>10080071700</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
-        <v>0.14049</v>
+        <v>0.09608</v>
       </c>
       <c r="L153" s="15">
-        <v>0.10164</v>
+        <v>0.08327</v>
       </c>
       <c r="M153" s="15">
-        <v>0.08869</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="N153" s="15">
-        <v>66179</v>
+        <v>7753</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>426</v>
       </c>
-      <c r="D154" s="15" t="s">
+      <c r="E154" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
-        <v>0.09776</v>
+        <v>0.0968</v>
       </c>
       <c r="L154" s="15">
-        <v>0.08472</v>
+        <v>0.08389000000000001</v>
       </c>
       <c r="M154" s="15">
-        <v>0.08146</v>
+        <v>0.08066</v>
       </c>
       <c r="N154" s="15">
-        <v>8500</v>
+        <v>330</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>430</v>
       </c>
-      <c r="D155" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E155" s="15">
-        <v>10080016343</v>
+        <v>10080003158</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I155" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I155" s="15" t="s">
+        <v>431</v>
+      </c>
       <c r="J155" s="15">
         <v>1000</v>
       </c>
       <c r="K155" s="15">
-        <v>0.1945</v>
+        <v>0.09648</v>
       </c>
       <c r="L155" s="15">
-        <v>0.14072</v>
+        <v>0.08362</v>
       </c>
       <c r="M155" s="15">
-        <v>0.12279</v>
+        <v>0.0804</v>
       </c>
       <c r="N155" s="15">
-        <v>10044</v>
+        <v>81674</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>432</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>433</v>
       </c>
       <c r="E156" s="15" t="s">
         <v>434</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I156" s="15" t="s">
         <v>435</v>
       </c>
       <c r="J156" s="15">
         <v>1000</v>
       </c>
       <c r="K156" s="15">
-        <v>0.12648</v>
+        <v>0.09776</v>
       </c>
       <c r="L156" s="15">
-        <v>0.10962</v>
+        <v>0.08472</v>
       </c>
       <c r="M156" s="15">
-        <v>0.1054</v>
+        <v>0.08146</v>
       </c>
       <c r="N156" s="15">
-        <v>371</v>
+        <v>9000</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>436</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>437</v>
       </c>
-      <c r="E157" s="15" t="s">
-        <v>438</v>
+      <c r="E157" s="15">
+        <v>10080016343</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>1000</v>
       </c>
       <c r="K157" s="15">
-        <v>0.1828</v>
+        <v>0.1334</v>
       </c>
       <c r="L157" s="15">
-        <v>0.13226</v>
+        <v>0.11561</v>
       </c>
       <c r="M157" s="15">
-        <v>0.11541</v>
+        <v>0.11116</v>
       </c>
       <c r="N157" s="15">
-        <v>544</v>
+        <v>9176</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D158" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="E158" s="15" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080012445</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J158" s="15">
         <v>1000</v>
       </c>
       <c r="K158" s="15">
-        <v>0.16596</v>
+        <v>0.12648</v>
       </c>
       <c r="L158" s="15">
-        <v>0.12007</v>
+        <v>0.10962</v>
       </c>
       <c r="M158" s="15">
-        <v>0.10478</v>
+        <v>0.1054</v>
       </c>
       <c r="N158" s="15">
-        <v>5609</v>
+        <v>396</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>443</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
-        <v>0.11591</v>
+        <v>0.12707</v>
       </c>
       <c r="L159" s="15">
-        <v>0.10045</v>
+        <v>0.11012</v>
       </c>
       <c r="M159" s="15">
-        <v>0.09659</v>
+        <v>0.10589</v>
       </c>
       <c r="N159" s="15">
-        <v>3150</v>
+        <v>728</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>447</v>
       </c>
-      <c r="D160" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E160" s="15">
-        <v>10080047946</v>
+        <v>10080012445</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I160" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I160" s="15" t="s">
+        <v>448</v>
+      </c>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
-        <v>0.1945</v>
+        <v>0.11549</v>
       </c>
       <c r="L160" s="15">
-        <v>0.14072</v>
+        <v>0.10009</v>
       </c>
       <c r="M160" s="15">
-        <v>0.12279</v>
+        <v>0.09624000000000001</v>
       </c>
       <c r="N160" s="15">
-        <v>2172</v>
+        <v>6177</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>449</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>450</v>
       </c>
-      <c r="E161" s="15">
-        <v>10080046603</v>
+      <c r="E161" s="15" t="s">
+        <v>451</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
-        <v>0.13062</v>
+        <v>0.11591</v>
       </c>
       <c r="L161" s="15">
-        <v>0.1132</v>
+        <v>0.10045</v>
       </c>
       <c r="M161" s="15">
-        <v>0.10885</v>
+        <v>0.09659</v>
       </c>
       <c r="N161" s="15">
-        <v>14341</v>
+        <v>4250</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="E162" s="15" t="s">
         <v>454</v>
+      </c>
+      <c r="E162" s="15">
+        <v>10080047946</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I162" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
-        <v>0.12914</v>
+        <v>0.13235</v>
       </c>
       <c r="L162" s="15">
-        <v>0.11192</v>
+        <v>0.1147</v>
       </c>
       <c r="M162" s="15">
-        <v>0.10761</v>
+        <v>0.11029</v>
       </c>
       <c r="N162" s="15">
-        <v>4250</v>
+        <v>2600</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>456</v>
       </c>
-      <c r="D163" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E163" s="15">
-        <v>10080003159</v>
+        <v>10080046603</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
-        <v>0.1642</v>
+        <v>0.12711</v>
       </c>
       <c r="L163" s="15">
-        <v>0.1188</v>
+        <v>0.11016</v>
       </c>
       <c r="M163" s="15">
-        <v>0.10367</v>
+        <v>0.10593</v>
       </c>
       <c r="N163" s="15">
-        <v>11482</v>
-[...6 lines deleted...]
-      </c>
+        <v>10635</v>
+      </c>
+      <c r="O163" s="15"/>
+      <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>459</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000006841</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I164" s="15" t="s">
         <v>461</v>
       </c>
       <c r="J164" s="15">
         <v>1000</v>
       </c>
       <c r="K164" s="15">
-        <v>0.19453</v>
+        <v>0.12914</v>
       </c>
       <c r="L164" s="15">
-        <v>0.11285</v>
+        <v>0.11192</v>
       </c>
       <c r="M164" s="15">
-        <v>0.10172</v>
-[...1 lines deleted...]
-      <c r="N164" s="15"/>
+        <v>0.10761</v>
+      </c>
+      <c r="N164" s="15">
+        <v>4450</v>
+      </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>462</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>463</v>
       </c>
-      <c r="E165" s="15" t="s">
-        <v>464</v>
+      <c r="E165" s="15">
+        <v>10080003159</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I165" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I165" s="15" t="s">
+        <v>464</v>
+      </c>
       <c r="J165" s="15">
         <v>1000</v>
       </c>
       <c r="K165" s="15">
-        <v>0.08831</v>
+        <v>0.11366</v>
       </c>
       <c r="L165" s="15">
-        <v>0.07653</v>
+        <v>0.0985</v>
       </c>
       <c r="M165" s="15">
-        <v>0.07359</v>
-[...3 lines deleted...]
-      <c r="P165" s="15"/>
+        <v>0.09471</v>
+      </c>
+      <c r="N165" s="15">
+        <v>20346</v>
+      </c>
+      <c r="O165" s="15">
+        <v>23400</v>
+      </c>
+      <c r="P165" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>466</v>
       </c>
-      <c r="E166" s="15" t="s">
-        <v>467</v>
+      <c r="E166" s="15">
+        <v>10000006841</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="J166" s="15">
         <v>1000</v>
       </c>
       <c r="K166" s="15">
-        <v>0.116</v>
+        <v>0.19453</v>
       </c>
       <c r="L166" s="15">
-        <v>0.10053</v>
+        <v>0.11285</v>
       </c>
       <c r="M166" s="15">
-        <v>0.09666</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10172</v>
+      </c>
+      <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>469</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080016342</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>1000</v>
       </c>
       <c r="K167" s="15">
-        <v>0.21505</v>
+        <v>0.08831</v>
       </c>
       <c r="L167" s="15">
-        <v>0.15559</v>
+        <v>0.07653</v>
       </c>
       <c r="M167" s="15">
-        <v>0.13577</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07359</v>
+      </c>
+      <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>472</v>
       </c>
-      <c r="E168" s="15">
-        <v>10080054557</v>
+      <c r="E168" s="15" t="s">
+        <v>473</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I168" s="15"/>
+      <c r="I168" s="15" t="s">
+        <v>474</v>
+      </c>
       <c r="J168" s="15">
         <v>1000</v>
       </c>
       <c r="K168" s="15">
-        <v>0.23087</v>
+        <v>0.116</v>
       </c>
       <c r="L168" s="15">
-        <v>0.16703</v>
+        <v>0.10053</v>
       </c>
       <c r="M168" s="15">
-        <v>0.14575</v>
-[...1 lines deleted...]
-      <c r="N168" s="15"/>
+        <v>0.09666</v>
+      </c>
+      <c r="N168" s="15">
+        <v>8428</v>
+      </c>
       <c r="O168" s="15"/>
-      <c r="P168" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>476</v>
+      </c>
+      <c r="E169" s="15">
+        <v>10080016342</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I169" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
-        <v>0.14387</v>
+        <v>0.1484</v>
       </c>
       <c r="L169" s="15">
-        <v>0.12468</v>
+        <v>0.12861</v>
       </c>
       <c r="M169" s="15">
-        <v>0.11989</v>
+        <v>0.12366</v>
       </c>
       <c r="N169" s="15">
-        <v>730</v>
-[...2 lines deleted...]
-      <c r="P169" s="15"/>
+        <v>2649</v>
+      </c>
+      <c r="O169" s="15">
+        <v>3500</v>
+      </c>
+      <c r="P169" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>477</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>478</v>
       </c>
-      <c r="E170" s="15" t="s">
-        <v>479</v>
+      <c r="E170" s="15">
+        <v>10080054557</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
-        <v>0.2065</v>
+        <v>0.15947</v>
       </c>
       <c r="L170" s="15">
-        <v>0.1494</v>
+        <v>0.1382</v>
       </c>
       <c r="M170" s="15">
-        <v>0.13037</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.13289</v>
+      </c>
+      <c r="N170" s="15"/>
+      <c r="O170" s="15"/>
       <c r="P170" s="15" t="s">
-        <v>358</v>
+        <v>419</v>
       </c>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D171" s="15" t="s">
+        <v>480</v>
+      </c>
+      <c r="E171" s="15" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="J171" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K171" s="15">
-        <v>0.13914</v>
+        <v>0.14387</v>
       </c>
       <c r="L171" s="15">
-        <v>0.12059</v>
+        <v>0.12468</v>
       </c>
       <c r="M171" s="15">
-        <v>0.11595</v>
+        <v>0.11989</v>
       </c>
       <c r="N171" s="15">
-        <v>549</v>
+        <v>765</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D172" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="E172" s="15" t="s">
         <v>485</v>
-      </c>
-[...4 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
-        <v>0.14096</v>
+        <v>0.14183</v>
       </c>
       <c r="L172" s="15">
-        <v>0.12216</v>
+        <v>0.12292</v>
       </c>
       <c r="M172" s="15">
-        <v>0.11746</v>
+        <v>0.11819</v>
       </c>
       <c r="N172" s="15">
-        <v>1367</v>
-[...2 lines deleted...]
-      <c r="P172" s="15"/>
+        <v>2073</v>
+      </c>
+      <c r="O172" s="15">
+        <v>1280</v>
+      </c>
+      <c r="P172" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D173" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="E173" s="15" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080003160</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I173" s="15" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="J173" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K173" s="15">
-        <v>0.20031</v>
+        <v>0.13914</v>
       </c>
       <c r="L173" s="15">
-        <v>0.14493</v>
+        <v>0.12059</v>
       </c>
       <c r="M173" s="15">
-        <v>0.12646</v>
+        <v>0.11595</v>
       </c>
       <c r="N173" s="15">
-        <v>10491</v>
+        <v>639</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C174" s="15" t="s">
+        <v>491</v>
+      </c>
+      <c r="D174" s="15" t="s">
         <v>492</v>
       </c>
-      <c r="D174" s="15" t="s">
+      <c r="E174" s="15" t="s">
         <v>493</v>
-      </c>
-[...1 lines deleted...]
-        <v>494</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="J174" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K174" s="15">
-        <v>0.13991</v>
+        <v>0.13691</v>
       </c>
       <c r="L174" s="15">
-        <v>0.12125</v>
+        <v>0.11865</v>
       </c>
       <c r="M174" s="15">
-        <v>0.11659</v>
+        <v>0.11409</v>
       </c>
       <c r="N174" s="15">
-        <v>640</v>
+        <v>1286</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D175" s="15" t="s">
         <v>496</v>
       </c>
-      <c r="D175" s="15" t="s">
-[...3 lines deleted...]
-        <v>498</v>
+      <c r="E175" s="15">
+        <v>10080003160</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="I175" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I175" s="15" t="s">
+        <v>497</v>
+      </c>
       <c r="J175" s="15">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="K175" s="15">
-        <v>2.37</v>
+        <v>0.13766</v>
       </c>
       <c r="L175" s="15">
-        <v>1.99</v>
+        <v>0.1193</v>
       </c>
       <c r="M175" s="15">
-        <v>1.91</v>
-[...1 lines deleted...]
-      <c r="N175" s="15"/>
+        <v>0.11471</v>
+      </c>
+      <c r="N175" s="15">
+        <v>9267</v>
+      </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>498</v>
+      </c>
+      <c r="D176" s="15" t="s">
+        <v>499</v>
+      </c>
+      <c r="E176" s="15" t="s">
         <v>500</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080010559</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I176" s="15"/>
+      <c r="I176" s="15" t="s">
+        <v>501</v>
+      </c>
       <c r="J176" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K176" s="15">
-        <v>0.28848</v>
+        <v>0.13991</v>
       </c>
       <c r="L176" s="15">
-        <v>0.20872</v>
+        <v>0.12125</v>
       </c>
       <c r="M176" s="15">
-        <v>0.18213</v>
+        <v>0.11659</v>
       </c>
       <c r="N176" s="15">
-        <v>3755</v>
+        <v>690</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>502</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>503</v>
       </c>
       <c r="E177" s="15" t="s">
         <v>504</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I177" s="15" t="s">
         <v>505</v>
       </c>
+      <c r="I177" s="15"/>
       <c r="J177" s="15">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="K177" s="15">
-        <v>0.15941</v>
+        <v>2.37</v>
       </c>
       <c r="L177" s="15">
-        <v>0.13815</v>
+        <v>1.99</v>
       </c>
       <c r="M177" s="15">
-        <v>0.13284</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.91</v>
+      </c>
+      <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C178" s="15" t="s">
         <v>506</v>
       </c>
       <c r="D178" s="15" t="s">
         <v>507</v>
       </c>
       <c r="E178" s="15">
-        <v>10080032318</v>
+        <v>10080010559</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I178" s="15"/>
       <c r="J178" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K178" s="15">
-        <v>0.23186</v>
+        <v>0.19778</v>
       </c>
       <c r="L178" s="15">
-        <v>0.16775</v>
+        <v>0.17141</v>
       </c>
       <c r="M178" s="15">
-        <v>0.14638</v>
+        <v>0.16481</v>
       </c>
       <c r="N178" s="15">
-        <v>10294</v>
+        <v>5632</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C179" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="D179" s="15" t="s">
         <v>509</v>
       </c>
-      <c r="D179" s="15" t="s">
+      <c r="E179" s="15" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I179" s="15"/>
+      <c r="I179" s="15" t="s">
+        <v>511</v>
+      </c>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
-        <v>0.23798</v>
+        <v>0.15941</v>
       </c>
       <c r="L179" s="15">
-        <v>0.17218</v>
+        <v>0.13815</v>
       </c>
       <c r="M179" s="15">
-        <v>0.15025</v>
+        <v>0.13284</v>
       </c>
       <c r="N179" s="15">
-        <v>430</v>
+        <v>2220</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>512</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>513</v>
       </c>
       <c r="E180" s="15">
-        <v>10080003155</v>
+        <v>10080032318</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I180" s="15" t="s">
         <v>514</v>
       </c>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
-        <v>0.17813</v>
+        <v>0.16049</v>
       </c>
       <c r="L180" s="15">
-        <v>0.15438</v>
+        <v>0.13909</v>
       </c>
       <c r="M180" s="15">
-        <v>0.14844</v>
+        <v>0.13374</v>
       </c>
       <c r="N180" s="15">
-        <v>3528</v>
+        <v>11727</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>515</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>516</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>517</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I181" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
-        <v>0.1757</v>
+        <v>0.17189</v>
       </c>
       <c r="L181" s="15">
-        <v>0.15227</v>
+        <v>0.14897</v>
       </c>
       <c r="M181" s="15">
-        <v>0.14641</v>
+        <v>0.14324</v>
       </c>
       <c r="N181" s="15">
-        <v>2662</v>
+        <v>420</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>518</v>
+      </c>
+      <c r="D182" s="15" t="s">
         <v>519</v>
       </c>
-      <c r="D182" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" s="15">
-        <v>10080039268</v>
+        <v>10080003155</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I182" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I182" s="15" t="s">
+        <v>520</v>
+      </c>
       <c r="J182" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K182" s="15">
-        <v>0.32672</v>
+        <v>0.1718</v>
       </c>
       <c r="L182" s="15">
-        <v>0.23637</v>
+        <v>0.14889</v>
       </c>
       <c r="M182" s="15">
-        <v>0.20626</v>
+        <v>0.14316</v>
       </c>
       <c r="N182" s="15">
-        <v>249</v>
+        <v>3276</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I183" s="15"/>
+      <c r="I183" s="15" t="s">
+        <v>524</v>
+      </c>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
-        <v>0.20204</v>
+        <v>0.1757</v>
       </c>
       <c r="L183" s="15">
-        <v>0.1751</v>
+        <v>0.15227</v>
       </c>
       <c r="M183" s="15">
-        <v>0.16836</v>
+        <v>0.14641</v>
       </c>
       <c r="N183" s="15">
-        <v>544</v>
+        <v>2392</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>524</v>
+        <v>526</v>
+      </c>
+      <c r="E184" s="15">
+        <v>10080039268</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K184" s="15">
-        <v>0.22948</v>
+        <v>0.19682</v>
       </c>
       <c r="L184" s="15">
-        <v>0.16603</v>
+        <v>0.17057</v>
       </c>
       <c r="M184" s="15">
-        <v>0.14488</v>
+        <v>0.16401</v>
       </c>
       <c r="N184" s="15">
-        <v>7454</v>
+        <v>304</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>525</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>526</v>
       </c>
-      <c r="E185" s="15">
-        <v>10080049399</v>
+      <c r="E185" s="15" t="s">
+        <v>527</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>500</v>
       </c>
       <c r="K185" s="15">
-        <v>0.31738</v>
+        <v>0.20204</v>
       </c>
       <c r="L185" s="15">
-        <v>0.22963</v>
+        <v>0.1751</v>
       </c>
       <c r="M185" s="15">
-        <v>0.20038</v>
+        <v>0.16836</v>
       </c>
       <c r="N185" s="15">
-        <v>1691</v>
+        <v>656</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C186" s="15" t="s">
         <v>528</v>
       </c>
       <c r="D186" s="15" t="s">
         <v>529</v>
       </c>
       <c r="E186" s="15" t="s">
         <v>530</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I186" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I186" s="15"/>
       <c r="J186" s="15">
         <v>500</v>
       </c>
       <c r="K186" s="15">
-        <v>0.22049</v>
+        <v>0.16377</v>
       </c>
       <c r="L186" s="15">
-        <v>0.19109</v>
+        <v>0.14193</v>
       </c>
       <c r="M186" s="15">
-        <v>0.18374</v>
+        <v>0.13648</v>
       </c>
       <c r="N186" s="15">
-        <v>763</v>
+        <v>6556</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>531</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>532</v>
       </c>
-      <c r="D187" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E187" s="15">
-        <v>10080012536</v>
+        <v>10080049399</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
-        <v>0.31932</v>
+        <v>0.2183</v>
       </c>
       <c r="L187" s="15">
-        <v>0.23103</v>
+        <v>0.18919</v>
       </c>
       <c r="M187" s="15">
-        <v>0.2016</v>
+        <v>0.18191</v>
       </c>
       <c r="N187" s="15">
-        <v>1639</v>
+        <v>1858</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>534</v>
+      </c>
+      <c r="D188" s="15" t="s">
         <v>535</v>
       </c>
-      <c r="D188" s="15" t="s">
+      <c r="E188" s="15" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
-        <v>0.22296</v>
+        <v>0.22049</v>
       </c>
       <c r="L188" s="15">
-        <v>0.19323</v>
+        <v>0.19109</v>
       </c>
       <c r="M188" s="15">
-        <v>0.1858</v>
+        <v>0.18374</v>
       </c>
       <c r="N188" s="15">
-        <v>882</v>
+        <v>624</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D189" s="15" t="s">
         <v>539</v>
       </c>
-      <c r="D189" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E189" s="15">
-        <v>10080040578</v>
+        <v>10080012536</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I189" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I189" s="15" t="s">
+        <v>540</v>
+      </c>
       <c r="J189" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K189" s="15">
-        <v>0.39547</v>
+        <v>0.21942</v>
       </c>
       <c r="L189" s="15">
-        <v>0.26198</v>
+        <v>0.19016</v>
       </c>
       <c r="M189" s="15">
-        <v>0.22861</v>
+        <v>0.18285</v>
       </c>
       <c r="N189" s="15">
-        <v>3671</v>
+        <v>1315</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="E190" s="15">
-        <v>10080040559</v>
+      <c r="E190" s="15" t="s">
+        <v>543</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
-        <v>0.38739</v>
+        <v>0.22296</v>
       </c>
       <c r="L190" s="15">
-        <v>0.28028</v>
+        <v>0.19323</v>
       </c>
       <c r="M190" s="15">
-        <v>0.24457</v>
+        <v>0.1858</v>
       </c>
       <c r="N190" s="15">
-        <v>1181</v>
+        <v>644</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>545</v>
-[...1 lines deleted...]
-      <c r="E191" s="15" t="s">
         <v>546</v>
+      </c>
+      <c r="E191" s="15">
+        <v>10080040578</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I191" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I191" s="15"/>
       <c r="J191" s="15">
         <v>250</v>
       </c>
       <c r="K191" s="15">
-        <v>0.27009</v>
+        <v>0.21936</v>
       </c>
       <c r="L191" s="15">
-        <v>0.23408</v>
+        <v>0.19011</v>
       </c>
       <c r="M191" s="15">
-        <v>0.22508</v>
+        <v>0.1828</v>
       </c>
       <c r="N191" s="15">
-        <v>624</v>
+        <v>3464</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="D192" s="15" t="s">
         <v>548</v>
       </c>
-      <c r="D192" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E192" s="15">
-        <v>10080034412</v>
+        <v>10080040559</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I192" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I192" s="15" t="s">
+        <v>549</v>
+      </c>
       <c r="J192" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K192" s="15">
-        <v>0.3505</v>
+        <v>0.26628</v>
       </c>
       <c r="L192" s="15">
-        <v>0.25359</v>
+        <v>0.23078</v>
       </c>
       <c r="M192" s="15">
-        <v>0.22128</v>
+        <v>0.2219</v>
       </c>
       <c r="N192" s="15">
-        <v>1785</v>
+        <v>1290</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>550</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>551</v>
       </c>
-      <c r="E193" s="15">
-        <v>10080033051</v>
+      <c r="E193" s="15" t="s">
+        <v>552</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="J193" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K193" s="15">
-        <v>0.30246</v>
+        <v>0.27009</v>
       </c>
       <c r="L193" s="15">
-        <v>0.26213</v>
+        <v>0.23408</v>
       </c>
       <c r="M193" s="15">
-        <v>0.25205</v>
+        <v>0.22508</v>
       </c>
       <c r="N193" s="15">
-        <v>3629</v>
+        <v>832</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>554</v>
-[...1 lines deleted...]
-      <c r="E194" s="15" t="s">
         <v>555</v>
+      </c>
+      <c r="E194" s="15">
+        <v>10080034412</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I194" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>250</v>
       </c>
       <c r="K194" s="15">
-        <v>0.29873</v>
+        <v>0.24197</v>
       </c>
       <c r="L194" s="15">
-        <v>0.2589</v>
+        <v>0.2097</v>
       </c>
       <c r="M194" s="15">
-        <v>0.24894</v>
+        <v>0.20164</v>
       </c>
       <c r="N194" s="15">
-        <v>870</v>
+        <v>1706</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="D195" s="15" t="s">
         <v>557</v>
       </c>
-      <c r="D195" s="15" t="s">
-[...3 lines deleted...]
-        <v>559</v>
+      <c r="E195" s="15">
+        <v>10080033051</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I195" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I195" s="15" t="s">
+        <v>558</v>
+      </c>
       <c r="J195" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K195" s="15">
-        <v>0.99827</v>
+        <v>0.29049</v>
       </c>
       <c r="L195" s="15">
-        <v>0.6613</v>
+        <v>0.25176</v>
       </c>
       <c r="M195" s="15">
-        <v>0.57706</v>
-[...1 lines deleted...]
-      <c r="N195" s="15"/>
+        <v>0.24208</v>
+      </c>
+      <c r="N195" s="15">
+        <v>4442</v>
+      </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>560</v>
       </c>
-      <c r="D196" s="15" t="s">
+      <c r="E196" s="15" t="s">
         <v>561</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080037666</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>562</v>
       </c>
       <c r="J196" s="15">
         <v>250</v>
       </c>
       <c r="K196" s="15">
-        <v>0.3512</v>
+        <v>0.29873</v>
       </c>
       <c r="L196" s="15">
-        <v>0.30437</v>
+        <v>0.2589</v>
       </c>
       <c r="M196" s="15">
-        <v>0.29266</v>
+        <v>0.24894</v>
       </c>
       <c r="N196" s="15">
-        <v>990</v>
+        <v>880</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>563</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>564</v>
       </c>
       <c r="E197" s="15" t="s">
         <v>565</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I197" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I197" s="15"/>
       <c r="J197" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K197" s="15">
-        <v>0.35207</v>
+        <v>0.5515099999999999</v>
       </c>
       <c r="L197" s="15">
-        <v>0.30512</v>
+        <v>0.47797</v>
       </c>
       <c r="M197" s="15">
-        <v>0.29339</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.45959</v>
+      </c>
+      <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D198" s="15" t="s">
         <v>567</v>
       </c>
-      <c r="D198" s="15" t="s">
-[...3 lines deleted...]
-        <v>569</v>
+      <c r="E198" s="15">
+        <v>10080037666</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="I198" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I198" s="15" t="s">
+        <v>568</v>
+      </c>
       <c r="J198" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K198" s="15">
-        <v>0.05496</v>
+        <v>0.34661</v>
       </c>
       <c r="L198" s="15">
-        <v>0.04763</v>
+        <v>0.30039</v>
       </c>
       <c r="M198" s="15">
-        <v>0.0458</v>
-[...1 lines deleted...]
-      <c r="N198" s="15"/>
+        <v>0.28884</v>
+      </c>
+      <c r="N198" s="15">
+        <v>1245</v>
+      </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C199" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D199" s="15" t="s">
         <v>570</v>
       </c>
-      <c r="D199" s="15" t="s">
+      <c r="E199" s="15" t="s">
         <v>571</v>
-      </c>
-[...1 lines deleted...]
-        <v>572</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I199" s="15"/>
+      <c r="I199" s="15" t="s">
+        <v>572</v>
+      </c>
       <c r="J199" s="15">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="K199" s="15">
-        <v>0.03749</v>
+        <v>0.35207</v>
       </c>
       <c r="L199" s="15">
-        <v>0.03249</v>
+        <v>0.30512</v>
       </c>
       <c r="M199" s="15">
-        <v>0.03124</v>
-[...1 lines deleted...]
-      <c r="N199" s="15"/>
+        <v>0.29339</v>
+      </c>
+      <c r="N199" s="15">
+        <v>703</v>
+      </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>573</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>574</v>
       </c>
       <c r="E200" s="15" t="s">
         <v>575</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K200" s="15">
-        <v>0.05964</v>
+        <v>0.05496</v>
       </c>
       <c r="L200" s="15">
-        <v>0.05169</v>
+        <v>0.04763</v>
       </c>
       <c r="M200" s="15">
-        <v>0.0497</v>
+        <v>0.0458</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>576</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>577</v>
       </c>
       <c r="E201" s="15" t="s">
         <v>578</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I201" s="15"/>
-      <c r="J201" s="15"/>
+      <c r="J201" s="15">
+        <v>2000</v>
+      </c>
       <c r="K201" s="15">
-        <v>0.08917</v>
+        <v>0.03749</v>
       </c>
       <c r="L201" s="15">
-        <v>0.07479</v>
+        <v>0.03249</v>
       </c>
       <c r="M201" s="15">
-        <v>0.07191</v>
+        <v>0.03124</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>579</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>580</v>
       </c>
-      <c r="E202" s="15">
-        <v>10080056804</v>
+      <c r="E202" s="15" t="s">
+        <v>581</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I202" s="15"/>
-      <c r="J202" s="15"/>
+      <c r="J202" s="15">
+        <v>1500</v>
+      </c>
       <c r="K202" s="15">
-        <v>0.12512</v>
+        <v>0.05964</v>
       </c>
       <c r="L202" s="15">
-        <v>0.0726</v>
+        <v>0.05169</v>
       </c>
       <c r="M202" s="15">
-        <v>0.06542000000000001</v>
+        <v>0.0497</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>10080054791</v>
+        <v>583</v>
+      </c>
+      <c r="E203" s="15" t="s">
+        <v>584</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I203" s="15"/>
-      <c r="J203" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J203" s="15"/>
       <c r="K203" s="15">
-        <v>0.10457</v>
+        <v>0.08917</v>
       </c>
       <c r="L203" s="15">
-        <v>0.07566000000000001</v>
+        <v>0.07479</v>
       </c>
       <c r="M203" s="15">
-        <v>0.06602</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07191</v>
+      </c>
+      <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>586</v>
+      </c>
+      <c r="E204" s="15">
+        <v>10080056804</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I204" s="15"/>
-      <c r="J204" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J204" s="15"/>
       <c r="K204" s="15">
-        <v>0.10058</v>
+        <v>0.12512</v>
       </c>
       <c r="L204" s="15">
-        <v>0.07277</v>
+        <v>0.0726</v>
       </c>
       <c r="M204" s="15">
-        <v>0.0635</v>
+        <v>0.06542000000000001</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="E205" s="15" t="s">
         <v>588</v>
+      </c>
+      <c r="E205" s="15">
+        <v>10080054791</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I205" s="15"/>
       <c r="J205" s="15">
         <v>1000</v>
       </c>
       <c r="K205" s="15">
-        <v>0.1287</v>
+        <v>0.07281</v>
       </c>
       <c r="L205" s="15">
-        <v>0.11154</v>
+        <v>0.0631</v>
       </c>
       <c r="M205" s="15">
-        <v>0.10725</v>
+        <v>0.06068</v>
       </c>
       <c r="N205" s="15">
-        <v>4426</v>
+        <v>1220</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C206" s="15" t="s">
         <v>589</v>
       </c>
       <c r="D206" s="15" t="s">
         <v>590</v>
       </c>
-      <c r="E206" s="15">
-        <v>10080067893</v>
+      <c r="E206" s="15" t="s">
+        <v>591</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I206" s="15"/>
       <c r="J206" s="15">
         <v>1000</v>
       </c>
       <c r="K206" s="15">
-        <v>0.1637</v>
+        <v>0.07208000000000001</v>
       </c>
       <c r="L206" s="15">
-        <v>0.11844</v>
+        <v>0.06247</v>
       </c>
       <c r="M206" s="15">
-        <v>0.10335</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06006</v>
+      </c>
+      <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>592</v>
-[...2 lines deleted...]
-        <v>10080066543</v>
+        <v>593</v>
+      </c>
+      <c r="E207" s="15" t="s">
+        <v>594</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K207" s="15">
-        <v>0.24443</v>
+        <v>0.1287</v>
       </c>
       <c r="L207" s="15">
-        <v>0.17684</v>
+        <v>0.11154</v>
       </c>
       <c r="M207" s="15">
-        <v>0.15432</v>
+        <v>0.10725</v>
       </c>
       <c r="N207" s="15">
-        <v>84</v>
+        <v>4994</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>595</v>
+        <v>596</v>
+      </c>
+      <c r="E208" s="15">
+        <v>10080067893</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K208" s="15">
-        <v>0.25819</v>
+        <v>0.11648</v>
       </c>
       <c r="L208" s="15">
-        <v>0.1868</v>
+        <v>0.10095</v>
       </c>
       <c r="M208" s="15">
-        <v>0.163</v>
+        <v>0.09705999999999999</v>
       </c>
       <c r="N208" s="15">
-        <v>968</v>
-[...2 lines deleted...]
-      <c r="P208" s="15"/>
+        <v>75</v>
+      </c>
+      <c r="O208" s="15">
+        <v>740</v>
+      </c>
+      <c r="P208" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E209" s="15">
-        <v>10080038266</v>
+        <v>10080066543</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>500</v>
       </c>
       <c r="K209" s="15">
-        <v>0.21522</v>
+        <v>0.24443</v>
       </c>
       <c r="L209" s="15">
-        <v>0.15571</v>
+        <v>0.17684</v>
       </c>
       <c r="M209" s="15">
-        <v>0.13588</v>
+        <v>0.15432</v>
       </c>
       <c r="N209" s="15">
-        <v>3413</v>
-[...2 lines deleted...]
-      <c r="P209" s="15"/>
+        <v>109</v>
+      </c>
+      <c r="O209" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P209" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>10080056206</v>
+        <v>600</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>601</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>500</v>
       </c>
       <c r="K210" s="15">
-        <v>0.2333</v>
+        <v>0.17937</v>
       </c>
       <c r="L210" s="15">
-        <v>0.20219</v>
+        <v>0.15545</v>
       </c>
       <c r="M210" s="15">
-        <v>0.19441</v>
+        <v>0.14948</v>
       </c>
       <c r="N210" s="15">
-        <v>1380</v>
-[...2 lines deleted...]
-      <c r="P210" s="15"/>
+        <v>1161</v>
+      </c>
+      <c r="O210" s="15">
+        <v>900</v>
+      </c>
+      <c r="P210" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="E211" s="15">
-        <v>10080064705</v>
+        <v>10080038266</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
-        <v>0.20906</v>
+        <v>0.15363</v>
       </c>
       <c r="L211" s="15">
-        <v>0.18118</v>
+        <v>0.13315</v>
       </c>
       <c r="M211" s="15">
-        <v>0.17421</v>
+        <v>0.12803</v>
       </c>
       <c r="N211" s="15">
-        <v>7322</v>
+        <v>3817</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="E212" s="15">
-        <v>10080046856</v>
+        <v>10080056206</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K212" s="15">
-        <v>0.9444900000000001</v>
+        <v>0.22941</v>
       </c>
       <c r="L212" s="15">
-        <v>0.6833399999999999</v>
+        <v>0.19882</v>
       </c>
       <c r="M212" s="15">
-        <v>0.59629</v>
+        <v>0.19118</v>
       </c>
       <c r="N212" s="15">
-        <v>1140</v>
+        <v>1340</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>606</v>
+        <v>607</v>
+      </c>
+      <c r="E213" s="15">
+        <v>10080064705</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
-        <v>0.37463</v>
+        <v>0.20906</v>
       </c>
       <c r="L213" s="15">
-        <v>0.27104</v>
+        <v>0.18118</v>
       </c>
       <c r="M213" s="15">
-        <v>0.23652</v>
+        <v>0.17421</v>
       </c>
       <c r="N213" s="15">
-        <v>1425</v>
+        <v>7322</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C214" s="15" t="s">
         <v>608</v>
       </c>
       <c r="D214" s="15" t="s">
         <v>609</v>
       </c>
       <c r="E214" s="15">
-        <v>10080053149</v>
+        <v>10080046856</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
-        <v>0.64842</v>
+        <v>0.62748</v>
       </c>
       <c r="L214" s="15">
-        <v>0.56196</v>
+        <v>0.54382</v>
       </c>
       <c r="M214" s="15">
-        <v>0.54035</v>
+        <v>0.5229</v>
       </c>
       <c r="N214" s="15">
-        <v>1327</v>
+        <v>1311</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>610</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>611</v>
       </c>
-      <c r="E215" s="15">
-        <v>10080049126</v>
+      <c r="E215" s="15" t="s">
+        <v>612</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I215" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I215" s="15" t="s">
+        <v>613</v>
+      </c>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
-        <v>0.56403</v>
+        <v>0.26322</v>
       </c>
       <c r="L215" s="15">
-        <v>0.48883</v>
+        <v>0.22812</v>
       </c>
       <c r="M215" s="15">
-        <v>0.47003</v>
+        <v>0.21935</v>
       </c>
       <c r="N215" s="15">
-        <v>999</v>
+        <v>1147</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="E216" s="15">
-        <v>10080056207</v>
+        <v>10080053149</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I216" s="15"/>
-      <c r="J216" s="15"/>
+      <c r="J216" s="15">
+        <v>250</v>
+      </c>
       <c r="K216" s="15">
-        <v>1.04</v>
+        <v>0.64842</v>
       </c>
       <c r="L216" s="15">
-        <v>0.6919</v>
+        <v>0.56196</v>
       </c>
       <c r="M216" s="15">
-        <v>0.6279</v>
+        <v>0.54035</v>
       </c>
       <c r="N216" s="15">
-        <v>170</v>
+        <v>909</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="E217" s="15">
-        <v>10080046857</v>
+        <v>10080049126</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K217" s="15">
-        <v>1.34</v>
+        <v>0.56403</v>
       </c>
       <c r="L217" s="15">
-        <v>0.9547099999999999</v>
+        <v>0.48883</v>
       </c>
       <c r="M217" s="15">
-        <v>0.85923</v>
+        <v>0.47003</v>
       </c>
       <c r="N217" s="15">
-        <v>260</v>
+        <v>700</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="E218" s="15">
-        <v>10080069814</v>
+        <v>10080056207</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I218" s="15"/>
-      <c r="J218" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J218" s="15"/>
       <c r="K218" s="15">
-        <v>0.34109</v>
+        <v>1.04</v>
       </c>
       <c r="L218" s="15">
-        <v>0.28425</v>
+        <v>0.6919</v>
       </c>
       <c r="M218" s="15">
-        <v>0.27287</v>
-[...1 lines deleted...]
-      <c r="N218" s="15"/>
+        <v>0.6279</v>
+      </c>
+      <c r="N218" s="15">
+        <v>196</v>
+      </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>620</v>
+        <v>621</v>
+      </c>
+      <c r="E219" s="15">
+        <v>10080046857</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I219" s="15"/>
       <c r="J219" s="15">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="K219" s="15">
-        <v>0.80576</v>
+        <v>0.95669</v>
       </c>
       <c r="L219" s="15">
-        <v>0.77073</v>
+        <v>0.82913</v>
       </c>
       <c r="M219" s="15">
-        <v>0.73569</v>
-[...1 lines deleted...]
-      <c r="N219" s="15"/>
+        <v>0.7972399999999999</v>
+      </c>
+      <c r="N219" s="15">
+        <v>189</v>
+      </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>622</v>
-[...1 lines deleted...]
-      <c r="E220" s="15" t="s">
         <v>623</v>
+      </c>
+      <c r="E220" s="15">
+        <v>10080069814</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>1000</v>
       </c>
       <c r="K220" s="15">
-        <v>0.07711999999999999</v>
+        <v>0.34109</v>
       </c>
       <c r="L220" s="15">
-        <v>0.0558</v>
+        <v>0.28425</v>
       </c>
       <c r="M220" s="15">
-        <v>0.04869</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27287</v>
+      </c>
+      <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>624</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>625</v>
       </c>
-      <c r="D221" s="15" t="s">
+      <c r="E221" s="15" t="s">
         <v>626</v>
-      </c>
-[...1 lines deleted...]
-        <v>627</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I221" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I221" s="15"/>
       <c r="J221" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K221" s="15">
-        <v>0.05288</v>
+        <v>0.80576</v>
       </c>
       <c r="L221" s="15">
-        <v>0.04583</v>
+        <v>0.77073</v>
       </c>
       <c r="M221" s="15">
-        <v>0.04406</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.73569</v>
+      </c>
+      <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>627</v>
+      </c>
+      <c r="D222" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="E222" s="15" t="s">
         <v>629</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080003161</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="J222" s="15">
         <v>1000</v>
       </c>
       <c r="K222" s="15">
-        <v>0.07842</v>
+        <v>0.05324</v>
       </c>
       <c r="L222" s="15">
-        <v>0.05674</v>
+        <v>0.04614</v>
       </c>
       <c r="M222" s="15">
-        <v>0.04951</v>
+        <v>0.04436</v>
       </c>
       <c r="N222" s="15">
-        <v>82764</v>
+        <v>1054</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>631</v>
+      </c>
+      <c r="D223" s="15" t="s">
         <v>632</v>
       </c>
-      <c r="D223" s="15" t="s">
+      <c r="E223" s="15" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010560</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I223" s="15"/>
+      <c r="I223" s="15" t="s">
+        <v>634</v>
+      </c>
       <c r="J223" s="15">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="K223" s="15">
-        <v>0.06045</v>
+        <v>0.05288</v>
       </c>
       <c r="L223" s="15">
-        <v>0.05239</v>
+        <v>0.04583</v>
       </c>
       <c r="M223" s="15">
-        <v>0.05038</v>
+        <v>0.04406</v>
       </c>
       <c r="N223" s="15">
-        <v>8967</v>
+        <v>1229</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>635</v>
-[...1 lines deleted...]
-      <c r="E224" s="15" t="s">
         <v>636</v>
+      </c>
+      <c r="E224" s="15">
+        <v>10080003161</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I224" s="15" t="s">
         <v>637</v>
       </c>
       <c r="J224" s="15">
         <v>1000</v>
       </c>
       <c r="K224" s="15">
-        <v>0.05334</v>
+        <v>0.05349</v>
       </c>
       <c r="L224" s="15">
-        <v>0.04623</v>
+        <v>0.04636</v>
       </c>
       <c r="M224" s="15">
-        <v>0.04445</v>
+        <v>0.04458</v>
       </c>
       <c r="N224" s="15">
-        <v>900</v>
+        <v>67131</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>638</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>639</v>
       </c>
       <c r="E225" s="15">
-        <v>10080069665</v>
+        <v>10080010560</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="K225" s="15">
-        <v>0.06818</v>
+        <v>0.05985</v>
       </c>
       <c r="L225" s="15">
-        <v>0.04933</v>
+        <v>0.05187</v>
       </c>
       <c r="M225" s="15">
-        <v>0.04305</v>
+        <v>0.04988</v>
       </c>
       <c r="N225" s="15">
-        <v>122</v>
+        <v>8170</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>640</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>641</v>
       </c>
-      <c r="E226" s="15">
-        <v>10080026651</v>
+      <c r="E226" s="15" t="s">
+        <v>642</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J226" s="15">
         <v>1000</v>
       </c>
       <c r="K226" s="15">
-        <v>0.07181</v>
+        <v>0.05334</v>
       </c>
       <c r="L226" s="15">
-        <v>0.05195</v>
+        <v>0.04623</v>
       </c>
       <c r="M226" s="15">
-        <v>0.04533</v>
+        <v>0.04445</v>
       </c>
       <c r="N226" s="15">
-        <v>6995</v>
+        <v>850</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>644</v>
-[...1 lines deleted...]
-      <c r="E227" s="15" t="s">
         <v>645</v>
+      </c>
+      <c r="E227" s="15">
+        <v>10080069665</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I227" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>1000</v>
       </c>
       <c r="K227" s="15">
-        <v>0.0501</v>
+        <v>0.04695</v>
       </c>
       <c r="L227" s="15">
-        <v>0.04342</v>
+        <v>0.04069</v>
       </c>
       <c r="M227" s="15">
-        <v>0.04175</v>
+        <v>0.03913</v>
       </c>
       <c r="N227" s="15">
-        <v>880</v>
+        <v>121</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D228" s="15" t="s">
         <v>647</v>
       </c>
-      <c r="D228" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E228" s="15">
-        <v>10080047947</v>
+        <v>10080026651</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I228" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I228" s="15" t="s">
+        <v>648</v>
+      </c>
       <c r="J228" s="15">
         <v>1000</v>
       </c>
       <c r="K228" s="15">
-        <v>0.0533</v>
+        <v>0.04772</v>
       </c>
       <c r="L228" s="15">
-        <v>0.04619</v>
+        <v>0.04135</v>
       </c>
       <c r="M228" s="15">
-        <v>0.04441</v>
+        <v>0.03976</v>
       </c>
       <c r="N228" s="15">
-        <v>3265</v>
+        <v>6607</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>649</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>650</v>
       </c>
-      <c r="E229" s="15">
-        <v>10080003165</v>
+      <c r="E229" s="15" t="s">
+        <v>651</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="J229" s="15">
         <v>1000</v>
       </c>
       <c r="K229" s="15">
-        <v>0.09589</v>
+        <v>0.0501</v>
       </c>
       <c r="L229" s="15">
-        <v>0.06938</v>
+        <v>0.04342</v>
       </c>
       <c r="M229" s="15">
-        <v>0.06054</v>
+        <v>0.04175</v>
       </c>
       <c r="N229" s="15">
-        <v>188186</v>
+        <v>870</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="E230" s="15" t="s">
         <v>654</v>
+      </c>
+      <c r="E230" s="15">
+        <v>10080047947</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I230" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I230" s="15"/>
       <c r="J230" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K230" s="15">
-        <v>0.06632</v>
+        <v>0.0533</v>
       </c>
       <c r="L230" s="15">
-        <v>0.05747</v>
+        <v>0.04619</v>
       </c>
       <c r="M230" s="15">
-        <v>0.05526</v>
+        <v>0.04441</v>
       </c>
       <c r="N230" s="15">
-        <v>2072</v>
+        <v>2708</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C231" s="15" t="s">
+        <v>655</v>
+      </c>
+      <c r="D231" s="15" t="s">
         <v>656</v>
       </c>
-      <c r="D231" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E231" s="15">
-        <v>10080039269</v>
+        <v>10080003165</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I231" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I231" s="15" t="s">
+        <v>657</v>
+      </c>
       <c r="J231" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K231" s="15">
-        <v>0.11173</v>
+        <v>0.066</v>
       </c>
       <c r="L231" s="15">
-        <v>0.08084</v>
+        <v>0.0572</v>
       </c>
       <c r="M231" s="15">
-        <v>0.07054000000000001</v>
+        <v>0.055</v>
       </c>
       <c r="N231" s="15">
-        <v>6235</v>
+        <v>129663</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C232" s="15" t="s">
         <v>658</v>
       </c>
       <c r="D232" s="15" t="s">
         <v>659</v>
       </c>
-      <c r="E232" s="15">
-        <v>10080048233</v>
+      <c r="E232" s="15" t="s">
+        <v>660</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I232" s="15" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J232" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K232" s="15">
-        <v>0.07889</v>
+        <v>0.06632</v>
       </c>
       <c r="L232" s="15">
-        <v>0.06837</v>
+        <v>0.05747</v>
       </c>
       <c r="M232" s="15">
-        <v>0.06574000000000001</v>
+        <v>0.05526</v>
       </c>
       <c r="N232" s="15">
-        <v>8342</v>
-[...6 lines deleted...]
-      </c>
+        <v>1954</v>
+      </c>
+      <c r="O232" s="15"/>
+      <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>662</v>
-[...1 lines deleted...]
-      <c r="E233" s="15" t="s">
         <v>663</v>
+      </c>
+      <c r="E233" s="15">
+        <v>10080039269</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I233" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>2000</v>
       </c>
       <c r="K233" s="15">
-        <v>0.07542</v>
+        <v>0.07668</v>
       </c>
       <c r="L233" s="15">
-        <v>0.06536</v>
+        <v>0.06646000000000001</v>
       </c>
       <c r="M233" s="15">
-        <v>0.06285</v>
+        <v>0.0639</v>
       </c>
       <c r="N233" s="15">
-        <v>6892</v>
+        <v>5365</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>664</v>
+      </c>
+      <c r="D234" s="15" t="s">
         <v>665</v>
       </c>
-      <c r="D234" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E234" s="15">
-        <v>10080006096</v>
+        <v>10080048233</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>667</v>
+        <v>666</v>
       </c>
       <c r="J234" s="15">
         <v>1000</v>
       </c>
       <c r="K234" s="15">
-        <v>0.10551</v>
+        <v>0.0776</v>
       </c>
       <c r="L234" s="15">
-        <v>0.07633</v>
+        <v>0.06725</v>
       </c>
       <c r="M234" s="15">
-        <v>0.06661</v>
+        <v>0.06466</v>
       </c>
       <c r="N234" s="15">
-        <v>20259</v>
-[...2 lines deleted...]
-      <c r="P234" s="15"/>
+        <v>6264</v>
+      </c>
+      <c r="O234" s="15">
+        <v>7200</v>
+      </c>
+      <c r="P234" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C235" s="15" t="s">
+        <v>667</v>
+      </c>
+      <c r="D235" s="15" t="s">
         <v>668</v>
       </c>
-      <c r="D235" s="15" t="s">
+      <c r="E235" s="15" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>671</v>
+        <v>670</v>
       </c>
       <c r="J235" s="15">
         <v>2000</v>
       </c>
       <c r="K235" s="15">
-        <v>0.07199</v>
+        <v>0.07542</v>
       </c>
       <c r="L235" s="15">
-        <v>0.06239</v>
+        <v>0.06536</v>
       </c>
       <c r="M235" s="15">
-        <v>0.05999</v>
+        <v>0.06285</v>
       </c>
       <c r="N235" s="15">
-        <v>6720</v>
+        <v>5370</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="D236" s="15" t="s">
         <v>672</v>
       </c>
-      <c r="D236" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E236" s="15">
-        <v>10080040579</v>
+        <v>10080006096</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I236" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I236" s="15" t="s">
+        <v>673</v>
+      </c>
       <c r="J236" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K236" s="15">
-        <v>0.09568</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L236" s="15">
-        <v>0.05521</v>
+        <v>0.06296</v>
       </c>
       <c r="M236" s="15">
-        <v>0.04969</v>
-[...1 lines deleted...]
-      <c r="N236" s="15"/>
+        <v>0.06054</v>
+      </c>
+      <c r="N236" s="15">
+        <v>13957</v>
+      </c>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C237" s="15" t="s">
         <v>674</v>
       </c>
       <c r="D237" s="15" t="s">
         <v>675</v>
       </c>
-      <c r="E237" s="15">
-        <v>10080067215</v>
+      <c r="E237" s="15" t="s">
+        <v>676</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I237" s="15"/>
+      <c r="I237" s="15" t="s">
+        <v>677</v>
+      </c>
       <c r="J237" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K237" s="15">
-        <v>0.09014</v>
+        <v>0.07199</v>
       </c>
       <c r="L237" s="15">
-        <v>0.06522</v>
+        <v>0.06239</v>
       </c>
       <c r="M237" s="15">
-        <v>0.0569</v>
+        <v>0.05999</v>
       </c>
       <c r="N237" s="15">
-        <v>3991</v>
+        <v>6020</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="E238" s="15">
-        <v>10080003162</v>
+        <v>10080040579</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I238" s="15"/>
       <c r="J238" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K238" s="15">
-        <v>0.08463</v>
+        <v>0.09568</v>
       </c>
       <c r="L238" s="15">
-        <v>0.07335</v>
+        <v>0.05521</v>
       </c>
       <c r="M238" s="15">
-        <v>0.07053</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04969</v>
+      </c>
+      <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>680</v>
-[...1 lines deleted...]
-      <c r="E239" s="15" t="s">
         <v>681</v>
+      </c>
+      <c r="E239" s="15">
+        <v>10080067215</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I239" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I239" s="15"/>
       <c r="J239" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K239" s="15">
-        <v>0.08351</v>
+        <v>0.09014</v>
       </c>
       <c r="L239" s="15">
-        <v>0.07237</v>
+        <v>0.06522</v>
       </c>
       <c r="M239" s="15">
-        <v>0.06959</v>
+        <v>0.0569</v>
       </c>
       <c r="N239" s="15">
-        <v>740</v>
+        <v>4686</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>682</v>
+      </c>
+      <c r="D240" s="15" t="s">
         <v>683</v>
       </c>
-      <c r="D240" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240" s="15">
-        <v>10080040580</v>
+        <v>10080003162</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I240" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I240" s="15" t="s">
+        <v>684</v>
+      </c>
       <c r="J240" s="15">
         <v>1000</v>
       </c>
       <c r="K240" s="15">
-        <v>0.10772</v>
+        <v>0.0824</v>
       </c>
       <c r="L240" s="15">
-        <v>0.07793</v>
+        <v>0.07141</v>
       </c>
       <c r="M240" s="15">
-        <v>0.06801</v>
+        <v>0.06866</v>
       </c>
       <c r="N240" s="15">
-        <v>2019</v>
+        <v>27000</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C241" s="15" t="s">
         <v>685</v>
       </c>
       <c r="D241" s="15" t="s">
         <v>686</v>
       </c>
       <c r="E241" s="15" t="s">
         <v>687</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I241" s="15" t="s">
         <v>688</v>
       </c>
       <c r="J241" s="15">
         <v>1000</v>
       </c>
       <c r="K241" s="15">
-        <v>0.09999</v>
+        <v>0.08351</v>
       </c>
       <c r="L241" s="15">
-        <v>0.08666</v>
+        <v>0.07237</v>
       </c>
       <c r="M241" s="15">
-        <v>0.08333</v>
+        <v>0.06959</v>
       </c>
       <c r="N241" s="15">
-        <v>730</v>
+        <v>800</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C242" s="15" t="s">
         <v>689</v>
       </c>
       <c r="D242" s="15" t="s">
         <v>690</v>
       </c>
       <c r="E242" s="15">
-        <v>10080050059</v>
+        <v>10080040580</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>1000</v>
       </c>
       <c r="K242" s="15">
-        <v>0.10118</v>
+        <v>0.0731</v>
       </c>
       <c r="L242" s="15">
-        <v>0.08769</v>
+        <v>0.06335</v>
       </c>
       <c r="M242" s="15">
-        <v>0.08431</v>
+        <v>0.06091</v>
       </c>
       <c r="N242" s="15">
-        <v>2584</v>
+        <v>1890</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="D243" s="15" t="s">
         <v>692</v>
       </c>
-      <c r="D243" s="15" t="s">
+      <c r="E243" s="15" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080031651</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I243" s="15" t="s">
         <v>694</v>
       </c>
       <c r="J243" s="15">
         <v>1000</v>
       </c>
       <c r="K243" s="15">
-        <v>0.14285</v>
+        <v>0.09999</v>
       </c>
       <c r="L243" s="15">
-        <v>0.10335</v>
+        <v>0.08666</v>
       </c>
       <c r="M243" s="15">
-        <v>0.09019000000000001</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.08333</v>
+      </c>
+      <c r="N243" s="15">
+        <v>730</v>
+      </c>
+      <c r="O243" s="15"/>
+      <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>695</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>696</v>
       </c>
-      <c r="E244" s="15" t="s">
-        <v>697</v>
+      <c r="E244" s="15">
+        <v>10080050059</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="J244" s="15">
         <v>1000</v>
       </c>
       <c r="K244" s="15">
-        <v>0.09891</v>
+        <v>0.09987</v>
       </c>
       <c r="L244" s="15">
-        <v>0.08572</v>
+        <v>0.08655</v>
       </c>
       <c r="M244" s="15">
-        <v>0.08243</v>
-[...1 lines deleted...]
-      <c r="N244" s="15"/>
+        <v>0.08323</v>
+      </c>
+      <c r="N244" s="15">
+        <v>3270</v>
+      </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="D245" s="15" t="s">
         <v>699</v>
       </c>
-      <c r="D245" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E245" s="15">
-        <v>10080035099</v>
+        <v>10080031651</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>701</v>
+        <v>700</v>
       </c>
       <c r="J245" s="15">
         <v>1000</v>
       </c>
       <c r="K245" s="15">
-        <v>0.1468</v>
+        <v>0.09918</v>
       </c>
       <c r="L245" s="15">
-        <v>0.10621</v>
+        <v>0.08595999999999999</v>
       </c>
       <c r="M245" s="15">
-        <v>0.09268</v>
+        <v>0.08265</v>
       </c>
       <c r="N245" s="15"/>
-      <c r="O245" s="15"/>
-      <c r="P245" s="15"/>
+      <c r="O245" s="15">
+        <v>8200</v>
+      </c>
+      <c r="P245" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>701</v>
+      </c>
+      <c r="D246" s="15" t="s">
         <v>702</v>
       </c>
-      <c r="D246" s="15" t="s">
+      <c r="E246" s="15" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="I246" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="I246" s="15" t="s">
+        <v>704</v>
+      </c>
       <c r="J246" s="15">
         <v>1000</v>
       </c>
       <c r="K246" s="15">
-        <v>0.08499</v>
+        <v>0.09891</v>
       </c>
       <c r="L246" s="15">
-        <v>0.08006000000000001</v>
+        <v>0.08572</v>
       </c>
       <c r="M246" s="15">
-        <v>0.07759000000000001</v>
+        <v>0.08243</v>
       </c>
       <c r="N246" s="15"/>
-      <c r="O246" s="15"/>
-      <c r="P246" s="15"/>
+      <c r="O246" s="15">
+        <v>8500</v>
+      </c>
+      <c r="P246" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>705</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>706</v>
       </c>
       <c r="E247" s="15">
-        <v>10080003163</v>
+        <v>10080035099</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I247" s="15" t="s">
         <v>707</v>
       </c>
       <c r="J247" s="15">
         <v>1000</v>
       </c>
       <c r="K247" s="15">
-        <v>0.14791</v>
+        <v>0.0975</v>
       </c>
       <c r="L247" s="15">
-        <v>0.10701</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M247" s="15">
-        <v>0.09338</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.08125</v>
+      </c>
+      <c r="N247" s="15"/>
+      <c r="O247" s="15"/>
+      <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>708</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>709</v>
       </c>
       <c r="E248" s="15" t="s">
         <v>710</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>1000</v>
       </c>
       <c r="K248" s="15">
-        <v>0.10301</v>
+        <v>0.08499</v>
       </c>
       <c r="L248" s="15">
-        <v>0.08927</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="M248" s="15">
-        <v>0.08584</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07759000000000001</v>
+      </c>
+      <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C249" s="15" t="s">
+        <v>711</v>
+      </c>
+      <c r="D249" s="15" t="s">
         <v>712</v>
       </c>
-      <c r="D249" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E249" s="15">
-        <v>10080040581</v>
+        <v>10080003163</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I249" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I249" s="15" t="s">
+        <v>713</v>
+      </c>
       <c r="J249" s="15">
         <v>1000</v>
       </c>
       <c r="K249" s="15">
-        <v>0.15101</v>
+        <v>0.10158</v>
       </c>
       <c r="L249" s="15">
-        <v>0.10926</v>
+        <v>0.08803999999999999</v>
       </c>
       <c r="M249" s="15">
-        <v>0.09533999999999999</v>
+        <v>0.08465</v>
       </c>
       <c r="N249" s="15">
-        <v>5143</v>
-[...2 lines deleted...]
-      <c r="P249" s="15"/>
+        <v>28101</v>
+      </c>
+      <c r="O249" s="15">
+        <v>36000</v>
+      </c>
+      <c r="P249" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>714</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>715</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>716</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I250" s="15" t="s">
         <v>717</v>
       </c>
       <c r="J250" s="15">
         <v>1000</v>
       </c>
       <c r="K250" s="15">
-        <v>0.11574</v>
+        <v>0.10301</v>
       </c>
       <c r="L250" s="15">
-        <v>0.10031</v>
+        <v>0.08927</v>
       </c>
       <c r="M250" s="15">
-        <v>0.09644999999999999</v>
+        <v>0.08584</v>
       </c>
       <c r="N250" s="15">
-        <v>522</v>
-[...6 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="O250" s="15"/>
+      <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>718</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>719</v>
       </c>
-      <c r="E251" s="15" t="s">
-        <v>720</v>
+      <c r="E251" s="15">
+        <v>10080040581</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I251" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>1000</v>
       </c>
       <c r="K251" s="15">
-        <v>0.11145</v>
+        <v>0.10422</v>
       </c>
       <c r="L251" s="15">
-        <v>0.09659</v>
+        <v>0.09032</v>
       </c>
       <c r="M251" s="15">
-        <v>0.09288</v>
-[...1 lines deleted...]
-      <c r="N251" s="15"/>
+        <v>0.08685</v>
+      </c>
+      <c r="N251" s="15">
+        <v>6278</v>
+      </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>720</v>
+      </c>
+      <c r="D252" s="15" t="s">
+        <v>721</v>
+      </c>
+      <c r="E252" s="15" t="s">
         <v>722</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080003164</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>724</v>
+        <v>723</v>
       </c>
       <c r="J252" s="15">
         <v>1000</v>
       </c>
       <c r="K252" s="15">
-        <v>0.17551</v>
+        <v>0.11304</v>
       </c>
       <c r="L252" s="15">
-        <v>0.12698</v>
+        <v>0.09797</v>
       </c>
       <c r="M252" s="15">
-        <v>0.11081</v>
-[...1 lines deleted...]
-      <c r="N252" s="15"/>
+        <v>0.09420000000000001</v>
+      </c>
+      <c r="N252" s="15">
+        <v>655</v>
+      </c>
       <c r="O252" s="15">
-        <v>34000</v>
+        <v>2670</v>
       </c>
       <c r="P252" s="15" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>724</v>
+      </c>
+      <c r="D253" s="15" t="s">
         <v>725</v>
       </c>
-      <c r="D253" s="15" t="s">
+      <c r="E253" s="15" t="s">
         <v>726</v>
-      </c>
-[...1 lines deleted...]
-        <v>727</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="J253" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K253" s="15">
-        <v>0.12251</v>
+        <v>0.11145</v>
       </c>
       <c r="L253" s="15">
-        <v>0.10617</v>
+        <v>0.09659</v>
       </c>
       <c r="M253" s="15">
-        <v>0.10209</v>
+        <v>0.09288</v>
       </c>
       <c r="N253" s="15"/>
-      <c r="O253" s="15"/>
-      <c r="P253" s="15"/>
+      <c r="O253" s="15">
+        <v>1460</v>
+      </c>
+      <c r="P253" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>728</v>
+      </c>
+      <c r="D254" s="15" t="s">
         <v>729</v>
       </c>
-      <c r="D254" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E254" s="15">
-        <v>10080040582</v>
+        <v>10080003164</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I254" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I254" s="15" t="s">
+        <v>730</v>
+      </c>
       <c r="J254" s="15">
         <v>1000</v>
       </c>
       <c r="K254" s="15">
-        <v>0.18198</v>
+        <v>0.12054</v>
       </c>
       <c r="L254" s="15">
-        <v>0.13166</v>
+        <v>0.10447</v>
       </c>
       <c r="M254" s="15">
-        <v>0.11489</v>
+        <v>0.10045</v>
       </c>
       <c r="N254" s="15"/>
-      <c r="O254" s="15"/>
-      <c r="P254" s="15"/>
+      <c r="O254" s="15">
+        <v>32800</v>
+      </c>
+      <c r="P254" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C255" s="15" t="s">
         <v>731</v>
       </c>
       <c r="D255" s="15" t="s">
         <v>732</v>
       </c>
       <c r="E255" s="15" t="s">
         <v>733</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I255" s="15"/>
+      <c r="I255" s="15" t="s">
+        <v>734</v>
+      </c>
       <c r="J255" s="15">
         <v>500</v>
       </c>
       <c r="K255" s="15">
-        <v>0.1785</v>
+        <v>0.12251</v>
       </c>
       <c r="L255" s="15">
-        <v>0.12915</v>
+        <v>0.10617</v>
       </c>
       <c r="M255" s="15">
-        <v>0.1127</v>
+        <v>0.10209</v>
       </c>
       <c r="N255" s="15"/>
-      <c r="O255" s="15"/>
-      <c r="P255" s="15"/>
+      <c r="O255" s="15">
+        <v>8600</v>
+      </c>
+      <c r="P255" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="E256" s="15" t="s">
         <v>736</v>
+      </c>
+      <c r="E256" s="15">
+        <v>10080040582</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K256" s="15">
-        <v>0.17308</v>
+        <v>0.1236</v>
       </c>
       <c r="L256" s="15">
-        <v>0.12522</v>
+        <v>0.10712</v>
       </c>
       <c r="M256" s="15">
-        <v>0.10927</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.103</v>
+      </c>
+      <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>737</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>738</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>739</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I257" s="15"/>
       <c r="J257" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K257" s="15">
-        <v>0.1496</v>
+        <v>0.12773</v>
       </c>
       <c r="L257" s="15">
-        <v>0.12965</v>
+        <v>0.1107</v>
       </c>
       <c r="M257" s="15">
-        <v>0.12466</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.10644</v>
+      </c>
+      <c r="N257" s="15"/>
+      <c r="O257" s="15"/>
+      <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C258" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="D258" s="15" t="s">
         <v>741</v>
       </c>
-      <c r="D258" s="15" t="s">
+      <c r="E258" s="15" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I258" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I258" s="15"/>
       <c r="J258" s="15">
         <v>500</v>
       </c>
       <c r="K258" s="15">
-        <v>0.13214</v>
+        <v>0.17308</v>
       </c>
       <c r="L258" s="15">
-        <v>0.11452</v>
+        <v>0.12522</v>
       </c>
       <c r="M258" s="15">
-        <v>0.11011</v>
+        <v>0.10927</v>
       </c>
       <c r="N258" s="15">
-        <v>135</v>
+        <v>432</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>743</v>
+      </c>
+      <c r="D259" s="15" t="s">
+        <v>744</v>
+      </c>
+      <c r="E259" s="15" t="s">
         <v>745</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080003166</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="J259" s="15">
         <v>1000</v>
       </c>
       <c r="K259" s="15">
-        <v>0.19478</v>
+        <v>0.1496</v>
       </c>
       <c r="L259" s="15">
-        <v>0.14092</v>
+        <v>0.12965</v>
       </c>
       <c r="M259" s="15">
-        <v>0.12297</v>
+        <v>0.12466</v>
       </c>
       <c r="N259" s="15">
-        <v>12378</v>
+        <v>354</v>
       </c>
       <c r="O259" s="15">
-        <v>4300</v>
+        <v>1240</v>
       </c>
       <c r="P259" s="15" t="s">
-        <v>358</v>
+        <v>392</v>
       </c>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>747</v>
+      </c>
+      <c r="D260" s="15" t="s">
         <v>748</v>
       </c>
-      <c r="D260" s="15" t="s">
+      <c r="E260" s="15" t="s">
         <v>749</v>
-      </c>
-[...1 lines deleted...]
-        <v>750</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>751</v>
+        <v>750</v>
       </c>
       <c r="J260" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K260" s="15">
-        <v>0.13622</v>
+        <v>0.13214</v>
       </c>
       <c r="L260" s="15">
-        <v>0.11805</v>
+        <v>0.11452</v>
       </c>
       <c r="M260" s="15">
-        <v>0.11351</v>
+        <v>0.11011</v>
       </c>
       <c r="N260" s="15">
-        <v>3200</v>
-[...2 lines deleted...]
-      <c r="P260" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="O260" s="15">
+        <v>700</v>
+      </c>
+      <c r="P260" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>751</v>
+      </c>
+      <c r="D261" s="15" t="s">
         <v>752</v>
       </c>
-      <c r="D261" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E261" s="15">
-        <v>10080039172</v>
+        <v>10080003166</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I261" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I261" s="15" t="s">
+        <v>753</v>
+      </c>
       <c r="J261" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K261" s="15">
-        <v>0.14093</v>
+        <v>0.1298</v>
       </c>
       <c r="L261" s="15">
-        <v>0.12214</v>
+        <v>0.11249</v>
       </c>
       <c r="M261" s="15">
-        <v>0.11744</v>
+        <v>0.10816</v>
       </c>
       <c r="N261" s="15">
-        <v>8995</v>
-[...2 lines deleted...]
-      <c r="P261" s="15"/>
+        <v>10178</v>
+      </c>
+      <c r="O261" s="15">
+        <v>3800</v>
+      </c>
+      <c r="P261" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>754</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>755</v>
       </c>
-      <c r="E262" s="15">
-        <v>10080045772</v>
+      <c r="E262" s="15" t="s">
+        <v>756</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="J262" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K262" s="15">
-        <v>0.28279</v>
+        <v>0.13622</v>
       </c>
       <c r="L262" s="15">
-        <v>0.2046</v>
+        <v>0.11805</v>
       </c>
       <c r="M262" s="15">
-        <v>0.17854</v>
+        <v>0.11351</v>
       </c>
       <c r="N262" s="15">
-        <v>24481</v>
+        <v>4100</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>758</v>
-[...1 lines deleted...]
-      <c r="E263" s="15" t="s">
         <v>759</v>
+      </c>
+      <c r="E263" s="15">
+        <v>10080039172</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I263" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>500</v>
       </c>
       <c r="K263" s="15">
-        <v>0.1959</v>
+        <v>0.14093</v>
       </c>
       <c r="L263" s="15">
-        <v>0.16978</v>
+        <v>0.12214</v>
       </c>
       <c r="M263" s="15">
-        <v>0.16325</v>
+        <v>0.11744</v>
       </c>
       <c r="N263" s="15">
-        <v>700</v>
+        <v>8741</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C264" s="15" t="s">
+        <v>760</v>
+      </c>
+      <c r="D264" s="15" t="s">
         <v>761</v>
       </c>
-      <c r="D264" s="15" t="s">
-[...3 lines deleted...]
-        <v>763</v>
+      <c r="E264" s="15">
+        <v>10080045772</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I264" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I264" s="15" t="s">
+        <v>762</v>
+      </c>
       <c r="J264" s="15">
         <v>500</v>
       </c>
       <c r="K264" s="15">
-        <v>0.20082</v>
+        <v>0.19421</v>
       </c>
       <c r="L264" s="15">
-        <v>0.17404</v>
+        <v>0.16831</v>
       </c>
       <c r="M264" s="15">
-        <v>0.16735</v>
-[...1 lines deleted...]
-      <c r="N264" s="15"/>
+        <v>0.16184</v>
+      </c>
+      <c r="N264" s="15">
+        <v>23551</v>
+      </c>
       <c r="O264" s="15"/>
-      <c r="P264" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>763</v>
+      </c>
+      <c r="D265" s="15" t="s">
         <v>764</v>
       </c>
-      <c r="D265" s="15" t="s">
+      <c r="E265" s="15" t="s">
         <v>765</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034287</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>766</v>
       </c>
       <c r="J265" s="15">
         <v>500</v>
       </c>
       <c r="K265" s="15">
-        <v>0.22599</v>
+        <v>0.1959</v>
       </c>
       <c r="L265" s="15">
-        <v>0.19586</v>
+        <v>0.16978</v>
       </c>
       <c r="M265" s="15">
-        <v>0.18833</v>
+        <v>0.16325</v>
       </c>
       <c r="N265" s="15">
-        <v>1020</v>
-[...6 lines deleted...]
-      </c>
+        <v>650</v>
+      </c>
+      <c r="O265" s="15"/>
+      <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>767</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>768</v>
       </c>
       <c r="E266" s="15" t="s">
         <v>769</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I266" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I266" s="15"/>
       <c r="J266" s="15">
         <v>500</v>
       </c>
       <c r="K266" s="15">
-        <v>0.22292</v>
+        <v>0.19307</v>
       </c>
       <c r="L266" s="15">
-        <v>0.19319</v>
+        <v>0.16732</v>
       </c>
       <c r="M266" s="15">
-        <v>0.18576</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.16089</v>
+      </c>
+      <c r="N266" s="15"/>
       <c r="O266" s="15"/>
-      <c r="P266" s="15"/>
+      <c r="P266" s="15" t="s">
+        <v>419</v>
+      </c>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C267" s="15" t="s">
+        <v>770</v>
+      </c>
+      <c r="D267" s="15" t="s">
         <v>771</v>
       </c>
-      <c r="D267" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E267" s="15">
-        <v>10080051423</v>
+        <v>10080034287</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>773</v>
+        <v>772</v>
       </c>
       <c r="J267" s="15">
         <v>500</v>
       </c>
       <c r="K267" s="15">
-        <v>0.40395</v>
+        <v>0.21924</v>
       </c>
       <c r="L267" s="15">
-        <v>0.29226</v>
+        <v>0.19001</v>
       </c>
       <c r="M267" s="15">
-        <v>0.25503</v>
+        <v>0.1827</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15">
-        <v>1580</v>
+        <v>3700</v>
       </c>
       <c r="P267" s="15" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C268" s="15" t="s">
+        <v>773</v>
+      </c>
+      <c r="D268" s="15" t="s">
         <v>774</v>
       </c>
-      <c r="D268" s="15" t="s">
+      <c r="E268" s="15" t="s">
         <v>775</v>
-      </c>
-[...1 lines deleted...]
-        <v>776</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I268" s="15" t="s">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="J268" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K268" s="15">
-        <v>0.28058</v>
+        <v>0.22292</v>
       </c>
       <c r="L268" s="15">
-        <v>0.24317</v>
+        <v>0.19319</v>
       </c>
       <c r="M268" s="15">
-        <v>0.23381</v>
+        <v>0.18576</v>
       </c>
       <c r="N268" s="15">
-        <v>610</v>
+        <v>840</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C269" s="15" t="s">
+        <v>777</v>
+      </c>
+      <c r="D269" s="15" t="s">
         <v>778</v>
       </c>
-      <c r="D269" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E269" s="15">
-        <v>10080019221</v>
+        <v>10080051423</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>780</v>
+        <v>779</v>
       </c>
       <c r="J269" s="15">
         <v>500</v>
       </c>
       <c r="K269" s="15">
-        <v>0.42295</v>
+        <v>0.27789</v>
       </c>
       <c r="L269" s="15">
-        <v>0.30601</v>
+        <v>0.24084</v>
       </c>
       <c r="M269" s="15">
-        <v>0.26703</v>
-[...5 lines deleted...]
-      <c r="P269" s="15"/>
+        <v>0.23158</v>
+      </c>
+      <c r="N269" s="15"/>
+      <c r="O269" s="15">
+        <v>1460</v>
+      </c>
+      <c r="P269" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C270" s="15" t="s">
+        <v>780</v>
+      </c>
+      <c r="D270" s="15" t="s">
         <v>781</v>
       </c>
-      <c r="D270" s="15" t="s">
+      <c r="E270" s="15" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="J270" s="15">
         <v>250</v>
       </c>
       <c r="K270" s="15">
-        <v>0.29555</v>
+        <v>0.28058</v>
       </c>
       <c r="L270" s="15">
-        <v>0.25614</v>
+        <v>0.24317</v>
       </c>
       <c r="M270" s="15">
-        <v>0.24629</v>
+        <v>0.23381</v>
       </c>
       <c r="N270" s="15">
-        <v>750</v>
+        <v>650</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>784</v>
+      </c>
+      <c r="D271" s="15" t="s">
         <v>785</v>
       </c>
-      <c r="D271" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E271" s="15">
-        <v>10080056877</v>
+        <v>10080019221</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I271" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I271" s="15" t="s">
+        <v>786</v>
+      </c>
       <c r="J271" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K271" s="15">
-        <v>0.40729</v>
+        <v>0.29061</v>
       </c>
       <c r="L271" s="15">
-        <v>0.29467</v>
+        <v>0.25186</v>
       </c>
       <c r="M271" s="15">
-        <v>0.25714</v>
-[...1 lines deleted...]
-      <c r="N271" s="15"/>
+        <v>0.24218</v>
+      </c>
+      <c r="N271" s="15">
+        <v>1790</v>
+      </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C272" s="15" t="s">
         <v>787</v>
       </c>
       <c r="D272" s="15" t="s">
         <v>788</v>
       </c>
-      <c r="E272" s="15">
-        <v>10080047287</v>
+      <c r="E272" s="15" t="s">
+        <v>789</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="J272" s="15">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="K272" s="15">
-        <v>0.36152</v>
+        <v>0.29555</v>
       </c>
       <c r="L272" s="15">
-        <v>0.31331</v>
+        <v>0.25614</v>
       </c>
       <c r="M272" s="15">
-        <v>0.30126</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.24629</v>
+      </c>
+      <c r="N272" s="15">
+        <v>720</v>
+      </c>
+      <c r="O272" s="15"/>
+      <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>791</v>
-[...1 lines deleted...]
-      <c r="E273" s="15" t="s">
         <v>792</v>
+      </c>
+      <c r="E273" s="15">
+        <v>10080056877</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I273" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I273" s="15"/>
       <c r="J273" s="15">
         <v>250</v>
       </c>
       <c r="K273" s="15">
-        <v>0.34845</v>
+        <v>0.27798</v>
       </c>
       <c r="L273" s="15">
-        <v>0.30199</v>
+        <v>0.24092</v>
       </c>
       <c r="M273" s="15">
-        <v>0.29038</v>
+        <v>0.23165</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>793</v>
+      </c>
+      <c r="D274" s="15" t="s">
         <v>794</v>
       </c>
-      <c r="D274" s="15" t="s">
-[...3 lines deleted...]
-        <v>796</v>
+      <c r="E274" s="15">
+        <v>10080047287</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="I274" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I274" s="15" t="s">
+        <v>795</v>
+      </c>
       <c r="J274" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K274" s="15">
-        <v>0.85407</v>
+        <v>0.36152</v>
       </c>
       <c r="L274" s="15">
-        <v>0.71631</v>
+        <v>0.31331</v>
       </c>
       <c r="M274" s="15">
-        <v>0.68877</v>
+        <v>0.30126</v>
       </c>
       <c r="N274" s="15"/>
-      <c r="O274" s="15"/>
-      <c r="P274" s="15"/>
+      <c r="O274" s="15">
+        <v>1620</v>
+      </c>
+      <c r="P274" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C275" s="15" t="s">
+        <v>796</v>
+      </c>
+      <c r="D275" s="15" t="s">
         <v>797</v>
       </c>
-      <c r="D275" s="15" t="s">
+      <c r="E275" s="15" t="s">
         <v>798</v>
-      </c>
-[...1 lines deleted...]
-        <v>799</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I275" s="15"/>
+      <c r="I275" s="15" t="s">
+        <v>799</v>
+      </c>
       <c r="J275" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K275" s="15">
-        <v>0.05924</v>
+        <v>0.34845</v>
       </c>
       <c r="L275" s="15">
-        <v>0.04286</v>
+        <v>0.30199</v>
       </c>
       <c r="M275" s="15">
-        <v>0.0374</v>
-[...5 lines deleted...]
-      <c r="P275" s="15"/>
+        <v>0.29038</v>
+      </c>
+      <c r="N275" s="15"/>
+      <c r="O275" s="15">
+        <v>1500</v>
+      </c>
+      <c r="P275" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>800</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>801</v>
       </c>
       <c r="E276" s="15" t="s">
         <v>802</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
-        <v>33</v>
+        <v>505</v>
       </c>
       <c r="I276" s="15"/>
       <c r="J276" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K276" s="15">
-        <v>0.07692</v>
+        <v>0.85407</v>
       </c>
       <c r="L276" s="15">
-        <v>0.05495</v>
+        <v>0.71631</v>
       </c>
       <c r="M276" s="15">
-        <v>0.04945</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.68877</v>
+      </c>
+      <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>803</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>804</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>805</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>1000</v>
       </c>
       <c r="K277" s="15">
-        <v>0.08467</v>
+        <v>0.04092</v>
       </c>
       <c r="L277" s="15">
-        <v>0.06126</v>
+        <v>0.03546</v>
       </c>
       <c r="M277" s="15">
-        <v>0.05346</v>
-[...1 lines deleted...]
-      <c r="N277" s="15"/>
+        <v>0.0341</v>
+      </c>
+      <c r="N277" s="15">
+        <v>407</v>
+      </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>806</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>807</v>
       </c>
-      <c r="E278" s="15">
-        <v>10080055990</v>
+      <c r="E278" s="15" t="s">
+        <v>808</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
         <v>1000</v>
       </c>
       <c r="K278" s="15">
-        <v>0.10779</v>
+        <v>0.05544</v>
       </c>
       <c r="L278" s="15">
-        <v>0.09342</v>
+        <v>0.04805</v>
       </c>
       <c r="M278" s="15">
-        <v>0.08982999999999999</v>
+        <v>0.0462</v>
       </c>
       <c r="N278" s="15">
-        <v>568</v>
+        <v>216</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K279" s="15">
-        <v>0.08005</v>
+        <v>0.0605</v>
       </c>
       <c r="L279" s="15">
-        <v>0.05792</v>
+        <v>0.05243</v>
       </c>
       <c r="M279" s="15">
-        <v>0.05054</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05041</v>
+      </c>
+      <c r="N279" s="15"/>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="E280" s="15">
-        <v>10080058977</v>
+        <v>10080055990</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
-        <v>1250</v>
+        <v>1000</v>
       </c>
       <c r="K280" s="15">
-        <v>0.08728</v>
+        <v>0.10628</v>
       </c>
       <c r="L280" s="15">
-        <v>0.06234</v>
+        <v>0.09211</v>
       </c>
       <c r="M280" s="15">
-        <v>0.05611</v>
+        <v>0.08856</v>
       </c>
       <c r="N280" s="15">
-        <v>17430</v>
+        <v>645</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
-        <v>1250</v>
+        <v>3000</v>
       </c>
       <c r="K281" s="15">
-        <v>0.0881</v>
+        <v>0.05576</v>
       </c>
       <c r="L281" s="15">
-        <v>0.06293</v>
+        <v>0.04832</v>
       </c>
       <c r="M281" s="15">
-        <v>0.05663</v>
+        <v>0.04646</v>
       </c>
       <c r="N281" s="15">
-        <v>480</v>
+        <v>3150</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E282" s="15">
-        <v>10080053584</v>
+        <v>10080058977</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>1000</v>
+        <v>1250</v>
       </c>
       <c r="K282" s="15">
-        <v>0.1703</v>
+        <v>0.06369</v>
       </c>
       <c r="L282" s="15">
-        <v>0.12321</v>
+        <v>0.0552</v>
       </c>
       <c r="M282" s="15">
-        <v>0.10752</v>
+        <v>0.05308</v>
       </c>
       <c r="N282" s="15">
-        <v>2464</v>
+        <v>17430</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>10080064706</v>
+        <v>820</v>
+      </c>
+      <c r="E283" s="15" t="s">
+        <v>821</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K283" s="15">
-        <v>0.12762</v>
+        <v>0.06329</v>
       </c>
       <c r="L283" s="15">
-        <v>0.1106</v>
+        <v>0.05485</v>
       </c>
       <c r="M283" s="15">
-        <v>0.10635</v>
+        <v>0.05274</v>
       </c>
       <c r="N283" s="15">
-        <v>467</v>
+        <v>397</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="E284" s="15">
-        <v>10080057779</v>
+        <v>10080053584</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>1000</v>
       </c>
       <c r="K284" s="15">
-        <v>0.11442</v>
+        <v>0.11378</v>
       </c>
       <c r="L284" s="15">
-        <v>0.09916</v>
+        <v>0.09861</v>
       </c>
       <c r="M284" s="15">
-        <v>0.09535</v>
-[...1 lines deleted...]
-      <c r="N284" s="15"/>
+        <v>0.09481000000000001</v>
+      </c>
+      <c r="N284" s="15">
+        <v>2153</v>
+      </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>825</v>
+      </c>
+      <c r="E285" s="15">
+        <v>10080064706</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>500</v>
       </c>
       <c r="K285" s="15">
-        <v>0.17757</v>
+        <v>0.12762</v>
       </c>
       <c r="L285" s="15">
-        <v>0.12847</v>
+        <v>0.1106</v>
       </c>
       <c r="M285" s="15">
-        <v>0.11211</v>
+        <v>0.10635</v>
       </c>
       <c r="N285" s="15">
-        <v>429</v>
+        <v>512</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="E286" s="15">
-        <v>10080039270</v>
+        <v>10080057779</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K286" s="15">
-        <v>0.12906</v>
+        <v>0.11442</v>
       </c>
       <c r="L286" s="15">
-        <v>0.11185</v>
+        <v>0.09916</v>
       </c>
       <c r="M286" s="15">
-        <v>0.10755</v>
-[...5 lines deleted...]
-      <c r="P286" s="15"/>
+        <v>0.09535</v>
+      </c>
+      <c r="N286" s="15"/>
+      <c r="O286" s="15">
+        <v>860</v>
+      </c>
+      <c r="P286" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>10080042870</v>
+        <v>827</v>
+      </c>
+      <c r="E287" s="15" t="s">
+        <v>828</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K287" s="15">
-        <v>0.2447</v>
+        <v>0.12128</v>
       </c>
       <c r="L287" s="15">
-        <v>0.16209</v>
+        <v>0.10511</v>
       </c>
       <c r="M287" s="15">
-        <v>0.14145</v>
-[...1 lines deleted...]
-      <c r="N287" s="15"/>
+        <v>0.10106</v>
+      </c>
+      <c r="N287" s="15">
+        <v>481</v>
+      </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-        <v>829</v>
+        <v>830</v>
+      </c>
+      <c r="E288" s="15">
+        <v>10080039270</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>500</v>
       </c>
       <c r="K288" s="15">
-        <v>0.19248</v>
+        <v>0.12881</v>
       </c>
       <c r="L288" s="15">
-        <v>0.13926</v>
+        <v>0.11163</v>
       </c>
       <c r="M288" s="15">
-        <v>0.12152</v>
-[...3 lines deleted...]
-      <c r="P288" s="15"/>
+        <v>0.10734</v>
+      </c>
+      <c r="N288" s="15">
+        <v>498</v>
+      </c>
+      <c r="O288" s="15">
+        <v>415</v>
+      </c>
+      <c r="P288" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="E289" s="15">
-        <v>10080064704</v>
+        <v>10080042870</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K289" s="15">
-        <v>0.24037</v>
+        <v>0.13665</v>
       </c>
       <c r="L289" s="15">
-        <v>0.17391</v>
+        <v>0.11843</v>
       </c>
       <c r="M289" s="15">
-        <v>0.15175</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11388</v>
+      </c>
+      <c r="N289" s="15"/>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="E290" s="15" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>500</v>
       </c>
       <c r="K290" s="15">
-        <v>0.29547</v>
+        <v>0.13365</v>
       </c>
       <c r="L290" s="15">
-        <v>0.21377</v>
+        <v>0.11583</v>
       </c>
       <c r="M290" s="15">
-        <v>0.18654</v>
+        <v>0.11138</v>
       </c>
       <c r="N290" s="15"/>
-      <c r="O290" s="15"/>
-      <c r="P290" s="15"/>
+      <c r="O290" s="15">
+        <v>760</v>
+      </c>
+      <c r="P290" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="E291" s="15">
-        <v>10080064708</v>
+        <v>10080064704</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I291" s="15"/>
-      <c r="J291" s="15"/>
+      <c r="J291" s="15">
+        <v>500</v>
+      </c>
       <c r="K291" s="15">
-        <v>0.50856</v>
+        <v>0.16004</v>
       </c>
       <c r="L291" s="15">
-        <v>0.29504</v>
+        <v>0.1387</v>
       </c>
       <c r="M291" s="15">
-        <v>0.26593</v>
-[...1 lines deleted...]
-      <c r="N291" s="15"/>
+        <v>0.13336</v>
+      </c>
+      <c r="N291" s="15">
+        <v>2210</v>
+      </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="E292" s="15" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K292" s="15">
-        <v>0.47161</v>
+        <v>0.29547</v>
       </c>
       <c r="L292" s="15">
-        <v>0.34121</v>
+        <v>0.21377</v>
       </c>
       <c r="M292" s="15">
-        <v>0.29774</v>
-[...5 lines deleted...]
-      <c r="P292" s="15"/>
+        <v>0.18654</v>
+      </c>
+      <c r="N292" s="15"/>
+      <c r="O292" s="15">
+        <v>780</v>
+      </c>
+      <c r="P292" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="E293" s="15">
-        <v>10080069763</v>
+        <v>10080064708</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15"/>
       <c r="K293" s="15">
-        <v>0.6294</v>
+        <v>0.50856</v>
       </c>
       <c r="L293" s="15">
-        <v>0.52449</v>
+        <v>0.29504</v>
       </c>
       <c r="M293" s="15">
-        <v>0.50352</v>
+        <v>0.26593</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>10080003139</v>
+        <v>844</v>
+      </c>
+      <c r="E294" s="15" t="s">
+        <v>845</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I294" s="15"/>
       <c r="J294" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K294" s="15">
-        <v>0.0883</v>
+        <v>0.32538</v>
       </c>
       <c r="L294" s="15">
-        <v>0.06388000000000001</v>
+        <v>0.282</v>
       </c>
       <c r="M294" s="15">
-        <v>0.05575</v>
+        <v>0.27115</v>
       </c>
       <c r="N294" s="15">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>850</v>
+      </c>
+      <c r="O294" s="15"/>
+      <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="E295" s="15">
-        <v>10080003140</v>
+        <v>10080069763</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
-        <v>69</v>
-[...6 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I295" s="15"/>
+      <c r="J295" s="15"/>
       <c r="K295" s="15">
-        <v>0.10564</v>
+        <v>0.6294</v>
       </c>
       <c r="L295" s="15">
-        <v>0.07643</v>
+        <v>0.52449</v>
       </c>
       <c r="M295" s="15">
-        <v>0.06669</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.50352</v>
+      </c>
+      <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>848</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>849</v>
       </c>
-      <c r="E296" s="15" t="s">
-        <v>850</v>
+      <c r="E296" s="15">
+        <v>10080003139</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>851</v>
+        <v>850</v>
       </c>
       <c r="J296" s="15">
         <v>1000</v>
       </c>
       <c r="K296" s="15">
-        <v>0.0731</v>
+        <v>0.06137</v>
       </c>
       <c r="L296" s="15">
-        <v>0.06335</v>
+        <v>0.05318</v>
       </c>
       <c r="M296" s="15">
-        <v>0.06091</v>
+        <v>0.05114</v>
       </c>
       <c r="N296" s="15">
-        <v>783</v>
-[...2 lines deleted...]
-      <c r="P296" s="15"/>
+        <v>93</v>
+      </c>
+      <c r="O296" s="15">
+        <v>2100</v>
+      </c>
+      <c r="P296" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C297" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="D297" s="15" t="s">
         <v>852</v>
       </c>
-      <c r="D297" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E297" s="15">
-        <v>10080003141</v>
+        <v>10080003140</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>854</v>
+        <v>853</v>
       </c>
       <c r="J297" s="15">
         <v>1000</v>
       </c>
       <c r="K297" s="15">
-        <v>0.13683</v>
+        <v>0.07256</v>
       </c>
       <c r="L297" s="15">
-        <v>0.09898999999999999</v>
+        <v>0.06288000000000001</v>
       </c>
       <c r="M297" s="15">
-        <v>0.08638999999999999</v>
-[...1 lines deleted...]
-      <c r="N297" s="15"/>
+        <v>0.06046</v>
+      </c>
+      <c r="N297" s="15">
+        <v>2744</v>
+      </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C298" s="15" t="s">
+        <v>854</v>
+      </c>
+      <c r="D298" s="15" t="s">
         <v>855</v>
       </c>
-      <c r="D298" s="15" t="s">
+      <c r="E298" s="15" t="s">
         <v>856</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010561</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I298" s="15"/>
+      <c r="I298" s="15" t="s">
+        <v>857</v>
+      </c>
       <c r="J298" s="15">
         <v>1000</v>
       </c>
       <c r="K298" s="15">
-        <v>0.1041</v>
+        <v>0.0731</v>
       </c>
       <c r="L298" s="15">
-        <v>0.1041</v>
+        <v>0.06335</v>
       </c>
       <c r="M298" s="15">
-        <v>0.1041</v>
+        <v>0.06091</v>
       </c>
       <c r="N298" s="15">
-        <v>823</v>
+        <v>729</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E299" s="15">
-        <v>10080003142</v>
+        <v>10080003141</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I299" s="15" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="J299" s="15">
         <v>1000</v>
       </c>
       <c r="K299" s="15">
-        <v>0.16551</v>
+        <v>0.08348999999999999</v>
       </c>
       <c r="L299" s="15">
-        <v>0.11974</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="M299" s="15">
-        <v>0.10449</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06958</v>
+      </c>
+      <c r="N299" s="15"/>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="E300" s="15">
-        <v>10080010562</v>
+        <v>10080010561</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>1000</v>
       </c>
       <c r="K300" s="15">
-        <v>0.10716</v>
+        <v>0.1041</v>
       </c>
       <c r="L300" s="15">
-        <v>0.10345</v>
+        <v>0.1041</v>
       </c>
       <c r="M300" s="15">
-        <v>0.09976</v>
-[...1 lines deleted...]
-      <c r="N300" s="15"/>
+        <v>0.1041</v>
+      </c>
+      <c r="N300" s="15">
+        <v>1098</v>
+      </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>863</v>
-[...1 lines deleted...]
-      <c r="E301" s="15" t="s">
         <v>864</v>
+      </c>
+      <c r="E301" s="15">
+        <v>10080003142</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I301" s="15" t="s">
         <v>865</v>
       </c>
       <c r="J301" s="15">
         <v>1000</v>
       </c>
       <c r="K301" s="15">
-        <v>0.11534</v>
+        <v>0.11378</v>
       </c>
       <c r="L301" s="15">
-        <v>0.09995999999999999</v>
+        <v>0.09861</v>
       </c>
       <c r="M301" s="15">
-        <v>0.09611</v>
+        <v>0.09481000000000001</v>
       </c>
       <c r="N301" s="15">
-        <v>660</v>
+        <v>2037</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>866</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>867</v>
       </c>
-      <c r="E302" s="15" t="s">
-        <v>868</v>
+      <c r="E302" s="15">
+        <v>10080010562</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>1000</v>
       </c>
       <c r="K302" s="15">
-        <v>0.1775</v>
+        <v>0.10716</v>
       </c>
       <c r="L302" s="15">
-        <v>0.11894</v>
+        <v>0.10345</v>
       </c>
       <c r="M302" s="15">
-        <v>0.10808</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09976</v>
+      </c>
+      <c r="N302" s="15"/>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>868</v>
+      </c>
+      <c r="D303" s="15" t="s">
         <v>869</v>
       </c>
-      <c r="D303" s="15" t="s">
+      <c r="E303" s="15" t="s">
         <v>870</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003143</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I303" s="15" t="s">
         <v>871</v>
       </c>
       <c r="J303" s="15">
         <v>1000</v>
       </c>
       <c r="K303" s="15">
-        <v>0.21533</v>
+        <v>0.11534</v>
       </c>
       <c r="L303" s="15">
-        <v>0.15579</v>
+        <v>0.09995999999999999</v>
       </c>
       <c r="M303" s="15">
-        <v>0.13595</v>
+        <v>0.09611</v>
       </c>
       <c r="N303" s="15">
-        <v>1802</v>
+        <v>860</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>872</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>873</v>
       </c>
-      <c r="E304" s="15">
-        <v>10080063994</v>
+      <c r="E304" s="15" t="s">
+        <v>874</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I304" s="15"/>
-      <c r="J304" s="15"/>
+      <c r="J304" s="15">
+        <v>1000</v>
+      </c>
       <c r="K304" s="15">
-        <v>0.22497</v>
+        <v>0.1775</v>
       </c>
       <c r="L304" s="15">
-        <v>0.1613</v>
+        <v>0.11894</v>
       </c>
       <c r="M304" s="15">
-        <v>0.14007</v>
+        <v>0.10808</v>
       </c>
       <c r="N304" s="15">
-        <v>537</v>
+        <v>1</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="E305" s="15">
-        <v>10080003144</v>
+        <v>10080003143</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="J305" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K305" s="15">
-        <v>0.23959</v>
+        <v>0.14331</v>
       </c>
       <c r="L305" s="15">
-        <v>0.17335</v>
+        <v>0.1242</v>
       </c>
       <c r="M305" s="15">
-        <v>0.15126</v>
+        <v>0.11943</v>
       </c>
       <c r="N305" s="15">
-        <v>384</v>
-[...6 lines deleted...]
-      </c>
+        <v>2145</v>
+      </c>
+      <c r="O305" s="15"/>
+      <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E306" s="15">
-        <v>10080047949</v>
+        <v>10080063994</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15"/>
       <c r="K306" s="15">
-        <v>0.2703</v>
+        <v>0.22497</v>
       </c>
       <c r="L306" s="15">
-        <v>0.15681</v>
+        <v>0.1613</v>
       </c>
       <c r="M306" s="15">
-        <v>0.14134</v>
-[...1 lines deleted...]
-      <c r="N306" s="15"/>
+        <v>0.14007</v>
+      </c>
+      <c r="N306" s="15">
+        <v>753</v>
+      </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="E307" s="15">
-        <v>10080003134</v>
+        <v>10080003144</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="J307" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K307" s="15">
-        <v>0.07844</v>
+        <v>0.14523</v>
       </c>
       <c r="L307" s="15">
-        <v>0.05139</v>
+        <v>0.12587</v>
       </c>
       <c r="M307" s="15">
-        <v>0.04632</v>
+        <v>0.12103</v>
       </c>
       <c r="N307" s="15">
-        <v>95</v>
-[...2 lines deleted...]
-      <c r="P307" s="15"/>
+        <v>542</v>
+      </c>
+      <c r="O307" s="15">
+        <v>3560</v>
+      </c>
+      <c r="P307" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="E308" s="15" t="s">
         <v>884</v>
+      </c>
+      <c r="E308" s="15">
+        <v>10080047949</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I308" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I308" s="15"/>
+      <c r="J308" s="15"/>
       <c r="K308" s="15">
-        <v>0.05064</v>
+        <v>0.2703</v>
       </c>
       <c r="L308" s="15">
-        <v>0.04389</v>
+        <v>0.15681</v>
       </c>
       <c r="M308" s="15">
-        <v>0.0422</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14134</v>
+      </c>
+      <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>885</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>886</v>
       </c>
-      <c r="D309" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E309" s="15">
-        <v>10080003135</v>
+        <v>10080003134</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>888</v>
+        <v>887</v>
       </c>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
-        <v>0.0756</v>
+        <v>0.04407</v>
       </c>
       <c r="L309" s="15">
-        <v>0.0547</v>
+        <v>0.03819</v>
       </c>
       <c r="M309" s="15">
-        <v>0.04773</v>
+        <v>0.03673</v>
       </c>
       <c r="N309" s="15">
-        <v>3411</v>
+        <v>83</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>888</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>889</v>
       </c>
-      <c r="D310" s="15" t="s">
+      <c r="E310" s="15" t="s">
         <v>890</v>
-      </c>
-[...1 lines deleted...]
-        <v>891</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>892</v>
+        <v>891</v>
       </c>
       <c r="J310" s="15">
         <v>1000</v>
       </c>
       <c r="K310" s="15">
-        <v>0.05256</v>
+        <v>0.05064</v>
       </c>
       <c r="L310" s="15">
-        <v>0.04555</v>
+        <v>0.04389</v>
       </c>
       <c r="M310" s="15">
-        <v>0.0438</v>
+        <v>0.0422</v>
       </c>
       <c r="N310" s="15">
-        <v>770</v>
+        <v>720</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>892</v>
+      </c>
+      <c r="D311" s="15" t="s">
         <v>893</v>
       </c>
-      <c r="D311" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E311" s="15">
-        <v>10080003136</v>
+        <v>10080003135</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>895</v>
+        <v>894</v>
       </c>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
-        <v>0.10646</v>
+        <v>0.05256</v>
       </c>
       <c r="L311" s="15">
-        <v>0.07702000000000001</v>
+        <v>0.04555</v>
       </c>
       <c r="M311" s="15">
-        <v>0.06721000000000001</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0438</v>
+      </c>
+      <c r="N311" s="15">
+        <v>4935</v>
+      </c>
+      <c r="O311" s="15"/>
+      <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>895</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>896</v>
       </c>
-      <c r="D312" s="15" t="s">
+      <c r="E312" s="15" t="s">
         <v>897</v>
-      </c>
-[...1 lines deleted...]
-        <v>898</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>899</v>
+        <v>898</v>
       </c>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
-        <v>0.07265000000000001</v>
+        <v>0.05256</v>
       </c>
       <c r="L312" s="15">
-        <v>0.06296</v>
+        <v>0.04555</v>
       </c>
       <c r="M312" s="15">
-        <v>0.06054</v>
+        <v>0.0438</v>
       </c>
       <c r="N312" s="15">
-        <v>750</v>
+        <v>600</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>899</v>
+      </c>
+      <c r="D313" s="15" t="s">
         <v>900</v>
       </c>
-      <c r="D313" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E313" s="15">
-        <v>10080003137</v>
+        <v>10080003136</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>902</v>
+        <v>901</v>
       </c>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
-        <v>0.13174</v>
+        <v>0.07475999999999999</v>
       </c>
       <c r="L313" s="15">
-        <v>0.09531000000000001</v>
+        <v>0.06479</v>
       </c>
       <c r="M313" s="15">
-        <v>0.08316999999999999</v>
+        <v>0.0623</v>
       </c>
       <c r="N313" s="15"/>
       <c r="O313" s="15">
-        <v>1660</v>
+        <v>1320</v>
       </c>
       <c r="P313" s="15" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="D314" s="15" t="s">
         <v>903</v>
       </c>
-      <c r="D314" s="15" t="s">
+      <c r="E314" s="15" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="J314" s="15">
         <v>1000</v>
       </c>
       <c r="K314" s="15">
-        <v>0.09209000000000001</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L314" s="15">
-        <v>0.07981000000000001</v>
+        <v>0.06296</v>
       </c>
       <c r="M314" s="15">
-        <v>0.07674</v>
-[...1 lines deleted...]
-      <c r="N314" s="15"/>
+        <v>0.06054</v>
+      </c>
+      <c r="N314" s="15">
+        <v>810</v>
+      </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C315" s="15" t="s">
+        <v>906</v>
+      </c>
+      <c r="D315" s="15" t="s">
         <v>907</v>
       </c>
-      <c r="D315" s="15" t="s">
-[...3 lines deleted...]
-        <v>909</v>
+      <c r="E315" s="15">
+        <v>10080003137</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>910</v>
+        <v>908</v>
       </c>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
-        <v>0.15918</v>
+        <v>0.09050999999999999</v>
       </c>
       <c r="L315" s="15">
-        <v>0.13796</v>
+        <v>0.07844</v>
       </c>
       <c r="M315" s="15">
-        <v>0.13265</v>
-[...5 lines deleted...]
-      <c r="P315" s="15"/>
+        <v>0.07543</v>
+      </c>
+      <c r="N315" s="15"/>
+      <c r="O315" s="15">
+        <v>1560</v>
+      </c>
+      <c r="P315" s="15" t="s">
+        <v>364</v>
+      </c>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C316" s="15" t="s">
+        <v>909</v>
+      </c>
+      <c r="D316" s="15" t="s">
+        <v>910</v>
+      </c>
+      <c r="E316" s="15" t="s">
         <v>911</v>
-      </c>
-[...4 lines deleted...]
-        <v>10000013004</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>913</v>
+        <v>912</v>
       </c>
       <c r="J316" s="15">
         <v>1000</v>
       </c>
       <c r="K316" s="15">
-        <v>0.22476</v>
+        <v>0.09209000000000001</v>
       </c>
       <c r="L316" s="15">
-        <v>0.16115</v>
+        <v>0.07981000000000001</v>
       </c>
       <c r="M316" s="15">
-        <v>0.14525</v>
-[...5 lines deleted...]
-      <c r="P316" s="15"/>
+        <v>0.07674</v>
+      </c>
+      <c r="N316" s="15"/>
+      <c r="O316" s="15">
+        <v>790</v>
+      </c>
+      <c r="P316" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C317" s="15" t="s">
+        <v>913</v>
+      </c>
+      <c r="D317" s="15" t="s">
         <v>914</v>
       </c>
-      <c r="D317" s="15" t="s">
+      <c r="E317" s="15" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003138</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="I317" s="15" t="s">
         <v>916</v>
       </c>
       <c r="J317" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K317" s="15">
-        <v>0.22186</v>
+        <v>0.15918</v>
       </c>
       <c r="L317" s="15">
-        <v>0.128</v>
+        <v>0.13796</v>
       </c>
       <c r="M317" s="15">
-        <v>0.1152</v>
-[...1 lines deleted...]
-      <c r="N317" s="15"/>
+        <v>0.13265</v>
+      </c>
+      <c r="N317" s="15">
+        <v>702</v>
+      </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C318" s="15" t="s">
         <v>917</v>
       </c>
       <c r="D318" s="15" t="s">
         <v>918</v>
       </c>
-      <c r="E318" s="15" t="s">
-        <v>919</v>
+      <c r="E318" s="15">
+        <v>10000013004</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>920</v>
+        <v>919</v>
       </c>
       <c r="J318" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K318" s="15">
-        <v>0.12776</v>
+        <v>0.13568</v>
       </c>
       <c r="L318" s="15">
-        <v>0.11072</v>
+        <v>0.11759</v>
       </c>
       <c r="M318" s="15">
-        <v>0.10646</v>
+        <v>0.11306</v>
       </c>
       <c r="N318" s="15">
-        <v>680</v>
+        <v>35</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C319" s="15" t="s">
+        <v>920</v>
+      </c>
+      <c r="D319" s="15" t="s">
         <v>921</v>
       </c>
-      <c r="D319" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E319" s="15">
-        <v>10080047948</v>
+        <v>10080003138</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="J319" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I319" s="15" t="s">
+        <v>922</v>
+      </c>
+      <c r="J319" s="15">
+        <v>500</v>
+      </c>
       <c r="K319" s="15">
-        <v>0.44126</v>
+        <v>0.22186</v>
       </c>
       <c r="L319" s="15">
-        <v>0.29231</v>
+        <v>0.128</v>
       </c>
       <c r="M319" s="15">
-        <v>0.25507</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1152</v>
+      </c>
+      <c r="N319" s="15"/>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C320" s="15" t="s">
         <v>923</v>
       </c>
       <c r="D320" s="15" t="s">
         <v>924</v>
       </c>
-      <c r="E320" s="15">
-        <v>10080063996</v>
+      <c r="E320" s="15" t="s">
+        <v>925</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I320" s="15"/>
+      <c r="I320" s="15" t="s">
+        <v>926</v>
+      </c>
       <c r="J320" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K320" s="15">
-        <v>0.41263</v>
+        <v>0.12776</v>
       </c>
       <c r="L320" s="15">
-        <v>0.29854</v>
+        <v>0.11072</v>
       </c>
       <c r="M320" s="15">
-        <v>0.26051</v>
-[...1 lines deleted...]
-      <c r="N320" s="15"/>
+        <v>0.10646</v>
+      </c>
+      <c r="N320" s="15">
+        <v>860</v>
+      </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>925</v>
+        <v>928</v>
+      </c>
+      <c r="E321" s="15">
+        <v>10080047948</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I321" s="15"/>
-      <c r="J321" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J321" s="15"/>
       <c r="K321" s="15">
-        <v>0.4272</v>
+        <v>0.24369</v>
       </c>
       <c r="L321" s="15">
-        <v>0.30909</v>
+        <v>0.2112</v>
       </c>
       <c r="M321" s="15">
-        <v>0.26971</v>
-[...1 lines deleted...]
-      <c r="N321" s="15"/>
+        <v>0.20308</v>
+      </c>
+      <c r="N321" s="15">
+        <v>32</v>
+      </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
-        <v>26</v>
+        <v>298</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="E322" s="15">
-        <v>10080045193</v>
+        <v>10080063996</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I322" s="15"/>
       <c r="J322" s="15">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="K322" s="15">
-        <v>0.14565</v>
+        <v>0.41263</v>
       </c>
       <c r="L322" s="15">
-        <v>0.08450000000000001</v>
+        <v>0.29854</v>
       </c>
       <c r="M322" s="15">
-        <v>0.07615</v>
+        <v>0.26051</v>
       </c>
       <c r="N322" s="15"/>
-      <c r="O322" s="15"/>
-      <c r="P322" s="15"/>
+      <c r="O322" s="15">
+        <v>395</v>
+      </c>
+      <c r="P322" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
-        <v>51</v>
+        <v>298</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>929</v>
-[...2 lines deleted...]
-        <v>10080048611</v>
+        <v>930</v>
+      </c>
+      <c r="E323" s="15" t="s">
+        <v>931</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
         <v>500</v>
       </c>
       <c r="K323" s="15">
-        <v>0.06972</v>
+        <v>0.4272</v>
       </c>
       <c r="L323" s="15">
-        <v>0.06042</v>
+        <v>0.30909</v>
       </c>
       <c r="M323" s="15">
-        <v>0.0581</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26971</v>
+      </c>
+      <c r="N323" s="15"/>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
-        <v>292</v>
+        <v>26</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>931</v>
-[...2 lines deleted...]
-        <v>932</v>
+        <v>933</v>
+      </c>
+      <c r="E324" s="15">
+        <v>10080045193</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>499</v>
-[...4 lines deleted...]
-      <c r="J324" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="I324" s="15"/>
+      <c r="J324" s="15">
+        <v>100</v>
+      </c>
       <c r="K324" s="15">
-        <v>0.8385899999999999</v>
+        <v>0.14565</v>
       </c>
       <c r="L324" s="15">
-        <v>0.70334</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M324" s="15">
-        <v>0.6762899999999999</v>
+        <v>0.07615</v>
       </c>
       <c r="N324" s="15"/>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>934</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>935</v>
       </c>
       <c r="E325" s="15">
-        <v>10080006285</v>
+        <v>10080048611</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="K325" s="15">
-        <v>0.05204</v>
+        <v>0.06516</v>
       </c>
       <c r="L325" s="15">
-        <v>0.03765</v>
+        <v>0.05647</v>
       </c>
       <c r="M325" s="15">
-        <v>0.03285</v>
+        <v>0.0543</v>
       </c>
       <c r="N325" s="15">
-        <v>7700</v>
+        <v>1800</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
-        <v>51</v>
+        <v>298</v>
       </c>
       <c r="C326" s="15" t="s">
         <v>936</v>
       </c>
       <c r="D326" s="15" t="s">
         <v>937</v>
       </c>
-      <c r="E326" s="15">
-        <v>10080006287</v>
+      <c r="E326" s="15" t="s">
+        <v>938</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      </c>
+        <v>505</v>
+      </c>
+      <c r="I326" s="15" t="s">
+        <v>939</v>
+      </c>
+      <c r="J326" s="15"/>
       <c r="K326" s="15">
-        <v>0.06182</v>
+        <v>0.8385899999999999</v>
       </c>
       <c r="L326" s="15">
-        <v>0.04473</v>
+        <v>0.70334</v>
       </c>
       <c r="M326" s="15">
-        <v>0.03903</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6762899999999999</v>
+      </c>
+      <c r="N326" s="15"/>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="E327" s="15">
-        <v>10080006514</v>
+        <v>10080006285</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K327" s="15">
-        <v>0.02559</v>
+        <v>0.03705</v>
       </c>
       <c r="L327" s="15">
-        <v>0.02218</v>
+        <v>0.03211</v>
       </c>
       <c r="M327" s="15">
-        <v>0.02133</v>
+        <v>0.03088</v>
       </c>
       <c r="N327" s="15">
-        <v>3700</v>
+        <v>6710</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="E328" s="15">
-        <v>10080006284</v>
+        <v>10080006287</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
         <v>2000</v>
       </c>
       <c r="K328" s="15">
-        <v>0.03251</v>
+        <v>0.04368</v>
       </c>
       <c r="L328" s="15">
-        <v>0.02352</v>
+        <v>0.03786</v>
       </c>
       <c r="M328" s="15">
-        <v>0.02052</v>
+        <v>0.0364</v>
       </c>
       <c r="N328" s="15">
-        <v>4851</v>
+        <v>3060</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
-        <v>292</v>
+        <v>52</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>944</v>
+        <v>945</v>
+      </c>
+      <c r="E329" s="15">
+        <v>10080006514</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>945</v>
+        <v>33</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K329" s="15">
-        <v>0.10281</v>
+        <v>0.02559</v>
       </c>
       <c r="L329" s="15">
-        <v>0.08623</v>
+        <v>0.02218</v>
       </c>
       <c r="M329" s="15">
-        <v>0.08291</v>
-[...1 lines deleted...]
-      <c r="N329" s="15"/>
+        <v>0.02133</v>
+      </c>
+      <c r="N329" s="15">
+        <v>3900</v>
+      </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
-        <v>292</v>
+        <v>52</v>
       </c>
       <c r="C330" s="15" t="s">
         <v>946</v>
       </c>
       <c r="D330" s="15" t="s">
         <v>947</v>
       </c>
-      <c r="E330" s="15" t="s">
-        <v>948</v>
+      <c r="E330" s="15">
+        <v>10080006284</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>945</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I330" s="15"/>
       <c r="J330" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K330" s="15">
-        <v>0.21482</v>
+        <v>0.02276</v>
       </c>
       <c r="L330" s="15">
-        <v>0.18617</v>
+        <v>0.01972</v>
       </c>
       <c r="M330" s="15">
-        <v>0.17901</v>
-[...1 lines deleted...]
-      <c r="N330" s="15"/>
+        <v>0.01896</v>
+      </c>
+      <c r="N330" s="15">
+        <v>6699</v>
+      </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C331" s="15" t="s">
+        <v>948</v>
+      </c>
+      <c r="D331" s="15" t="s">
+        <v>949</v>
+      </c>
+      <c r="E331" s="15" t="s">
         <v>950</v>
-      </c>
-[...4 lines deleted...]
-        <v>952</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>945</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="I331" s="15"/>
       <c r="J331" s="15">
         <v>1000</v>
       </c>
       <c r="K331" s="15">
-        <v>0.09809</v>
+        <v>0.10281</v>
       </c>
       <c r="L331" s="15">
-        <v>0.08501</v>
+        <v>0.08623</v>
       </c>
       <c r="M331" s="15">
-        <v>0.08173999999999999</v>
+        <v>0.08291</v>
       </c>
       <c r="N331" s="15"/>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C332" s="15" t="s">
+        <v>952</v>
+      </c>
+      <c r="D332" s="15" t="s">
+        <v>953</v>
+      </c>
+      <c r="E332" s="15" t="s">
         <v>954</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080069189</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
-      <c r="H332" s="15"/>
-      <c r="I332" s="15"/>
+      <c r="H332" s="15" t="s">
+        <v>951</v>
+      </c>
+      <c r="I332" s="15" t="s">
+        <v>955</v>
+      </c>
       <c r="J332" s="15">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="K332" s="15">
-        <v>0.32081</v>
+        <v>0.21482</v>
       </c>
       <c r="L332" s="15">
-        <v>0.26733</v>
+        <v>0.18617</v>
       </c>
       <c r="M332" s="15">
-        <v>0.25663</v>
+        <v>0.17901</v>
       </c>
       <c r="N332" s="15"/>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
-        <v>51</v>
+        <v>298</v>
       </c>
       <c r="C333" s="15" t="s">
         <v>956</v>
       </c>
       <c r="D333" s="15" t="s">
         <v>957</v>
       </c>
-      <c r="E333" s="15">
-        <v>10080006511</v>
+      <c r="E333" s="15" t="s">
+        <v>958</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I333" s="15"/>
+        <v>951</v>
+      </c>
+      <c r="I333" s="15" t="s">
+        <v>959</v>
+      </c>
       <c r="J333" s="15">
         <v>1000</v>
       </c>
       <c r="K333" s="15">
-        <v>0.08685</v>
+        <v>0.09809</v>
       </c>
       <c r="L333" s="15">
-        <v>0.05038</v>
+        <v>0.08501</v>
       </c>
       <c r="M333" s="15">
-        <v>0.04541</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08173999999999999</v>
+      </c>
+      <c r="N333" s="15"/>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
-        <v>51</v>
+        <v>298</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="E334" s="15">
-        <v>10080028222</v>
+        <v>10080069189</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
-      <c r="H334" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H334" s="15"/>
+      <c r="I334" s="15"/>
       <c r="J334" s="15">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="K334" s="15">
-        <v>0.05024</v>
+        <v>0.32081</v>
       </c>
       <c r="L334" s="15">
-        <v>0.04354</v>
+        <v>0.26733</v>
       </c>
       <c r="M334" s="15">
-        <v>0.04186</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25663</v>
+      </c>
+      <c r="N334" s="15"/>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="E335" s="15" t="s">
         <v>963</v>
+      </c>
+      <c r="E335" s="15">
+        <v>10080006511</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I335" s="15"/>
       <c r="J335" s="15">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="K335" s="15">
-        <v>0.02079</v>
+        <v>0.08685</v>
       </c>
       <c r="L335" s="15">
-        <v>0.01802</v>
+        <v>0.05038</v>
       </c>
       <c r="M335" s="15">
-        <v>0.01733</v>
-[...1 lines deleted...]
-      <c r="N335" s="15"/>
+        <v>0.04541</v>
+      </c>
+      <c r="N335" s="15">
+        <v>17748</v>
+      </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E336" s="15">
-        <v>10080006509</v>
+        <v>10080028222</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I336" s="15"/>
+      <c r="I336" s="15" t="s">
+        <v>966</v>
+      </c>
       <c r="J336" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K336" s="15">
-        <v>0.03285</v>
+        <v>0.05024</v>
       </c>
       <c r="L336" s="15">
-        <v>0.02377</v>
+        <v>0.04354</v>
       </c>
       <c r="M336" s="15">
-        <v>0.02074</v>
+        <v>0.04186</v>
       </c>
       <c r="N336" s="15">
-        <v>3285</v>
+        <v>836</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I337" s="15"/>
       <c r="J337" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K337" s="15">
-        <v>0.04372</v>
+        <v>0.02079</v>
       </c>
       <c r="L337" s="15">
-        <v>0.03666</v>
+        <v>0.01802</v>
       </c>
       <c r="M337" s="15">
-        <v>0.03525</v>
+        <v>0.01733</v>
       </c>
       <c r="N337" s="15"/>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C338" s="15" t="s">
         <v>967</v>
       </c>
       <c r="D338" s="15" t="s">
         <v>968</v>
       </c>
       <c r="E338" s="15">
-        <v>10080006510</v>
+        <v>10080006509</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I338" s="15"/>
       <c r="J338" s="15">
         <v>5000</v>
       </c>
       <c r="K338" s="15">
-        <v>0.04637</v>
+        <v>0.02262</v>
       </c>
       <c r="L338" s="15">
-        <v>0.03312</v>
+        <v>0.0196</v>
       </c>
       <c r="M338" s="15">
-        <v>0.02981</v>
+        <v>0.01885</v>
       </c>
       <c r="N338" s="15">
-        <v>660</v>
+        <v>3242</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-        <v>10080032274</v>
+        <v>971</v>
+      </c>
+      <c r="E339" s="15" t="s">
+        <v>972</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I339" s="15"/>
       <c r="J339" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K339" s="15">
-        <v>0.19566</v>
+        <v>0.04372</v>
       </c>
       <c r="L339" s="15">
-        <v>0.12962</v>
+        <v>0.03666</v>
       </c>
       <c r="M339" s="15">
-        <v>0.1131</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03525</v>
+      </c>
+      <c r="N339" s="15"/>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="E340" s="15">
-        <v>10080058264</v>
+        <v>10080006510</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I340" s="15"/>
       <c r="J340" s="15">
         <v>5000</v>
       </c>
       <c r="K340" s="15">
-        <v>0.05108</v>
+        <v>0.03323</v>
       </c>
       <c r="L340" s="15">
-        <v>0.03696</v>
+        <v>0.0288</v>
       </c>
       <c r="M340" s="15">
-        <v>0.03225</v>
+        <v>0.02769</v>
       </c>
       <c r="N340" s="15">
-        <v>1285</v>
+        <v>810</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>974</v>
-[...2 lines deleted...]
-        <v>975</v>
+        <v>976</v>
+      </c>
+      <c r="E341" s="15">
+        <v>10080032274</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K341" s="15">
-        <v>0.03393</v>
+        <v>0.10788</v>
       </c>
       <c r="L341" s="15">
-        <v>0.02941</v>
+        <v>0.0935</v>
       </c>
       <c r="M341" s="15">
-        <v>0.02828</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="N341" s="15">
-        <v>4124</v>
+        <v>753</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>977</v>
-[...1 lines deleted...]
-      <c r="E342" s="15" t="s">
         <v>978</v>
+      </c>
+      <c r="E342" s="15">
+        <v>10080058264</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
         <v>5000</v>
       </c>
       <c r="K342" s="15">
-        <v>0.05284</v>
+        <v>0.03398</v>
       </c>
       <c r="L342" s="15">
-        <v>0.03823</v>
+        <v>0.02945</v>
       </c>
       <c r="M342" s="15">
-        <v>0.03336</v>
+        <v>0.02831</v>
       </c>
       <c r="N342" s="15">
-        <v>1890</v>
-[...2 lines deleted...]
-      <c r="P342" s="15"/>
+        <v>928</v>
+      </c>
+      <c r="O342" s="15">
+        <v>650</v>
+      </c>
+      <c r="P342" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C343" s="15" t="s">
         <v>979</v>
       </c>
       <c r="D343" s="15" t="s">
         <v>980</v>
       </c>
-      <c r="E343" s="15">
-        <v>10080043122</v>
+      <c r="E343" s="15" t="s">
+        <v>981</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K343" s="15">
-        <v>0.05727</v>
+        <v>0.03393</v>
       </c>
       <c r="L343" s="15">
-        <v>0.04091</v>
+        <v>0.02941</v>
       </c>
       <c r="M343" s="15">
-        <v>0.03681</v>
+        <v>0.02828</v>
       </c>
       <c r="N343" s="15">
-        <v>2010</v>
+        <v>4995</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>10080032268</v>
+        <v>983</v>
+      </c>
+      <c r="E344" s="15" t="s">
+        <v>984</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K344" s="15">
-        <v>0.0473</v>
+        <v>0.05284</v>
       </c>
       <c r="L344" s="15">
-        <v>0.04099</v>
+        <v>0.03823</v>
       </c>
       <c r="M344" s="15">
-        <v>0.03941</v>
+        <v>0.03336</v>
       </c>
       <c r="N344" s="15">
-        <v>19149</v>
+        <v>1347</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>985</v>
+        <v>986</v>
+      </c>
+      <c r="E345" s="15">
+        <v>10080043122</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K345" s="15">
-        <v>0.06852999999999999</v>
+        <v>0.04109</v>
       </c>
       <c r="L345" s="15">
-        <v>0.04958</v>
+        <v>0.03561</v>
       </c>
       <c r="M345" s="15">
-        <v>0.04326</v>
+        <v>0.03424</v>
       </c>
       <c r="N345" s="15">
-        <v>1956</v>
-[...2 lines deleted...]
-      <c r="P345" s="15"/>
+        <v>1635</v>
+      </c>
+      <c r="O345" s="15">
+        <v>1830</v>
+      </c>
+      <c r="P345" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="E346" s="15">
-        <v>10080066971</v>
+        <v>10080032268</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K346" s="15">
-        <v>0.07914</v>
+        <v>0.0473</v>
       </c>
       <c r="L346" s="15">
-        <v>0.05726</v>
+        <v>0.04099</v>
       </c>
       <c r="M346" s="15">
-        <v>0.04996</v>
+        <v>0.03941</v>
       </c>
       <c r="N346" s="15">
-        <v>2940</v>
+        <v>19947</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>10080072828</v>
+        <v>990</v>
+      </c>
+      <c r="E347" s="15" t="s">
+        <v>991</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
         <v>2000</v>
       </c>
       <c r="K347" s="15">
-        <v>0.08235000000000001</v>
+        <v>0.04734</v>
       </c>
       <c r="L347" s="15">
-        <v>0.05958</v>
+        <v>0.04103</v>
       </c>
       <c r="M347" s="15">
-        <v>0.05199</v>
+        <v>0.03945</v>
       </c>
       <c r="N347" s="15">
-        <v>3999</v>
+        <v>2050</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="E348" s="15">
-        <v>10080066984</v>
+        <v>10080066971</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K348" s="15">
-        <v>0.06764000000000001</v>
+        <v>0.07914</v>
       </c>
       <c r="L348" s="15">
-        <v>0.04832</v>
+        <v>0.05726</v>
       </c>
       <c r="M348" s="15">
-        <v>0.04348</v>
+        <v>0.04996</v>
       </c>
       <c r="N348" s="15">
-        <v>562</v>
+        <v>2660</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>995</v>
+      </c>
+      <c r="E349" s="15">
+        <v>10080072828</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K349" s="15">
-        <v>0.05007</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L349" s="15">
-        <v>0.04339</v>
+        <v>0.05958</v>
       </c>
       <c r="M349" s="15">
-        <v>0.04173</v>
+        <v>0.05199</v>
       </c>
       <c r="N349" s="15">
-        <v>1449</v>
+        <v>4062</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E350" s="15">
-        <v>10080043120</v>
+        <v>10080066984</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K350" s="15">
-        <v>0.07907</v>
+        <v>0.04863</v>
       </c>
       <c r="L350" s="15">
-        <v>0.05721</v>
+        <v>0.04215</v>
       </c>
       <c r="M350" s="15">
-        <v>0.04992</v>
+        <v>0.04053</v>
       </c>
       <c r="N350" s="15">
-        <v>22018</v>
+        <v>457</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>998</v>
-[...2 lines deleted...]
-        <v>10080035171</v>
+        <v>999</v>
+      </c>
+      <c r="E351" s="15" t="s">
+        <v>1000</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K351" s="15">
-        <v>0.06683</v>
+        <v>0.05007</v>
       </c>
       <c r="L351" s="15">
-        <v>0.05792</v>
+        <v>0.04339</v>
       </c>
       <c r="M351" s="15">
-        <v>0.05569</v>
+        <v>0.04173</v>
       </c>
       <c r="N351" s="15">
-        <v>720</v>
+        <v>1391</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="E352" s="15">
-        <v>10080045920</v>
+        <v>10080043120</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I352" s="15"/>
-      <c r="J352" s="15"/>
+      <c r="J352" s="15">
+        <v>2000</v>
+      </c>
       <c r="K352" s="15">
-        <v>0.08420999999999999</v>
+        <v>0.05262</v>
       </c>
       <c r="L352" s="15">
-        <v>0.07298</v>
+        <v>0.0456</v>
       </c>
       <c r="M352" s="15">
-        <v>0.07018000000000001</v>
+        <v>0.04385</v>
       </c>
       <c r="N352" s="15">
-        <v>895</v>
+        <v>24687</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="E353" s="15">
-        <v>10080072836</v>
+        <v>10080035171</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K353" s="15">
-        <v>0.15055</v>
+        <v>0.06648</v>
       </c>
       <c r="L353" s="15">
-        <v>0.12547</v>
+        <v>0.05762</v>
       </c>
       <c r="M353" s="15">
-        <v>0.12044</v>
+        <v>0.0554</v>
       </c>
       <c r="N353" s="15">
-        <v>730</v>
+        <v>680</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D354" s="15" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="E354" s="15">
-        <v>10080066985</v>
+        <v>10080045920</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I354" s="15"/>
-      <c r="J354" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J354" s="15"/>
       <c r="K354" s="15">
-        <v>0.20059</v>
+        <v>0.08420999999999999</v>
       </c>
       <c r="L354" s="15">
-        <v>0.13288</v>
+        <v>0.07298</v>
       </c>
       <c r="M354" s="15">
-        <v>0.11595</v>
+        <v>0.07018000000000001</v>
       </c>
       <c r="N354" s="15">
-        <v>817</v>
+        <v>696</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="E355" s="15">
-        <v>10080043118</v>
+        <v>10080072836</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I355" s="15"/>
-      <c r="J355" s="15"/>
+      <c r="J355" s="15">
+        <v>1000</v>
+      </c>
       <c r="K355" s="15">
-        <v>0.18207</v>
+        <v>0.15055</v>
       </c>
       <c r="L355" s="15">
-        <v>0.13173</v>
+        <v>0.12547</v>
       </c>
       <c r="M355" s="15">
-        <v>0.11495</v>
+        <v>0.12044</v>
       </c>
       <c r="N355" s="15">
-        <v>188</v>
+        <v>660</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="E356" s="15">
-        <v>10080066986</v>
+        <v>10080066985</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I356" s="15"/>
-      <c r="J356" s="15"/>
+      <c r="J356" s="15">
+        <v>1000</v>
+      </c>
       <c r="K356" s="15">
-        <v>0.2187</v>
+        <v>0.10794</v>
       </c>
       <c r="L356" s="15">
-        <v>0.14488</v>
+        <v>0.09354999999999999</v>
       </c>
       <c r="M356" s="15">
-        <v>0.12642</v>
+        <v>0.08995</v>
       </c>
       <c r="N356" s="15">
-        <v>1185</v>
+        <v>703</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>1011</v>
+        <v>1012</v>
+      </c>
+      <c r="E357" s="15">
+        <v>10080043118</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15"/>
       <c r="K357" s="15">
-        <v>0.02547</v>
+        <v>0.18207</v>
       </c>
       <c r="L357" s="15">
-        <v>0.0182</v>
+        <v>0.13173</v>
       </c>
       <c r="M357" s="15">
-        <v>0.01638</v>
-[...1 lines deleted...]
-      <c r="N357" s="15"/>
+        <v>0.11495</v>
+      </c>
+      <c r="N357" s="15">
+        <v>171</v>
+      </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
-        <v>292</v>
+        <v>52</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="E358" s="15">
-        <v>10080069190</v>
+        <v>10080066986</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
-        <v>945</v>
+        <v>33</v>
       </c>
       <c r="I358" s="15"/>
-      <c r="J358" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J358" s="15"/>
       <c r="K358" s="15">
-        <v>0.14066</v>
+        <v>0.11765</v>
       </c>
       <c r="L358" s="15">
-        <v>0.14066</v>
+        <v>0.10196</v>
       </c>
       <c r="M358" s="15">
-        <v>0.14066</v>
-[...1 lines deleted...]
-      <c r="N358" s="15"/>
+        <v>0.09804</v>
+      </c>
+      <c r="N358" s="15">
+        <v>1220</v>
+      </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
-      <c r="B359" s="14"/>
-[...2 lines deleted...]
-      <c r="E359" s="15"/>
+      <c r="B359" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C359" s="15" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D359" s="15" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E359" s="15" t="s">
+        <v>1017</v>
+      </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
-      <c r="H359" s="15"/>
+      <c r="H359" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15"/>
-      <c r="K359" s="15"/>
-[...1 lines deleted...]
-      <c r="M359" s="15"/>
+      <c r="K359" s="15">
+        <v>0.02547</v>
+      </c>
+      <c r="L359" s="15">
+        <v>0.0182</v>
+      </c>
+      <c r="M359" s="15">
+        <v>0.01638</v>
+      </c>
       <c r="N359" s="15"/>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
+      <c r="R359"/>
+    </row>
+    <row r="360" spans="1:18">
+      <c r="B360" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="C360" s="15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D360" s="15" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E360" s="15">
+        <v>10080069190</v>
+      </c>
+      <c r="F360" s="15"/>
+      <c r="G360" s="15"/>
+      <c r="H360" s="15" t="s">
+        <v>951</v>
+      </c>
+      <c r="I360" s="15"/>
+      <c r="J360" s="15">
+        <v>1600</v>
+      </c>
+      <c r="K360" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="L360" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="M360" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="N360" s="15"/>
+      <c r="O360" s="15"/>
+      <c r="P360" s="15"/>
+      <c r="Q360" s="15"/>
+      <c r="R360"/>
+    </row>
+    <row r="361" spans="1:18">
+      <c r="B361" s="14"/>
+      <c r="C361" s="15"/>
+      <c r="D361" s="15"/>
+      <c r="E361" s="15"/>
+      <c r="F361" s="15"/>
+      <c r="G361" s="15"/>
+      <c r="H361" s="15"/>
+      <c r="I361" s="15"/>
+      <c r="J361" s="15"/>
+      <c r="K361" s="15"/>
+      <c r="L361" s="15"/>
+      <c r="M361" s="15"/>
+      <c r="N361" s="15"/>
+      <c r="O361" s="15"/>
+      <c r="P361" s="15"/>
+      <c r="Q361" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -17667,317 +17879,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1014</v>
+        <v>1020</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1015</v>
+        <v>1021</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1016</v>
+        <v>1022</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1017</v>
+        <v>1023</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1018</v>
+        <v>1024</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1019</v>
+        <v>1025</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1024</v>
+        <v>1030</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1030</v>
+        <v>1036</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1038</v>
+        <v>1044</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1039</v>
+        <v>1045</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1040</v>
+        <v>1046</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>