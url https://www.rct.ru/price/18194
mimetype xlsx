--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1047">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1061">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>05.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,83 +136,86 @@
   <si>
     <t>4.6x9.5x9.6mm / ACC-1 (UC-0) (L-KLS8-0402-UC-0)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-0.5</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 4.8мм / ACC-1.5 (UC-0.5) L-KLS8-0402-UC-0.5</t>
   </si>
   <si>
     <t>10-00061221</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-1</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 6.3мм / ACC-2 (UC-1) (KLS8-0402-UC-1)</t>
   </si>
   <si>
     <t>10-00061220</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-3</t>
   </si>
   <si>
     <t>хомут для кабеля OD12.7мм под винт 4.6мм / ACC-4 (UC-3) (L-KLS8-0402-UC-3)</t>
   </si>
   <si>
     <t>UT-00132175</t>
   </si>
   <si>
     <t>ACC-5 (UC-4)</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 15.8мм / ACC-5 (UC-4)</t>
   </si>
   <si>
     <t>10-00061229</t>
   </si>
   <si>
     <t>KSS</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-4</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 15.8мм / ACC-5 (UC-4) (L-KLS8-0402-UC-4)</t>
   </si>
   <si>
     <t>UT-00094325</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0402-UC-4 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134758</t>
   </si>
   <si>
     <t>Крепеж / Стойки пластиковые</t>
   </si>
   <si>
     <t>KLS8-0224-CPP-05</t>
   </si>
   <si>
     <t>стойка межплатная нейлоновая A=5.4мм / ACC-6 (KLS8-0224-CPP-05)</t>
   </si>
   <si>
     <t>10-00061224</t>
   </si>
   <si>
     <t>L-KLS8-0407-FC-20-B</t>
   </si>
   <si>
     <t>держатель для кабеля самоклеящийся 25.3х24.4мм, чёрный / AFC-20B (L-KLS8-0407-FC-20-B)</t>
   </si>
   <si>
     <t>UT-00135294</t>
   </si>
   <si>
     <t>L-KLS8-0407-FC-20</t>
@@ -319,119 +322,125 @@
   <si>
     <t>Длина стойки 6,4мм / CS-0406 (L-KLS8-0201-CS-0406)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0610</t>
   </si>
   <si>
     <t>CS-0610 (L-KLS8-0201-CS-0610)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0813</t>
   </si>
   <si>
     <t>CS-0813 (L-KLS8-0201-CS-0813)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-10</t>
   </si>
   <si>
     <t>CS-10 (L-KLS8-0208-CS-10)</t>
   </si>
   <si>
     <t>UT-00128384</t>
   </si>
   <si>
-    <t xml:space="preserve">BS-10S , </t>
+    <t xml:space="preserve">BS-10S , L-KLS8-0208-CS-10 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1016</t>
   </si>
   <si>
     <t>CS-1016 (L-KLS8-0201-CS-1016)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1219</t>
   </si>
   <si>
     <t>CS-1219 (L-KLS8-0201-CS-1219)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-13</t>
   </si>
   <si>
     <t>CS-13 (L-KLS8-0208-CS-13)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1422</t>
   </si>
   <si>
     <t>CS-1422 (KLS8-0201-CS-1422)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1625</t>
   </si>
   <si>
     <t>CS-1625 (KLS8-0201-CS-1625)</t>
   </si>
   <si>
     <t>KLS8-0201-CS-1828</t>
   </si>
   <si>
     <t>CS-1828 (KLS8-0201-CS-1828)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-19</t>
   </si>
   <si>
     <t>CS-19 (L-KLS8-0208-CS-19)</t>
   </si>
   <si>
     <t>UT-00134764</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0208-CS-19 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-0201-CS-2236</t>
   </si>
   <si>
     <t>CS-2236 (KLS8-0201-CS-2236)</t>
   </si>
   <si>
     <t>KLS8-0208-CS-28</t>
   </si>
   <si>
     <t>CS-28 (KLS8-0208-CS-28)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-35</t>
   </si>
   <si>
     <t>CS-35 (KLS8-0208-CS-35)</t>
   </si>
   <si>
     <t>UT-00137231</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0208-CS-35 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-0208-CS-5</t>
   </si>
   <si>
     <t>Длина стойки 5мм / CS-5 (L-KLS8-0208-CS-5)</t>
   </si>
   <si>
     <t>L-KLS8-0415-FC-1</t>
   </si>
   <si>
     <t>FC-1 (L-KLS8-0415-FC-1)</t>
   </si>
   <si>
     <t>FI-96</t>
   </si>
   <si>
     <t>Стойка FI-96</t>
   </si>
   <si>
     <t>MASZCZYK</t>
   </si>
   <si>
     <t>FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>Пластиковая стойка Мама-мама M3 25mm / FI-99 (HTP-325)</t>
@@ -457,50 +466,53 @@
   <si>
     <t>L-KLS8-0215-M3-11</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -11 / HP-11 (L-KLS8-0215-M3-11)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-12</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -12 / HP-12 (KLS8-0215-M3-12)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-13</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -13 / HP-13 (L-KLS8-0215-M3-13)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-14</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -14 / HP-14 (L-KLS8-0215-M3-14)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0215-M3-14 KLS, </t>
+  </si>
+  <si>
     <t>UT-00150015</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-15</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -15 / HP-15 (L-KLS8-0215-M3-15)</t>
   </si>
   <si>
     <t>10-00061463</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-18</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -18 / HP-18 (L-KLS8-0215-M3-18)</t>
   </si>
   <si>
     <t>UT-00121391</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-19</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -19 / HP-19 (L-KLS8-0215-M3-19)</t>
@@ -532,50 +544,59 @@
   <si>
     <t>L-KLS8-0215-M3-30</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -30 / HP-30 (L-KLS8-0215-M3-30)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-32</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -32 / HP-32 (L-KLS8-0215-M3-32)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M2-10</t>
   </si>
   <si>
     <t>Стойка пластиковая М2* PCHSS2-11 / HP2-11 (L-KLS8-0215-M2-10)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M4-15</t>
   </si>
   <si>
     <t>Стойка пластиковая М4* PCHSS4-15 / HP4-15 (L-KLS8-0215-M4-15)</t>
   </si>
   <si>
+    <t>L-KLS8-0215-M4-18</t>
+  </si>
+  <si>
+    <t>Стойка пластиковая М4* PCHSS4-18 / HP4-18 (L-KLS8-0215-M4-18)</t>
+  </si>
+  <si>
+    <t>UT-00155111</t>
+  </si>
+  <si>
     <t>L-KLS8-0430-IMN-1</t>
   </si>
   <si>
     <t>IMN-1 ( L-KLS8-0430-IMN-1 )</t>
   </si>
   <si>
     <t>L-KLS8-0217-CSR3-4.5T</t>
   </si>
   <si>
     <t>Snap Rivet, 3*4.5mm, цвет натуральный / KLS8-0217-CSR3-4.5T (L-KLS8-0217-CSR3-4.5T)</t>
   </si>
   <si>
     <t>10-00061211</t>
   </si>
   <si>
     <t>KLS8-0217-CSR3.5-6-B</t>
   </si>
   <si>
     <t>Клипса KLS8-0217-CSR3.5-6-B</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>H=11mm / KLS8-0220A-LCI-11</t>
@@ -622,50 +643,59 @@
   <si>
     <t>UT-00139694</t>
   </si>
   <si>
     <t>L-KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>L-KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>A=3mm / KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>10-00061528</t>
   </si>
   <si>
     <t>L-KLS8-0503-5N-4</t>
   </si>
   <si>
     <t>втулка проходная для кабеля 6.4~7.4мм, на панель 0.8~1.6мм / KLS8-0503-5N-4 (L-KLS8-0503-5N-4)</t>
   </si>
   <si>
+    <t>L-KLS8-DBH-2.5*4*3</t>
+  </si>
+  <si>
+    <t>2.5x4.0мм заклепка пустотелая BN572/DIN7340A, латунь без покрытия, L=3мм / KLS8-DBH-2.5*4*3</t>
+  </si>
+  <si>
+    <t>UT-00155643</t>
+  </si>
+  <si>
     <t>L-KLS8-DBH-3*4.5*5</t>
   </si>
   <si>
     <t>3x4.5мм заклепка пустотелая BN572/DIN7340A, латунь без покрытия, L=5мм / KLS8-DBH-3*4.5*5</t>
   </si>
   <si>
     <t>UT-00096391</t>
   </si>
   <si>
     <t xml:space="preserve">1218344 BOSSARD, </t>
   </si>
   <si>
     <t>L-KLS8-DBH-3*4.5*6</t>
   </si>
   <si>
     <t>3x4.5мм заклепка пустотелая BN572/DIN7340A, латунь без покрытия, L=6мм / KLS8-DBH-3*4.5*6</t>
   </si>
   <si>
     <t>UT-00098775</t>
   </si>
   <si>
     <t>L-KLS8-0202A-SP-28</t>
   </si>
   <si>
     <t>стойка пластиковая H=28.5мм / L-KLS8-0202A-SP-28</t>
@@ -973,74 +1003,74 @@
   <si>
     <t xml:space="preserve">9774110360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L12.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>UT-00129439</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-14.4</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L13.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-14.4 (h=13.0мм)</t>
   </si>
   <si>
     <t>UT-00099003</t>
   </si>
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
+    <t>06.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>стойка стальная луженая M3.0, OD6.0*L10.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>UT-00098708</t>
   </si>
   <si>
     <t>L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>стойка латунная луженая M2.5, OD5.0*L3.0мм + ID3.6*T1.1мм / L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>UT-00094185</t>
   </si>
   <si>
     <t>L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD5.0*L6.0мм + ID3.50*T1.50мм, катушка / L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>UT-00146544</t>
@@ -1108,74 +1138,71 @@
   <si>
     <t>UT-00149189</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0500-1100-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 5 (желтые) L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>UT-00137975</t>
   </si>
   <si>
     <t>H-L0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
-    <t>03.05.2026</t>
+    <t>02.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
-    <t>12.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
   </si>
   <si>
     <t>UT-00095476</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L7-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L7-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (L-KLS8-DBL-M3-E5.5-L7-A)</t>
   </si>
   <si>
     <t>UT-00149191</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0700-1300-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L0800-1400-5-03-1N1W</t>
@@ -1192,71 +1219,71 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 8 (L-KLS8-DBL-M3-E5.5-L08-A)</t>
   </si>
   <si>
     <t>UT-00149192</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0800-1400-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 8 (желтые) L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>H-L1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (H-L1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.5-L10-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (L-KLS8-DBL-M3-E5.5-L10-A)</t>
   </si>
   <si>
     <t>UT-00149193</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-1600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-10 (желтые) L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBL-M3-E5.0-L10 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134765</t>
   </si>
   <si>
     <t>H-L1100-1700-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-11 (H-L1100-1700-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L11-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L11-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-11 (L-KLS8-DBL-M3-E5.5-L11-A)</t>
   </si>
   <si>
     <t>UT-00149194</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1100-1700-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L1200-1800-5-03-1N1W</t>
@@ -1264,62 +1291,62 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (H-L1200-1800-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L12-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L12-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (L-KLS8-DBL-M3-E5.5-L12-A)</t>
   </si>
   <si>
     <t>UT-00149195</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1200-1800-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-12 (желтые) L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
+    <t>29.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13 (желтые) L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>10-00061405</t>
   </si>
   <si>
-    <t>05.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13.5 (желтые) L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>H-L1400-2000-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (H-L1400-2000-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L14-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L14-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (L-KLS8-DBL-M3-E5.5-L14-A)</t>
   </si>
   <si>
     <t>UT-00149196</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1400-2000-5-03-1N1W CONNFLY, </t>
@@ -1597,50 +1624,53 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-30 (H-L3000-3600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L30-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L30-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-30 (L-KLS8-DBL-M3-E5.5-L30-A)</t>
   </si>
   <si>
     <t>UT-00149207</t>
   </si>
   <si>
     <t xml:space="preserve">H-L3000-3600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L30</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-30 (желтые) L-KLS8-DBL-M3-E5.0-L30</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBL-M3-E5.0-L30 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134766</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E4.7-L32</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-32 (желтые) L-KLS8-DBL-M3-E4.7-L32</t>
   </si>
   <si>
     <t>UT-00140695</t>
   </si>
   <si>
     <t>H-L3500-4100-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-35 (H-L3500-4100-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L35-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L35-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-35 (L-KLS8-DBL-M3-E5.5-L35-A)</t>
@@ -2500,50 +2530,53 @@
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-12 (желтые) L-KLS8-DBK-M4-E5.5-L12</t>
   </si>
   <si>
     <t>UT-00118381</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L15</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-15 (желтые) L-KLS8-DBK-M4-E5.5-L15</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L18</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-18 (желтые) L-KLS8-DBK-M4-E5.5-L18</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L20</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-20 (желтые) L-KLS8-DBK-M4-E5.5-L20</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBK-M4-E5.5-L20 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134775</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L22</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-22 (желтые) L-KLS8-DBK-M4-E5.5-L22</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.0-L24</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-24 (желтые) L-KLS8-DBK-M4-E5.0-L24</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.0-L24-7</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия, длина резьбы 7мм / PCHSS4-24 (желтые) L-KLS8-DBK-M4-E5.0-L24-7</t>
   </si>
   <si>
     <t>UT-00129239</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L25</t>
@@ -2554,50 +2587,53 @@
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L30</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-30 (желтые) L-KLS8-DBK-M4-E5.5-L30</t>
   </si>
   <si>
     <t>UT-00139350</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.0-L45</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-45 (желтые) L-KLS8-DBK-M4-E5.0-L45</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L45</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-45 (желтые) L-KLS8-DBK-M4-E5.5-L45</t>
   </si>
   <si>
     <t>UT-00090577</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBK-M4-E5.5-L45 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-DBK-M4-E6.0-L55</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-55 (желтые) L-KLS8-DBK-M4-E6.0-L55</t>
   </si>
   <si>
     <t>H-C0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCSN- 6 (H-C0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-PCSN-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
     <t>H-C1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCSN-10 (H-C1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-PCSN-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-PCSN-M3-E5.5-L10-A</t>
@@ -2809,50 +2845,53 @@
   <si>
     <t>L-KLS8-PCSS-M3-E5.5-L30-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCSS-30 (L-KLS8-PCSS-M3-E5.5-L30-A)</t>
   </si>
   <si>
     <t>UT-00149246</t>
   </si>
   <si>
     <t xml:space="preserve">H-C3000 0600-5-03-2N CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-PCSS-M3-E5.0-L30</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCSS-30 (желтые) L-KLS8-PCSS-M3-E5.0-L30</t>
   </si>
   <si>
     <t>L-KLS8-PCSS-M3-E5.0-L45</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCSS-45 (желтые) L-KLS8-PCSS-M3-E5.0-L45</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-PCSS-M3-E5.0-L45 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134776</t>
   </si>
   <si>
     <t>L-KLS8-0408-PHC-8</t>
   </si>
   <si>
     <t xml:space="preserve">держатель для кабеля T=8.1 / PHC-8 (L-KLS8-0408-PHC-8) </t>
   </si>
   <si>
     <t>L-KLS8-PMB-1</t>
   </si>
   <si>
     <t>(Уголок крепежный, Материал: нейлон -66 (UL) ) / PMB-1 (L-KLS8-PMB-1)</t>
   </si>
   <si>
     <t>R30-1001002</t>
   </si>
   <si>
     <t>стойка для платы / R30-1001002</t>
   </si>
   <si>
     <t>10-00061395</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-0600-5-03-2N CONNFLY, L-KLS8-DBK-M3-E5.5-L10-A KLS, </t>
@@ -2924,50 +2963,53 @@
     <t>Стойка SMTSO3070MTJ</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-10</t>
   </si>
   <si>
     <t>Длина стойки 10,5мм / SP-10 (L-KLS8-0202-SP-10)</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-19</t>
   </si>
   <si>
     <t>Длина стойки 19.1 мм / SP-19 (L-KLS8-0202-SP-19)</t>
   </si>
   <si>
     <t xml:space="preserve">DLMSPM-12-19 Essentra, </t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-3</t>
   </si>
   <si>
     <t>SP-3 (L-KLS8-0202-SP-3)</t>
   </si>
   <si>
     <t>UT-00137232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS8-0202-SP-3 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-5</t>
   </si>
   <si>
     <t>Длина стойки 5.3 мм / SP-5 (L-KLS8-0202-SP-5)</t>
   </si>
   <si>
     <t>UT-00104904</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-6</t>
   </si>
   <si>
     <t>SP-6 (L-KLS8-0202-SP-6)</t>
   </si>
   <si>
     <t>L-KLS8-0224A-TCBS-10</t>
   </si>
   <si>
     <t>TCBS-10 (L-KLS8-0224A-TCBS-10)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-06</t>
   </si>
@@ -3663,51 +3705,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R361"/>
+  <dimension ref="A1:R363"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -3954,173 +3996,171 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080034435</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01806</v>
       </c>
       <c r="L10" s="15">
         <v>0.01565</v>
       </c>
       <c r="M10" s="15">
         <v>0.01505</v>
       </c>
       <c r="N10" s="15">
-        <v>4658</v>
+        <v>4492</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.01767</v>
       </c>
       <c r="L11" s="15">
         <v>0.01531</v>
       </c>
       <c r="M11" s="15">
         <v>0.01473</v>
       </c>
       <c r="N11" s="15">
-        <v>1352</v>
+        <v>1167</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.01799</v>
       </c>
       <c r="L12" s="15">
         <v>0.01559</v>
       </c>
       <c r="M12" s="15">
         <v>0.01499</v>
       </c>
       <c r="N12" s="15">
         <v>37</v>
       </c>
       <c r="O12" s="15">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.05147</v>
       </c>
       <c r="L13" s="15">
         <v>0.03724</v>
       </c>
       <c r="M13" s="15">
         <v>0.0325</v>
       </c>
-      <c r="N13" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15">
         <v>1000</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>47</v>
       </c>
@@ -4139,13727 +4179,13829 @@
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I15" s="15"/>
+      <c r="I15" s="15" t="s">
+        <v>51</v>
+      </c>
       <c r="J15" s="15">
         <v>400</v>
       </c>
       <c r="K15" s="15">
         <v>0.03366</v>
       </c>
       <c r="L15" s="15">
         <v>0.02917</v>
       </c>
       <c r="M15" s="15">
         <v>0.02805</v>
       </c>
       <c r="N15" s="15">
         <v>5</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I16" s="15"/>
+      <c r="I16" s="15" t="s">
+        <v>51</v>
+      </c>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.05453</v>
       </c>
       <c r="L16" s="15">
         <v>0.03945</v>
       </c>
       <c r="M16" s="15">
         <v>0.03443</v>
       </c>
       <c r="N16" s="15">
-        <v>2094</v>
+        <v>1749</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.1648</v>
       </c>
       <c r="L17" s="15">
         <v>0.13572</v>
       </c>
       <c r="M17" s="15">
         <v>0.12601</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.10809</v>
       </c>
       <c r="L18" s="15">
         <v>0.09064999999999999</v>
       </c>
       <c r="M18" s="15">
         <v>0.08717</v>
       </c>
       <c r="N18" s="15">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E19" s="15">
         <v>10000004525</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07442</v>
       </c>
       <c r="L19" s="15">
         <v>0.06449000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.06201</v>
       </c>
       <c r="N19" s="15">
-        <v>4271</v>
+        <v>3974</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E20" s="15">
         <v>10080053911</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J20" s="15">
         <v>1</v>
       </c>
       <c r="K20" s="15">
         <v>0.51519</v>
       </c>
       <c r="L20" s="15">
         <v>0.4465</v>
       </c>
       <c r="M20" s="15">
         <v>0.42933</v>
       </c>
       <c r="N20" s="15">
-        <v>312</v>
+        <v>382</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E21" s="15">
         <v>10080010567</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J21" s="15">
         <v>1</v>
       </c>
       <c r="K21" s="15">
         <v>1.02</v>
       </c>
       <c r="L21" s="15">
         <v>0.88409</v>
       </c>
       <c r="M21" s="15">
         <v>0.85009</v>
       </c>
       <c r="N21" s="15">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E22" s="15">
         <v>10080006881</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>1.46</v>
       </c>
       <c r="L22" s="15">
         <v>1.38</v>
       </c>
       <c r="M22" s="15">
         <v>1.34</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10080006882</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>1.01</v>
       </c>
       <c r="L23" s="15">
         <v>0.87874</v>
       </c>
       <c r="M23" s="15">
         <v>0.84494</v>
       </c>
       <c r="N23" s="15">
         <v>45</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080033228</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>2.44</v>
       </c>
       <c r="L24" s="15">
         <v>1.41</v>
       </c>
       <c r="M24" s="15">
         <v>1.27</v>
       </c>
       <c r="N24" s="15">
         <v>49</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>47</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.5694900000000001</v>
       </c>
       <c r="L25" s="15">
         <v>0.47764</v>
       </c>
       <c r="M25" s="15">
         <v>0.45926</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.12072</v>
       </c>
       <c r="L26" s="15">
         <v>0.10462</v>
       </c>
       <c r="M26" s="15">
         <v>0.1006</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.17784</v>
       </c>
       <c r="L27" s="15">
         <v>0.15413</v>
       </c>
       <c r="M27" s="15">
         <v>0.1482</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E28" s="15">
         <v>10080032270</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.1434</v>
+        <v>0.14585</v>
       </c>
       <c r="L28" s="15">
-        <v>0.12428</v>
+        <v>0.1264</v>
       </c>
       <c r="M28" s="15">
-        <v>0.1195</v>
+        <v>0.12154</v>
       </c>
       <c r="N28" s="15">
         <v>122</v>
       </c>
       <c r="O28" s="15">
         <v>640</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E29" s="15">
         <v>10080006484</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03114</v>
       </c>
       <c r="L29" s="15">
         <v>0.02699</v>
       </c>
       <c r="M29" s="15">
         <v>0.02595</v>
       </c>
       <c r="N29" s="15">
-        <v>2484</v>
+        <v>3132</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E30" s="15">
         <v>10080006485</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.0276</v>
+        <v>0.02798</v>
       </c>
       <c r="L30" s="15">
-        <v>0.02392</v>
+        <v>0.02425</v>
       </c>
       <c r="M30" s="15">
-        <v>0.023</v>
+        <v>0.02331</v>
       </c>
       <c r="N30" s="15">
-        <v>1200</v>
+        <v>1260</v>
       </c>
       <c r="O30" s="15">
-        <v>6000</v>
+        <v>6300</v>
       </c>
       <c r="P30" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E31" s="15">
         <v>10080006486</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.02847</v>
+        <v>0.02877</v>
       </c>
       <c r="L31" s="15">
-        <v>0.02467</v>
+        <v>0.02493</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02373</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02398</v>
+      </c>
+      <c r="N31" s="15"/>
       <c r="O31" s="15">
-        <v>1400</v>
+        <v>297</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E32" s="15">
         <v>10080006487</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04409</v>
       </c>
       <c r="L32" s="15">
         <v>0.03821</v>
       </c>
       <c r="M32" s="15">
         <v>0.03674</v>
       </c>
       <c r="N32" s="15">
-        <v>832</v>
+        <v>778</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I33" s="15"/>
+      <c r="I33" s="15" t="s">
+        <v>102</v>
+      </c>
       <c r="J33" s="15">
         <v>2000</v>
       </c>
       <c r="K33" s="15">
         <v>0.03819</v>
       </c>
       <c r="L33" s="15">
         <v>0.0331</v>
       </c>
       <c r="M33" s="15">
         <v>0.03183</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E34" s="15">
         <v>10080006498</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="J34" s="15">
         <v>3000</v>
       </c>
       <c r="K34" s="15">
         <v>0.03996</v>
       </c>
       <c r="L34" s="15">
         <v>0.03463</v>
       </c>
       <c r="M34" s="15">
         <v>0.0333</v>
       </c>
       <c r="N34" s="15">
-        <v>3657</v>
+        <v>2436</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E35" s="15">
         <v>10080006488</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.10003</v>
+        <v>0.05195</v>
       </c>
       <c r="L35" s="15">
-        <v>0.05772</v>
+        <v>0.04502</v>
       </c>
       <c r="M35" s="15">
-        <v>0.05193</v>
+        <v>0.04329</v>
       </c>
       <c r="N35" s="15">
-        <v>3255</v>
+        <v>3111</v>
       </c>
       <c r="O35" s="15">
-        <v>2720</v>
+        <v>2600</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E36" s="15">
         <v>10080006489</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.05895</v>
       </c>
       <c r="L36" s="15">
         <v>0.05109</v>
       </c>
       <c r="M36" s="15">
         <v>0.04913</v>
       </c>
       <c r="N36" s="15">
-        <v>7332</v>
+        <v>8049</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E37" s="15">
         <v>10080006502</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>2000</v>
       </c>
       <c r="K37" s="15">
         <v>0.05049</v>
       </c>
       <c r="L37" s="15">
         <v>0.04376</v>
       </c>
       <c r="M37" s="15">
         <v>0.04208</v>
       </c>
       <c r="N37" s="15">
-        <v>17473</v>
+        <v>16057</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E38" s="15">
         <v>10080006490</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.05046</v>
       </c>
       <c r="L38" s="15">
         <v>0.04373</v>
       </c>
       <c r="M38" s="15">
         <v>0.04205</v>
       </c>
       <c r="N38" s="15">
-        <v>825</v>
+        <v>636</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E39" s="15">
         <v>10080006491</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.05796</v>
       </c>
       <c r="L39" s="15">
         <v>0.05023</v>
       </c>
       <c r="M39" s="15">
         <v>0.0483</v>
       </c>
       <c r="N39" s="15">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E40" s="15">
         <v>10080006492</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.10506</v>
       </c>
       <c r="L40" s="15">
         <v>0.10222</v>
       </c>
       <c r="M40" s="15">
         <v>0.09631000000000001</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I41" s="15"/>
+      <c r="I41" s="15" t="s">
+        <v>118</v>
+      </c>
       <c r="J41" s="15">
         <v>1500</v>
       </c>
       <c r="K41" s="15">
         <v>0.10678</v>
       </c>
       <c r="L41" s="15">
         <v>0.07726</v>
       </c>
       <c r="M41" s="15">
         <v>0.06741</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E42" s="15">
         <v>10080006504</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I42" s="15"/>
+      <c r="I42" s="15" t="s">
+        <v>118</v>
+      </c>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.06593</v>
       </c>
       <c r="L42" s="15">
         <v>0.05714</v>
       </c>
       <c r="M42" s="15">
         <v>0.05494</v>
       </c>
       <c r="N42" s="15">
-        <v>12885</v>
+        <v>15542</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E43" s="15">
         <v>10080006493</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.08046</v>
       </c>
       <c r="L43" s="15">
         <v>0.06973</v>
       </c>
       <c r="M43" s="15">
         <v>0.06705</v>
       </c>
       <c r="N43" s="15">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E44" s="15">
         <v>10080006507</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.10868</v>
       </c>
       <c r="L44" s="15">
         <v>0.06521</v>
       </c>
       <c r="M44" s="15">
         <v>0.06521</v>
       </c>
       <c r="N44" s="15">
-        <v>6453</v>
+        <v>5490</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I45" s="15"/>
+      <c r="I45" s="15" t="s">
+        <v>126</v>
+      </c>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.08459999999999999</v>
       </c>
       <c r="L45" s="15">
         <v>0.07332</v>
       </c>
       <c r="M45" s="15">
         <v>0.07049999999999999</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E46" s="15">
         <v>10080006508</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I46" s="15"/>
+      <c r="I46" s="15" t="s">
+        <v>126</v>
+      </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.08475000000000001</v>
       </c>
       <c r="L46" s="15">
         <v>0.07345</v>
       </c>
       <c r="M46" s="15">
         <v>0.07063</v>
       </c>
-      <c r="N46" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E47" s="15">
         <v>10080006496</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>5000</v>
       </c>
       <c r="K47" s="15">
         <v>0.03312</v>
       </c>
       <c r="L47" s="15">
         <v>0.0287</v>
       </c>
       <c r="M47" s="15">
         <v>0.0276</v>
       </c>
       <c r="N47" s="15">
-        <v>1580</v>
+        <v>1969</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10080032276</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.04011</v>
       </c>
       <c r="L48" s="15">
         <v>0.03476</v>
       </c>
       <c r="M48" s="15">
         <v>0.03343</v>
       </c>
       <c r="N48" s="15">
-        <v>4810</v>
+        <v>5135</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E49" s="15">
         <v>10080032892</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1</v>
       </c>
       <c r="K49" s="15">
         <v>0.13989</v>
       </c>
       <c r="L49" s="15">
         <v>0.12249</v>
       </c>
       <c r="M49" s="15">
         <v>0.11805</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080036527</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="15">
         <v>0.3473</v>
       </c>
       <c r="L50" s="15">
         <v>0.31256</v>
       </c>
       <c r="M50" s="15">
         <v>0.28941</v>
       </c>
       <c r="N50" s="15">
-        <v>793</v>
+        <v>737</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.19432</v>
       </c>
       <c r="L51" s="15">
         <v>0.16298</v>
       </c>
       <c r="M51" s="15">
         <v>0.15671</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E52" s="15">
         <v>10080043127</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.04076</v>
       </c>
       <c r="L52" s="15">
         <v>0.03532</v>
       </c>
       <c r="M52" s="15">
         <v>0.03396</v>
       </c>
       <c r="N52" s="15">
-        <v>2661</v>
+        <v>2298</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="E53" s="15">
         <v>10080050044</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.04205</v>
       </c>
       <c r="L53" s="15">
         <v>0.03644</v>
       </c>
       <c r="M53" s="15">
         <v>0.03504</v>
       </c>
       <c r="N53" s="15">
-        <v>2267</v>
+        <v>2764</v>
       </c>
       <c r="O53" s="15">
-        <v>7300</v>
+        <v>8900</v>
       </c>
       <c r="P53" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="E54" s="15">
         <v>10080069039</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
         <v>0.04364</v>
       </c>
       <c r="L54" s="15">
         <v>0.03782</v>
       </c>
       <c r="M54" s="15">
         <v>0.03636</v>
       </c>
       <c r="N54" s="15">
-        <v>9148</v>
+        <v>10673</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E55" s="15">
         <v>10080060761</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.05016</v>
       </c>
       <c r="L55" s="15">
         <v>0.04347</v>
       </c>
       <c r="M55" s="15">
         <v>0.0418</v>
       </c>
       <c r="N55" s="15">
-        <v>1427</v>
+        <v>1076</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E56" s="15">
         <v>10080035172</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I56" s="15"/>
+      <c r="I56" s="15" t="s">
+        <v>150</v>
+      </c>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
         <v>0.04989</v>
       </c>
       <c r="L56" s="15">
         <v>0.04324</v>
       </c>
       <c r="M56" s="15">
         <v>0.04158</v>
       </c>
       <c r="N56" s="15">
-        <v>1542</v>
+        <v>1773</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I57" s="15"/>
+      <c r="I57" s="15" t="s">
+        <v>150</v>
+      </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.06955</v>
       </c>
       <c r="L57" s="15">
         <v>0.04968</v>
       </c>
       <c r="M57" s="15">
         <v>0.04471</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.05645</v>
       </c>
       <c r="L58" s="15">
         <v>0.04892</v>
       </c>
       <c r="M58" s="15">
         <v>0.04704</v>
       </c>
       <c r="N58" s="15">
-        <v>15834</v>
+        <v>14274</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
       </c>
       <c r="K59" s="15">
         <v>0.05868</v>
       </c>
       <c r="L59" s="15">
         <v>0.05086</v>
       </c>
       <c r="M59" s="15">
         <v>0.0489</v>
       </c>
-      <c r="N59" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.05823</v>
+        <v>0.05793</v>
       </c>
       <c r="L60" s="15">
-        <v>0.05047</v>
+        <v>0.05021</v>
       </c>
       <c r="M60" s="15">
-        <v>0.04853</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04828</v>
+      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15">
-        <v>690</v>
+        <v>160</v>
       </c>
       <c r="P60" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E61" s="15">
         <v>10080035173</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>2000</v>
       </c>
       <c r="K61" s="15">
         <v>0.06168</v>
       </c>
       <c r="L61" s="15">
         <v>0.05346</v>
       </c>
       <c r="M61" s="15">
         <v>0.0514</v>
       </c>
       <c r="N61" s="15">
-        <v>6436</v>
+        <v>4330</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.09029</v>
       </c>
       <c r="L62" s="15">
         <v>0.07825</v>
       </c>
       <c r="M62" s="15">
         <v>0.07524</v>
       </c>
       <c r="N62" s="15">
-        <v>760</v>
+        <v>600</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="E63" s="15">
         <v>10080063329</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="L63" s="15">
         <v>0.06237</v>
       </c>
       <c r="M63" s="15">
         <v>0.05998</v>
       </c>
       <c r="N63" s="15">
-        <v>923</v>
+        <v>1385</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="E64" s="15">
         <v>10080045919</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.08262</v>
       </c>
       <c r="L64" s="15">
         <v>0.0716</v>
       </c>
       <c r="M64" s="15">
         <v>0.06884999999999999</v>
       </c>
       <c r="N64" s="15">
-        <v>576</v>
+        <v>693</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="E65" s="15">
         <v>10080042633</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.07647</v>
       </c>
       <c r="L65" s="15">
         <v>0.06627</v>
       </c>
       <c r="M65" s="15">
         <v>0.06372999999999999</v>
       </c>
       <c r="N65" s="15">
-        <v>6636</v>
+        <v>5530</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="E66" s="15">
         <v>10080048795</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.08687</v>
       </c>
       <c r="L66" s="15">
         <v>0.05693</v>
       </c>
       <c r="M66" s="15">
         <v>0.04943</v>
       </c>
       <c r="N66" s="15">
-        <v>1892</v>
+        <v>1613</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E67" s="15">
         <v>10080074467</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.06039</v>
       </c>
       <c r="L67" s="15">
         <v>0.05234</v>
       </c>
       <c r="M67" s="15">
         <v>0.05033</v>
       </c>
       <c r="N67" s="15">
-        <v>1053</v>
+        <v>1185</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>10080032269</v>
+        <v>177</v>
+      </c>
+      <c r="E68" s="15" t="s">
+        <v>178</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.14352</v>
+        <v>0.07169</v>
       </c>
       <c r="L68" s="15">
-        <v>0.12438</v>
+        <v>0.06213</v>
       </c>
       <c r="M68" s="15">
-        <v>0.1196</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05974</v>
+      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>176</v>
+        <v>180</v>
+      </c>
+      <c r="E69" s="15">
+        <v>10080032269</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>30</v>
+        <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.11387</v>
+        <v>0.14352</v>
       </c>
       <c r="L69" s="15">
-        <v>0.09549000000000001</v>
+        <v>0.12438</v>
       </c>
       <c r="M69" s="15">
-        <v>0.09182</v>
-[...1 lines deleted...]
-      <c r="N69" s="15"/>
+        <v>0.1196</v>
+      </c>
+      <c r="N69" s="15">
+        <v>7552</v>
+      </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>178</v>
-[...2 lines deleted...]
-        <v>10080055488</v>
+        <v>182</v>
+      </c>
+      <c r="E70" s="15" t="s">
+        <v>183</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>5000</v>
+        <v>30</v>
       </c>
       <c r="K70" s="15">
-        <v>0.04683</v>
+        <v>0.11387</v>
       </c>
       <c r="L70" s="15">
-        <v>0.03902</v>
+        <v>0.09549000000000001</v>
       </c>
       <c r="M70" s="15">
-        <v>0.03746</v>
+        <v>0.09182</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="E71" s="15">
-        <v>10080071334</v>
+        <v>10080055488</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.08124000000000001</v>
+        <v>0.04683</v>
       </c>
       <c r="L71" s="15">
-        <v>0.07041</v>
+        <v>0.03902</v>
       </c>
       <c r="M71" s="15">
-        <v>0.0677</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03746</v>
+      </c>
+      <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>187</v>
+      </c>
+      <c r="E72" s="15">
+        <v>10080071334</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.11199</v>
+        <v>0.08124000000000001</v>
       </c>
       <c r="L72" s="15">
-        <v>0.09393</v>
+        <v>0.07041</v>
       </c>
       <c r="M72" s="15">
-        <v>0.09031</v>
-[...1 lines deleted...]
-      <c r="N72" s="15"/>
+        <v>0.0677</v>
+      </c>
+      <c r="N72" s="15">
+        <v>20496</v>
+      </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>10080059298</v>
+        <v>189</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>190</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.00868</v>
+        <v>0.11199</v>
       </c>
       <c r="L73" s="15">
-        <v>0.007</v>
+        <v>0.09393</v>
       </c>
       <c r="M73" s="15">
-        <v>0.00673</v>
+        <v>0.09031</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>192</v>
+      </c>
+      <c r="E74" s="15">
+        <v>10080059298</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.00713</v>
+        <v>0.00868</v>
       </c>
       <c r="L74" s="15">
-        <v>0.00618</v>
+        <v>0.007</v>
       </c>
       <c r="M74" s="15">
-        <v>0.00594</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00673</v>
+      </c>
+      <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.02405</v>
+        <v>0.00713</v>
       </c>
       <c r="L75" s="15">
-        <v>0.02018</v>
+        <v>0.00618</v>
       </c>
       <c r="M75" s="15">
-        <v>0.0194</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>0.00594</v>
+      </c>
+      <c r="N75" s="15">
+        <v>20</v>
+      </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>20000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.00923</v>
+        <v>0.02405</v>
       </c>
       <c r="L76" s="15">
-        <v>0.008</v>
+        <v>0.02018</v>
       </c>
       <c r="M76" s="15">
-        <v>0.00769</v>
+        <v>0.0194</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>10080050350</v>
+        <v>200</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>201</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.53202</v>
+        <v>0.00923</v>
       </c>
       <c r="L77" s="15">
-        <v>0</v>
+        <v>0.008</v>
       </c>
       <c r="M77" s="15">
-        <v>0</v>
+        <v>0.00769</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>199</v>
+        <v>203</v>
+      </c>
+      <c r="E78" s="15">
+        <v>10080050350</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>2000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.08288</v>
+        <v>0.53202</v>
       </c>
       <c r="L78" s="15">
-        <v>0.06951</v>
+        <v>0</v>
       </c>
       <c r="M78" s="15">
-        <v>0.06684</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>10080059297</v>
+        <v>205</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>206</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.06683</v>
+        <v>0.08212999999999999</v>
       </c>
       <c r="L79" s="15">
-        <v>0.05389</v>
+        <v>0.07117999999999999</v>
       </c>
       <c r="M79" s="15">
-        <v>0.05173</v>
-[...1 lines deleted...]
-      <c r="N79" s="15"/>
+        <v>0.06844</v>
+      </c>
+      <c r="N79" s="15">
+        <v>810</v>
+      </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>208</v>
+      </c>
+      <c r="E80" s="15">
+        <v>10080059297</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I80" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="K80" s="15">
-        <v>0.00623</v>
+        <v>0.06683</v>
       </c>
       <c r="L80" s="15">
-        <v>0.00623</v>
+        <v>0.05389</v>
       </c>
       <c r="M80" s="15">
-        <v>0.00623</v>
+        <v>0.05173</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>5000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.008710000000000001</v>
+        <v>0.00565</v>
       </c>
       <c r="L81" s="15">
-        <v>0.008330000000000001</v>
+        <v>0.00565</v>
       </c>
       <c r="M81" s="15">
-        <v>0.00795</v>
+        <v>0.00565</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I82" s="15"/>
+      <c r="I82" s="15" t="s">
+        <v>215</v>
+      </c>
       <c r="J82" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.14319</v>
+        <v>0.00623</v>
       </c>
       <c r="L82" s="15">
-        <v>0.12009</v>
+        <v>0.00623</v>
       </c>
       <c r="M82" s="15">
-        <v>0.11547</v>
+        <v>0.00623</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.07596</v>
+        <v>0.008710000000000001</v>
       </c>
       <c r="L83" s="15">
-        <v>0.06370000000000001</v>
+        <v>0.008330000000000001</v>
       </c>
       <c r="M83" s="15">
-        <v>0.06125</v>
+        <v>0.00795</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.11282</v>
+        <v>0.14319</v>
       </c>
       <c r="L84" s="15">
-        <v>0.09463000000000001</v>
+        <v>0.12009</v>
       </c>
       <c r="M84" s="15">
-        <v>0.09099</v>
+        <v>0.11547</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.12636</v>
+        <v>0.07596</v>
       </c>
       <c r="L85" s="15">
-        <v>0.10598</v>
+        <v>0.06370000000000001</v>
       </c>
       <c r="M85" s="15">
-        <v>0.1019</v>
+        <v>0.06125</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>10080066129</v>
+        <v>226</v>
+      </c>
+      <c r="E86" s="15" t="s">
+        <v>227</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.02063</v>
+        <v>0.11282</v>
       </c>
       <c r="L86" s="15">
-        <v>0.01788</v>
+        <v>0.09463000000000001</v>
       </c>
       <c r="M86" s="15">
-        <v>0.01719</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09099</v>
+      </c>
+      <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.02274</v>
+        <v>0.12636</v>
       </c>
       <c r="L87" s="15">
-        <v>0.01971</v>
+        <v>0.10598</v>
       </c>
       <c r="M87" s="15">
-        <v>0.01895</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1019</v>
+      </c>
+      <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>232</v>
+      </c>
+      <c r="E88" s="15">
+        <v>10080066129</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.04329</v>
+        <v>0.02063</v>
       </c>
       <c r="L88" s="15">
-        <v>0.03752</v>
+        <v>0.01788</v>
       </c>
       <c r="M88" s="15">
-        <v>0.03608</v>
+        <v>0.01719</v>
       </c>
       <c r="N88" s="15">
-        <v>7700</v>
+        <v>14200</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>10080070865</v>
+        <v>234</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>235</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.04479</v>
+        <v>0.02274</v>
       </c>
       <c r="L89" s="15">
-        <v>0.03882</v>
+        <v>0.01971</v>
       </c>
       <c r="M89" s="15">
-        <v>0.03733</v>
+        <v>0.01895</v>
       </c>
       <c r="N89" s="15">
-        <v>5954</v>
+        <v>740</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.0408</v>
+        <v>0.04329</v>
       </c>
       <c r="L90" s="15">
-        <v>0.03536</v>
+        <v>0.03752</v>
       </c>
       <c r="M90" s="15">
-        <v>0.034</v>
+        <v>0.03608</v>
       </c>
       <c r="N90" s="15">
-        <v>1810</v>
+        <v>7500</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>235</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>240</v>
+      </c>
+      <c r="E91" s="15">
+        <v>10080070865</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.07364</v>
+        <v>0.04479</v>
       </c>
       <c r="L91" s="15">
-        <v>0.07364</v>
+        <v>0.03882</v>
       </c>
       <c r="M91" s="15">
-        <v>0.07364</v>
-[...1 lines deleted...]
-      <c r="N91" s="15"/>
+        <v>0.03733</v>
+      </c>
+      <c r="N91" s="15">
+        <v>8589</v>
+      </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.02689</v>
+        <v>0.0408</v>
       </c>
       <c r="L92" s="15">
-        <v>0.02256</v>
+        <v>0.03536</v>
       </c>
       <c r="M92" s="15">
-        <v>0.02169</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.034</v>
+      </c>
+      <c r="N92" s="15">
+        <v>1473</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
-      <c r="Q92" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.05685</v>
+        <v>0.07364</v>
       </c>
       <c r="L93" s="15">
-        <v>0.04927</v>
+        <v>0.07364</v>
       </c>
       <c r="M93" s="15">
-        <v>0.04738</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07364</v>
+      </c>
+      <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.09696</v>
+        <v>0.02689</v>
       </c>
       <c r="L94" s="15">
-        <v>0.08402999999999999</v>
+        <v>0.02256</v>
       </c>
       <c r="M94" s="15">
-        <v>0.0808</v>
-[...10 lines deleted...]
-      <c r="Q94" s="15"/>
+        <v>0.02169</v>
+      </c>
+      <c r="N94" s="15"/>
+      <c r="O94" s="15"/>
+      <c r="P94" s="15"/>
+      <c r="Q94" s="15">
+        <v>10000</v>
+      </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.03431</v>
+        <v>0.05685</v>
       </c>
       <c r="L95" s="15">
-        <v>0.02973</v>
+        <v>0.04927</v>
       </c>
       <c r="M95" s="15">
-        <v>0.02859</v>
+        <v>0.04738</v>
       </c>
       <c r="N95" s="15">
-        <v>1240</v>
+        <v>726</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.05219</v>
+        <v>0.09696</v>
       </c>
       <c r="L96" s="15">
-        <v>0.04377</v>
+        <v>0.08402999999999999</v>
       </c>
       <c r="M96" s="15">
-        <v>0.04209</v>
-[...3 lines deleted...]
-      <c r="P96" s="15"/>
+        <v>0.0808</v>
+      </c>
+      <c r="N96" s="15">
+        <v>536</v>
+      </c>
+      <c r="O96" s="15">
+        <v>1340</v>
+      </c>
+      <c r="P96" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.08859</v>
+        <v>0.03431</v>
       </c>
       <c r="L97" s="15">
-        <v>0.0743</v>
+        <v>0.02973</v>
       </c>
       <c r="M97" s="15">
-        <v>0.07145</v>
+        <v>0.02859</v>
       </c>
       <c r="N97" s="15">
-        <v>16</v>
+        <v>1620</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.10197</v>
+        <v>0.05219</v>
       </c>
       <c r="L98" s="15">
-        <v>0.08552999999999999</v>
+        <v>0.04377</v>
       </c>
       <c r="M98" s="15">
-        <v>0.08223999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04209</v>
+      </c>
+      <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.04888</v>
+        <v>0.08859</v>
       </c>
       <c r="L99" s="15">
-        <v>0.04888</v>
+        <v>0.0743</v>
       </c>
       <c r="M99" s="15">
-        <v>0.04888</v>
+        <v>0.07145</v>
       </c>
       <c r="N99" s="15">
-        <v>3947</v>
+        <v>16</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I100" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.0396</v>
+        <v>0.10431</v>
       </c>
       <c r="L100" s="15">
-        <v>0.03322</v>
+        <v>0.09039999999999999</v>
       </c>
       <c r="M100" s="15">
-        <v>0.03194</v>
-[...1 lines deleted...]
-      <c r="N100" s="15"/>
+        <v>0.08692999999999999</v>
+      </c>
+      <c r="N100" s="15">
+        <v>840</v>
+      </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.04635</v>
+        <v>0.04888</v>
       </c>
       <c r="L101" s="15">
-        <v>0.04017</v>
+        <v>0.04888</v>
       </c>
       <c r="M101" s="15">
-        <v>0.03863</v>
-[...1 lines deleted...]
-      <c r="N101" s="15"/>
+        <v>0.04888</v>
+      </c>
+      <c r="N101" s="15">
+        <v>2997</v>
+      </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>10080074137</v>
+        <v>272</v>
+      </c>
+      <c r="E102" s="15" t="s">
+        <v>273</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I102" s="15"/>
-      <c r="J102" s="15"/>
+      <c r="I102" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="J102" s="15">
+        <v>5000</v>
+      </c>
       <c r="K102" s="15">
-        <v>0.02156</v>
+        <v>0.0396</v>
       </c>
       <c r="L102" s="15">
-        <v>0.01868</v>
+        <v>0.03322</v>
       </c>
       <c r="M102" s="15">
-        <v>0.01796</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03194</v>
+      </c>
+      <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K103" s="15">
-        <v>0.02534</v>
+        <v>0.04635</v>
       </c>
       <c r="L103" s="15">
-        <v>0.02196</v>
+        <v>0.04017</v>
       </c>
       <c r="M103" s="15">
-        <v>0.02111</v>
+        <v>0.03863</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="E104" s="15">
-        <v>10080055639</v>
+        <v>10080074137</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15"/>
       <c r="K104" s="15">
-        <v>0.03614</v>
+        <v>0.02156</v>
       </c>
       <c r="L104" s="15">
-        <v>0</v>
+        <v>0.01868</v>
       </c>
       <c r="M104" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N104" s="15"/>
+        <v>0.01796</v>
+      </c>
+      <c r="N104" s="15">
+        <v>15904</v>
+      </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
-      <c r="J105" s="15"/>
+      <c r="J105" s="15">
+        <v>1000</v>
+      </c>
       <c r="K105" s="15">
-        <v>0.02174</v>
+        <v>0.02534</v>
       </c>
       <c r="L105" s="15">
-        <v>0.01449</v>
+        <v>0.02196</v>
       </c>
       <c r="M105" s="15">
-        <v>0.01328</v>
+        <v>0.02111</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="E106" s="15">
-        <v>10080074138</v>
+        <v>10080055639</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
-      <c r="J106" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J106" s="15"/>
       <c r="K106" s="15">
-        <v>0.04113</v>
+        <v>0.03614</v>
       </c>
       <c r="L106" s="15">
-        <v>0.03565</v>
+        <v>0</v>
       </c>
       <c r="M106" s="15">
-        <v>0.03428</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
-        <v>0.105</v>
+        <v>0.02174</v>
       </c>
       <c r="L107" s="15">
-        <v>0.105</v>
+        <v>0.01449</v>
       </c>
       <c r="M107" s="15">
-        <v>0.105</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01328</v>
+      </c>
+      <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="E108" s="15">
-        <v>10080053910</v>
+        <v>10080074138</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15"/>
+      <c r="J108" s="15">
+        <v>10000</v>
+      </c>
       <c r="K108" s="15">
-        <v>0.08028</v>
+        <v>0.04113</v>
       </c>
       <c r="L108" s="15">
-        <v>0</v>
+        <v>0.03565</v>
       </c>
       <c r="M108" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N108" s="15"/>
+        <v>0.03428</v>
+      </c>
+      <c r="N108" s="15">
+        <v>13592</v>
+      </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>0.04287</v>
+        <v>0.105</v>
       </c>
       <c r="L109" s="15">
-        <v>0.03596</v>
+        <v>0.105</v>
       </c>
       <c r="M109" s="15">
-        <v>0.03457</v>
-[...1 lines deleted...]
-      <c r="N109" s="15"/>
+        <v>0.105</v>
+      </c>
+      <c r="N109" s="15">
+        <v>10</v>
+      </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>294</v>
+      </c>
+      <c r="E110" s="15">
+        <v>10080053910</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J110" s="15"/>
       <c r="K110" s="15">
-        <v>0.24556</v>
+        <v>0.08028</v>
       </c>
       <c r="L110" s="15">
-        <v>0.20595</v>
+        <v>0</v>
       </c>
       <c r="M110" s="15">
-        <v>0.19803</v>
+        <v>0</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>10080076098</v>
+        <v>296</v>
+      </c>
+      <c r="E111" s="15" t="s">
+        <v>297</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>0.11261</v>
+        <v>0.04287</v>
       </c>
       <c r="L111" s="15">
-        <v>0.09384000000000001</v>
+        <v>0.03596</v>
       </c>
       <c r="M111" s="15">
-        <v>0.09007999999999999</v>
+        <v>0.03457</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-        <v>10080076097</v>
+        <v>299</v>
+      </c>
+      <c r="E112" s="15" t="s">
+        <v>300</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15"/>
-      <c r="J112" s="15"/>
+      <c r="J112" s="15">
+        <v>100</v>
+      </c>
       <c r="K112" s="15">
-        <v>0.12284</v>
+        <v>0.24556</v>
       </c>
       <c r="L112" s="15">
-        <v>0.10237</v>
+        <v>0.20595</v>
       </c>
       <c r="M112" s="15">
-        <v>0.09827</v>
+        <v>0.19803</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>302</v>
+      </c>
+      <c r="E113" s="15">
+        <v>10080076098</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I113" s="15"/>
-      <c r="J113" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J113" s="15"/>
       <c r="K113" s="15">
-        <v>0.19795</v>
+        <v>0.11261</v>
       </c>
       <c r="L113" s="15">
-        <v>0.16603</v>
+        <v>0.09384000000000001</v>
       </c>
       <c r="M113" s="15">
-        <v>0.15963</v>
+        <v>0.09007999999999999</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>298</v>
+        <v>53</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>304</v>
+      </c>
+      <c r="E114" s="15">
+        <v>10080076097</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15"/>
-      <c r="J114" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J114" s="15"/>
       <c r="K114" s="15">
-        <v>0.13</v>
+        <v>0.12284</v>
       </c>
       <c r="L114" s="15">
-        <v>0.10904</v>
+        <v>0.10237</v>
       </c>
       <c r="M114" s="15">
-        <v>0.10485</v>
+        <v>0.09827</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>298</v>
+        <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.18447</v>
+        <v>0.19795</v>
       </c>
       <c r="L115" s="15">
-        <v>0.15471</v>
+        <v>0.16603</v>
       </c>
       <c r="M115" s="15">
-        <v>0.14877</v>
+        <v>0.15963</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.11268</v>
+        <v>0.13</v>
       </c>
       <c r="L116" s="15">
-        <v>0.09766</v>
+        <v>0.10904</v>
       </c>
       <c r="M116" s="15">
-        <v>0.0939</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10485</v>
+      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I117" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.37315</v>
+        <v>0.18447</v>
       </c>
       <c r="L117" s="15">
-        <v>0.35693</v>
+        <v>0.15471</v>
       </c>
       <c r="M117" s="15">
-        <v>0.35693</v>
+        <v>0.14877</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="K118" s="15">
-        <v>0.25918</v>
+        <v>0.11268</v>
       </c>
       <c r="L118" s="15">
-        <v>0.25918</v>
+        <v>0.09766</v>
       </c>
       <c r="M118" s="15">
-        <v>0.25918</v>
-[...1 lines deleted...]
-      <c r="N118" s="15"/>
+        <v>0.0939</v>
+      </c>
+      <c r="N118" s="15">
+        <v>1434</v>
+      </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="J119" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K119" s="15">
-        <v>0.44837</v>
+        <v>0.37315</v>
       </c>
       <c r="L119" s="15">
-        <v>0.38858</v>
+        <v>0.35693</v>
       </c>
       <c r="M119" s="15">
-        <v>0.37364</v>
+        <v>0.35693</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
-      <c r="Q119" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I120" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>950</v>
+        <v>300</v>
       </c>
       <c r="K120" s="15">
-        <v>0.19797</v>
+        <v>0.25918</v>
       </c>
       <c r="L120" s="15">
-        <v>0.17157</v>
+        <v>0.25918</v>
       </c>
       <c r="M120" s="15">
-        <v>0.16498</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25918</v>
+      </c>
+      <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
-      <c r="Q120" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I121" s="15"/>
+      <c r="I121" s="15" t="s">
+        <v>328</v>
+      </c>
       <c r="J121" s="15">
-        <v>650</v>
+        <v>250</v>
       </c>
       <c r="K121" s="15">
-        <v>0.17057</v>
+        <v>0.44837</v>
       </c>
       <c r="L121" s="15">
-        <v>0.14782</v>
+        <v>0.38858</v>
       </c>
       <c r="M121" s="15">
-        <v>0.14214</v>
+        <v>0.37364</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="Q121" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I122" s="15"/>
+      <c r="I122" s="15" t="s">
+        <v>333</v>
+      </c>
       <c r="J122" s="15">
-        <v>350</v>
+        <v>950</v>
       </c>
       <c r="K122" s="15">
-        <v>0.20392</v>
+        <v>0.19797</v>
       </c>
       <c r="L122" s="15">
-        <v>0.19465</v>
+        <v>0.17157</v>
       </c>
       <c r="M122" s="15">
-        <v>0.19465</v>
+        <v>0.16498</v>
       </c>
       <c r="N122" s="15">
-        <v>6734</v>
+        <v>1330</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
-      <c r="Q122" s="15"/>
+      <c r="Q122" s="15">
+        <v>4750</v>
+      </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>1000</v>
+        <v>650</v>
       </c>
       <c r="K123" s="15">
-        <v>0.31874</v>
+        <v>0.17057</v>
       </c>
       <c r="L123" s="15">
-        <v>0.27624</v>
+        <v>0.14782</v>
       </c>
       <c r="M123" s="15">
-        <v>0.26561</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14214</v>
+      </c>
+      <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
-      <c r="Q123" s="15"/>
+      <c r="Q123" s="15">
+        <v>10000</v>
+      </c>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>700</v>
+        <v>350</v>
       </c>
       <c r="K124" s="15">
-        <v>0.13742</v>
+        <v>0.20392</v>
       </c>
       <c r="L124" s="15">
-        <v>0.11526</v>
+        <v>0.19465</v>
       </c>
       <c r="M124" s="15">
-        <v>0.11083</v>
-[...1 lines deleted...]
-      <c r="N124" s="15"/>
+        <v>0.19465</v>
+      </c>
+      <c r="N124" s="15">
+        <v>8190</v>
+      </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>10080008531</v>
+        <v>341</v>
+      </c>
+      <c r="E125" s="15" t="s">
+        <v>342</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>1000</v>
       </c>
       <c r="K125" s="15">
-        <v>0.08448</v>
+        <v>0.31874</v>
       </c>
       <c r="L125" s="15">
-        <v>0.04874</v>
+        <v>0.27624</v>
       </c>
       <c r="M125" s="15">
-        <v>0.04386</v>
+        <v>0.26561</v>
       </c>
       <c r="N125" s="15">
-        <v>739</v>
+        <v>800</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>61</v>
+        <v>308</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
-      <c r="H126" s="15"/>
-[...3 lines deleted...]
-      <c r="J126" s="15"/>
+      <c r="H126" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I126" s="15"/>
+      <c r="J126" s="15">
+        <v>700</v>
+      </c>
       <c r="K126" s="15">
-        <v>0.12563</v>
+        <v>0.13742</v>
       </c>
       <c r="L126" s="15">
-        <v>0.11516</v>
+        <v>0.11526</v>
       </c>
       <c r="M126" s="15">
-        <v>0.10469</v>
+        <v>0.11083</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="E127" s="15">
-        <v>10080034449</v>
+        <v>10080008531</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.15663</v>
+        <v>0.08448</v>
       </c>
       <c r="L127" s="15">
-        <v>0.08321000000000001</v>
+        <v>0.04874</v>
       </c>
       <c r="M127" s="15">
-        <v>0.07097000000000001</v>
-[...1 lines deleted...]
-      <c r="N127" s="15"/>
+        <v>0.04386</v>
+      </c>
+      <c r="N127" s="15">
+        <v>812</v>
+      </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>298</v>
+        <v>62</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>345</v>
-[...2 lines deleted...]
-        <v>10080061740</v>
+        <v>349</v>
+      </c>
+      <c r="E128" s="15" t="s">
+        <v>350</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
-      <c r="H128" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I128" s="15"/>
+      <c r="H128" s="15"/>
+      <c r="I128" s="15" t="s">
+        <v>351</v>
+      </c>
       <c r="J128" s="15"/>
       <c r="K128" s="15">
-        <v>0.1416</v>
+        <v>0.12563</v>
       </c>
       <c r="L128" s="15">
-        <v>0.08216</v>
+        <v>0.11516</v>
       </c>
       <c r="M128" s="15">
-        <v>0.07405</v>
+        <v>0.10469</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>298</v>
+        <v>53</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>348</v>
+        <v>353</v>
+      </c>
+      <c r="E129" s="15">
+        <v>10080034449</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.1698</v>
+        <v>0.15663</v>
       </c>
       <c r="L129" s="15">
-        <v>0.14716</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M129" s="15">
-        <v>0.1415</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07097000000000001</v>
+      </c>
+      <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="E130" s="15">
-        <v>10080066095</v>
+        <v>10080061740</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I130" s="15"/>
-      <c r="J130" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J130" s="15"/>
       <c r="K130" s="15">
-        <v>0.2987</v>
+        <v>0.1416</v>
       </c>
       <c r="L130" s="15">
-        <v>0.24892</v>
+        <v>0.08216</v>
       </c>
       <c r="M130" s="15">
-        <v>0.23895</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07405</v>
+      </c>
+      <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>10080039233</v>
+        <v>357</v>
+      </c>
+      <c r="E131" s="15" t="s">
+        <v>358</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K131" s="15">
-        <v>0.05858</v>
+        <v>0.1698</v>
       </c>
       <c r="L131" s="15">
-        <v>0.05077</v>
+        <v>0.14716</v>
       </c>
       <c r="M131" s="15">
-        <v>0.04881</v>
+        <v>0.1415</v>
       </c>
       <c r="N131" s="15">
-        <v>64489</v>
+        <v>911</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>360</v>
+      </c>
+      <c r="E132" s="15">
+        <v>10080066095</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I132" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.06117</v>
+        <v>0.2987</v>
       </c>
       <c r="L132" s="15">
-        <v>0.05301</v>
+        <v>0.24892</v>
       </c>
       <c r="M132" s="15">
-        <v>0.05098</v>
+        <v>0.23895</v>
       </c>
       <c r="N132" s="15">
-        <v>6771</v>
+        <v>202</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>362</v>
+      </c>
+      <c r="E133" s="15">
+        <v>10080039233</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I133" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I133" s="15" t="s">
+        <v>363</v>
+      </c>
       <c r="J133" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.05717</v>
+        <v>0.05858</v>
       </c>
       <c r="L133" s="15">
-        <v>0.04954</v>
+        <v>0.05077</v>
       </c>
       <c r="M133" s="15">
-        <v>0.04764</v>
+        <v>0.04881</v>
       </c>
       <c r="N133" s="15">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>65500</v>
+      </c>
+      <c r="O133" s="15"/>
+      <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>10080003156</v>
+        <v>365</v>
+      </c>
+      <c r="E134" s="15" t="s">
+        <v>366</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.06084</v>
+        <v>0.06117</v>
       </c>
       <c r="L134" s="15">
-        <v>0.05273</v>
+        <v>0.05301</v>
       </c>
       <c r="M134" s="15">
-        <v>0.0507</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.05098</v>
+      </c>
+      <c r="N134" s="15">
+        <v>6514</v>
+      </c>
+      <c r="O134" s="15"/>
+      <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I135" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I135" s="15"/>
       <c r="J135" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.06096</v>
+        <v>0.05717</v>
       </c>
       <c r="L135" s="15">
-        <v>0.05283</v>
+        <v>0.04954</v>
       </c>
       <c r="M135" s="15">
-        <v>0.0508</v>
+        <v>0.04764</v>
       </c>
       <c r="N135" s="15">
-        <v>840</v>
+        <v>70</v>
       </c>
       <c r="O135" s="15">
-        <v>4200</v>
+        <v>1220</v>
       </c>
       <c r="P135" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="E136" s="15">
-        <v>10080039171</v>
+        <v>10080003156</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I136" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I136" s="15" t="s">
+        <v>373</v>
+      </c>
       <c r="J136" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.07743</v>
+        <v>0.06644</v>
       </c>
       <c r="L136" s="15">
-        <v>0.06711</v>
+        <v>0.05758</v>
       </c>
       <c r="M136" s="15">
-        <v>0.06453</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05536</v>
+      </c>
+      <c r="N136" s="15"/>
       <c r="O136" s="15">
-        <v>4408</v>
+        <v>112500</v>
       </c>
       <c r="P136" s="15" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.07215000000000001</v>
+        <v>0.06096</v>
       </c>
       <c r="L137" s="15">
-        <v>0.06253</v>
+        <v>0.05283</v>
       </c>
       <c r="M137" s="15">
-        <v>0.06013</v>
+        <v>0.0508</v>
       </c>
       <c r="N137" s="15">
-        <v>17975</v>
-[...2 lines deleted...]
-      <c r="P137" s="15"/>
+        <v>549</v>
+      </c>
+      <c r="O137" s="15">
+        <v>3050</v>
+      </c>
+      <c r="P137" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>380</v>
+      </c>
+      <c r="E138" s="15">
+        <v>10080039171</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I138" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I138" s="15"/>
       <c r="J138" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K138" s="15">
-        <v>0.07235999999999999</v>
+        <v>0.07743</v>
       </c>
       <c r="L138" s="15">
-        <v>0.06271</v>
+        <v>0.06711</v>
       </c>
       <c r="M138" s="15">
-        <v>0.0603</v>
+        <v>0.06453</v>
       </c>
       <c r="N138" s="15">
-        <v>507</v>
-[...2 lines deleted...]
-      <c r="P138" s="15"/>
+        <v>88</v>
+      </c>
+      <c r="O138" s="15">
+        <v>4466</v>
+      </c>
+      <c r="P138" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>10080032081</v>
+        <v>382</v>
+      </c>
+      <c r="E139" s="15" t="s">
+        <v>383</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
-        <v>0.07437000000000001</v>
+        <v>0.07215000000000001</v>
       </c>
       <c r="L139" s="15">
-        <v>0.06444999999999999</v>
+        <v>0.06253</v>
       </c>
       <c r="M139" s="15">
-        <v>0.06198</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.06013</v>
+      </c>
+      <c r="N139" s="15">
+        <v>23544</v>
+      </c>
+      <c r="O139" s="15"/>
+      <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J140" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K140" s="15">
-        <v>0.07466</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="L140" s="15">
-        <v>0.06469999999999999</v>
+        <v>0.06271</v>
       </c>
       <c r="M140" s="15">
-        <v>0.06221</v>
+        <v>0.0603</v>
       </c>
       <c r="N140" s="15">
-        <v>92</v>
-[...6 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="O140" s="15"/>
+      <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="E141" s="15">
-        <v>10080040572</v>
+        <v>10080032081</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I141" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I141" s="15" t="s">
+        <v>391</v>
+      </c>
       <c r="J141" s="15">
         <v>1000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.12423</v>
+        <v>0.08123</v>
       </c>
       <c r="L141" s="15">
-        <v>0.08988</v>
+        <v>0.0704</v>
       </c>
       <c r="M141" s="15">
-        <v>0.07843</v>
-[...5 lines deleted...]
-      <c r="P141" s="15"/>
+        <v>0.06769</v>
+      </c>
+      <c r="N141" s="15"/>
+      <c r="O141" s="15">
+        <v>35600</v>
+      </c>
+      <c r="P141" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>10080003157</v>
+        <v>393</v>
+      </c>
+      <c r="E142" s="15" t="s">
+        <v>394</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="J142" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K142" s="15">
-        <v>0.07614</v>
+        <v>0.07466</v>
       </c>
       <c r="L142" s="15">
-        <v>0.06598999999999999</v>
+        <v>0.06469999999999999</v>
       </c>
       <c r="M142" s="15">
-        <v>0.06345000000000001</v>
-[...1 lines deleted...]
-      <c r="N142" s="15"/>
+        <v>0.06221</v>
+      </c>
+      <c r="N142" s="15">
+        <v>94</v>
+      </c>
       <c r="O142" s="15">
-        <v>216989</v>
+        <v>8500</v>
       </c>
       <c r="P142" s="15" t="s">
-        <v>392</v>
+        <v>40</v>
       </c>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-        <v>395</v>
+        <v>397</v>
+      </c>
+      <c r="E143" s="15">
+        <v>10080040572</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I143" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I143" s="15"/>
       <c r="J143" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.06569</v>
+        <v>0.12423</v>
       </c>
       <c r="L143" s="15">
-        <v>0.05693</v>
+        <v>0.08988</v>
       </c>
       <c r="M143" s="15">
-        <v>0.05474</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.07843</v>
+      </c>
+      <c r="N143" s="15">
+        <v>2985</v>
+      </c>
+      <c r="O143" s="15"/>
+      <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E144" s="15">
-        <v>10080040573</v>
+        <v>10080003157</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I144" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I144" s="15" t="s">
+        <v>400</v>
+      </c>
       <c r="J144" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K144" s="15">
-        <v>0.10473</v>
+        <v>0.08028</v>
       </c>
       <c r="L144" s="15">
-        <v>0.09077</v>
+        <v>0.06958</v>
       </c>
       <c r="M144" s="15">
-        <v>0.08728</v>
+        <v>0.0669</v>
       </c>
       <c r="N144" s="15"/>
-      <c r="O144" s="15"/>
-      <c r="P144" s="15"/>
+      <c r="O144" s="15">
+        <v>262330</v>
+      </c>
+      <c r="P144" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I145" s="15"/>
+      <c r="I145" s="15" t="s">
+        <v>404</v>
+      </c>
       <c r="J145" s="15">
         <v>1500</v>
       </c>
       <c r="K145" s="15">
-        <v>0.11448</v>
+        <v>0.06569</v>
       </c>
       <c r="L145" s="15">
-        <v>0.09922</v>
+        <v>0.05693</v>
       </c>
       <c r="M145" s="15">
-        <v>0.0954</v>
-[...5 lines deleted...]
-      <c r="P145" s="15"/>
+        <v>0.05474</v>
+      </c>
+      <c r="N145" s="15"/>
+      <c r="O145" s="15">
+        <v>15800</v>
+      </c>
+      <c r="P145" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="E146" s="15">
-        <v>10080046881</v>
+        <v>10080040573</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="J146" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K146" s="15">
-        <v>0.09228</v>
+        <v>0.10473</v>
       </c>
       <c r="L146" s="15">
-        <v>0.07998</v>
+        <v>0.09077</v>
       </c>
       <c r="M146" s="15">
-        <v>0.0769</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08728</v>
+      </c>
+      <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J147" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K147" s="15">
-        <v>0.0936</v>
+        <v>0.11448</v>
       </c>
       <c r="L147" s="15">
-        <v>0.08112</v>
+        <v>0.09922</v>
       </c>
       <c r="M147" s="15">
-        <v>0.078</v>
+        <v>0.0954</v>
       </c>
       <c r="N147" s="15">
-        <v>740</v>
+        <v>1412</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="E148" s="15">
-        <v>10080017980</v>
+        <v>10080046881</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="J148" s="15">
         <v>1000</v>
       </c>
       <c r="K148" s="15">
-        <v>0.09206</v>
+        <v>0.09228</v>
       </c>
       <c r="L148" s="15">
-        <v>0.07978</v>
+        <v>0.07998</v>
       </c>
       <c r="M148" s="15">
-        <v>0.07671</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0769</v>
+      </c>
+      <c r="N148" s="15">
+        <v>9672</v>
+      </c>
+      <c r="O148" s="15"/>
+      <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
         <v>0.0936</v>
       </c>
       <c r="L149" s="15">
         <v>0.08112</v>
       </c>
       <c r="M149" s="15">
         <v>0.078</v>
       </c>
       <c r="N149" s="15">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>790</v>
+      </c>
+      <c r="O149" s="15"/>
+      <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="E150" s="15">
-        <v>10080040574</v>
+        <v>10080017980</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I150" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I150" s="15" t="s">
+        <v>418</v>
+      </c>
       <c r="J150" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K150" s="15">
-        <v>0.09569999999999999</v>
+        <v>0.09986</v>
       </c>
       <c r="L150" s="15">
-        <v>0.08294</v>
+        <v>0.08654000000000001</v>
       </c>
       <c r="M150" s="15">
-        <v>0.07975</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08321000000000001</v>
+      </c>
+      <c r="N150" s="15"/>
       <c r="O150" s="15">
-        <v>4900</v>
+        <v>14000</v>
       </c>
       <c r="P150" s="15" t="s">
-        <v>40</v>
+        <v>374</v>
       </c>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I151" s="15"/>
+      <c r="I151" s="15" t="s">
+        <v>422</v>
+      </c>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
-        <v>0.09674000000000001</v>
+        <v>0.0936</v>
       </c>
       <c r="L151" s="15">
-        <v>0.08384</v>
+        <v>0.08112</v>
       </c>
       <c r="M151" s="15">
-        <v>0.08061</v>
+        <v>0.078</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15">
-        <v>783</v>
+        <v>6000</v>
       </c>
       <c r="P151" s="15" t="s">
-        <v>419</v>
+        <v>40</v>
       </c>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="E152" s="15">
-        <v>10080066536</v>
+        <v>10080040574</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K152" s="15">
-        <v>0.1509</v>
+        <v>0.09569999999999999</v>
       </c>
       <c r="L152" s="15">
-        <v>0.12575</v>
+        <v>0.08294</v>
       </c>
       <c r="M152" s="15">
-        <v>0.12072</v>
-[...3 lines deleted...]
-      <c r="P152" s="15"/>
+        <v>0.07975</v>
+      </c>
+      <c r="N152" s="15">
+        <v>2485</v>
+      </c>
+      <c r="O152" s="15">
+        <v>4970</v>
+      </c>
+      <c r="P152" s="15" t="s">
+        <v>425</v>
+      </c>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>10080071700</v>
+        <v>427</v>
+      </c>
+      <c r="E153" s="15" t="s">
+        <v>428</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
-        <v>0.09608</v>
+        <v>0.1035</v>
       </c>
       <c r="L153" s="15">
-        <v>0.08327</v>
+        <v>0.0897</v>
       </c>
       <c r="M153" s="15">
-        <v>0.08006000000000001</v>
-[...5 lines deleted...]
-      <c r="P153" s="15"/>
+        <v>0.08624999999999999</v>
+      </c>
+      <c r="N153" s="15"/>
+      <c r="O153" s="15">
+        <v>657</v>
+      </c>
+      <c r="P153" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-        <v>427</v>
+        <v>430</v>
+      </c>
+      <c r="E154" s="15">
+        <v>10080066536</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I154" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I154" s="15"/>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
-        <v>0.0968</v>
+        <v>0.1509</v>
       </c>
       <c r="L154" s="15">
-        <v>0.08389000000000001</v>
+        <v>0.12575</v>
       </c>
       <c r="M154" s="15">
-        <v>0.08066</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12072</v>
+      </c>
+      <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="E155" s="15">
-        <v>10080003158</v>
+        <v>10080071700</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="J155" s="15">
         <v>1000</v>
       </c>
       <c r="K155" s="15">
-        <v>0.09648</v>
+        <v>0.09608</v>
       </c>
       <c r="L155" s="15">
-        <v>0.08362</v>
+        <v>0.08327</v>
       </c>
       <c r="M155" s="15">
-        <v>0.0804</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="N155" s="15">
-        <v>81674</v>
+        <v>8315</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="J156" s="15">
         <v>1000</v>
       </c>
       <c r="K156" s="15">
-        <v>0.09776</v>
+        <v>0.0968</v>
       </c>
       <c r="L156" s="15">
-        <v>0.08472</v>
+        <v>0.08389000000000001</v>
       </c>
       <c r="M156" s="15">
-        <v>0.08146</v>
+        <v>0.08066</v>
       </c>
       <c r="N156" s="15">
-        <v>9000</v>
+        <v>305</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="E157" s="15">
-        <v>10080016343</v>
+        <v>10080003158</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I157" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I157" s="15" t="s">
+        <v>440</v>
+      </c>
       <c r="J157" s="15">
         <v>1000</v>
       </c>
       <c r="K157" s="15">
-        <v>0.1334</v>
+        <v>0.09648</v>
       </c>
       <c r="L157" s="15">
-        <v>0.11561</v>
+        <v>0.08362</v>
       </c>
       <c r="M157" s="15">
-        <v>0.11116</v>
+        <v>0.0804</v>
       </c>
       <c r="N157" s="15">
-        <v>9176</v>
+        <v>75076</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="J158" s="15">
         <v>1000</v>
       </c>
       <c r="K158" s="15">
-        <v>0.12648</v>
+        <v>0.09776</v>
       </c>
       <c r="L158" s="15">
-        <v>0.10962</v>
+        <v>0.08472</v>
       </c>
       <c r="M158" s="15">
-        <v>0.1054</v>
+        <v>0.08146</v>
       </c>
       <c r="N158" s="15">
-        <v>396</v>
+        <v>7154</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>446</v>
+      </c>
+      <c r="E159" s="15">
+        <v>10080016343</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
-        <v>0.12707</v>
+        <v>0.1334</v>
       </c>
       <c r="L159" s="15">
-        <v>0.11012</v>
+        <v>0.11561</v>
       </c>
       <c r="M159" s="15">
-        <v>0.10589</v>
+        <v>0.11116</v>
       </c>
       <c r="N159" s="15">
-        <v>728</v>
+        <v>10044</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>447</v>
-[...2 lines deleted...]
-        <v>10080012445</v>
+        <v>448</v>
+      </c>
+      <c r="E160" s="15" t="s">
+        <v>449</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
-        <v>0.11549</v>
+        <v>0.12648</v>
       </c>
       <c r="L160" s="15">
-        <v>0.10009</v>
+        <v>0.10962</v>
       </c>
       <c r="M160" s="15">
-        <v>0.09624000000000001</v>
+        <v>0.1054</v>
       </c>
       <c r="N160" s="15">
-        <v>6177</v>
+        <v>406</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
-        <v>0.11591</v>
+        <v>0.12707</v>
       </c>
       <c r="L161" s="15">
-        <v>0.10045</v>
+        <v>0.11012</v>
       </c>
       <c r="M161" s="15">
-        <v>0.09659</v>
+        <v>0.10589</v>
       </c>
       <c r="N161" s="15">
-        <v>4250</v>
+        <v>686</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="E162" s="15">
-        <v>10080047946</v>
+        <v>10080012445</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I162" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I162" s="15" t="s">
+        <v>457</v>
+      </c>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
-        <v>0.13235</v>
+        <v>0.11549</v>
       </c>
       <c r="L162" s="15">
-        <v>0.1147</v>
+        <v>0.10009</v>
       </c>
       <c r="M162" s="15">
-        <v>0.11029</v>
+        <v>0.09624000000000001</v>
       </c>
       <c r="N162" s="15">
-        <v>2600</v>
+        <v>4208</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-        <v>10080046603</v>
+        <v>459</v>
+      </c>
+      <c r="E163" s="15" t="s">
+        <v>460</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
-        <v>0.12711</v>
+        <v>0.11591</v>
       </c>
       <c r="L163" s="15">
-        <v>0.11016</v>
+        <v>0.10045</v>
       </c>
       <c r="M163" s="15">
-        <v>0.10593</v>
+        <v>0.09659</v>
       </c>
       <c r="N163" s="15">
-        <v>10635</v>
+        <v>4400</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>460</v>
+        <v>463</v>
+      </c>
+      <c r="E164" s="15">
+        <v>10080047946</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I164" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I164" s="15"/>
       <c r="J164" s="15">
         <v>1000</v>
       </c>
       <c r="K164" s="15">
-        <v>0.12914</v>
+        <v>0.13235</v>
       </c>
       <c r="L164" s="15">
-        <v>0.11192</v>
+        <v>0.1147</v>
       </c>
       <c r="M164" s="15">
-        <v>0.10761</v>
+        <v>0.11029</v>
       </c>
       <c r="N164" s="15">
-        <v>4450</v>
+        <v>1835</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="E165" s="15">
-        <v>10080003159</v>
+        <v>10080046603</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="J165" s="15">
         <v>1000</v>
       </c>
       <c r="K165" s="15">
-        <v>0.11366</v>
+        <v>0.12711</v>
       </c>
       <c r="L165" s="15">
-        <v>0.0985</v>
+        <v>0.11016</v>
       </c>
       <c r="M165" s="15">
-        <v>0.09471</v>
+        <v>0.10593</v>
       </c>
       <c r="N165" s="15">
-        <v>20346</v>
-[...6 lines deleted...]
-      </c>
+        <v>11033</v>
+      </c>
+      <c r="O165" s="15"/>
+      <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>10000006841</v>
+        <v>468</v>
+      </c>
+      <c r="E166" s="15" t="s">
+        <v>469</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="J166" s="15">
         <v>1000</v>
       </c>
       <c r="K166" s="15">
-        <v>0.19453</v>
+        <v>0.12914</v>
       </c>
       <c r="L166" s="15">
-        <v>0.11285</v>
+        <v>0.11192</v>
       </c>
       <c r="M166" s="15">
-        <v>0.10172</v>
-[...1 lines deleted...]
-      <c r="N166" s="15"/>
+        <v>0.10761</v>
+      </c>
+      <c r="N166" s="15">
+        <v>4350</v>
+      </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-        <v>470</v>
+        <v>472</v>
+      </c>
+      <c r="E167" s="15">
+        <v>10080003159</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I167" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I167" s="15" t="s">
+        <v>473</v>
+      </c>
       <c r="J167" s="15">
         <v>1000</v>
       </c>
       <c r="K167" s="15">
-        <v>0.08831</v>
+        <v>0.11366</v>
       </c>
       <c r="L167" s="15">
-        <v>0.07653</v>
+        <v>0.0985</v>
       </c>
       <c r="M167" s="15">
-        <v>0.07359</v>
-[...3 lines deleted...]
-      <c r="P167" s="15"/>
+        <v>0.09471</v>
+      </c>
+      <c r="N167" s="15">
+        <v>18391</v>
+      </c>
+      <c r="O167" s="15">
+        <v>24300</v>
+      </c>
+      <c r="P167" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>475</v>
+      </c>
+      <c r="E168" s="15">
+        <v>10000006841</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I168" s="15" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J168" s="15">
         <v>1000</v>
       </c>
       <c r="K168" s="15">
-        <v>0.116</v>
+        <v>0.19453</v>
       </c>
       <c r="L168" s="15">
-        <v>0.10053</v>
+        <v>0.11285</v>
       </c>
       <c r="M168" s="15">
-        <v>0.09666</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10172</v>
+      </c>
+      <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>10080016342</v>
+        <v>478</v>
+      </c>
+      <c r="E169" s="15" t="s">
+        <v>479</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
-        <v>0.1484</v>
+        <v>0.08831</v>
       </c>
       <c r="L169" s="15">
-        <v>0.12861</v>
+        <v>0.07653</v>
       </c>
       <c r="M169" s="15">
-        <v>0.12366</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.07359</v>
+      </c>
+      <c r="N169" s="15"/>
+      <c r="O169" s="15"/>
+      <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>10080054557</v>
+        <v>481</v>
+      </c>
+      <c r="E170" s="15" t="s">
+        <v>482</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I170" s="15"/>
+      <c r="I170" s="15" t="s">
+        <v>483</v>
+      </c>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
-        <v>0.15947</v>
+        <v>0.116</v>
       </c>
       <c r="L170" s="15">
-        <v>0.1382</v>
+        <v>0.10053</v>
       </c>
       <c r="M170" s="15">
-        <v>0.13289</v>
-[...1 lines deleted...]
-      <c r="N170" s="15"/>
+        <v>0.09666</v>
+      </c>
+      <c r="N170" s="15">
+        <v>6468</v>
+      </c>
       <c r="O170" s="15"/>
-      <c r="P170" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>485</v>
+      </c>
+      <c r="E171" s="15">
+        <v>10080016342</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I171" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>1000</v>
       </c>
       <c r="K171" s="15">
-        <v>0.14387</v>
+        <v>0.1484</v>
       </c>
       <c r="L171" s="15">
-        <v>0.12468</v>
+        <v>0.12861</v>
       </c>
       <c r="M171" s="15">
-        <v>0.11989</v>
+        <v>0.12366</v>
       </c>
       <c r="N171" s="15">
-        <v>765</v>
-[...2 lines deleted...]
-      <c r="P171" s="15"/>
+        <v>3406</v>
+      </c>
+      <c r="O171" s="15">
+        <v>4500</v>
+      </c>
+      <c r="P171" s="15" t="s">
+        <v>425</v>
+      </c>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>487</v>
+      </c>
+      <c r="E172" s="15">
+        <v>10080054557</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
-        <v>0.14183</v>
+        <v>0.17082</v>
       </c>
       <c r="L172" s="15">
-        <v>0.12292</v>
+        <v>0.14804</v>
       </c>
       <c r="M172" s="15">
-        <v>0.11819</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.14235</v>
+      </c>
+      <c r="N172" s="15"/>
+      <c r="O172" s="15"/>
       <c r="P172" s="15" t="s">
-        <v>364</v>
+        <v>40</v>
       </c>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E173" s="15" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I173" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="J173" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K173" s="15">
-        <v>0.13914</v>
+        <v>0.14387</v>
       </c>
       <c r="L173" s="15">
-        <v>0.12059</v>
+        <v>0.12468</v>
       </c>
       <c r="M173" s="15">
-        <v>0.11595</v>
+        <v>0.11989</v>
       </c>
       <c r="N173" s="15">
-        <v>639</v>
+        <v>612</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E174" s="15" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I174" s="15" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J174" s="15">
         <v>1000</v>
       </c>
       <c r="K174" s="15">
-        <v>0.13691</v>
+        <v>0.14183</v>
       </c>
       <c r="L174" s="15">
-        <v>0.11865</v>
+        <v>0.12292</v>
       </c>
       <c r="M174" s="15">
-        <v>0.11409</v>
+        <v>0.11819</v>
       </c>
       <c r="N174" s="15">
-        <v>1286</v>
-[...2 lines deleted...]
-      <c r="P174" s="15"/>
+        <v>1131</v>
+      </c>
+      <c r="O174" s="15">
+        <v>1480</v>
+      </c>
+      <c r="P174" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>10080003160</v>
+        <v>497</v>
+      </c>
+      <c r="E175" s="15" t="s">
+        <v>498</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I175" s="15" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="J175" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K175" s="15">
-        <v>0.13766</v>
+        <v>0.13914</v>
       </c>
       <c r="L175" s="15">
-        <v>0.1193</v>
+        <v>0.12059</v>
       </c>
       <c r="M175" s="15">
-        <v>0.11471</v>
+        <v>0.11595</v>
       </c>
       <c r="N175" s="15">
-        <v>9267</v>
+        <v>747</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="E176" s="15" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="J176" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K176" s="15">
-        <v>0.13991</v>
+        <v>0.13691</v>
       </c>
       <c r="L176" s="15">
-        <v>0.12125</v>
+        <v>0.11865</v>
       </c>
       <c r="M176" s="15">
-        <v>0.11659</v>
+        <v>0.11409</v>
       </c>
       <c r="N176" s="15">
-        <v>690</v>
+        <v>1467</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>505</v>
+      </c>
+      <c r="E177" s="15">
+        <v>10080003160</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="I177" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I177" s="15" t="s">
+        <v>506</v>
+      </c>
       <c r="J177" s="15">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="K177" s="15">
-        <v>2.37</v>
+        <v>0.13766</v>
       </c>
       <c r="L177" s="15">
-        <v>1.99</v>
+        <v>0.1193</v>
       </c>
       <c r="M177" s="15">
-        <v>1.91</v>
-[...1 lines deleted...]
-      <c r="N177" s="15"/>
+        <v>0.11471</v>
+      </c>
+      <c r="N177" s="15">
+        <v>10604</v>
+      </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>10080010559</v>
+        <v>508</v>
+      </c>
+      <c r="E178" s="15" t="s">
+        <v>509</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I178" s="15"/>
+      <c r="I178" s="15" t="s">
+        <v>510</v>
+      </c>
       <c r="J178" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K178" s="15">
-        <v>0.19778</v>
+        <v>0.13991</v>
       </c>
       <c r="L178" s="15">
-        <v>0.17141</v>
+        <v>0.12125</v>
       </c>
       <c r="M178" s="15">
-        <v>0.16481</v>
+        <v>0.11659</v>
       </c>
       <c r="N178" s="15">
-        <v>5632</v>
+        <v>890</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="I179" s="15"/>
       <c r="J179" s="15">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="K179" s="15">
-        <v>0.15941</v>
+        <v>2.37</v>
       </c>
       <c r="L179" s="15">
-        <v>0.13815</v>
+        <v>1.99</v>
       </c>
       <c r="M179" s="15">
-        <v>0.13284</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.91</v>
+      </c>
+      <c r="N179" s="15"/>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="E180" s="15">
-        <v>10080032318</v>
+        <v>10080010559</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I180" s="15"/>
       <c r="J180" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K180" s="15">
-        <v>0.16049</v>
+        <v>0.19778</v>
       </c>
       <c r="L180" s="15">
-        <v>0.13909</v>
+        <v>0.17141</v>
       </c>
       <c r="M180" s="15">
-        <v>0.13374</v>
+        <v>0.16481</v>
       </c>
       <c r="N180" s="15">
-        <v>11727</v>
+        <v>4693</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="E181" s="15" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I181" s="15"/>
+      <c r="I181" s="15" t="s">
+        <v>520</v>
+      </c>
       <c r="J181" s="15">
         <v>500</v>
       </c>
       <c r="K181" s="15">
-        <v>0.17189</v>
+        <v>0.15941</v>
       </c>
       <c r="L181" s="15">
-        <v>0.14897</v>
+        <v>0.13815</v>
       </c>
       <c r="M181" s="15">
-        <v>0.14324</v>
+        <v>0.13284</v>
       </c>
       <c r="N181" s="15">
-        <v>420</v>
+        <v>1950</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="E182" s="15">
-        <v>10080003155</v>
+        <v>10080032318</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I182" s="15" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
-        <v>0.1718</v>
+        <v>0.16049</v>
       </c>
       <c r="L182" s="15">
-        <v>0.14889</v>
+        <v>0.13909</v>
       </c>
       <c r="M182" s="15">
-        <v>0.14316</v>
+        <v>0.13374</v>
       </c>
       <c r="N182" s="15">
-        <v>3276</v>
+        <v>10018</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I183" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
-        <v>0.1757</v>
+        <v>0.17189</v>
       </c>
       <c r="L183" s="15">
-        <v>0.15227</v>
+        <v>0.14897</v>
       </c>
       <c r="M183" s="15">
-        <v>0.14641</v>
+        <v>0.14324</v>
       </c>
       <c r="N183" s="15">
-        <v>2392</v>
+        <v>440</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="E184" s="15">
-        <v>10080039268</v>
+        <v>10080003155</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I184" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I184" s="15" t="s">
+        <v>529</v>
+      </c>
       <c r="J184" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K184" s="15">
-        <v>0.19682</v>
+        <v>0.1718</v>
       </c>
       <c r="L184" s="15">
-        <v>0.17057</v>
+        <v>0.14889</v>
       </c>
       <c r="M184" s="15">
-        <v>0.16401</v>
+        <v>0.14316</v>
       </c>
       <c r="N184" s="15">
-        <v>304</v>
+        <v>3969</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="E185" s="15" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I185" s="15"/>
+      <c r="I185" s="15" t="s">
+        <v>533</v>
+      </c>
       <c r="J185" s="15">
         <v>500</v>
       </c>
       <c r="K185" s="15">
-        <v>0.20204</v>
+        <v>0.1757</v>
       </c>
       <c r="L185" s="15">
-        <v>0.1751</v>
+        <v>0.15227</v>
       </c>
       <c r="M185" s="15">
-        <v>0.16836</v>
+        <v>0.14641</v>
       </c>
       <c r="N185" s="15">
-        <v>656</v>
+        <v>1974</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>535</v>
+      </c>
+      <c r="E186" s="15">
+        <v>10080039268</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I186" s="15"/>
+      <c r="I186" s="15" t="s">
+        <v>536</v>
+      </c>
       <c r="J186" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K186" s="15">
-        <v>0.16377</v>
+        <v>0.19682</v>
       </c>
       <c r="L186" s="15">
-        <v>0.14193</v>
+        <v>0.17057</v>
       </c>
       <c r="M186" s="15">
-        <v>0.13648</v>
+        <v>0.16401</v>
       </c>
       <c r="N186" s="15">
-        <v>6556</v>
+        <v>230</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>10080049399</v>
+        <v>535</v>
+      </c>
+      <c r="E187" s="15" t="s">
+        <v>537</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
-        <v>0.2183</v>
+        <v>0.20204</v>
       </c>
       <c r="L187" s="15">
-        <v>0.18919</v>
+        <v>0.1751</v>
       </c>
       <c r="M187" s="15">
-        <v>0.18191</v>
+        <v>0.16836</v>
       </c>
       <c r="N187" s="15">
-        <v>1858</v>
+        <v>696</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E188" s="15" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I188" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>500</v>
       </c>
       <c r="K188" s="15">
-        <v>0.22049</v>
+        <v>0.16377</v>
       </c>
       <c r="L188" s="15">
-        <v>0.19109</v>
+        <v>0.14193</v>
       </c>
       <c r="M188" s="15">
-        <v>0.18374</v>
+        <v>0.13648</v>
       </c>
       <c r="N188" s="15">
-        <v>624</v>
+        <v>6556</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="E189" s="15">
-        <v>10080012536</v>
+        <v>10080049399</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="J189" s="15">
         <v>500</v>
       </c>
       <c r="K189" s="15">
-        <v>0.21942</v>
+        <v>0.2183</v>
       </c>
       <c r="L189" s="15">
-        <v>0.19016</v>
+        <v>0.18919</v>
       </c>
       <c r="M189" s="15">
-        <v>0.18285</v>
+        <v>0.18191</v>
       </c>
       <c r="N189" s="15">
-        <v>1315</v>
+        <v>1129</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="E190" s="15" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
-        <v>0.22296</v>
+        <v>0.22049</v>
       </c>
       <c r="L190" s="15">
-        <v>0.19323</v>
+        <v>0.19109</v>
       </c>
       <c r="M190" s="15">
-        <v>0.1858</v>
+        <v>0.18374</v>
       </c>
       <c r="N190" s="15">
         <v>644</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="E191" s="15">
-        <v>10080040578</v>
+        <v>10080012536</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I191" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I191" s="15" t="s">
+        <v>550</v>
+      </c>
       <c r="J191" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K191" s="15">
-        <v>0.21936</v>
+        <v>0.21942</v>
       </c>
       <c r="L191" s="15">
-        <v>0.19011</v>
+        <v>0.19016</v>
       </c>
       <c r="M191" s="15">
-        <v>0.1828</v>
+        <v>0.18285</v>
       </c>
       <c r="N191" s="15">
-        <v>3464</v>
+        <v>1659</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>10080040559</v>
+        <v>552</v>
+      </c>
+      <c r="E192" s="15" t="s">
+        <v>553</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="J192" s="15">
         <v>500</v>
       </c>
       <c r="K192" s="15">
-        <v>0.26628</v>
+        <v>0.22296</v>
       </c>
       <c r="L192" s="15">
-        <v>0.23078</v>
+        <v>0.19323</v>
       </c>
       <c r="M192" s="15">
-        <v>0.2219</v>
+        <v>0.1858</v>
       </c>
       <c r="N192" s="15">
-        <v>1290</v>
+        <v>882</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>556</v>
+      </c>
+      <c r="E193" s="15">
+        <v>10080040578</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I193" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>250</v>
       </c>
       <c r="K193" s="15">
-        <v>0.27009</v>
+        <v>0.21936</v>
       </c>
       <c r="L193" s="15">
-        <v>0.23408</v>
+        <v>0.19011</v>
       </c>
       <c r="M193" s="15">
-        <v>0.22508</v>
+        <v>0.1828</v>
       </c>
       <c r="N193" s="15">
-        <v>832</v>
+        <v>3516</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="E194" s="15">
-        <v>10080034412</v>
+        <v>10080040559</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I194" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I194" s="15" t="s">
+        <v>559</v>
+      </c>
       <c r="J194" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K194" s="15">
-        <v>0.24197</v>
+        <v>0.26628</v>
       </c>
       <c r="L194" s="15">
-        <v>0.2097</v>
+        <v>0.23078</v>
       </c>
       <c r="M194" s="15">
-        <v>0.20164</v>
+        <v>0.2219</v>
       </c>
       <c r="N194" s="15">
-        <v>1706</v>
+        <v>1235</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-        <v>10080033051</v>
+        <v>561</v>
+      </c>
+      <c r="E195" s="15" t="s">
+        <v>562</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="J195" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K195" s="15">
-        <v>0.29049</v>
+        <v>0.27009</v>
       </c>
       <c r="L195" s="15">
-        <v>0.25176</v>
+        <v>0.23408</v>
       </c>
       <c r="M195" s="15">
-        <v>0.24208</v>
+        <v>0.22508</v>
       </c>
       <c r="N195" s="15">
-        <v>4442</v>
+        <v>594</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>565</v>
+      </c>
+      <c r="E196" s="15">
+        <v>10080034412</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I196" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>250</v>
       </c>
       <c r="K196" s="15">
-        <v>0.29873</v>
+        <v>0.24197</v>
       </c>
       <c r="L196" s="15">
-        <v>0.2589</v>
+        <v>0.2097</v>
       </c>
       <c r="M196" s="15">
-        <v>0.24894</v>
+        <v>0.20164</v>
       </c>
       <c r="N196" s="15">
-        <v>880</v>
+        <v>967</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-        <v>565</v>
+        <v>567</v>
+      </c>
+      <c r="E197" s="15">
+        <v>10080033051</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I197" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I197" s="15" t="s">
+        <v>568</v>
+      </c>
       <c r="J197" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K197" s="15">
-        <v>0.5515099999999999</v>
+        <v>0.29049</v>
       </c>
       <c r="L197" s="15">
-        <v>0.47797</v>
+        <v>0.25176</v>
       </c>
       <c r="M197" s="15">
-        <v>0.45959</v>
-[...1 lines deleted...]
-      <c r="N197" s="15"/>
+        <v>0.24208</v>
+      </c>
+      <c r="N197" s="15">
+        <v>3245</v>
+      </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>10080037666</v>
+        <v>570</v>
+      </c>
+      <c r="E198" s="15" t="s">
+        <v>571</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I198" s="15" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="J198" s="15">
         <v>250</v>
       </c>
       <c r="K198" s="15">
-        <v>0.34661</v>
+        <v>0.29873</v>
       </c>
       <c r="L198" s="15">
-        <v>0.30039</v>
+        <v>0.2589</v>
       </c>
       <c r="M198" s="15">
-        <v>0.28884</v>
+        <v>0.24894</v>
       </c>
       <c r="N198" s="15">
-        <v>1245</v>
+        <v>750</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="E199" s="15" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I199" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I199" s="15"/>
       <c r="J199" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K199" s="15">
-        <v>0.35207</v>
+        <v>0.5515099999999999</v>
       </c>
       <c r="L199" s="15">
-        <v>0.30512</v>
+        <v>0.47797</v>
       </c>
       <c r="M199" s="15">
-        <v>0.29339</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.45959</v>
+      </c>
+      <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>577</v>
+      </c>
+      <c r="E200" s="15">
+        <v>10080037666</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="I200" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I200" s="15" t="s">
+        <v>578</v>
+      </c>
       <c r="J200" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K200" s="15">
-        <v>0.05496</v>
+        <v>0.34661</v>
       </c>
       <c r="L200" s="15">
-        <v>0.04763</v>
+        <v>0.30039</v>
       </c>
       <c r="M200" s="15">
-        <v>0.0458</v>
-[...1 lines deleted...]
-      <c r="N200" s="15"/>
+        <v>0.28884</v>
+      </c>
+      <c r="N200" s="15">
+        <v>621</v>
+      </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I201" s="15"/>
+      <c r="I201" s="15" t="s">
+        <v>582</v>
+      </c>
       <c r="J201" s="15">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="K201" s="15">
-        <v>0.03749</v>
+        <v>0.35207</v>
       </c>
       <c r="L201" s="15">
-        <v>0.03249</v>
+        <v>0.30512</v>
       </c>
       <c r="M201" s="15">
-        <v>0.03124</v>
-[...1 lines deleted...]
-      <c r="N201" s="15"/>
+        <v>0.29339</v>
+      </c>
+      <c r="N201" s="15">
+        <v>713</v>
+      </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K202" s="15">
-        <v>0.05964</v>
+        <v>0.05496</v>
       </c>
       <c r="L202" s="15">
-        <v>0.05169</v>
+        <v>0.04763</v>
       </c>
       <c r="M202" s="15">
-        <v>0.0497</v>
+        <v>0.0458</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="E203" s="15" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I203" s="15"/>
-      <c r="J203" s="15"/>
+      <c r="J203" s="15">
+        <v>2000</v>
+      </c>
       <c r="K203" s="15">
-        <v>0.08917</v>
+        <v>0.03749</v>
       </c>
       <c r="L203" s="15">
-        <v>0.07479</v>
+        <v>0.03249</v>
       </c>
       <c r="M203" s="15">
-        <v>0.07191</v>
+        <v>0.03124</v>
       </c>
       <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>10080056804</v>
+        <v>590</v>
+      </c>
+      <c r="E204" s="15" t="s">
+        <v>591</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I204" s="15"/>
-      <c r="J204" s="15"/>
+      <c r="J204" s="15">
+        <v>1500</v>
+      </c>
       <c r="K204" s="15">
-        <v>0.12512</v>
+        <v>0.05964</v>
       </c>
       <c r="L204" s="15">
-        <v>0.0726</v>
+        <v>0.05169</v>
       </c>
       <c r="M204" s="15">
-        <v>0.06542000000000001</v>
+        <v>0.0497</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-        <v>10080054791</v>
+        <v>593</v>
+      </c>
+      <c r="E205" s="15" t="s">
+        <v>594</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I205" s="15"/>
-      <c r="J205" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J205" s="15"/>
       <c r="K205" s="15">
-        <v>0.07281</v>
+        <v>0.08917</v>
       </c>
       <c r="L205" s="15">
-        <v>0.0631</v>
+        <v>0.07479</v>
       </c>
       <c r="M205" s="15">
-        <v>0.06068</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07191</v>
+      </c>
+      <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>596</v>
+      </c>
+      <c r="E206" s="15">
+        <v>10080056804</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I206" s="15"/>
-      <c r="J206" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J206" s="15"/>
       <c r="K206" s="15">
-        <v>0.07208000000000001</v>
+        <v>0.12512</v>
       </c>
       <c r="L206" s="15">
-        <v>0.06247</v>
+        <v>0.0726</v>
       </c>
       <c r="M206" s="15">
-        <v>0.06006</v>
+        <v>0.06542000000000001</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>598</v>
+      </c>
+      <c r="E207" s="15">
+        <v>10080054791</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>1000</v>
       </c>
       <c r="K207" s="15">
-        <v>0.1287</v>
+        <v>0.07281</v>
       </c>
       <c r="L207" s="15">
-        <v>0.11154</v>
+        <v>0.0631</v>
       </c>
       <c r="M207" s="15">
-        <v>0.10725</v>
+        <v>0.06068</v>
       </c>
       <c r="N207" s="15">
-        <v>4994</v>
+        <v>1680</v>
       </c>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>10080067893</v>
+        <v>600</v>
+      </c>
+      <c r="E208" s="15" t="s">
+        <v>601</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>1000</v>
       </c>
       <c r="K208" s="15">
-        <v>0.11648</v>
+        <v>0.07208000000000001</v>
       </c>
       <c r="L208" s="15">
-        <v>0.10095</v>
+        <v>0.06247</v>
       </c>
       <c r="M208" s="15">
-        <v>0.09705999999999999</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.06006</v>
+      </c>
+      <c r="N208" s="15"/>
+      <c r="O208" s="15"/>
+      <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>10080066543</v>
+        <v>603</v>
+      </c>
+      <c r="E209" s="15" t="s">
+        <v>604</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K209" s="15">
-        <v>0.24443</v>
+        <v>0.1287</v>
       </c>
       <c r="L209" s="15">
-        <v>0.17684</v>
+        <v>0.11154</v>
       </c>
       <c r="M209" s="15">
-        <v>0.15432</v>
+        <v>0.10725</v>
       </c>
       <c r="N209" s="15">
-        <v>109</v>
-[...6 lines deleted...]
-      </c>
+        <v>2668</v>
+      </c>
+      <c r="O209" s="15"/>
+      <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>606</v>
+      </c>
+      <c r="E210" s="15">
+        <v>10080067893</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K210" s="15">
-        <v>0.17937</v>
+        <v>0.11648</v>
       </c>
       <c r="L210" s="15">
-        <v>0.15545</v>
+        <v>0.10095</v>
       </c>
       <c r="M210" s="15">
-        <v>0.14948</v>
+        <v>0.09705999999999999</v>
       </c>
       <c r="N210" s="15">
-        <v>1161</v>
+        <v>75</v>
       </c>
       <c r="O210" s="15">
-        <v>900</v>
+        <v>690</v>
       </c>
       <c r="P210" s="15" t="s">
-        <v>40</v>
+        <v>425</v>
       </c>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="E211" s="15">
-        <v>10080038266</v>
+        <v>10080066543</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
-        <v>0.15363</v>
+        <v>0.24443</v>
       </c>
       <c r="L211" s="15">
-        <v>0.13315</v>
+        <v>0.17684</v>
       </c>
       <c r="M211" s="15">
-        <v>0.12803</v>
+        <v>0.15432</v>
       </c>
       <c r="N211" s="15">
-        <v>3817</v>
-[...2 lines deleted...]
-      <c r="P211" s="15"/>
+        <v>90</v>
+      </c>
+      <c r="O211" s="15">
+        <v>1360</v>
+      </c>
+      <c r="P211" s="15" t="s">
+        <v>425</v>
+      </c>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-        <v>10080056206</v>
+        <v>610</v>
+      </c>
+      <c r="E212" s="15" t="s">
+        <v>611</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
-        <v>0.22941</v>
+        <v>0.17937</v>
       </c>
       <c r="L212" s="15">
-        <v>0.19882</v>
+        <v>0.15545</v>
       </c>
       <c r="M212" s="15">
-        <v>0.19118</v>
+        <v>0.14948</v>
       </c>
       <c r="N212" s="15">
-        <v>1340</v>
-[...2 lines deleted...]
-      <c r="P212" s="15"/>
+        <v>968</v>
+      </c>
+      <c r="O212" s="15">
+        <v>750</v>
+      </c>
+      <c r="P212" s="15" t="s">
+        <v>425</v>
+      </c>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="E213" s="15">
-        <v>10080064705</v>
+        <v>10080038266</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
-        <v>0.20906</v>
+        <v>0.15363</v>
       </c>
       <c r="L213" s="15">
-        <v>0.18118</v>
+        <v>0.13315</v>
       </c>
       <c r="M213" s="15">
-        <v>0.17421</v>
+        <v>0.12803</v>
       </c>
       <c r="N213" s="15">
-        <v>7322</v>
+        <v>3862</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="E214" s="15">
-        <v>10080046856</v>
+        <v>10080056206</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K214" s="15">
-        <v>0.62748</v>
+        <v>0.22941</v>
       </c>
       <c r="L214" s="15">
-        <v>0.54382</v>
+        <v>0.19882</v>
       </c>
       <c r="M214" s="15">
-        <v>0.5229</v>
+        <v>0.19118</v>
       </c>
       <c r="N214" s="15">
-        <v>1311</v>
+        <v>1460</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>617</v>
+      </c>
+      <c r="E215" s="15">
+        <v>10080064705</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
-        <v>0.26322</v>
+        <v>0.20906</v>
       </c>
       <c r="L215" s="15">
-        <v>0.22812</v>
+        <v>0.18118</v>
       </c>
       <c r="M215" s="15">
-        <v>0.21935</v>
+        <v>0.17421</v>
       </c>
       <c r="N215" s="15">
-        <v>1147</v>
+        <v>9835</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="E216" s="15">
-        <v>10080053149</v>
+        <v>10080046856</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>250</v>
       </c>
       <c r="K216" s="15">
-        <v>0.64842</v>
+        <v>0.62748</v>
       </c>
       <c r="L216" s="15">
-        <v>0.56196</v>
+        <v>0.54382</v>
       </c>
       <c r="M216" s="15">
-        <v>0.54035</v>
+        <v>0.5229</v>
       </c>
       <c r="N216" s="15">
-        <v>909</v>
+        <v>1129</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-        <v>10080049126</v>
+        <v>621</v>
+      </c>
+      <c r="E217" s="15" t="s">
+        <v>622</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I217" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I217" s="15" t="s">
+        <v>623</v>
+      </c>
       <c r="J217" s="15">
         <v>500</v>
       </c>
       <c r="K217" s="15">
-        <v>0.56403</v>
+        <v>0.26322</v>
       </c>
       <c r="L217" s="15">
-        <v>0.48883</v>
+        <v>0.22812</v>
       </c>
       <c r="M217" s="15">
-        <v>0.47003</v>
+        <v>0.21935</v>
       </c>
       <c r="N217" s="15">
-        <v>700</v>
+        <v>680</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="E218" s="15">
-        <v>10080056207</v>
+        <v>10080053149</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I218" s="15"/>
-      <c r="J218" s="15"/>
+      <c r="J218" s="15">
+        <v>250</v>
+      </c>
       <c r="K218" s="15">
-        <v>1.04</v>
+        <v>0.64842</v>
       </c>
       <c r="L218" s="15">
-        <v>0.6919</v>
+        <v>0.56196</v>
       </c>
       <c r="M218" s="15">
-        <v>0.6279</v>
+        <v>0.54035</v>
       </c>
       <c r="N218" s="15">
-        <v>196</v>
+        <v>1163</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="E219" s="15">
-        <v>10080046857</v>
+        <v>10080049126</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I219" s="15"/>
       <c r="J219" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K219" s="15">
-        <v>0.95669</v>
+        <v>0.56403</v>
       </c>
       <c r="L219" s="15">
-        <v>0.82913</v>
+        <v>0.48883</v>
       </c>
       <c r="M219" s="15">
-        <v>0.7972399999999999</v>
+        <v>0.47003</v>
       </c>
       <c r="N219" s="15">
-        <v>189</v>
+        <v>833</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="E220" s="15">
-        <v>10080069814</v>
+        <v>10080056207</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I220" s="15"/>
-      <c r="J220" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J220" s="15"/>
       <c r="K220" s="15">
-        <v>0.34109</v>
+        <v>1.04</v>
       </c>
       <c r="L220" s="15">
-        <v>0.28425</v>
+        <v>0.6919</v>
       </c>
       <c r="M220" s="15">
-        <v>0.27287</v>
-[...1 lines deleted...]
-      <c r="N220" s="15"/>
+        <v>0.6279</v>
+      </c>
+      <c r="N220" s="15">
+        <v>275</v>
+      </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-        <v>626</v>
+        <v>631</v>
+      </c>
+      <c r="E221" s="15">
+        <v>10080046857</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="K221" s="15">
-        <v>0.80576</v>
+        <v>0.95669</v>
       </c>
       <c r="L221" s="15">
-        <v>0.77073</v>
+        <v>0.82913</v>
       </c>
       <c r="M221" s="15">
-        <v>0.73569</v>
-[...1 lines deleted...]
-      <c r="N221" s="15"/>
+        <v>0.7972399999999999</v>
+      </c>
+      <c r="N221" s="15">
+        <v>69</v>
+      </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>633</v>
+      </c>
+      <c r="E222" s="15">
+        <v>10080069814</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>1000</v>
       </c>
       <c r="K222" s="15">
-        <v>0.05324</v>
+        <v>0.34109</v>
       </c>
       <c r="L222" s="15">
-        <v>0.04614</v>
+        <v>0.28425</v>
       </c>
       <c r="M222" s="15">
-        <v>0.04436</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27287</v>
+      </c>
+      <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="E223" s="15" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I223" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I223" s="15"/>
       <c r="J223" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K223" s="15">
-        <v>0.05288</v>
+        <v>0.80576</v>
       </c>
       <c r="L223" s="15">
-        <v>0.04583</v>
+        <v>0.77073</v>
       </c>
       <c r="M223" s="15">
-        <v>0.04406</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.73569</v>
+      </c>
+      <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>10080003161</v>
+        <v>638</v>
+      </c>
+      <c r="E224" s="15" t="s">
+        <v>639</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="J224" s="15">
         <v>1000</v>
       </c>
       <c r="K224" s="15">
-        <v>0.05349</v>
+        <v>0.05324</v>
       </c>
       <c r="L224" s="15">
-        <v>0.04636</v>
+        <v>0.04614</v>
       </c>
       <c r="M224" s="15">
-        <v>0.04458</v>
+        <v>0.04436</v>
       </c>
       <c r="N224" s="15">
-        <v>67131</v>
+        <v>1530</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-        <v>10080010560</v>
+        <v>642</v>
+      </c>
+      <c r="E225" s="15" t="s">
+        <v>643</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I225" s="15"/>
+      <c r="I225" s="15" t="s">
+        <v>644</v>
+      </c>
       <c r="J225" s="15">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="K225" s="15">
-        <v>0.05985</v>
+        <v>0.05288</v>
       </c>
       <c r="L225" s="15">
-        <v>0.05187</v>
+        <v>0.04583</v>
       </c>
       <c r="M225" s="15">
-        <v>0.04988</v>
+        <v>0.04406</v>
       </c>
       <c r="N225" s="15">
-        <v>8170</v>
+        <v>1456</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>646</v>
+      </c>
+      <c r="E226" s="15">
+        <v>10080003161</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="J226" s="15">
         <v>1000</v>
       </c>
       <c r="K226" s="15">
-        <v>0.05334</v>
+        <v>0.05349</v>
       </c>
       <c r="L226" s="15">
-        <v>0.04623</v>
+        <v>0.04636</v>
       </c>
       <c r="M226" s="15">
-        <v>0.04445</v>
+        <v>0.04458</v>
       </c>
       <c r="N226" s="15">
-        <v>850</v>
+        <v>62290</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="E227" s="15">
-        <v>10080069665</v>
+        <v>10080010560</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="K227" s="15">
-        <v>0.04695</v>
+        <v>0.05985</v>
       </c>
       <c r="L227" s="15">
-        <v>0.04069</v>
+        <v>0.05187</v>
       </c>
       <c r="M227" s="15">
-        <v>0.03913</v>
+        <v>0.04988</v>
       </c>
       <c r="N227" s="15">
-        <v>121</v>
+        <v>7273</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>10080026651</v>
+        <v>651</v>
+      </c>
+      <c r="E228" s="15" t="s">
+        <v>652</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="J228" s="15">
         <v>1000</v>
       </c>
       <c r="K228" s="15">
-        <v>0.04772</v>
+        <v>0.05334</v>
       </c>
       <c r="L228" s="15">
-        <v>0.04135</v>
+        <v>0.04623</v>
       </c>
       <c r="M228" s="15">
-        <v>0.03976</v>
+        <v>0.04445</v>
       </c>
       <c r="N228" s="15">
-        <v>6607</v>
+        <v>820</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>651</v>
+        <v>655</v>
+      </c>
+      <c r="E229" s="15">
+        <v>10080069665</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I229" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I229" s="15"/>
       <c r="J229" s="15">
         <v>1000</v>
       </c>
       <c r="K229" s="15">
-        <v>0.0501</v>
+        <v>0.04695</v>
       </c>
       <c r="L229" s="15">
-        <v>0.04342</v>
+        <v>0.04069</v>
       </c>
       <c r="M229" s="15">
-        <v>0.04175</v>
+        <v>0.03913</v>
       </c>
       <c r="N229" s="15">
-        <v>870</v>
+        <v>95</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="E230" s="15">
-        <v>10080047947</v>
+        <v>10080026651</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I230" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I230" s="15" t="s">
+        <v>658</v>
+      </c>
       <c r="J230" s="15">
         <v>1000</v>
       </c>
       <c r="K230" s="15">
-        <v>0.0533</v>
+        <v>0.04772</v>
       </c>
       <c r="L230" s="15">
-        <v>0.04619</v>
+        <v>0.04135</v>
       </c>
       <c r="M230" s="15">
-        <v>0.04441</v>
+        <v>0.03976</v>
       </c>
       <c r="N230" s="15">
-        <v>2708</v>
+        <v>5350</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-        <v>10080003165</v>
+        <v>660</v>
+      </c>
+      <c r="E231" s="15" t="s">
+        <v>661</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="J231" s="15">
         <v>1000</v>
       </c>
       <c r="K231" s="15">
-        <v>0.066</v>
+        <v>0.0501</v>
       </c>
       <c r="L231" s="15">
-        <v>0.0572</v>
+        <v>0.04342</v>
       </c>
       <c r="M231" s="15">
-        <v>0.055</v>
+        <v>0.04175</v>
       </c>
       <c r="N231" s="15">
-        <v>129663</v>
+        <v>630</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-        <v>660</v>
+        <v>664</v>
+      </c>
+      <c r="E232" s="15">
+        <v>10080047947</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I232" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I232" s="15"/>
       <c r="J232" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K232" s="15">
-        <v>0.06632</v>
+        <v>0.0533</v>
       </c>
       <c r="L232" s="15">
-        <v>0.05747</v>
+        <v>0.04619</v>
       </c>
       <c r="M232" s="15">
-        <v>0.05526</v>
+        <v>0.04441</v>
       </c>
       <c r="N232" s="15">
-        <v>1954</v>
+        <v>2708</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="E233" s="15">
-        <v>10080039269</v>
+        <v>10080003165</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I233" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I233" s="15" t="s">
+        <v>667</v>
+      </c>
       <c r="J233" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K233" s="15">
-        <v>0.07668</v>
+        <v>0.066</v>
       </c>
       <c r="L233" s="15">
-        <v>0.06646000000000001</v>
+        <v>0.0572</v>
       </c>
       <c r="M233" s="15">
-        <v>0.0639</v>
+        <v>0.055</v>
       </c>
       <c r="N233" s="15">
-        <v>5365</v>
+        <v>141574</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>10080048233</v>
+        <v>669</v>
+      </c>
+      <c r="E234" s="15" t="s">
+        <v>670</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="J234" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K234" s="15">
-        <v>0.0776</v>
+        <v>0.06632</v>
       </c>
       <c r="L234" s="15">
-        <v>0.06725</v>
+        <v>0.05747</v>
       </c>
       <c r="M234" s="15">
-        <v>0.06466</v>
+        <v>0.05526</v>
       </c>
       <c r="N234" s="15">
-        <v>6264</v>
-[...6 lines deleted...]
-      </c>
+        <v>1954</v>
+      </c>
+      <c r="O234" s="15"/>
+      <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>668</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>673</v>
+      </c>
+      <c r="E235" s="15">
+        <v>10080039269</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I235" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>2000</v>
       </c>
       <c r="K235" s="15">
-        <v>0.07542</v>
+        <v>0.07668</v>
       </c>
       <c r="L235" s="15">
-        <v>0.06536</v>
+        <v>0.06646000000000001</v>
       </c>
       <c r="M235" s="15">
-        <v>0.06285</v>
+        <v>0.0639</v>
       </c>
       <c r="N235" s="15">
-        <v>5370</v>
+        <v>4095</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="E236" s="15">
-        <v>10080006096</v>
+        <v>10080048233</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="J236" s="15">
         <v>1000</v>
       </c>
       <c r="K236" s="15">
-        <v>0.07265000000000001</v>
+        <v>0.0776</v>
       </c>
       <c r="L236" s="15">
-        <v>0.06296</v>
+        <v>0.06725</v>
       </c>
       <c r="M236" s="15">
-        <v>0.06054</v>
+        <v>0.06466</v>
       </c>
       <c r="N236" s="15">
-        <v>13957</v>
-[...2 lines deleted...]
-      <c r="P236" s="15"/>
+        <v>6080</v>
+      </c>
+      <c r="O236" s="15">
+        <v>7600</v>
+      </c>
+      <c r="P236" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="E237" s="15" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="J237" s="15">
         <v>2000</v>
       </c>
       <c r="K237" s="15">
-        <v>0.07199</v>
+        <v>0.07542</v>
       </c>
       <c r="L237" s="15">
-        <v>0.06239</v>
+        <v>0.06536</v>
       </c>
       <c r="M237" s="15">
-        <v>0.05999</v>
+        <v>0.06285</v>
       </c>
       <c r="N237" s="15">
-        <v>6020</v>
+        <v>7787</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="E238" s="15">
-        <v>10080040579</v>
+        <v>10080006096</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I238" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I238" s="15" t="s">
+        <v>683</v>
+      </c>
       <c r="J238" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K238" s="15">
-        <v>0.09568</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L238" s="15">
-        <v>0.05521</v>
+        <v>0.06296</v>
       </c>
       <c r="M238" s="15">
-        <v>0.04969</v>
-[...1 lines deleted...]
-      <c r="N238" s="15"/>
+        <v>0.06054</v>
+      </c>
+      <c r="N238" s="15">
+        <v>16371</v>
+      </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-        <v>10080067215</v>
+        <v>685</v>
+      </c>
+      <c r="E239" s="15" t="s">
+        <v>686</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I239" s="15"/>
+      <c r="I239" s="15" t="s">
+        <v>687</v>
+      </c>
       <c r="J239" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K239" s="15">
-        <v>0.09014</v>
+        <v>0.07199</v>
       </c>
       <c r="L239" s="15">
-        <v>0.06522</v>
+        <v>0.06239</v>
       </c>
       <c r="M239" s="15">
-        <v>0.0569</v>
+        <v>0.05999</v>
       </c>
       <c r="N239" s="15">
-        <v>4686</v>
+        <v>6020</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="E240" s="15">
-        <v>10080003162</v>
+        <v>10080040579</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I240" s="15"/>
       <c r="J240" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K240" s="15">
-        <v>0.0824</v>
+        <v>0.09568</v>
       </c>
       <c r="L240" s="15">
-        <v>0.07141</v>
+        <v>0.05521</v>
       </c>
       <c r="M240" s="15">
-        <v>0.06866</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04969</v>
+      </c>
+      <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-        <v>687</v>
+        <v>691</v>
+      </c>
+      <c r="E241" s="15">
+        <v>10080067215</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I241" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I241" s="15"/>
       <c r="J241" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K241" s="15">
-        <v>0.08351</v>
+        <v>0.09014</v>
       </c>
       <c r="L241" s="15">
-        <v>0.07237</v>
+        <v>0.06522</v>
       </c>
       <c r="M241" s="15">
-        <v>0.06959</v>
+        <v>0.0569</v>
       </c>
       <c r="N241" s="15">
-        <v>800</v>
+        <v>3934</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="E242" s="15">
-        <v>10080040580</v>
+        <v>10080003162</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I242" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I242" s="15" t="s">
+        <v>694</v>
+      </c>
       <c r="J242" s="15">
         <v>1000</v>
       </c>
       <c r="K242" s="15">
-        <v>0.0731</v>
+        <v>0.0824</v>
       </c>
       <c r="L242" s="15">
-        <v>0.06335</v>
+        <v>0.07141</v>
       </c>
       <c r="M242" s="15">
-        <v>0.06091</v>
+        <v>0.06866</v>
       </c>
       <c r="N242" s="15">
-        <v>1890</v>
+        <v>36859</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="E243" s="15" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="J243" s="15">
         <v>1000</v>
       </c>
       <c r="K243" s="15">
-        <v>0.09999</v>
+        <v>0.08351</v>
       </c>
       <c r="L243" s="15">
-        <v>0.08666</v>
+        <v>0.07237</v>
       </c>
       <c r="M243" s="15">
-        <v>0.08333</v>
+        <v>0.06959</v>
       </c>
       <c r="N243" s="15">
-        <v>730</v>
+        <v>700</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="E244" s="15">
-        <v>10080050059</v>
+        <v>10080040580</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>1000</v>
       </c>
       <c r="K244" s="15">
-        <v>0.09987</v>
+        <v>0.0731</v>
       </c>
       <c r="L244" s="15">
-        <v>0.08655</v>
+        <v>0.06335</v>
       </c>
       <c r="M244" s="15">
-        <v>0.08323</v>
+        <v>0.06091</v>
       </c>
       <c r="N244" s="15">
-        <v>3270</v>
+        <v>430</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>699</v>
-[...2 lines deleted...]
-        <v>10080031651</v>
+        <v>702</v>
+      </c>
+      <c r="E245" s="15" t="s">
+        <v>703</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="J245" s="15">
         <v>1000</v>
       </c>
       <c r="K245" s="15">
-        <v>0.09918</v>
+        <v>0.09999</v>
       </c>
       <c r="L245" s="15">
-        <v>0.08595999999999999</v>
+        <v>0.08666</v>
       </c>
       <c r="M245" s="15">
-        <v>0.08265</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.08333</v>
+      </c>
+      <c r="N245" s="15">
+        <v>820</v>
+      </c>
+      <c r="O245" s="15"/>
+      <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>706</v>
+      </c>
+      <c r="E246" s="15">
+        <v>10080050059</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="J246" s="15">
         <v>1000</v>
       </c>
       <c r="K246" s="15">
-        <v>0.09891</v>
+        <v>0.09987</v>
       </c>
       <c r="L246" s="15">
-        <v>0.08572</v>
+        <v>0.08655</v>
       </c>
       <c r="M246" s="15">
-        <v>0.08243</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.08323</v>
+      </c>
+      <c r="N246" s="15">
+        <v>3392</v>
+      </c>
+      <c r="O246" s="15"/>
+      <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="E247" s="15">
-        <v>10080035099</v>
+        <v>10080031651</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="J247" s="15">
         <v>1000</v>
       </c>
       <c r="K247" s="15">
-        <v>0.0975</v>
+        <v>0.10677</v>
       </c>
       <c r="L247" s="15">
-        <v>0.08450000000000001</v>
+        <v>0.09253</v>
       </c>
       <c r="M247" s="15">
-        <v>0.08125</v>
+        <v>0.08898</v>
       </c>
       <c r="N247" s="15"/>
-      <c r="O247" s="15"/>
-      <c r="P247" s="15"/>
+      <c r="O247" s="15">
+        <v>4690</v>
+      </c>
+      <c r="P247" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="E248" s="15" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="I248" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="I248" s="15" t="s">
+        <v>714</v>
+      </c>
       <c r="J248" s="15">
         <v>1000</v>
       </c>
       <c r="K248" s="15">
-        <v>0.08499</v>
+        <v>0.09891</v>
       </c>
       <c r="L248" s="15">
-        <v>0.08006000000000001</v>
+        <v>0.08572</v>
       </c>
       <c r="M248" s="15">
-        <v>0.07759000000000001</v>
+        <v>0.08243</v>
       </c>
       <c r="N248" s="15"/>
-      <c r="O248" s="15"/>
-      <c r="P248" s="15"/>
+      <c r="O248" s="15">
+        <v>6600</v>
+      </c>
+      <c r="P248" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="E249" s="15">
-        <v>10080003163</v>
+        <v>10080035099</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="J249" s="15">
         <v>1000</v>
       </c>
       <c r="K249" s="15">
-        <v>0.10158</v>
+        <v>0.0975</v>
       </c>
       <c r="L249" s="15">
-        <v>0.08803999999999999</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M249" s="15">
-        <v>0.08465</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.08125</v>
+      </c>
+      <c r="N249" s="15"/>
+      <c r="O249" s="15"/>
+      <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>1000</v>
       </c>
       <c r="K250" s="15">
-        <v>0.10301</v>
+        <v>0.08499</v>
       </c>
       <c r="L250" s="15">
-        <v>0.08927</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="M250" s="15">
-        <v>0.08584</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07759000000000001</v>
+      </c>
+      <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="E251" s="15">
-        <v>10080040581</v>
+        <v>10080003163</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I251" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I251" s="15" t="s">
+        <v>723</v>
+      </c>
       <c r="J251" s="15">
         <v>1000</v>
       </c>
       <c r="K251" s="15">
-        <v>0.10422</v>
+        <v>0.10158</v>
       </c>
       <c r="L251" s="15">
-        <v>0.09032</v>
+        <v>0.08803999999999999</v>
       </c>
       <c r="M251" s="15">
-        <v>0.08685</v>
+        <v>0.08465</v>
       </c>
       <c r="N251" s="15">
-        <v>6278</v>
-[...2 lines deleted...]
-      <c r="P251" s="15"/>
+        <v>24755</v>
+      </c>
+      <c r="O251" s="15">
+        <v>34000</v>
+      </c>
+      <c r="P251" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="J252" s="15">
         <v>1000</v>
       </c>
       <c r="K252" s="15">
-        <v>0.11304</v>
+        <v>0.10301</v>
       </c>
       <c r="L252" s="15">
-        <v>0.09797</v>
+        <v>0.08927</v>
       </c>
       <c r="M252" s="15">
-        <v>0.09420000000000001</v>
+        <v>0.08584</v>
       </c>
       <c r="N252" s="15">
-        <v>655</v>
-[...6 lines deleted...]
-      </c>
+        <v>1740</v>
+      </c>
+      <c r="O252" s="15"/>
+      <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>725</v>
-[...2 lines deleted...]
-        <v>726</v>
+        <v>729</v>
+      </c>
+      <c r="E253" s="15">
+        <v>10080040581</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I253" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>1000</v>
       </c>
       <c r="K253" s="15">
-        <v>0.11145</v>
+        <v>0.10422</v>
       </c>
       <c r="L253" s="15">
-        <v>0.09659</v>
+        <v>0.09032</v>
       </c>
       <c r="M253" s="15">
-        <v>0.09288</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.08685</v>
+      </c>
+      <c r="N253" s="15">
+        <v>5521</v>
+      </c>
+      <c r="O253" s="15"/>
+      <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>729</v>
-[...2 lines deleted...]
-        <v>10080003164</v>
+        <v>731</v>
+      </c>
+      <c r="E254" s="15" t="s">
+        <v>732</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="J254" s="15">
         <v>1000</v>
       </c>
       <c r="K254" s="15">
-        <v>0.12054</v>
+        <v>0.11304</v>
       </c>
       <c r="L254" s="15">
-        <v>0.10447</v>
+        <v>0.09797</v>
       </c>
       <c r="M254" s="15">
-        <v>0.10045</v>
-[...1 lines deleted...]
-      <c r="N254" s="15"/>
+        <v>0.09420000000000001</v>
+      </c>
+      <c r="N254" s="15">
+        <v>574</v>
+      </c>
       <c r="O254" s="15">
-        <v>32800</v>
+        <v>2340</v>
       </c>
       <c r="P254" s="15" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="E255" s="15" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="J255" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K255" s="15">
-        <v>0.12251</v>
+        <v>0.11145</v>
       </c>
       <c r="L255" s="15">
-        <v>0.10617</v>
+        <v>0.09659</v>
       </c>
       <c r="M255" s="15">
-        <v>0.10209</v>
+        <v>0.09288</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15">
-        <v>8600</v>
+        <v>1740</v>
       </c>
       <c r="P255" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="E256" s="15">
-        <v>10080040582</v>
+        <v>10080003164</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I256" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I256" s="15" t="s">
+        <v>740</v>
+      </c>
       <c r="J256" s="15">
         <v>1000</v>
       </c>
       <c r="K256" s="15">
-        <v>0.1236</v>
+        <v>0.13001</v>
       </c>
       <c r="L256" s="15">
-        <v>0.10712</v>
+        <v>0.11267</v>
       </c>
       <c r="M256" s="15">
-        <v>0.103</v>
+        <v>0.10834</v>
       </c>
       <c r="N256" s="15"/>
-      <c r="O256" s="15"/>
-      <c r="P256" s="15"/>
+      <c r="O256" s="15">
+        <v>25600</v>
+      </c>
+      <c r="P256" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I257" s="15"/>
+      <c r="I257" s="15" t="s">
+        <v>744</v>
+      </c>
       <c r="J257" s="15">
         <v>500</v>
       </c>
       <c r="K257" s="15">
-        <v>0.12773</v>
+        <v>0.12251</v>
       </c>
       <c r="L257" s="15">
-        <v>0.1107</v>
+        <v>0.10617</v>
       </c>
       <c r="M257" s="15">
-        <v>0.10644</v>
+        <v>0.10209</v>
       </c>
       <c r="N257" s="15"/>
-      <c r="O257" s="15"/>
-      <c r="P257" s="15"/>
+      <c r="O257" s="15">
+        <v>6300</v>
+      </c>
+      <c r="P257" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>746</v>
+      </c>
+      <c r="E258" s="15">
+        <v>10080040582</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I258" s="15"/>
       <c r="J258" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K258" s="15">
-        <v>0.17308</v>
+        <v>0.1236</v>
       </c>
       <c r="L258" s="15">
-        <v>0.12522</v>
+        <v>0.10712</v>
       </c>
       <c r="M258" s="15">
-        <v>0.10927</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.103</v>
+      </c>
+      <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="E259" s="15" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I259" s="15"/>
       <c r="J259" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K259" s="15">
-        <v>0.1496</v>
+        <v>0.12773</v>
       </c>
       <c r="L259" s="15">
-        <v>0.12965</v>
+        <v>0.1107</v>
       </c>
       <c r="M259" s="15">
-        <v>0.12466</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.10644</v>
+      </c>
+      <c r="N259" s="15"/>
+      <c r="O259" s="15"/>
+      <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="E260" s="15" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I260" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I260" s="15"/>
       <c r="J260" s="15">
         <v>500</v>
       </c>
       <c r="K260" s="15">
-        <v>0.13214</v>
+        <v>0.17308</v>
       </c>
       <c r="L260" s="15">
-        <v>0.11452</v>
+        <v>0.12522</v>
       </c>
       <c r="M260" s="15">
-        <v>0.11011</v>
+        <v>0.10927</v>
       </c>
       <c r="N260" s="15">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>309</v>
+      </c>
+      <c r="O260" s="15"/>
+      <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-        <v>10080003166</v>
+        <v>754</v>
+      </c>
+      <c r="E261" s="15" t="s">
+        <v>755</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="J261" s="15">
         <v>1000</v>
       </c>
       <c r="K261" s="15">
-        <v>0.1298</v>
+        <v>0.1496</v>
       </c>
       <c r="L261" s="15">
-        <v>0.11249</v>
+        <v>0.12965</v>
       </c>
       <c r="M261" s="15">
-        <v>0.10816</v>
+        <v>0.12466</v>
       </c>
       <c r="N261" s="15">
-        <v>10178</v>
+        <v>434</v>
       </c>
       <c r="O261" s="15">
-        <v>3800</v>
+        <v>1520</v>
       </c>
       <c r="P261" s="15" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
       <c r="E262" s="15" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="J262" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K262" s="15">
-        <v>0.13622</v>
+        <v>0.13214</v>
       </c>
       <c r="L262" s="15">
-        <v>0.11805</v>
+        <v>0.11452</v>
       </c>
       <c r="M262" s="15">
-        <v>0.11351</v>
+        <v>0.11011</v>
       </c>
       <c r="N262" s="15">
-        <v>4100</v>
-[...2 lines deleted...]
-      <c r="P262" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="O262" s="15">
+        <v>880</v>
+      </c>
+      <c r="P262" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="E263" s="15">
-        <v>10080039172</v>
+        <v>10080003166</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I263" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I263" s="15" t="s">
+        <v>763</v>
+      </c>
       <c r="J263" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K263" s="15">
-        <v>0.14093</v>
+        <v>0.14402</v>
       </c>
       <c r="L263" s="15">
-        <v>0.12214</v>
+        <v>0.12481</v>
       </c>
       <c r="M263" s="15">
-        <v>0.11744</v>
-[...5 lines deleted...]
-      <c r="P263" s="15"/>
+        <v>0.12001</v>
+      </c>
+      <c r="N263" s="15"/>
+      <c r="O263" s="15">
+        <v>3800</v>
+      </c>
+      <c r="P263" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>761</v>
-[...2 lines deleted...]
-        <v>10080045772</v>
+        <v>765</v>
+      </c>
+      <c r="E264" s="15" t="s">
+        <v>766</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="J264" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K264" s="15">
-        <v>0.19421</v>
+        <v>0.13622</v>
       </c>
       <c r="L264" s="15">
-        <v>0.16831</v>
+        <v>0.11805</v>
       </c>
       <c r="M264" s="15">
-        <v>0.16184</v>
+        <v>0.11351</v>
       </c>
       <c r="N264" s="15">
-        <v>23551</v>
+        <v>3900</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>764</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>769</v>
+      </c>
+      <c r="E265" s="15">
+        <v>10080039172</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I265" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>500</v>
       </c>
       <c r="K265" s="15">
-        <v>0.1959</v>
+        <v>0.14093</v>
       </c>
       <c r="L265" s="15">
-        <v>0.16978</v>
+        <v>0.12214</v>
       </c>
       <c r="M265" s="15">
-        <v>0.16325</v>
+        <v>0.11744</v>
       </c>
       <c r="N265" s="15">
-        <v>650</v>
+        <v>8401</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>771</v>
+      </c>
+      <c r="E266" s="15">
+        <v>10080045772</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I266" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I266" s="15" t="s">
+        <v>772</v>
+      </c>
       <c r="J266" s="15">
         <v>500</v>
       </c>
       <c r="K266" s="15">
-        <v>0.19307</v>
+        <v>0.19421</v>
       </c>
       <c r="L266" s="15">
-        <v>0.16732</v>
+        <v>0.16831</v>
       </c>
       <c r="M266" s="15">
-        <v>0.16089</v>
-[...1 lines deleted...]
-      <c r="N266" s="15"/>
+        <v>0.16184</v>
+      </c>
+      <c r="N266" s="15">
+        <v>27580</v>
+      </c>
       <c r="O266" s="15"/>
-      <c r="P266" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>10080034287</v>
+        <v>774</v>
+      </c>
+      <c r="E267" s="15" t="s">
+        <v>775</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I267" s="15" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="J267" s="15">
         <v>500</v>
       </c>
       <c r="K267" s="15">
-        <v>0.21924</v>
+        <v>0.1959</v>
       </c>
       <c r="L267" s="15">
-        <v>0.19001</v>
+        <v>0.16978</v>
       </c>
       <c r="M267" s="15">
-        <v>0.1827</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.16325</v>
+      </c>
+      <c r="N267" s="15">
+        <v>720</v>
+      </c>
+      <c r="O267" s="15"/>
+      <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="E268" s="15" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I268" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>500</v>
       </c>
       <c r="K268" s="15">
-        <v>0.22292</v>
+        <v>0.1908</v>
       </c>
       <c r="L268" s="15">
-        <v>0.19319</v>
+        <v>0.16536</v>
       </c>
       <c r="M268" s="15">
-        <v>0.18576</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.159</v>
+      </c>
+      <c r="N268" s="15"/>
       <c r="O268" s="15"/>
-      <c r="P268" s="15"/>
+      <c r="P268" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>778</v>
+        <v>781</v>
       </c>
       <c r="E269" s="15">
-        <v>10080051423</v>
+        <v>10080034287</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="J269" s="15">
         <v>500</v>
       </c>
       <c r="K269" s="15">
-        <v>0.27789</v>
+        <v>0.21924</v>
       </c>
       <c r="L269" s="15">
-        <v>0.24084</v>
+        <v>0.19001</v>
       </c>
       <c r="M269" s="15">
-        <v>0.23158</v>
+        <v>0.1827</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15">
-        <v>1460</v>
+        <v>2880</v>
       </c>
       <c r="P269" s="15" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>780</v>
+        <v>783</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="E270" s="15" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="J270" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K270" s="15">
-        <v>0.28058</v>
+        <v>0.22292</v>
       </c>
       <c r="L270" s="15">
-        <v>0.24317</v>
+        <v>0.19319</v>
       </c>
       <c r="M270" s="15">
-        <v>0.23381</v>
+        <v>0.18576</v>
       </c>
       <c r="N270" s="15">
-        <v>650</v>
+        <v>609</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="E271" s="15">
-        <v>10080019221</v>
+        <v>10080051423</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="J271" s="15">
         <v>500</v>
       </c>
       <c r="K271" s="15">
-        <v>0.29061</v>
+        <v>0.30204</v>
       </c>
       <c r="L271" s="15">
-        <v>0.25186</v>
+        <v>0.26177</v>
       </c>
       <c r="M271" s="15">
-        <v>0.24218</v>
-[...5 lines deleted...]
-      <c r="P271" s="15"/>
+        <v>0.2517</v>
+      </c>
+      <c r="N271" s="15"/>
+      <c r="O271" s="15">
+        <v>1420</v>
+      </c>
+      <c r="P271" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>788</v>
+        <v>791</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="J272" s="15">
         <v>250</v>
       </c>
       <c r="K272" s="15">
-        <v>0.29555</v>
+        <v>0.28058</v>
       </c>
       <c r="L272" s="15">
-        <v>0.25614</v>
+        <v>0.24317</v>
       </c>
       <c r="M272" s="15">
-        <v>0.24629</v>
+        <v>0.23381</v>
       </c>
       <c r="N272" s="15">
-        <v>720</v>
+        <v>850</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="E273" s="15">
-        <v>10080056877</v>
+        <v>10080019221</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I273" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I273" s="15" t="s">
+        <v>796</v>
+      </c>
       <c r="J273" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K273" s="15">
-        <v>0.27798</v>
+        <v>0.29061</v>
       </c>
       <c r="L273" s="15">
-        <v>0.24092</v>
+        <v>0.25186</v>
       </c>
       <c r="M273" s="15">
-        <v>0.23165</v>
-[...1 lines deleted...]
-      <c r="N273" s="15"/>
+        <v>0.24218</v>
+      </c>
+      <c r="N273" s="15">
+        <v>1621</v>
+      </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>10080047287</v>
+        <v>798</v>
+      </c>
+      <c r="E274" s="15" t="s">
+        <v>799</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="J274" s="15">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="K274" s="15">
-        <v>0.36152</v>
+        <v>0.29555</v>
       </c>
       <c r="L274" s="15">
-        <v>0.31331</v>
+        <v>0.25614</v>
       </c>
       <c r="M274" s="15">
-        <v>0.30126</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.24629</v>
+      </c>
+      <c r="N274" s="15">
+        <v>790</v>
+      </c>
+      <c r="O274" s="15"/>
+      <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>802</v>
+      </c>
+      <c r="E275" s="15">
+        <v>10080056877</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I275" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I275" s="15"/>
       <c r="J275" s="15">
         <v>250</v>
       </c>
       <c r="K275" s="15">
-        <v>0.34845</v>
+        <v>0.27798</v>
       </c>
       <c r="L275" s="15">
-        <v>0.30199</v>
+        <v>0.24092</v>
       </c>
       <c r="M275" s="15">
-        <v>0.29038</v>
+        <v>0.23165</v>
       </c>
       <c r="N275" s="15"/>
-      <c r="O275" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O275" s="15"/>
+      <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>802</v>
+        <v>804</v>
+      </c>
+      <c r="E276" s="15">
+        <v>10080047287</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="I276" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I276" s="15" t="s">
+        <v>805</v>
+      </c>
       <c r="J276" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K276" s="15">
-        <v>0.85407</v>
+        <v>0.38328</v>
       </c>
       <c r="L276" s="15">
-        <v>0.71631</v>
+        <v>0.33218</v>
       </c>
       <c r="M276" s="15">
-        <v>0.68877</v>
+        <v>0.3194</v>
       </c>
       <c r="N276" s="15"/>
-      <c r="O276" s="15"/>
-      <c r="P276" s="15"/>
+      <c r="O276" s="15">
+        <v>1760</v>
+      </c>
+      <c r="P276" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="E277" s="15" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I277" s="15"/>
+      <c r="I277" s="15" t="s">
+        <v>809</v>
+      </c>
       <c r="J277" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K277" s="15">
-        <v>0.04092</v>
+        <v>0.34845</v>
       </c>
       <c r="L277" s="15">
-        <v>0.03546</v>
+        <v>0.30199</v>
       </c>
       <c r="M277" s="15">
-        <v>0.0341</v>
-[...5 lines deleted...]
-      <c r="P277" s="15"/>
+        <v>0.29038</v>
+      </c>
+      <c r="N277" s="15"/>
+      <c r="O277" s="15">
+        <v>1440</v>
+      </c>
+      <c r="P277" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="E278" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
-        <v>33</v>
+        <v>514</v>
       </c>
       <c r="I278" s="15"/>
       <c r="J278" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K278" s="15">
-        <v>0.05544</v>
+        <v>0.85407</v>
       </c>
       <c r="L278" s="15">
-        <v>0.04805</v>
+        <v>0.71631</v>
       </c>
       <c r="M278" s="15">
-        <v>0.0462</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.68877</v>
+      </c>
+      <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>1000</v>
       </c>
       <c r="K279" s="15">
-        <v>0.0605</v>
+        <v>0.04092</v>
       </c>
       <c r="L279" s="15">
-        <v>0.05243</v>
+        <v>0.03546</v>
       </c>
       <c r="M279" s="15">
-        <v>0.05041</v>
-[...1 lines deleted...]
-      <c r="N279" s="15"/>
+        <v>0.0341</v>
+      </c>
+      <c r="N279" s="15">
+        <v>457</v>
+      </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-        <v>10080055990</v>
+        <v>817</v>
+      </c>
+      <c r="E280" s="15" t="s">
+        <v>818</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
         <v>1000</v>
       </c>
       <c r="K280" s="15">
-        <v>0.10628</v>
+        <v>0.05544</v>
       </c>
       <c r="L280" s="15">
-        <v>0.09211</v>
+        <v>0.04805</v>
       </c>
       <c r="M280" s="15">
-        <v>0.08856</v>
+        <v>0.0462</v>
       </c>
       <c r="N280" s="15">
-        <v>645</v>
+        <v>216</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K281" s="15">
-        <v>0.05576</v>
+        <v>0.0605</v>
       </c>
       <c r="L281" s="15">
-        <v>0.04832</v>
+        <v>0.05243</v>
       </c>
       <c r="M281" s="15">
-        <v>0.04646</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05041</v>
+      </c>
+      <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="E282" s="15">
-        <v>10080058977</v>
+        <v>10080055990</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>1250</v>
+        <v>1000</v>
       </c>
       <c r="K282" s="15">
-        <v>0.06369</v>
+        <v>0.10628</v>
       </c>
       <c r="L282" s="15">
-        <v>0.0552</v>
+        <v>0.09211</v>
       </c>
       <c r="M282" s="15">
-        <v>0.05308</v>
+        <v>0.08856</v>
       </c>
       <c r="N282" s="15">
-        <v>17430</v>
+        <v>740</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>1250</v>
+        <v>3000</v>
       </c>
       <c r="K283" s="15">
-        <v>0.06329</v>
+        <v>0.05576</v>
       </c>
       <c r="L283" s="15">
-        <v>0.05485</v>
+        <v>0.04832</v>
       </c>
       <c r="M283" s="15">
-        <v>0.05274</v>
+        <v>0.04646</v>
       </c>
       <c r="N283" s="15">
-        <v>397</v>
+        <v>3100</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="E284" s="15">
-        <v>10080053584</v>
+        <v>10080058977</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>1000</v>
+        <v>1250</v>
       </c>
       <c r="K284" s="15">
-        <v>0.11378</v>
+        <v>0.06369</v>
       </c>
       <c r="L284" s="15">
-        <v>0.09861</v>
+        <v>0.0552</v>
       </c>
       <c r="M284" s="15">
-        <v>0.09481000000000001</v>
+        <v>0.05308</v>
       </c>
       <c r="N284" s="15">
-        <v>2153</v>
+        <v>9748</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-        <v>10080064706</v>
+        <v>830</v>
+      </c>
+      <c r="E285" s="15" t="s">
+        <v>831</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K285" s="15">
-        <v>0.12762</v>
+        <v>0.06329</v>
       </c>
       <c r="L285" s="15">
-        <v>0.1106</v>
+        <v>0.05485</v>
       </c>
       <c r="M285" s="15">
-        <v>0.10635</v>
+        <v>0.05274</v>
       </c>
       <c r="N285" s="15">
-        <v>512</v>
+        <v>430</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="E286" s="15">
-        <v>10080057779</v>
+        <v>10080053584</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>1000</v>
       </c>
       <c r="K286" s="15">
-        <v>0.11442</v>
+        <v>0.11378</v>
       </c>
       <c r="L286" s="15">
-        <v>0.09916</v>
+        <v>0.09861</v>
       </c>
       <c r="M286" s="15">
-        <v>0.09535</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.09481000000000001</v>
+      </c>
+      <c r="N286" s="15">
+        <v>1306</v>
+      </c>
+      <c r="O286" s="15"/>
+      <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>835</v>
+      </c>
+      <c r="E287" s="15">
+        <v>10080064706</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>500</v>
       </c>
       <c r="K287" s="15">
-        <v>0.12128</v>
+        <v>0.12762</v>
       </c>
       <c r="L287" s="15">
-        <v>0.10511</v>
+        <v>0.1106</v>
       </c>
       <c r="M287" s="15">
-        <v>0.10106</v>
+        <v>0.10635</v>
       </c>
       <c r="N287" s="15">
-        <v>481</v>
+        <v>640</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="E288" s="15">
-        <v>10080039270</v>
+        <v>10080057779</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I288" s="15"/>
+      <c r="I288" s="15" t="s">
+        <v>838</v>
+      </c>
       <c r="J288" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K288" s="15">
-        <v>0.12881</v>
+        <v>0.11442</v>
       </c>
       <c r="L288" s="15">
-        <v>0.11163</v>
+        <v>0.09916</v>
       </c>
       <c r="M288" s="15">
-        <v>0.10734</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09535</v>
+      </c>
+      <c r="N288" s="15"/>
       <c r="O288" s="15">
-        <v>415</v>
+        <v>770</v>
       </c>
       <c r="P288" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>832</v>
-[...2 lines deleted...]
-        <v>10080042870</v>
+        <v>837</v>
+      </c>
+      <c r="E289" s="15" t="s">
+        <v>839</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I289" s="15"/>
+      <c r="I289" s="15" t="s">
+        <v>838</v>
+      </c>
       <c r="J289" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K289" s="15">
-        <v>0.13665</v>
+        <v>0.12128</v>
       </c>
       <c r="L289" s="15">
-        <v>0.11843</v>
+        <v>0.10511</v>
       </c>
       <c r="M289" s="15">
-        <v>0.11388</v>
-[...1 lines deleted...]
-      <c r="N289" s="15"/>
+        <v>0.10106</v>
+      </c>
+      <c r="N289" s="15">
+        <v>54</v>
+      </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>841</v>
+      </c>
+      <c r="E290" s="15">
+        <v>10080039270</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>500</v>
       </c>
       <c r="K290" s="15">
-        <v>0.13365</v>
+        <v>0.12881</v>
       </c>
       <c r="L290" s="15">
-        <v>0.11583</v>
+        <v>0.11163</v>
       </c>
       <c r="M290" s="15">
-        <v>0.11138</v>
-[...1 lines deleted...]
-      <c r="N290" s="15"/>
+        <v>0.10734</v>
+      </c>
+      <c r="N290" s="15">
+        <v>225</v>
+      </c>
       <c r="O290" s="15">
-        <v>760</v>
+        <v>375</v>
       </c>
       <c r="P290" s="15" t="s">
-        <v>40</v>
+        <v>425</v>
       </c>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="E291" s="15">
-        <v>10080064704</v>
+        <v>10080042870</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K291" s="15">
-        <v>0.16004</v>
+        <v>0.13665</v>
       </c>
       <c r="L291" s="15">
-        <v>0.1387</v>
+        <v>0.11843</v>
       </c>
       <c r="M291" s="15">
-        <v>0.13336</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11388</v>
+      </c>
+      <c r="N291" s="15"/>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="E292" s="15" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>500</v>
       </c>
       <c r="K292" s="15">
-        <v>0.29547</v>
+        <v>0.13365</v>
       </c>
       <c r="L292" s="15">
-        <v>0.21377</v>
+        <v>0.11583</v>
       </c>
       <c r="M292" s="15">
-        <v>0.18654</v>
+        <v>0.11138</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15">
-        <v>780</v>
+        <v>750</v>
       </c>
       <c r="P292" s="15" t="s">
-        <v>40</v>
+        <v>425</v>
       </c>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="E293" s="15">
-        <v>10080064708</v>
+        <v>10080064704</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I293" s="15"/>
-      <c r="J293" s="15"/>
+      <c r="J293" s="15">
+        <v>500</v>
+      </c>
       <c r="K293" s="15">
-        <v>0.50856</v>
+        <v>0.16004</v>
       </c>
       <c r="L293" s="15">
-        <v>0.29504</v>
+        <v>0.1387</v>
       </c>
       <c r="M293" s="15">
-        <v>0.26593</v>
-[...1 lines deleted...]
-      <c r="N293" s="15"/>
+        <v>0.13336</v>
+      </c>
+      <c r="N293" s="15">
+        <v>2064</v>
+      </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K294" s="15">
-        <v>0.32538</v>
+        <v>0.29547</v>
       </c>
       <c r="L294" s="15">
-        <v>0.282</v>
+        <v>0.21377</v>
       </c>
       <c r="M294" s="15">
-        <v>0.27115</v>
-[...5 lines deleted...]
-      <c r="P294" s="15"/>
+        <v>0.18654</v>
+      </c>
+      <c r="N294" s="15"/>
+      <c r="O294" s="15">
+        <v>670</v>
+      </c>
+      <c r="P294" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="E295" s="15">
-        <v>10080069763</v>
+        <v>10080064708</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15"/>
       <c r="K295" s="15">
-        <v>0.6294</v>
+        <v>0.50856</v>
       </c>
       <c r="L295" s="15">
-        <v>0.52449</v>
+        <v>0.29504</v>
       </c>
       <c r="M295" s="15">
-        <v>0.50352</v>
+        <v>0.26593</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>10080003139</v>
+        <v>855</v>
+      </c>
+      <c r="E296" s="15" t="s">
+        <v>856</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="J296" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K296" s="15">
-        <v>0.06137</v>
+        <v>0.32538</v>
       </c>
       <c r="L296" s="15">
-        <v>0.05318</v>
+        <v>0.282</v>
       </c>
       <c r="M296" s="15">
-        <v>0.05114</v>
+        <v>0.27115</v>
       </c>
       <c r="N296" s="15">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>640</v>
+      </c>
+      <c r="O296" s="15"/>
+      <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="E297" s="15">
-        <v>10080003140</v>
+        <v>10080069763</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I297" s="15"/>
+      <c r="J297" s="15"/>
       <c r="K297" s="15">
-        <v>0.07256</v>
+        <v>0.6294</v>
       </c>
       <c r="L297" s="15">
-        <v>0.06288000000000001</v>
+        <v>0.52449</v>
       </c>
       <c r="M297" s="15">
-        <v>0.06046</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.50352</v>
+      </c>
+      <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>861</v>
+      </c>
+      <c r="E298" s="15">
+        <v>10080003139</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I298" s="15" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="J298" s="15">
         <v>1000</v>
       </c>
       <c r="K298" s="15">
-        <v>0.0731</v>
+        <v>0.06137</v>
       </c>
       <c r="L298" s="15">
-        <v>0.06335</v>
+        <v>0.05318</v>
       </c>
       <c r="M298" s="15">
-        <v>0.06091</v>
+        <v>0.05114</v>
       </c>
       <c r="N298" s="15">
-        <v>729</v>
-[...2 lines deleted...]
-      <c r="P298" s="15"/>
+        <v>93</v>
+      </c>
+      <c r="O298" s="15">
+        <v>2160</v>
+      </c>
+      <c r="P298" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="E299" s="15">
-        <v>10080003141</v>
+        <v>10080003140</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I299" s="15" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="J299" s="15">
         <v>1000</v>
       </c>
       <c r="K299" s="15">
-        <v>0.08348999999999999</v>
+        <v>0.07256</v>
       </c>
       <c r="L299" s="15">
-        <v>0.07235999999999999</v>
+        <v>0.06288000000000001</v>
       </c>
       <c r="M299" s="15">
-        <v>0.06958</v>
-[...1 lines deleted...]
-      <c r="N299" s="15"/>
+        <v>0.06046</v>
+      </c>
+      <c r="N299" s="15">
+        <v>2215</v>
+      </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-        <v>10080010561</v>
+        <v>867</v>
+      </c>
+      <c r="E300" s="15" t="s">
+        <v>868</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I300" s="15"/>
+      <c r="I300" s="15" t="s">
+        <v>869</v>
+      </c>
       <c r="J300" s="15">
         <v>1000</v>
       </c>
       <c r="K300" s="15">
-        <v>0.1041</v>
+        <v>0.0731</v>
       </c>
       <c r="L300" s="15">
-        <v>0.1041</v>
+        <v>0.06335</v>
       </c>
       <c r="M300" s="15">
-        <v>0.1041</v>
+        <v>0.06091</v>
       </c>
       <c r="N300" s="15">
-        <v>1098</v>
+        <v>603</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="E301" s="15">
-        <v>10080003142</v>
+        <v>10080003141</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I301" s="15" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="J301" s="15">
         <v>1000</v>
       </c>
       <c r="K301" s="15">
-        <v>0.11378</v>
+        <v>0.08348999999999999</v>
       </c>
       <c r="L301" s="15">
-        <v>0.09861</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="M301" s="15">
-        <v>0.09481000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06958</v>
+      </c>
+      <c r="N301" s="15"/>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="E302" s="15">
-        <v>10080010562</v>
+        <v>10080010561</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>1000</v>
       </c>
       <c r="K302" s="15">
-        <v>0.10716</v>
+        <v>0.1041</v>
       </c>
       <c r="L302" s="15">
-        <v>0.10345</v>
+        <v>0.1041</v>
       </c>
       <c r="M302" s="15">
-        <v>0.09976</v>
-[...1 lines deleted...]
-      <c r="N302" s="15"/>
+        <v>0.1041</v>
+      </c>
+      <c r="N302" s="15">
+        <v>954</v>
+      </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>876</v>
+      </c>
+      <c r="E303" s="15">
+        <v>10080003142</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="J303" s="15">
         <v>1000</v>
       </c>
       <c r="K303" s="15">
-        <v>0.11534</v>
+        <v>0.11378</v>
       </c>
       <c r="L303" s="15">
-        <v>0.09995999999999999</v>
+        <v>0.09861</v>
       </c>
       <c r="M303" s="15">
-        <v>0.09611</v>
+        <v>0.09481000000000001</v>
       </c>
       <c r="N303" s="15">
-        <v>860</v>
+        <v>2537</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>879</v>
+      </c>
+      <c r="E304" s="15">
+        <v>10080010562</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>1000</v>
       </c>
       <c r="K304" s="15">
-        <v>0.1775</v>
+        <v>0.10716</v>
       </c>
       <c r="L304" s="15">
-        <v>0.11894</v>
+        <v>0.10345</v>
       </c>
       <c r="M304" s="15">
-        <v>0.10808</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09976</v>
+      </c>
+      <c r="N304" s="15"/>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>876</v>
-[...2 lines deleted...]
-        <v>10080003143</v>
+        <v>881</v>
+      </c>
+      <c r="E305" s="15" t="s">
+        <v>882</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="J305" s="15">
         <v>1000</v>
       </c>
       <c r="K305" s="15">
-        <v>0.14331</v>
+        <v>0.11534</v>
       </c>
       <c r="L305" s="15">
-        <v>0.1242</v>
+        <v>0.09995999999999999</v>
       </c>
       <c r="M305" s="15">
-        <v>0.11943</v>
+        <v>0.09611</v>
       </c>
       <c r="N305" s="15">
-        <v>2145</v>
+        <v>810</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-        <v>10080063994</v>
+        <v>885</v>
+      </c>
+      <c r="E306" s="15" t="s">
+        <v>886</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I306" s="15"/>
-      <c r="J306" s="15"/>
+      <c r="J306" s="15">
+        <v>1000</v>
+      </c>
       <c r="K306" s="15">
-        <v>0.22497</v>
+        <v>0.1775</v>
       </c>
       <c r="L306" s="15">
-        <v>0.1613</v>
+        <v>0.11894</v>
       </c>
       <c r="M306" s="15">
-        <v>0.14007</v>
+        <v>0.10808</v>
       </c>
       <c r="N306" s="15">
-        <v>753</v>
+        <v>1</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="E307" s="15">
-        <v>10080003144</v>
+        <v>10080003143</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="J307" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K307" s="15">
-        <v>0.14523</v>
+        <v>0.14331</v>
       </c>
       <c r="L307" s="15">
-        <v>0.12587</v>
+        <v>0.1242</v>
       </c>
       <c r="M307" s="15">
-        <v>0.12103</v>
+        <v>0.11943</v>
       </c>
       <c r="N307" s="15">
-        <v>542</v>
-[...6 lines deleted...]
-      </c>
+        <v>2489</v>
+      </c>
+      <c r="O307" s="15"/>
+      <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="E308" s="15">
-        <v>10080047949</v>
+        <v>10080063994</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15"/>
       <c r="K308" s="15">
-        <v>0.2703</v>
+        <v>0.22497</v>
       </c>
       <c r="L308" s="15">
-        <v>0.15681</v>
+        <v>0.1613</v>
       </c>
       <c r="M308" s="15">
-        <v>0.14134</v>
-[...1 lines deleted...]
-      <c r="N308" s="15"/>
+        <v>0.14007</v>
+      </c>
+      <c r="N308" s="15">
+        <v>727</v>
+      </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="E309" s="15">
-        <v>10080003134</v>
+        <v>10080003144</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="J309" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K309" s="15">
-        <v>0.04407</v>
+        <v>0.14523</v>
       </c>
       <c r="L309" s="15">
-        <v>0.03819</v>
+        <v>0.12587</v>
       </c>
       <c r="M309" s="15">
-        <v>0.03673</v>
+        <v>0.12103</v>
       </c>
       <c r="N309" s="15">
-        <v>83</v>
-[...2 lines deleted...]
-      <c r="P309" s="15"/>
+        <v>548</v>
+      </c>
+      <c r="O309" s="15">
+        <v>3600</v>
+      </c>
+      <c r="P309" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>889</v>
-[...2 lines deleted...]
-        <v>890</v>
+        <v>896</v>
+      </c>
+      <c r="E310" s="15">
+        <v>10080047949</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I310" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I310" s="15"/>
+      <c r="J310" s="15"/>
       <c r="K310" s="15">
-        <v>0.05064</v>
+        <v>0.2703</v>
       </c>
       <c r="L310" s="15">
-        <v>0.04389</v>
+        <v>0.15681</v>
       </c>
       <c r="M310" s="15">
-        <v>0.0422</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14134</v>
+      </c>
+      <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="E311" s="15">
-        <v>10080003135</v>
+        <v>10080003134</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
-        <v>0.05256</v>
+        <v>0.04407</v>
       </c>
       <c r="L311" s="15">
-        <v>0.04555</v>
+        <v>0.03819</v>
       </c>
       <c r="M311" s="15">
-        <v>0.0438</v>
+        <v>0.03673</v>
       </c>
       <c r="N311" s="15">
-        <v>4935</v>
+        <v>98</v>
       </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="E312" s="15" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="J312" s="15">
         <v>1000</v>
       </c>
       <c r="K312" s="15">
-        <v>0.05256</v>
+        <v>0.05064</v>
       </c>
       <c r="L312" s="15">
-        <v>0.04555</v>
+        <v>0.04389</v>
       </c>
       <c r="M312" s="15">
-        <v>0.0438</v>
+        <v>0.0422</v>
       </c>
       <c r="N312" s="15">
-        <v>600</v>
+        <v>790</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="E313" s="15">
-        <v>10080003136</v>
+        <v>10080003135</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
-        <v>0.07475999999999999</v>
+        <v>0.05256</v>
       </c>
       <c r="L313" s="15">
-        <v>0.06479</v>
+        <v>0.04555</v>
       </c>
       <c r="M313" s="15">
-        <v>0.0623</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0438</v>
+      </c>
+      <c r="N313" s="15">
+        <v>4105</v>
+      </c>
+      <c r="O313" s="15"/>
+      <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="E314" s="15" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="J314" s="15">
         <v>1000</v>
       </c>
       <c r="K314" s="15">
-        <v>0.07265000000000001</v>
+        <v>0.05256</v>
       </c>
       <c r="L314" s="15">
-        <v>0.06296</v>
+        <v>0.04555</v>
       </c>
       <c r="M314" s="15">
-        <v>0.06054</v>
+        <v>0.0438</v>
       </c>
       <c r="N314" s="15">
-        <v>810</v>
+        <v>890</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="E315" s="15">
-        <v>10080003137</v>
+        <v>10080003136</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
-        <v>0.09050999999999999</v>
+        <v>0.07893</v>
       </c>
       <c r="L315" s="15">
-        <v>0.07844</v>
+        <v>0.06841</v>
       </c>
       <c r="M315" s="15">
-        <v>0.07543</v>
+        <v>0.06578000000000001</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15">
-        <v>1560</v>
+        <v>1240</v>
       </c>
       <c r="P315" s="15" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="E316" s="15" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="J316" s="15">
         <v>1000</v>
       </c>
       <c r="K316" s="15">
-        <v>0.09209000000000001</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L316" s="15">
-        <v>0.07981000000000001</v>
+        <v>0.06296</v>
       </c>
       <c r="M316" s="15">
-        <v>0.07674</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.06054</v>
+      </c>
+      <c r="N316" s="15">
+        <v>616</v>
+      </c>
+      <c r="O316" s="15"/>
+      <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-        <v>915</v>
+        <v>919</v>
+      </c>
+      <c r="E317" s="15">
+        <v>10080003137</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="J317" s="15">
         <v>1000</v>
       </c>
       <c r="K317" s="15">
-        <v>0.15918</v>
+        <v>0.09755</v>
       </c>
       <c r="L317" s="15">
-        <v>0.13796</v>
+        <v>0.08454</v>
       </c>
       <c r="M317" s="15">
-        <v>0.13265</v>
-[...5 lines deleted...]
-      <c r="P317" s="15"/>
+        <v>0.08129</v>
+      </c>
+      <c r="N317" s="15"/>
+      <c r="O317" s="15">
+        <v>1420</v>
+      </c>
+      <c r="P317" s="15" t="s">
+        <v>374</v>
+      </c>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>10000013004</v>
+        <v>922</v>
+      </c>
+      <c r="E318" s="15" t="s">
+        <v>923</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="J318" s="15">
         <v>1000</v>
       </c>
       <c r="K318" s="15">
-        <v>0.13568</v>
+        <v>0.09209000000000001</v>
       </c>
       <c r="L318" s="15">
-        <v>0.11759</v>
+        <v>0.07981000000000001</v>
       </c>
       <c r="M318" s="15">
-        <v>0.11306</v>
-[...5 lines deleted...]
-      <c r="P318" s="15"/>
+        <v>0.07674</v>
+      </c>
+      <c r="N318" s="15"/>
+      <c r="O318" s="15">
+        <v>640</v>
+      </c>
+      <c r="P318" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-        <v>10080003138</v>
+        <v>926</v>
+      </c>
+      <c r="E319" s="15" t="s">
+        <v>927</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="J319" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K319" s="15">
-        <v>0.22186</v>
+        <v>0.15918</v>
       </c>
       <c r="L319" s="15">
-        <v>0.128</v>
+        <v>0.13796</v>
       </c>
       <c r="M319" s="15">
-        <v>0.1152</v>
-[...1 lines deleted...]
-      <c r="N319" s="15"/>
+        <v>0.13265</v>
+      </c>
+      <c r="N319" s="15">
+        <v>729</v>
+      </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>925</v>
+        <v>930</v>
+      </c>
+      <c r="E320" s="15">
+        <v>10000013004</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="I320" s="15" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="J320" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K320" s="15">
-        <v>0.12776</v>
+        <v>0.13568</v>
       </c>
       <c r="L320" s="15">
-        <v>0.11072</v>
+        <v>0.11759</v>
       </c>
       <c r="M320" s="15">
-        <v>0.10646</v>
+        <v>0.11306</v>
       </c>
       <c r="N320" s="15">
-        <v>860</v>
+        <v>35</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="E321" s="15">
-        <v>10080047948</v>
+        <v>10080003138</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="J321" s="15"/>
+        <v>71</v>
+      </c>
+      <c r="I321" s="15" t="s">
+        <v>934</v>
+      </c>
+      <c r="J321" s="15">
+        <v>500</v>
+      </c>
       <c r="K321" s="15">
-        <v>0.24369</v>
+        <v>0.22186</v>
       </c>
       <c r="L321" s="15">
-        <v>0.2112</v>
+        <v>0.128</v>
       </c>
       <c r="M321" s="15">
-        <v>0.20308</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1152</v>
+      </c>
+      <c r="N321" s="15"/>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-        <v>10080063996</v>
+        <v>936</v>
+      </c>
+      <c r="E322" s="15" t="s">
+        <v>937</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I322" s="15"/>
+      <c r="I322" s="15" t="s">
+        <v>938</v>
+      </c>
       <c r="J322" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K322" s="15">
-        <v>0.41263</v>
+        <v>0.12776</v>
       </c>
       <c r="L322" s="15">
-        <v>0.29854</v>
+        <v>0.11072</v>
       </c>
       <c r="M322" s="15">
-        <v>0.26051</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.10646</v>
+      </c>
+      <c r="N322" s="15">
+        <v>248</v>
+      </c>
+      <c r="O322" s="15"/>
+      <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-        <v>931</v>
+        <v>940</v>
+      </c>
+      <c r="E323" s="15">
+        <v>10080047948</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I323" s="15"/>
-      <c r="J323" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J323" s="15"/>
       <c r="K323" s="15">
-        <v>0.4272</v>
+        <v>0.24369</v>
       </c>
       <c r="L323" s="15">
-        <v>0.30909</v>
+        <v>0.2112</v>
       </c>
       <c r="M323" s="15">
-        <v>0.26971</v>
-[...1 lines deleted...]
-      <c r="N323" s="15"/>
+        <v>0.20308</v>
+      </c>
+      <c r="N323" s="15">
+        <v>32</v>
+      </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
-        <v>26</v>
+        <v>308</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="E324" s="15">
-        <v>10080045193</v>
+        <v>10080063996</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I324" s="15"/>
+      <c r="I324" s="15" t="s">
+        <v>943</v>
+      </c>
       <c r="J324" s="15">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="K324" s="15">
-        <v>0.14565</v>
+        <v>0.41263</v>
       </c>
       <c r="L324" s="15">
-        <v>0.08450000000000001</v>
+        <v>0.29854</v>
       </c>
       <c r="M324" s="15">
-        <v>0.07615</v>
+        <v>0.26051</v>
       </c>
       <c r="N324" s="15"/>
-      <c r="O324" s="15"/>
-      <c r="P324" s="15"/>
+      <c r="O324" s="15">
+        <v>340</v>
+      </c>
+      <c r="P324" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>10080048611</v>
+        <v>942</v>
+      </c>
+      <c r="E325" s="15" t="s">
+        <v>944</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I325" s="15"/>
+      <c r="I325" s="15" t="s">
+        <v>943</v>
+      </c>
       <c r="J325" s="15">
         <v>500</v>
       </c>
       <c r="K325" s="15">
-        <v>0.06516</v>
+        <v>0.4272</v>
       </c>
       <c r="L325" s="15">
-        <v>0.05647</v>
+        <v>0.30909</v>
       </c>
       <c r="M325" s="15">
-        <v>0.0543</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26971</v>
+      </c>
+      <c r="N325" s="15"/>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
-        <v>298</v>
+        <v>26</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>936</v>
+        <v>945</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>938</v>
+        <v>946</v>
+      </c>
+      <c r="E326" s="15">
+        <v>10080045193</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>505</v>
-[...4 lines deleted...]
-      <c r="J326" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="I326" s="15"/>
+      <c r="J326" s="15">
+        <v>100</v>
+      </c>
       <c r="K326" s="15">
-        <v>0.8385899999999999</v>
+        <v>0.14565</v>
       </c>
       <c r="L326" s="15">
-        <v>0.70334</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M326" s="15">
-        <v>0.6762899999999999</v>
+        <v>0.07615</v>
       </c>
       <c r="N326" s="15"/>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="E327" s="15">
-        <v>10080006285</v>
+        <v>10080048611</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="K327" s="15">
-        <v>0.03705</v>
+        <v>0.06516</v>
       </c>
       <c r="L327" s="15">
-        <v>0.03211</v>
+        <v>0.05647</v>
       </c>
       <c r="M327" s="15">
-        <v>0.03088</v>
+        <v>0.0543</v>
       </c>
       <c r="N327" s="15">
-        <v>6710</v>
+        <v>1541</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-        <v>10080006287</v>
+        <v>950</v>
+      </c>
+      <c r="E328" s="15" t="s">
+        <v>951</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      </c>
+        <v>514</v>
+      </c>
+      <c r="I328" s="15" t="s">
+        <v>952</v>
+      </c>
+      <c r="J328" s="15"/>
       <c r="K328" s="15">
-        <v>0.04368</v>
+        <v>0.8385899999999999</v>
       </c>
       <c r="L328" s="15">
-        <v>0.03786</v>
+        <v>0.70334</v>
       </c>
       <c r="M328" s="15">
-        <v>0.0364</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6762899999999999</v>
+      </c>
+      <c r="N328" s="15"/>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="E329" s="15">
-        <v>10080006514</v>
+        <v>10080006285</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K329" s="15">
-        <v>0.02559</v>
+        <v>0.03705</v>
       </c>
       <c r="L329" s="15">
-        <v>0.02218</v>
+        <v>0.03211</v>
       </c>
       <c r="M329" s="15">
-        <v>0.02133</v>
+        <v>0.03088</v>
       </c>
       <c r="N329" s="15">
-        <v>3900</v>
+        <v>6600</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>947</v>
+        <v>956</v>
       </c>
       <c r="E330" s="15">
-        <v>10080006284</v>
+        <v>10080006287</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I330" s="15"/>
       <c r="J330" s="15">
         <v>2000</v>
       </c>
       <c r="K330" s="15">
-        <v>0.02276</v>
+        <v>0.04368</v>
       </c>
       <c r="L330" s="15">
-        <v>0.01972</v>
+        <v>0.03786</v>
       </c>
       <c r="M330" s="15">
-        <v>0.01896</v>
+        <v>0.0364</v>
       </c>
       <c r="N330" s="15">
-        <v>6699</v>
+        <v>2664</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
-        <v>298</v>
+        <v>53</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>948</v>
+        <v>957</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>949</v>
-[...2 lines deleted...]
-        <v>950</v>
+        <v>958</v>
+      </c>
+      <c r="E331" s="15">
+        <v>10080006514</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>951</v>
+        <v>33</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K331" s="15">
-        <v>0.10281</v>
+        <v>0.02559</v>
       </c>
       <c r="L331" s="15">
-        <v>0.08623</v>
+        <v>0.02218</v>
       </c>
       <c r="M331" s="15">
-        <v>0.08291</v>
-[...1 lines deleted...]
-      <c r="N331" s="15"/>
+        <v>0.02133</v>
+      </c>
+      <c r="N331" s="15">
+        <v>3600</v>
+      </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
-        <v>298</v>
+        <v>53</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>953</v>
-[...2 lines deleted...]
-        <v>954</v>
+        <v>960</v>
+      </c>
+      <c r="E332" s="15">
+        <v>10080006284</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I332" s="15"/>
       <c r="J332" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K332" s="15">
-        <v>0.21482</v>
+        <v>0.02276</v>
       </c>
       <c r="L332" s="15">
-        <v>0.18617</v>
+        <v>0.01972</v>
       </c>
       <c r="M332" s="15">
-        <v>0.17901</v>
-[...1 lines deleted...]
-      <c r="N332" s="15"/>
+        <v>0.01896</v>
+      </c>
+      <c r="N332" s="15">
+        <v>5852</v>
+      </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="E333" s="15" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-      </c>
+        <v>964</v>
+      </c>
+      <c r="I333" s="15"/>
       <c r="J333" s="15">
         <v>1000</v>
       </c>
       <c r="K333" s="15">
-        <v>0.09809</v>
+        <v>0.10281</v>
       </c>
       <c r="L333" s="15">
-        <v>0.08501</v>
+        <v>0.08623</v>
       </c>
       <c r="M333" s="15">
-        <v>0.08173999999999999</v>
+        <v>0.08291</v>
       </c>
       <c r="N333" s="15"/>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>961</v>
-[...2 lines deleted...]
-        <v>10080069189</v>
+        <v>966</v>
+      </c>
+      <c r="E334" s="15" t="s">
+        <v>967</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
-      <c r="H334" s="15"/>
-      <c r="I334" s="15"/>
+      <c r="H334" s="15" t="s">
+        <v>964</v>
+      </c>
+      <c r="I334" s="15" t="s">
+        <v>968</v>
+      </c>
       <c r="J334" s="15">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="K334" s="15">
-        <v>0.32081</v>
+        <v>0.21482</v>
       </c>
       <c r="L334" s="15">
-        <v>0.26733</v>
+        <v>0.18617</v>
       </c>
       <c r="M334" s="15">
-        <v>0.25663</v>
+        <v>0.17901</v>
       </c>
       <c r="N334" s="15"/>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>962</v>
+        <v>969</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>963</v>
-[...2 lines deleted...]
-        <v>10080006511</v>
+        <v>970</v>
+      </c>
+      <c r="E335" s="15" t="s">
+        <v>971</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I335" s="15"/>
+        <v>964</v>
+      </c>
+      <c r="I335" s="15" t="s">
+        <v>972</v>
+      </c>
       <c r="J335" s="15">
         <v>1000</v>
       </c>
       <c r="K335" s="15">
-        <v>0.08685</v>
+        <v>0.09809</v>
       </c>
       <c r="L335" s="15">
-        <v>0.05038</v>
+        <v>0.08501</v>
       </c>
       <c r="M335" s="15">
-        <v>0.04541</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08173999999999999</v>
+      </c>
+      <c r="N335" s="15"/>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
-        <v>52</v>
+        <v>308</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>964</v>
+        <v>973</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>965</v>
+        <v>974</v>
       </c>
       <c r="E336" s="15">
-        <v>10080028222</v>
+        <v>10080069189</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
-      <c r="H336" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H336" s="15"/>
+      <c r="I336" s="15"/>
       <c r="J336" s="15">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="K336" s="15">
-        <v>0.05024</v>
+        <v>0.32081</v>
       </c>
       <c r="L336" s="15">
-        <v>0.04354</v>
+        <v>0.26733</v>
       </c>
       <c r="M336" s="15">
-        <v>0.04186</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25663</v>
+      </c>
+      <c r="N336" s="15"/>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>968</v>
-[...2 lines deleted...]
-        <v>969</v>
+        <v>976</v>
+      </c>
+      <c r="E337" s="15">
+        <v>10080006511</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I337" s="15"/>
       <c r="J337" s="15">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="K337" s="15">
-        <v>0.02079</v>
+        <v>0.08685</v>
       </c>
       <c r="L337" s="15">
-        <v>0.01802</v>
+        <v>0.05038</v>
       </c>
       <c r="M337" s="15">
-        <v>0.01733</v>
-[...1 lines deleted...]
-      <c r="N337" s="15"/>
+        <v>0.04541</v>
+      </c>
+      <c r="N337" s="15">
+        <v>17309</v>
+      </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="E338" s="15">
-        <v>10080006509</v>
+        <v>10080028222</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I338" s="15"/>
+      <c r="I338" s="15" t="s">
+        <v>979</v>
+      </c>
       <c r="J338" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K338" s="15">
-        <v>0.02262</v>
+        <v>0.05024</v>
       </c>
       <c r="L338" s="15">
-        <v>0.0196</v>
+        <v>0.04354</v>
       </c>
       <c r="M338" s="15">
-        <v>0.01885</v>
+        <v>0.04186</v>
       </c>
       <c r="N338" s="15">
-        <v>3242</v>
+        <v>857</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="E339" s="15" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I339" s="15"/>
+      <c r="I339" s="15" t="s">
+        <v>983</v>
+      </c>
       <c r="J339" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K339" s="15">
-        <v>0.04372</v>
+        <v>0.02079</v>
       </c>
       <c r="L339" s="15">
-        <v>0.03666</v>
+        <v>0.01802</v>
       </c>
       <c r="M339" s="15">
-        <v>0.03525</v>
+        <v>0.01733</v>
       </c>
       <c r="N339" s="15"/>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
       <c r="E340" s="15">
-        <v>10080006510</v>
+        <v>10080006509</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I340" s="15"/>
+      <c r="I340" s="15" t="s">
+        <v>983</v>
+      </c>
       <c r="J340" s="15">
         <v>5000</v>
       </c>
       <c r="K340" s="15">
-        <v>0.03323</v>
+        <v>0.02262</v>
       </c>
       <c r="L340" s="15">
-        <v>0.0288</v>
+        <v>0.0196</v>
       </c>
       <c r="M340" s="15">
-        <v>0.02769</v>
+        <v>0.01885</v>
       </c>
       <c r="N340" s="15">
-        <v>810</v>
+        <v>3767</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>975</v>
+        <v>984</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>976</v>
-[...2 lines deleted...]
-        <v>10080032274</v>
+        <v>985</v>
+      </c>
+      <c r="E341" s="15" t="s">
+        <v>986</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K341" s="15">
-        <v>0.10788</v>
+        <v>0.04372</v>
       </c>
       <c r="L341" s="15">
-        <v>0.0935</v>
+        <v>0.03666</v>
       </c>
       <c r="M341" s="15">
-        <v>0.08989999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03525</v>
+      </c>
+      <c r="N341" s="15"/>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>978</v>
+        <v>988</v>
       </c>
       <c r="E342" s="15">
-        <v>10080058264</v>
+        <v>10080006510</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
         <v>5000</v>
       </c>
       <c r="K342" s="15">
-        <v>0.03398</v>
+        <v>0.03323</v>
       </c>
       <c r="L342" s="15">
-        <v>0.02945</v>
+        <v>0.0288</v>
       </c>
       <c r="M342" s="15">
-        <v>0.02831</v>
+        <v>0.02769</v>
       </c>
       <c r="N342" s="15">
-        <v>928</v>
-[...6 lines deleted...]
-      </c>
+        <v>690</v>
+      </c>
+      <c r="O342" s="15"/>
+      <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>981</v>
+        <v>990</v>
+      </c>
+      <c r="E343" s="15">
+        <v>10080032274</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K343" s="15">
-        <v>0.03393</v>
+        <v>0.10788</v>
       </c>
       <c r="L343" s="15">
-        <v>0.02941</v>
+        <v>0.0935</v>
       </c>
       <c r="M343" s="15">
-        <v>0.02828</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="N343" s="15">
-        <v>4995</v>
+        <v>802</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>982</v>
+        <v>991</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>984</v>
+        <v>992</v>
+      </c>
+      <c r="E344" s="15">
+        <v>10080058264</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
         <v>5000</v>
       </c>
       <c r="K344" s="15">
-        <v>0.05284</v>
+        <v>0.03398</v>
       </c>
       <c r="L344" s="15">
-        <v>0.03823</v>
+        <v>0.02945</v>
       </c>
       <c r="M344" s="15">
-        <v>0.03336</v>
+        <v>0.02831</v>
       </c>
       <c r="N344" s="15">
-        <v>1347</v>
-[...2 lines deleted...]
-      <c r="P344" s="15"/>
+        <v>628</v>
+      </c>
+      <c r="O344" s="15">
+        <v>670</v>
+      </c>
+      <c r="P344" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>985</v>
+        <v>993</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>10080043122</v>
+        <v>994</v>
+      </c>
+      <c r="E345" s="15" t="s">
+        <v>995</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K345" s="15">
-        <v>0.04109</v>
+        <v>0.03393</v>
       </c>
       <c r="L345" s="15">
-        <v>0.03561</v>
+        <v>0.02941</v>
       </c>
       <c r="M345" s="15">
-        <v>0.03424</v>
+        <v>0.02828</v>
       </c>
       <c r="N345" s="15">
-        <v>1635</v>
-[...6 lines deleted...]
-      </c>
+        <v>3776</v>
+      </c>
+      <c r="O345" s="15"/>
+      <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>987</v>
+        <v>996</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>10080032268</v>
+        <v>997</v>
+      </c>
+      <c r="E346" s="15" t="s">
+        <v>998</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K346" s="15">
-        <v>0.0473</v>
+        <v>0.05284</v>
       </c>
       <c r="L346" s="15">
-        <v>0.04099</v>
+        <v>0.03823</v>
       </c>
       <c r="M346" s="15">
-        <v>0.03941</v>
+        <v>0.03336</v>
       </c>
       <c r="N346" s="15">
-        <v>19947</v>
+        <v>715</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>989</v>
+        <v>999</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>991</v>
+        <v>1000</v>
+      </c>
+      <c r="E347" s="15">
+        <v>10080043122</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K347" s="15">
-        <v>0.04734</v>
+        <v>0.04109</v>
       </c>
       <c r="L347" s="15">
-        <v>0.04103</v>
+        <v>0.03561</v>
       </c>
       <c r="M347" s="15">
-        <v>0.03945</v>
+        <v>0.03424</v>
       </c>
       <c r="N347" s="15">
-        <v>2050</v>
-[...2 lines deleted...]
-      <c r="P347" s="15"/>
+        <v>2386</v>
+      </c>
+      <c r="O347" s="15">
+        <v>2670</v>
+      </c>
+      <c r="P347" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>992</v>
+        <v>1001</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>993</v>
+        <v>1002</v>
       </c>
       <c r="E348" s="15">
-        <v>10080066971</v>
+        <v>10080032268</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K348" s="15">
-        <v>0.07914</v>
+        <v>0.0473</v>
       </c>
       <c r="L348" s="15">
-        <v>0.05726</v>
+        <v>0.04099</v>
       </c>
       <c r="M348" s="15">
-        <v>0.04996</v>
+        <v>0.03941</v>
       </c>
       <c r="N348" s="15">
-        <v>2660</v>
+        <v>23936</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>994</v>
+        <v>1003</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>10080072828</v>
+        <v>1004</v>
+      </c>
+      <c r="E349" s="15" t="s">
+        <v>1005</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>2000</v>
       </c>
       <c r="K349" s="15">
-        <v>0.08235000000000001</v>
+        <v>0.04734</v>
       </c>
       <c r="L349" s="15">
-        <v>0.05958</v>
+        <v>0.04103</v>
       </c>
       <c r="M349" s="15">
-        <v>0.05199</v>
+        <v>0.03945</v>
       </c>
       <c r="N349" s="15">
-        <v>4062</v>
+        <v>1461</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="E350" s="15">
-        <v>10080066984</v>
+        <v>10080066971</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K350" s="15">
-        <v>0.04863</v>
+        <v>0.07914</v>
       </c>
       <c r="L350" s="15">
-        <v>0.04215</v>
+        <v>0.05726</v>
       </c>
       <c r="M350" s="15">
-        <v>0.04053</v>
+        <v>0.04996</v>
       </c>
       <c r="N350" s="15">
-        <v>457</v>
+        <v>3010</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>998</v>
+        <v>1008</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>1009</v>
+      </c>
+      <c r="E351" s="15">
+        <v>10080072828</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K351" s="15">
-        <v>0.05007</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L351" s="15">
-        <v>0.04339</v>
+        <v>0.05958</v>
       </c>
       <c r="M351" s="15">
-        <v>0.04173</v>
+        <v>0.05199</v>
       </c>
       <c r="N351" s="15">
-        <v>1391</v>
+        <v>3871</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1001</v>
+        <v>1010</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1002</v>
+        <v>1011</v>
       </c>
       <c r="E352" s="15">
-        <v>10080043120</v>
+        <v>10080066984</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K352" s="15">
-        <v>0.05262</v>
+        <v>0.04863</v>
       </c>
       <c r="L352" s="15">
-        <v>0.0456</v>
+        <v>0.04215</v>
       </c>
       <c r="M352" s="15">
-        <v>0.04385</v>
+        <v>0.04053</v>
       </c>
       <c r="N352" s="15">
-        <v>24687</v>
+        <v>592</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1003</v>
+        <v>1012</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1004</v>
-[...2 lines deleted...]
-        <v>10080035171</v>
+        <v>1013</v>
+      </c>
+      <c r="E353" s="15" t="s">
+        <v>1014</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K353" s="15">
-        <v>0.06648</v>
+        <v>0.05007</v>
       </c>
       <c r="L353" s="15">
-        <v>0.05762</v>
+        <v>0.04339</v>
       </c>
       <c r="M353" s="15">
-        <v>0.0554</v>
+        <v>0.04173</v>
       </c>
       <c r="N353" s="15">
-        <v>680</v>
+        <v>1332</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="D354" s="15" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
       <c r="E354" s="15">
-        <v>10080045920</v>
+        <v>10080043120</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I354" s="15"/>
-      <c r="J354" s="15"/>
+      <c r="J354" s="15">
+        <v>2000</v>
+      </c>
       <c r="K354" s="15">
-        <v>0.08420999999999999</v>
+        <v>0.05262</v>
       </c>
       <c r="L354" s="15">
-        <v>0.07298</v>
+        <v>0.0456</v>
       </c>
       <c r="M354" s="15">
-        <v>0.07018000000000001</v>
+        <v>0.04385</v>
       </c>
       <c r="N354" s="15">
-        <v>696</v>
+        <v>27684</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="E355" s="15">
-        <v>10080072836</v>
+        <v>10080035171</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K355" s="15">
-        <v>0.15055</v>
+        <v>0.06648</v>
       </c>
       <c r="L355" s="15">
-        <v>0.12547</v>
+        <v>0.05762</v>
       </c>
       <c r="M355" s="15">
-        <v>0.12044</v>
+        <v>0.0554</v>
       </c>
       <c r="N355" s="15">
-        <v>660</v>
+        <v>396</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1010</v>
+        <v>1020</v>
       </c>
       <c r="E356" s="15">
-        <v>10080066985</v>
+        <v>10080045920</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I356" s="15"/>
-      <c r="J356" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J356" s="15"/>
       <c r="K356" s="15">
-        <v>0.10794</v>
+        <v>0.08420999999999999</v>
       </c>
       <c r="L356" s="15">
-        <v>0.09354999999999999</v>
+        <v>0.07298</v>
       </c>
       <c r="M356" s="15">
-        <v>0.08995</v>
+        <v>0.07018000000000001</v>
       </c>
       <c r="N356" s="15">
-        <v>703</v>
+        <v>830</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1011</v>
+        <v>1021</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1012</v>
+        <v>1022</v>
       </c>
       <c r="E357" s="15">
-        <v>10080043118</v>
+        <v>10080072836</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I357" s="15"/>
-      <c r="J357" s="15"/>
+      <c r="J357" s="15">
+        <v>1000</v>
+      </c>
       <c r="K357" s="15">
-        <v>0.18207</v>
+        <v>0.15055</v>
       </c>
       <c r="L357" s="15">
-        <v>0.13173</v>
+        <v>0.12547</v>
       </c>
       <c r="M357" s="15">
-        <v>0.11495</v>
+        <v>0.12044</v>
       </c>
       <c r="N357" s="15">
-        <v>171</v>
+        <v>760</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1013</v>
+        <v>1023</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="E358" s="15">
-        <v>10080066986</v>
+        <v>10080066985</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I358" s="15"/>
-      <c r="J358" s="15"/>
+      <c r="J358" s="15">
+        <v>1000</v>
+      </c>
       <c r="K358" s="15">
-        <v>0.11765</v>
+        <v>0.10794</v>
       </c>
       <c r="L358" s="15">
-        <v>0.10196</v>
+        <v>0.09354999999999999</v>
       </c>
       <c r="M358" s="15">
-        <v>0.09804</v>
+        <v>0.08995</v>
       </c>
       <c r="N358" s="15">
-        <v>1220</v>
+        <v>570</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="D359" s="15" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-        <v>1017</v>
+        <v>1026</v>
+      </c>
+      <c r="E359" s="15">
+        <v>10080043118</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15"/>
       <c r="K359" s="15">
-        <v>0.02547</v>
+        <v>0.18207</v>
       </c>
       <c r="L359" s="15">
-        <v>0.0182</v>
+        <v>0.13173</v>
       </c>
       <c r="M359" s="15">
-        <v>0.01638</v>
-[...1 lines deleted...]
-      <c r="N359" s="15"/>
+        <v>0.11495</v>
+      </c>
+      <c r="N359" s="15">
+        <v>238</v>
+      </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
-        <v>298</v>
+        <v>53</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="D360" s="15" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="E360" s="15">
-        <v>10080069190</v>
+        <v>10080066986</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
-        <v>951</v>
+        <v>33</v>
       </c>
       <c r="I360" s="15"/>
-      <c r="J360" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J360" s="15"/>
       <c r="K360" s="15">
-        <v>0.14066</v>
+        <v>0.11765</v>
       </c>
       <c r="L360" s="15">
-        <v>0.14066</v>
+        <v>0.10196</v>
       </c>
       <c r="M360" s="15">
-        <v>0.14066</v>
-[...1 lines deleted...]
-      <c r="N360" s="15"/>
+        <v>0.09804</v>
+      </c>
+      <c r="N360" s="15">
+        <v>1048</v>
+      </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
-      <c r="B361" s="14"/>
-[...2 lines deleted...]
-      <c r="E361" s="15"/>
+      <c r="B361" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C361" s="15" t="s">
+        <v>1029</v>
+      </c>
+      <c r="D361" s="15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E361" s="15" t="s">
+        <v>1031</v>
+      </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
-      <c r="H361" s="15"/>
+      <c r="H361" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15"/>
-      <c r="K361" s="15"/>
-[...1 lines deleted...]
-      <c r="M361" s="15"/>
+      <c r="K361" s="15">
+        <v>0.02547</v>
+      </c>
+      <c r="L361" s="15">
+        <v>0.0182</v>
+      </c>
+      <c r="M361" s="15">
+        <v>0.01638</v>
+      </c>
       <c r="N361" s="15"/>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
+      <c r="R361"/>
+    </row>
+    <row r="362" spans="1:18">
+      <c r="B362" s="14" t="s">
+        <v>308</v>
+      </c>
+      <c r="C362" s="15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D362" s="15" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E362" s="15">
+        <v>10080069190</v>
+      </c>
+      <c r="F362" s="15"/>
+      <c r="G362" s="15"/>
+      <c r="H362" s="15" t="s">
+        <v>964</v>
+      </c>
+      <c r="I362" s="15"/>
+      <c r="J362" s="15">
+        <v>1600</v>
+      </c>
+      <c r="K362" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="L362" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="M362" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="N362" s="15"/>
+      <c r="O362" s="15"/>
+      <c r="P362" s="15"/>
+      <c r="Q362" s="15"/>
+      <c r="R362"/>
+    </row>
+    <row r="363" spans="1:18">
+      <c r="B363" s="14"/>
+      <c r="C363" s="15"/>
+      <c r="D363" s="15"/>
+      <c r="E363" s="15"/>
+      <c r="F363" s="15"/>
+      <c r="G363" s="15"/>
+      <c r="H363" s="15"/>
+      <c r="I363" s="15"/>
+      <c r="J363" s="15"/>
+      <c r="K363" s="15"/>
+      <c r="L363" s="15"/>
+      <c r="M363" s="15"/>
+      <c r="N363" s="15"/>
+      <c r="O363" s="15"/>
+      <c r="P363" s="15"/>
+      <c r="Q363" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -17879,317 +18021,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1028</v>
+        <v>1042</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1031</v>
+        <v>1045</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1035</v>
+        <v>1049</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1038</v>
+        <v>1052</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1039</v>
+        <v>1053</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1040</v>
+        <v>1054</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1041</v>
+        <v>1055</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1042</v>
+        <v>1056</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1043</v>
+        <v>1057</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1044</v>
+        <v>1058</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1045</v>
+        <v>1059</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1046</v>
+        <v>1060</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>