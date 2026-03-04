--- v4 (2026-02-05)
+++ v5 (2026-03-04)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1061">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1073">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.02.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,53 +136,50 @@
   <si>
     <t>4.6x9.5x9.6mm / ACC-1 (UC-0) (L-KLS8-0402-UC-0)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-0.5</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 4.8мм / ACC-1.5 (UC-0.5) L-KLS8-0402-UC-0.5</t>
   </si>
   <si>
     <t>10-00061221</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-1</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 6.3мм / ACC-2 (UC-1) (KLS8-0402-UC-1)</t>
   </si>
   <si>
     <t>10-00061220</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-0402-UC-3</t>
   </si>
   <si>
     <t>хомут для кабеля OD12.7мм под винт 4.6мм / ACC-4 (UC-3) (L-KLS8-0402-UC-3)</t>
   </si>
   <si>
     <t>UT-00132175</t>
   </si>
   <si>
     <t>ACC-5 (UC-4)</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 15.8мм / ACC-5 (UC-4)</t>
   </si>
   <si>
     <t>10-00061229</t>
   </si>
   <si>
     <t>KSS</t>
   </si>
   <si>
     <t>L-KLS8-0402-UC-4</t>
   </si>
   <si>
     <t>хомут для кабеля под винт 15.8мм / ACC-5 (UC-4) (L-KLS8-0402-UC-4)</t>
@@ -265,50 +262,65 @@
   <si>
     <t xml:space="preserve">KLS8-0901-250IC KLS, </t>
   </si>
   <si>
     <t>KLS8-0901-250IC</t>
   </si>
   <si>
     <t>3,6х250мм стяжка / ALT-250 (упаковка 100 шт)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0901-200IC KLS, </t>
   </si>
   <si>
     <t>AP-0810</t>
   </si>
   <si>
     <t>регулируемый держатель кабеля 25x20, самоклеящийся черный, кабель 7.9~10.3мм / AP-0810</t>
   </si>
   <si>
     <t>10-00061228</t>
   </si>
   <si>
     <t xml:space="preserve">AP-0810 black КИТАЙ, </t>
   </si>
   <si>
+    <t>AP-0810 black</t>
+  </si>
+  <si>
+    <t>регулируемый держатель кабеля 25x20, самоклеящийся черный, кабель 7.9~10.3мм / AP-0810 black</t>
+  </si>
+  <si>
+    <t>UT-00155816</t>
+  </si>
+  <si>
+    <t>КИТАЙ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AP-0810 KSS, </t>
+  </si>
+  <si>
     <t>L-KLS8-1223-BRF-10.8</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=10.8мм / ASR-11 (L-KLS8-1223-BRF-10.8)</t>
   </si>
   <si>
     <t>UT-00137852</t>
   </si>
   <si>
     <t>L-KLS8-1223-BRF-12.7</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=12.7мм / ASR-12.7 (L-KLS8-1223-BRF-12.7)</t>
   </si>
   <si>
     <t>UT-00137851</t>
   </si>
   <si>
     <t>L-KLS8-0230-BSS-12</t>
   </si>
   <si>
     <t>BSS-12 (L-KLS8-0230-BSS-12)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0305</t>
@@ -436,50 +448,62 @@
   <si>
     <t>Стойка FI-96</t>
   </si>
   <si>
     <t>MASZCZYK</t>
   </si>
   <si>
     <t>FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>Пластиковая стойка Мама-мама M3 25mm / FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>FIX-CC-5L</t>
   </si>
   <si>
     <t>Фиксатор кабеля, D=9мм / FIX-CC-5L</t>
   </si>
   <si>
     <t>UT-00139138</t>
   </si>
   <si>
     <t>Fix &amp; Fasten</t>
   </si>
   <si>
+    <t>H-L0200-0200-4-2-2N-W-SL</t>
+  </si>
+  <si>
+    <t>Стойка пластиковая M2 h=2мм / H-L0200-0200-4-2-2N-W-SL</t>
+  </si>
+  <si>
+    <t>UT-00156086</t>
+  </si>
+  <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0215-M3-10</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -10 / HP-10 (L-KLS8-0215-M3-10)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-11</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -11 / HP-11 (L-KLS8-0215-M3-11)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-12</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -12 / HP-12 (KLS8-0215-M3-12)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-13</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -13 / HP-13 (L-KLS8-0215-M3-13)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-14</t>
@@ -637,50 +661,53 @@
   <si>
     <t>L-KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.8мм / KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>UT-00139694</t>
   </si>
   <si>
     <t>L-KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>L-KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>A=3mm / KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>10-00061528</t>
   </si>
   <si>
+    <t>29.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0503-5N-4</t>
   </si>
   <si>
     <t>втулка проходная для кабеля 6.4~7.4мм, на панель 0.8~1.6мм / KLS8-0503-5N-4 (L-KLS8-0503-5N-4)</t>
   </si>
   <si>
     <t>L-KLS8-DBH-2.5*4*3</t>
   </si>
   <si>
     <t>2.5x4.0мм заклепка пустотелая BN572/DIN7340A, латунь без покрытия, L=3мм / KLS8-DBH-2.5*4*3</t>
   </si>
   <si>
     <t>UT-00155643</t>
   </si>
   <si>
     <t>L-KLS8-DBH-3*4.5*5</t>
   </si>
   <si>
     <t>3x4.5мм заклепка пустотелая BN572/DIN7340A, латунь без покрытия, L=5мм / KLS8-DBH-3*4.5*5</t>
   </si>
   <si>
     <t>UT-00096391</t>
   </si>
   <si>
     <t xml:space="preserve">1218344 BOSSARD, </t>
@@ -1003,51 +1030,51 @@
   <si>
     <t xml:space="preserve">9774110360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L12.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>UT-00129439</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-14.4</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L13.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-14.4 (h=13.0мм)</t>
   </si>
   <si>
     <t>UT-00099003</t>
   </si>
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
-    <t>06.04.2026</t>
+    <t>08.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
@@ -1138,71 +1165,71 @@
   <si>
     <t>UT-00149189</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0500-1100-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 5 (желтые) L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>UT-00137975</t>
   </si>
   <si>
     <t>H-L0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
-    <t>02.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
+    <t>22.05.2026</t>
+  </si>
+  <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
   </si>
   <si>
     <t>UT-00095476</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L7-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L7-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (L-KLS8-DBL-M3-E5.5-L7-A)</t>
   </si>
   <si>
     <t>UT-00149191</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0700-1300-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L0800-1400-5-03-1N1W</t>
@@ -1291,53 +1318,50 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (H-L1200-1800-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L12-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L12-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (L-KLS8-DBL-M3-E5.5-L12-A)</t>
   </si>
   <si>
     <t>UT-00149195</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1200-1800-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-12 (желтые) L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
-    <t>29.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13 (желтые) L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>10-00061405</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13.5 (желтые) L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>H-L1400-2000-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (H-L1400-2000-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L14-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L14-A</t>
@@ -2923,50 +2947,53 @@
   <si>
     <t>SMTSO2030CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M2, OD5.56*L3.0мм + ID3.6*T1.53мм, катушка / SMTSO2030CTJ</t>
   </si>
   <si>
     <t>UT-00149718</t>
   </si>
   <si>
     <t>SINHOO</t>
   </si>
   <si>
     <t>SMTSO2080CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M2, OD5.56*L8.0мм + ID3.6*T1.53мм, катушка / SMTSO2080CTJ</t>
   </si>
   <si>
     <t>UT-00142309</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-SMTSOB-M2-8.0+1.5-R KLS, </t>
   </si>
   <si>
+    <t>20.03.2026</t>
+  </si>
+  <si>
     <t>SMTSO3030CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M3, OD5.56*L3.0мм + ID4.09*T1.53мм, катушка / SMTSO3030CTJ</t>
   </si>
   <si>
     <t>UT-00138282</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-SMTSOB-M3-3.0+1.5-R KLS, </t>
   </si>
   <si>
     <t>SMTSO3070MTJ</t>
   </si>
   <si>
     <t>Стойка SMTSO3070MTJ</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-10</t>
   </si>
   <si>
     <t>Длина стойки 10,5мм / SP-10 (L-KLS8-0202-SP-10)</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-19</t>
@@ -3101,50 +3128,59 @@
     <t>Стойка пластиковая М3* PCHSN -30 / TP-30 (L-KLS8-0214-M3-30)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-33</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -33 / TP-33 (L-KLS8-0214-M3-33)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-35</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -35 / TP-35 (L-KLS8-0214-M3-35)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-40</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -40 / TP-40 (L-KLS8-0214-M3-40)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-50</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -50 / TP-50 (L-KLS8-0214-M3-50)</t>
+  </si>
+  <si>
+    <t>H-L1200-1700-3-2-1N1W-W-SL</t>
+  </si>
+  <si>
+    <t>Стойка пластиковая M2 h=17мм / TP2-17 (H-L1200-1700-3-2-1N1W-W-SL)</t>
+  </si>
+  <si>
+    <t>UT-00156084</t>
   </si>
   <si>
     <t>YH250320AR22</t>
   </si>
   <si>
     <t>3.2x30мм заклепка вытяжная / YH250320AR22</t>
   </si>
   <si>
     <t>UT-00149176</t>
   </si>
   <si>
     <t>ZIY01-001</t>
   </si>
   <si>
     <t>M2 D4.5xL3+1.53 mm, стойка для MINI PCIE / ZIY01-001</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
@@ -3705,51 +3741,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R363"/>
+  <dimension ref="A1:R366"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -3996,14012 +4032,14029 @@
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080034435</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.01806</v>
       </c>
       <c r="L10" s="15">
         <v>0.01565</v>
       </c>
       <c r="M10" s="15">
         <v>0.01505</v>
       </c>
       <c r="N10" s="15">
-        <v>4492</v>
+        <v>3500</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.01767</v>
       </c>
       <c r="L11" s="15">
         <v>0.01531</v>
       </c>
       <c r="M11" s="15">
         <v>0.01473</v>
       </c>
       <c r="N11" s="15">
-        <v>1167</v>
+        <v>559</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.01799</v>
       </c>
       <c r="L12" s="15">
         <v>0.01559</v>
       </c>
       <c r="M12" s="15">
         <v>0.01499</v>
       </c>
       <c r="N12" s="15">
         <v>37</v>
       </c>
       <c r="O12" s="15">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>710</v>
+      </c>
+      <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
-      <c r="D13" s="15" t="s">
+      <c r="E13" s="15" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>500</v>
       </c>
       <c r="K13" s="15">
         <v>0.05147</v>
       </c>
       <c r="L13" s="15">
         <v>0.03724</v>
       </c>
       <c r="M13" s="15">
         <v>0.0325</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15">
         <v>1000</v>
       </c>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="D14" s="15" t="s">
+      <c r="E14" s="15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.11701</v>
       </c>
       <c r="L14" s="15">
         <v>0.11331</v>
       </c>
       <c r="M14" s="15">
         <v>0.10962</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="E15" s="15" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J15" s="15">
         <v>400</v>
       </c>
       <c r="K15" s="15">
         <v>0.03366</v>
       </c>
       <c r="L15" s="15">
         <v>0.02917</v>
       </c>
       <c r="M15" s="15">
         <v>0.02805</v>
       </c>
       <c r="N15" s="15">
         <v>5</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="D16" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.05453</v>
       </c>
       <c r="L16" s="15">
         <v>0.03945</v>
       </c>
       <c r="M16" s="15">
         <v>0.03443</v>
       </c>
       <c r="N16" s="15">
-        <v>1749</v>
+        <v>2200</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="C17" s="15" t="s">
+      <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.1648</v>
       </c>
       <c r="L17" s="15">
         <v>0.13572</v>
       </c>
       <c r="M17" s="15">
         <v>0.12601</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.10809</v>
       </c>
       <c r="L18" s="15">
         <v>0.09064999999999999</v>
       </c>
       <c r="M18" s="15">
         <v>0.08717</v>
       </c>
       <c r="N18" s="15">
-        <v>477</v>
+        <v>581</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E19" s="15">
         <v>10000004525</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.07442</v>
       </c>
       <c r="L19" s="15">
         <v>0.06449000000000001</v>
       </c>
       <c r="M19" s="15">
         <v>0.06201</v>
       </c>
       <c r="N19" s="15">
-        <v>3974</v>
+        <v>4805</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
-      <c r="C20" s="15" t="s">
+      <c r="D20" s="15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E20" s="15">
         <v>10080053911</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="J20" s="15">
         <v>1</v>
       </c>
       <c r="K20" s="15">
         <v>0.51519</v>
       </c>
       <c r="L20" s="15">
         <v>0.4465</v>
       </c>
       <c r="M20" s="15">
         <v>0.42933</v>
       </c>
       <c r="N20" s="15">
-        <v>382</v>
+        <v>329</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E21" s="15">
         <v>10080010567</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>1</v>
       </c>
       <c r="K21" s="15">
         <v>1.02</v>
       </c>
       <c r="L21" s="15">
         <v>0.88409</v>
       </c>
       <c r="M21" s="15">
         <v>0.85009</v>
       </c>
       <c r="N21" s="15">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E22" s="15">
         <v>10080006881</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="I22" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>1.46</v>
       </c>
       <c r="L22" s="15">
         <v>1.38</v>
       </c>
       <c r="M22" s="15">
         <v>1.34</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10080006882</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>1.01</v>
       </c>
       <c r="L23" s="15">
         <v>0.87874</v>
       </c>
       <c r="M23" s="15">
         <v>0.84494</v>
       </c>
       <c r="N23" s="15">
         <v>45</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080033228</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>2.44</v>
       </c>
       <c r="L24" s="15">
         <v>1.41</v>
       </c>
       <c r="M24" s="15">
         <v>1.27</v>
       </c>
       <c r="N24" s="15">
         <v>49</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.5694900000000001</v>
       </c>
       <c r="L25" s="15">
         <v>0.47764</v>
       </c>
       <c r="M25" s="15">
         <v>0.45926</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="I26" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="J26" s="15"/>
       <c r="K26" s="15">
-        <v>0.12072</v>
+        <v>0.09218</v>
       </c>
       <c r="L26" s="15">
-        <v>0.10462</v>
+        <v>0.07989</v>
       </c>
       <c r="M26" s="15">
-        <v>0.1006</v>
+        <v>0.07681</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
-        <v>0.17784</v>
+        <v>0.12072</v>
       </c>
       <c r="L27" s="15">
-        <v>0.15413</v>
+        <v>0.10462</v>
       </c>
       <c r="M27" s="15">
-        <v>0.1482</v>
+        <v>0.1006</v>
       </c>
       <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>10080032270</v>
+        <v>91</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>92</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K28" s="15">
-        <v>0.14585</v>
+        <v>0.17784</v>
       </c>
       <c r="L28" s="15">
-        <v>0.1264</v>
+        <v>0.15413</v>
       </c>
       <c r="M28" s="15">
-        <v>0.12154</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.1482</v>
+      </c>
+      <c r="N28" s="15"/>
+      <c r="O28" s="15"/>
+      <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E29" s="15">
-        <v>10080006484</v>
+        <v>10080032270</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.03114</v>
+        <v>0.14585</v>
       </c>
       <c r="L29" s="15">
-        <v>0.02699</v>
+        <v>0.1264</v>
       </c>
       <c r="M29" s="15">
-        <v>0.02595</v>
+        <v>0.12154</v>
       </c>
       <c r="N29" s="15">
-        <v>3132</v>
-[...1 lines deleted...]
-      <c r="O29" s="15"/>
+        <v>151</v>
+      </c>
+      <c r="O29" s="15">
+        <v>790</v>
+      </c>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E30" s="15">
-        <v>10080006485</v>
+        <v>10080006484</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>2000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.02798</v>
+        <v>0.03114</v>
       </c>
       <c r="L30" s="15">
-        <v>0.02425</v>
+        <v>0.02699</v>
       </c>
       <c r="M30" s="15">
-        <v>0.02331</v>
+        <v>0.02595</v>
       </c>
       <c r="N30" s="15">
-        <v>1260</v>
-[...6 lines deleted...]
-      </c>
+        <v>2952</v>
+      </c>
+      <c r="O30" s="15"/>
+      <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E31" s="15">
-        <v>10080006486</v>
+        <v>10080006485</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>2000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.02877</v>
+        <v>0.02798</v>
       </c>
       <c r="L31" s="15">
-        <v>0.02493</v>
+        <v>0.02425</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02398</v>
-[...1 lines deleted...]
-      <c r="N31" s="15"/>
+        <v>0.02331</v>
+      </c>
+      <c r="N31" s="15">
+        <v>1580</v>
+      </c>
       <c r="O31" s="15">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>7900</v>
+      </c>
+      <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E32" s="15">
-        <v>10080006487</v>
+        <v>10080006486</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.04409</v>
+        <v>0.02877</v>
       </c>
       <c r="L32" s="15">
-        <v>0.03821</v>
+        <v>0.02493</v>
       </c>
       <c r="M32" s="15">
-        <v>0.03674</v>
+        <v>0.02398</v>
       </c>
       <c r="N32" s="15">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="O32" s="15"/>
+        <v>1160</v>
+      </c>
+      <c r="O32" s="15">
+        <v>1600</v>
+      </c>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>102</v>
+      </c>
+      <c r="E33" s="15">
+        <v>10080006487</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I33" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I33" s="15"/>
       <c r="J33" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.03819</v>
+        <v>0.04409</v>
       </c>
       <c r="L33" s="15">
-        <v>0.0331</v>
+        <v>0.03821</v>
       </c>
       <c r="M33" s="15">
-        <v>0.03183</v>
-[...1 lines deleted...]
-      <c r="N33" s="15"/>
+        <v>0.03674</v>
+      </c>
+      <c r="N33" s="15">
+        <v>701</v>
+      </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>10080006498</v>
+        <v>104</v>
+      </c>
+      <c r="E34" s="15" t="s">
+        <v>105</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J34" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.03996</v>
+        <v>0.03819</v>
       </c>
       <c r="L34" s="15">
-        <v>0.03463</v>
+        <v>0.0331</v>
       </c>
       <c r="M34" s="15">
-        <v>0.0333</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03183</v>
+      </c>
+      <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="15">
-        <v>10080006488</v>
+        <v>10080006498</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I35" s="15"/>
+      <c r="I35" s="15" t="s">
+        <v>106</v>
+      </c>
       <c r="J35" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.05195</v>
+        <v>0.03996</v>
       </c>
       <c r="L35" s="15">
-        <v>0.04502</v>
+        <v>0.03463</v>
       </c>
       <c r="M35" s="15">
-        <v>0.04329</v>
+        <v>0.0333</v>
       </c>
       <c r="N35" s="15">
-        <v>3111</v>
-[...6 lines deleted...]
-      </c>
+        <v>2184</v>
+      </c>
+      <c r="O35" s="15"/>
+      <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E36" s="15">
-        <v>10080006489</v>
+        <v>10080006488</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.05895</v>
+        <v>0.05195</v>
       </c>
       <c r="L36" s="15">
-        <v>0.05109</v>
+        <v>0.04502</v>
       </c>
       <c r="M36" s="15">
-        <v>0.04913</v>
+        <v>0.04329</v>
       </c>
       <c r="N36" s="15">
-        <v>8049</v>
-[...1 lines deleted...]
-      <c r="O36" s="15"/>
+        <v>3303</v>
+      </c>
+      <c r="O36" s="15">
+        <v>2760</v>
+      </c>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E37" s="15">
-        <v>10080006502</v>
+        <v>10080006489</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05049</v>
+        <v>0.05895</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04376</v>
+        <v>0.05109</v>
       </c>
       <c r="M37" s="15">
-        <v>0.04208</v>
+        <v>0.04913</v>
       </c>
       <c r="N37" s="15">
-        <v>16057</v>
+        <v>7283</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E38" s="15">
-        <v>10080006490</v>
+        <v>10080006502</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.05046</v>
+        <v>0.05049</v>
       </c>
       <c r="L38" s="15">
-        <v>0.04373</v>
+        <v>0.04376</v>
       </c>
       <c r="M38" s="15">
-        <v>0.04205</v>
+        <v>0.04208</v>
       </c>
       <c r="N38" s="15">
-        <v>636</v>
+        <v>18890</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E39" s="15">
-        <v>10080006491</v>
+        <v>10080006490</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.05796</v>
+        <v>0.05046</v>
       </c>
       <c r="L39" s="15">
-        <v>0.05023</v>
+        <v>0.04373</v>
       </c>
       <c r="M39" s="15">
-        <v>0.0483</v>
+        <v>0.04205</v>
       </c>
       <c r="N39" s="15">
-        <v>327</v>
+        <v>598</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E40" s="15">
-        <v>10080006492</v>
+        <v>10080006491</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.10506</v>
+        <v>0.05796</v>
       </c>
       <c r="L40" s="15">
-        <v>0.10222</v>
+        <v>0.05023</v>
       </c>
       <c r="M40" s="15">
-        <v>0.09631000000000001</v>
-[...1 lines deleted...]
-      <c r="N40" s="15"/>
+        <v>0.0483</v>
+      </c>
+      <c r="N40" s="15">
+        <v>286</v>
+      </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>118</v>
+      </c>
+      <c r="E41" s="15">
+        <v>10080006492</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I41" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I41" s="15"/>
       <c r="J41" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.10678</v>
+        <v>0.10506</v>
       </c>
       <c r="L41" s="15">
-        <v>0.07726</v>
+        <v>0.10222</v>
       </c>
       <c r="M41" s="15">
-        <v>0.06741</v>
+        <v>0.09631000000000001</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>10080006504</v>
+        <v>120</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>121</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="J42" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K42" s="15">
-        <v>0.06593</v>
+        <v>0.10678</v>
       </c>
       <c r="L42" s="15">
-        <v>0.05714</v>
+        <v>0.07726</v>
       </c>
       <c r="M42" s="15">
-        <v>0.05494</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06741</v>
+      </c>
+      <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E43" s="15">
-        <v>10080006493</v>
+        <v>10080006504</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I43" s="15"/>
+      <c r="I43" s="15" t="s">
+        <v>122</v>
+      </c>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.08046</v>
+        <v>0.06593</v>
       </c>
       <c r="L43" s="15">
-        <v>0.06973</v>
+        <v>0.05714</v>
       </c>
       <c r="M43" s="15">
-        <v>0.06705</v>
+        <v>0.05494</v>
       </c>
       <c r="N43" s="15">
-        <v>950</v>
+        <v>13749</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E44" s="15">
-        <v>10080006507</v>
+        <v>10080006493</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.10868</v>
+        <v>0.08046</v>
       </c>
       <c r="L44" s="15">
-        <v>0.06521</v>
+        <v>0.06973</v>
       </c>
       <c r="M44" s="15">
-        <v>0.06521</v>
+        <v>0.06705</v>
       </c>
       <c r="N44" s="15">
-        <v>5490</v>
+        <v>900</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>126</v>
+      </c>
+      <c r="E45" s="15">
+        <v>10080006507</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I45" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I45" s="15"/>
       <c r="J45" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.08459999999999999</v>
+        <v>0.10868</v>
       </c>
       <c r="L45" s="15">
-        <v>0.07332</v>
+        <v>0.06521</v>
       </c>
       <c r="M45" s="15">
-        <v>0.07049999999999999</v>
-[...1 lines deleted...]
-      <c r="N45" s="15"/>
+        <v>0.06521</v>
+      </c>
+      <c r="N45" s="15">
+        <v>5490</v>
+      </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>10080006508</v>
+        <v>128</v>
+      </c>
+      <c r="E46" s="15" t="s">
+        <v>129</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="J46" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K46" s="15">
-        <v>0.08475000000000001</v>
+        <v>0.08459999999999999</v>
       </c>
       <c r="L46" s="15">
-        <v>0.07345</v>
+        <v>0.07332</v>
       </c>
       <c r="M46" s="15">
-        <v>0.07063</v>
+        <v>0.07049999999999999</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E47" s="15">
-        <v>10080006496</v>
+        <v>10080006508</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I47" s="15"/>
+      <c r="I47" s="15" t="s">
+        <v>130</v>
+      </c>
       <c r="J47" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.03312</v>
+        <v>0.08475000000000001</v>
       </c>
       <c r="L47" s="15">
-        <v>0.0287</v>
+        <v>0.07345</v>
       </c>
       <c r="M47" s="15">
-        <v>0.0276</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07063</v>
+      </c>
+      <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E48" s="15">
-        <v>10080032276</v>
+        <v>10080006496</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.04011</v>
+        <v>0.03312</v>
       </c>
       <c r="L48" s="15">
-        <v>0.03476</v>
+        <v>0.0287</v>
       </c>
       <c r="M48" s="15">
-        <v>0.03343</v>
+        <v>0.0276</v>
       </c>
       <c r="N48" s="15">
-        <v>5135</v>
+        <v>2176</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E49" s="15">
-        <v>10080032892</v>
+        <v>10080032276</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.13989</v>
+        <v>0.04011</v>
       </c>
       <c r="L49" s="15">
-        <v>0.12249</v>
+        <v>0.03476</v>
       </c>
       <c r="M49" s="15">
-        <v>0.11805</v>
-[...1 lines deleted...]
-      <c r="N49" s="15"/>
+        <v>0.03343</v>
+      </c>
+      <c r="N49" s="15">
+        <v>5720</v>
+      </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E50" s="15">
-        <v>10080036527</v>
+        <v>10080032892</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1</v>
       </c>
       <c r="K50" s="15">
-        <v>0.3473</v>
+        <v>0.13989</v>
       </c>
       <c r="L50" s="15">
-        <v>0.31256</v>
+        <v>0.12249</v>
       </c>
       <c r="M50" s="15">
-        <v>0.28941</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11805</v>
+      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>139</v>
+      </c>
+      <c r="E51" s="15">
+        <v>10080036527</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="I51" s="15"/>
-      <c r="J51" s="15"/>
+      <c r="J51" s="15">
+        <v>1</v>
+      </c>
       <c r="K51" s="15">
-        <v>0.19432</v>
+        <v>0.3473</v>
       </c>
       <c r="L51" s="15">
-        <v>0.16298</v>
+        <v>0.31256</v>
       </c>
       <c r="M51" s="15">
-        <v>0.15671</v>
-[...1 lines deleted...]
-      <c r="N51" s="15"/>
+        <v>0.28941</v>
+      </c>
+      <c r="N51" s="15">
+        <v>572</v>
+      </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="E52" s="15">
-        <v>10080043127</v>
+      <c r="E52" s="15" t="s">
+        <v>142</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>33</v>
+        <v>143</v>
       </c>
       <c r="I52" s="15"/>
-      <c r="J52" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J52" s="15"/>
       <c r="K52" s="15">
-        <v>0.04076</v>
+        <v>0.19432</v>
       </c>
       <c r="L52" s="15">
-        <v>0.03532</v>
+        <v>0.16298</v>
       </c>
       <c r="M52" s="15">
-        <v>0.03396</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15671</v>
+      </c>
+      <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>10080050044</v>
+        <v>145</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>146</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.04205</v>
+        <v>0.01236</v>
       </c>
       <c r="L53" s="15">
-        <v>0.03644</v>
+        <v>0.01071</v>
       </c>
       <c r="M53" s="15">
-        <v>0.03504</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0103</v>
+      </c>
+      <c r="N53" s="15"/>
       <c r="O53" s="15">
-        <v>8900</v>
+        <v>2520</v>
       </c>
       <c r="P53" s="15" t="s">
-        <v>40</v>
+        <v>147</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E54" s="15">
-        <v>10080069039</v>
+        <v>10080043127</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.04364</v>
+        <v>0.04076</v>
       </c>
       <c r="L54" s="15">
-        <v>0.03782</v>
+        <v>0.03532</v>
       </c>
       <c r="M54" s="15">
-        <v>0.03636</v>
+        <v>0.03396</v>
       </c>
       <c r="N54" s="15">
-        <v>10673</v>
+        <v>1744</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E55" s="15">
-        <v>10080060761</v>
+        <v>10080050044</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.05016</v>
+        <v>0.04205</v>
       </c>
       <c r="L55" s="15">
-        <v>0.04347</v>
+        <v>0.03644</v>
       </c>
       <c r="M55" s="15">
-        <v>0.0418</v>
+        <v>0.03504</v>
       </c>
       <c r="N55" s="15">
-        <v>1076</v>
-[...1 lines deleted...]
-      <c r="O55" s="15"/>
+        <v>2205</v>
+      </c>
+      <c r="O55" s="15">
+        <v>7100</v>
+      </c>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E56" s="15">
-        <v>10080035172</v>
+        <v>10080069039</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I56" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.04989</v>
+        <v>0.04364</v>
       </c>
       <c r="L56" s="15">
-        <v>0.04324</v>
+        <v>0.03782</v>
       </c>
       <c r="M56" s="15">
-        <v>0.04158</v>
+        <v>0.03636</v>
       </c>
       <c r="N56" s="15">
-        <v>1773</v>
+        <v>10950</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>155</v>
+      </c>
+      <c r="E57" s="15">
+        <v>10080060761</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I57" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.06955</v>
+        <v>0.05016</v>
       </c>
       <c r="L57" s="15">
-        <v>0.04968</v>
+        <v>0.04347</v>
       </c>
       <c r="M57" s="15">
-        <v>0.04471</v>
-[...1 lines deleted...]
-      <c r="N57" s="15"/>
+        <v>0.0418</v>
+      </c>
+      <c r="N57" s="15">
+        <v>139</v>
+      </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>157</v>
+      </c>
+      <c r="E58" s="15">
+        <v>10080035172</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I58" s="15"/>
+      <c r="I58" s="15" t="s">
+        <v>158</v>
+      </c>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.05645</v>
+        <v>0.04989</v>
       </c>
       <c r="L58" s="15">
-        <v>0.04892</v>
+        <v>0.04324</v>
       </c>
       <c r="M58" s="15">
-        <v>0.04704</v>
+        <v>0.04158</v>
       </c>
       <c r="N58" s="15">
-        <v>14274</v>
+        <v>1714</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I59" s="15"/>
+      <c r="I59" s="15" t="s">
+        <v>158</v>
+      </c>
       <c r="J59" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.05868</v>
+        <v>0.06955</v>
       </c>
       <c r="L59" s="15">
-        <v>0.05086</v>
+        <v>0.04968</v>
       </c>
       <c r="M59" s="15">
-        <v>0.0489</v>
+        <v>0.04471</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.05793</v>
+        <v>0.05645</v>
       </c>
       <c r="L60" s="15">
-        <v>0.05021</v>
+        <v>0.04892</v>
       </c>
       <c r="M60" s="15">
-        <v>0.04828</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.04704</v>
+      </c>
+      <c r="N60" s="15">
+        <v>16470</v>
+      </c>
+      <c r="O60" s="15"/>
+      <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>10080035173</v>
+        <v>164</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>165</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>2000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.06168</v>
+        <v>0.05868</v>
       </c>
       <c r="L61" s="15">
-        <v>0.05346</v>
+        <v>0.05086</v>
       </c>
       <c r="M61" s="15">
-        <v>0.0514</v>
+        <v>0.0489</v>
       </c>
       <c r="N61" s="15">
-        <v>4330</v>
+        <v>400</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.09029</v>
+        <v>0.05793</v>
       </c>
       <c r="L62" s="15">
-        <v>0.07825</v>
+        <v>0.05021</v>
       </c>
       <c r="M62" s="15">
-        <v>0.07524</v>
-[...4 lines deleted...]
-      <c r="O62" s="15"/>
+        <v>0.04828</v>
+      </c>
+      <c r="N62" s="15"/>
+      <c r="O62" s="15">
+        <v>153</v>
+      </c>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E63" s="15">
-        <v>10080063329</v>
+        <v>10080035173</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>2000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.07197000000000001</v>
+        <v>0.06168</v>
       </c>
       <c r="L63" s="15">
-        <v>0.06237</v>
+        <v>0.05346</v>
       </c>
       <c r="M63" s="15">
-        <v>0.05998</v>
+        <v>0.0514</v>
       </c>
       <c r="N63" s="15">
-        <v>1385</v>
+        <v>4386</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>10080045919</v>
+        <v>172</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>173</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.08262</v>
+        <v>0.09029</v>
       </c>
       <c r="L64" s="15">
-        <v>0.0716</v>
+        <v>0.07825</v>
       </c>
       <c r="M64" s="15">
-        <v>0.06884999999999999</v>
+        <v>0.07524</v>
       </c>
       <c r="N64" s="15">
-        <v>693</v>
+        <v>660</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="E65" s="15">
-        <v>10080042633</v>
+        <v>10080063329</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.07647</v>
+        <v>0.07197000000000001</v>
       </c>
       <c r="L65" s="15">
-        <v>0.06627</v>
+        <v>0.06237</v>
       </c>
       <c r="M65" s="15">
-        <v>0.06372999999999999</v>
+        <v>0.05998</v>
       </c>
       <c r="N65" s="15">
-        <v>5530</v>
+        <v>1108</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E66" s="15">
-        <v>10080048795</v>
+        <v>10080045919</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.08687</v>
+        <v>0.08262</v>
       </c>
       <c r="L66" s="15">
-        <v>0.05693</v>
+        <v>0.0716</v>
       </c>
       <c r="M66" s="15">
-        <v>0.04943</v>
+        <v>0.06884999999999999</v>
       </c>
       <c r="N66" s="15">
-        <v>1613</v>
+        <v>558</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="E67" s="15">
-        <v>10080074467</v>
+        <v>10080042633</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.06039</v>
+        <v>0.07647</v>
       </c>
       <c r="L67" s="15">
-        <v>0.05234</v>
+        <v>0.06627</v>
       </c>
       <c r="M67" s="15">
-        <v>0.05033</v>
+        <v>0.06372999999999999</v>
       </c>
       <c r="N67" s="15">
-        <v>1185</v>
+        <v>5451</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>181</v>
+      </c>
+      <c r="E68" s="15">
+        <v>10080048795</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.07169</v>
+        <v>0.08687</v>
       </c>
       <c r="L68" s="15">
-        <v>0.06213</v>
+        <v>0.05693</v>
       </c>
       <c r="M68" s="15">
-        <v>0.05974</v>
-[...1 lines deleted...]
-      <c r="N68" s="15"/>
+        <v>0.04943</v>
+      </c>
+      <c r="N68" s="15">
+        <v>1871</v>
+      </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E69" s="15">
-        <v>10080032269</v>
+        <v>10080074467</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.14352</v>
+        <v>0.06039</v>
       </c>
       <c r="L69" s="15">
-        <v>0.12438</v>
+        <v>0.05234</v>
       </c>
       <c r="M69" s="15">
-        <v>0.1196</v>
+        <v>0.05033</v>
       </c>
       <c r="N69" s="15">
-        <v>7552</v>
+        <v>1103</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>30</v>
+        <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.11387</v>
+        <v>0.07169</v>
       </c>
       <c r="L70" s="15">
-        <v>0.09549000000000001</v>
+        <v>0.06213</v>
       </c>
       <c r="M70" s="15">
-        <v>0.09182</v>
+        <v>0.05974</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E71" s="15">
-        <v>10080055488</v>
+        <v>10080032269</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.04683</v>
+        <v>0.14352</v>
       </c>
       <c r="L71" s="15">
-        <v>0.03902</v>
+        <v>0.12438</v>
       </c>
       <c r="M71" s="15">
-        <v>0.03746</v>
-[...1 lines deleted...]
-      <c r="N71" s="15"/>
+        <v>0.1196</v>
+      </c>
+      <c r="N71" s="15">
+        <v>8142</v>
+      </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>10080071334</v>
+        <v>190</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>191</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>5000</v>
+        <v>30</v>
       </c>
       <c r="K72" s="15">
-        <v>0.08124000000000001</v>
+        <v>0.11387</v>
       </c>
       <c r="L72" s="15">
-        <v>0.07041</v>
+        <v>0.09549000000000001</v>
       </c>
       <c r="M72" s="15">
-        <v>0.0677</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09182</v>
+      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>193</v>
+      </c>
+      <c r="E73" s="15">
+        <v>10080055488</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.11199</v>
+        <v>0.04683</v>
       </c>
       <c r="L73" s="15">
-        <v>0.09393</v>
+        <v>0.03902</v>
       </c>
       <c r="M73" s="15">
-        <v>0.09031</v>
+        <v>0.03746</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E74" s="15">
-        <v>10080059298</v>
+        <v>10080071334</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.00868</v>
+        <v>0.08124000000000001</v>
       </c>
       <c r="L74" s="15">
-        <v>0.007</v>
+        <v>0.07041</v>
       </c>
       <c r="M74" s="15">
-        <v>0.00673</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.0677</v>
+      </c>
+      <c r="N74" s="15">
+        <v>17747</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.00713</v>
+        <v>0.11199</v>
       </c>
       <c r="L75" s="15">
-        <v>0.00618</v>
+        <v>0.09393</v>
       </c>
       <c r="M75" s="15">
-        <v>0.00594</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09031</v>
+      </c>
+      <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>200</v>
+      </c>
+      <c r="E76" s="15">
+        <v>10080059298</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>20000</v>
+        <v>2000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.02405</v>
+        <v>0.00868</v>
       </c>
       <c r="L76" s="15">
-        <v>0.02018</v>
+        <v>0.007</v>
       </c>
       <c r="M76" s="15">
-        <v>0.0194</v>
+        <v>0.00673</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.00923</v>
+        <v>0.00713</v>
       </c>
       <c r="L77" s="15">
-        <v>0.008</v>
+        <v>0.00618</v>
       </c>
       <c r="M77" s="15">
-        <v>0.00769</v>
-[...1 lines deleted...]
-      <c r="N77" s="15"/>
+        <v>0.00594</v>
+      </c>
+      <c r="N77" s="15">
+        <v>20</v>
+      </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>10080050350</v>
+        <v>205</v>
+      </c>
+      <c r="E78" s="15" t="s">
+        <v>206</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.53202</v>
+        <v>0.02405</v>
       </c>
       <c r="L78" s="15">
-        <v>0</v>
+        <v>0.02018</v>
       </c>
       <c r="M78" s="15">
-        <v>0</v>
+        <v>0.0194</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.08212999999999999</v>
+        <v>0.00923</v>
       </c>
       <c r="L79" s="15">
-        <v>0.07117999999999999</v>
+        <v>0.008</v>
       </c>
       <c r="M79" s="15">
-        <v>0.06844</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00769</v>
+      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E80" s="15">
-        <v>10080059297</v>
+        <v>10080050350</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.06683</v>
+        <v>0.53202</v>
       </c>
       <c r="L80" s="15">
-        <v>0.05389</v>
+        <v>0</v>
       </c>
       <c r="M80" s="15">
-        <v>0.05173</v>
+        <v>0</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.00565</v>
+        <v>0.08212999999999999</v>
       </c>
       <c r="L81" s="15">
-        <v>0.00565</v>
+        <v>0.07117999999999999</v>
       </c>
       <c r="M81" s="15">
-        <v>0.00565</v>
+        <v>0.06844</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
-      <c r="P81" s="15"/>
+      <c r="P81" s="15" t="s">
+        <v>215</v>
+      </c>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>214</v>
+        <v>217</v>
+      </c>
+      <c r="E82" s="15">
+        <v>10080059297</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I82" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="K82" s="15">
-        <v>0.00623</v>
+        <v>0.06683</v>
       </c>
       <c r="L82" s="15">
-        <v>0.00623</v>
+        <v>0.05389</v>
       </c>
       <c r="M82" s="15">
-        <v>0.00623</v>
+        <v>0.05173</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.008710000000000001</v>
+        <v>0.00565</v>
       </c>
       <c r="L83" s="15">
-        <v>0.008330000000000001</v>
+        <v>0.00565</v>
       </c>
       <c r="M83" s="15">
-        <v>0.00795</v>
+        <v>0.00565</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I84" s="15"/>
+      <c r="I84" s="15" t="s">
+        <v>224</v>
+      </c>
       <c r="J84" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.14319</v>
+        <v>0.00623</v>
       </c>
       <c r="L84" s="15">
-        <v>0.12009</v>
+        <v>0.00623</v>
       </c>
       <c r="M84" s="15">
-        <v>0.11547</v>
+        <v>0.00623</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.07596</v>
+        <v>0.008710000000000001</v>
       </c>
       <c r="L85" s="15">
-        <v>0.06370000000000001</v>
+        <v>0.008330000000000001</v>
       </c>
       <c r="M85" s="15">
-        <v>0.06125</v>
+        <v>0.00795</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.11282</v>
+        <v>0.14319</v>
       </c>
       <c r="L86" s="15">
-        <v>0.09463000000000001</v>
+        <v>0.12009</v>
       </c>
       <c r="M86" s="15">
-        <v>0.09099</v>
+        <v>0.11547</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.12636</v>
+        <v>0.07596</v>
       </c>
       <c r="L87" s="15">
-        <v>0.10598</v>
+        <v>0.06370000000000001</v>
       </c>
       <c r="M87" s="15">
-        <v>0.1019</v>
+        <v>0.06125</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>10080066129</v>
+        <v>235</v>
+      </c>
+      <c r="E88" s="15" t="s">
+        <v>236</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.02063</v>
+        <v>0.11282</v>
       </c>
       <c r="L88" s="15">
-        <v>0.01788</v>
+        <v>0.09463000000000001</v>
       </c>
       <c r="M88" s="15">
-        <v>0.01719</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09099</v>
+      </c>
+      <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.02274</v>
+        <v>0.12636</v>
       </c>
       <c r="L89" s="15">
-        <v>0.01971</v>
+        <v>0.10598</v>
       </c>
       <c r="M89" s="15">
-        <v>0.01895</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1019</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>241</v>
+      </c>
+      <c r="E90" s="15">
+        <v>10080066129</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.04329</v>
+        <v>0.02063</v>
       </c>
       <c r="L90" s="15">
-        <v>0.03752</v>
+        <v>0.01788</v>
       </c>
       <c r="M90" s="15">
-        <v>0.03608</v>
+        <v>0.01719</v>
       </c>
       <c r="N90" s="15">
-        <v>7500</v>
+        <v>14600</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>10080070865</v>
+        <v>243</v>
+      </c>
+      <c r="E91" s="15" t="s">
+        <v>244</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.04479</v>
+        <v>0.02274</v>
       </c>
       <c r="L91" s="15">
-        <v>0.03882</v>
+        <v>0.01971</v>
       </c>
       <c r="M91" s="15">
-        <v>0.03733</v>
+        <v>0.01895</v>
       </c>
       <c r="N91" s="15">
-        <v>8589</v>
+        <v>778</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.0408</v>
+        <v>0.04329</v>
       </c>
       <c r="L92" s="15">
-        <v>0.03536</v>
+        <v>0.03752</v>
       </c>
       <c r="M92" s="15">
-        <v>0.034</v>
+        <v>0.03608</v>
       </c>
       <c r="N92" s="15">
-        <v>1473</v>
+        <v>6900</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>249</v>
+      </c>
+      <c r="E93" s="15">
+        <v>10080070865</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.07364</v>
+        <v>0.04479</v>
       </c>
       <c r="L93" s="15">
-        <v>0.07364</v>
+        <v>0.03882</v>
       </c>
       <c r="M93" s="15">
-        <v>0.07364</v>
-[...1 lines deleted...]
-      <c r="N93" s="15"/>
+        <v>0.03733</v>
+      </c>
+      <c r="N93" s="15">
+        <v>7223</v>
+      </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.02689</v>
+        <v>0.0408</v>
       </c>
       <c r="L94" s="15">
-        <v>0.02256</v>
+        <v>0.03536</v>
       </c>
       <c r="M94" s="15">
-        <v>0.02169</v>
-[...1 lines deleted...]
-      <c r="N94" s="15"/>
+        <v>0.034</v>
+      </c>
+      <c r="N94" s="15">
+        <v>1810</v>
+      </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
-      <c r="Q94" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.05685</v>
+        <v>0.07364</v>
       </c>
       <c r="L95" s="15">
-        <v>0.04927</v>
+        <v>0.07364</v>
       </c>
       <c r="M95" s="15">
-        <v>0.04738</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07364</v>
+      </c>
+      <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.09696</v>
+        <v>0.02689</v>
       </c>
       <c r="L96" s="15">
-        <v>0.08402999999999999</v>
+        <v>0.02256</v>
       </c>
       <c r="M96" s="15">
-        <v>0.0808</v>
-[...10 lines deleted...]
-      <c r="Q96" s="15"/>
+        <v>0.02169</v>
+      </c>
+      <c r="N96" s="15"/>
+      <c r="O96" s="15"/>
+      <c r="P96" s="15"/>
+      <c r="Q96" s="15">
+        <v>10000</v>
+      </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.03431</v>
+        <v>0.05685</v>
       </c>
       <c r="L97" s="15">
-        <v>0.02973</v>
+        <v>0.04927</v>
       </c>
       <c r="M97" s="15">
-        <v>0.02859</v>
+        <v>0.04738</v>
       </c>
       <c r="N97" s="15">
-        <v>1620</v>
+        <v>696</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.05219</v>
+        <v>0.09696</v>
       </c>
       <c r="L98" s="15">
-        <v>0.04377</v>
+        <v>0.08402999999999999</v>
       </c>
       <c r="M98" s="15">
-        <v>0.04209</v>
-[...2 lines deleted...]
-      <c r="O98" s="15"/>
+        <v>0.0808</v>
+      </c>
+      <c r="N98" s="15">
+        <v>305</v>
+      </c>
+      <c r="O98" s="15">
+        <v>1220</v>
+      </c>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.08859</v>
+        <v>0.03431</v>
       </c>
       <c r="L99" s="15">
-        <v>0.0743</v>
+        <v>0.02973</v>
       </c>
       <c r="M99" s="15">
-        <v>0.07145</v>
+        <v>0.02859</v>
       </c>
       <c r="N99" s="15">
-        <v>16</v>
+        <v>1760</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.10431</v>
+        <v>0.05219</v>
       </c>
       <c r="L100" s="15">
-        <v>0.09039999999999999</v>
+        <v>0.04377</v>
       </c>
       <c r="M100" s="15">
-        <v>0.08692999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04209</v>
+      </c>
+      <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.04888</v>
+        <v>0.08859</v>
       </c>
       <c r="L101" s="15">
-        <v>0.04888</v>
+        <v>0.0743</v>
       </c>
       <c r="M101" s="15">
-        <v>0.04888</v>
+        <v>0.07145</v>
       </c>
       <c r="N101" s="15">
-        <v>2997</v>
+        <v>16</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I102" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.0396</v>
+        <v>0.10431</v>
       </c>
       <c r="L102" s="15">
-        <v>0.03322</v>
+        <v>0.09039999999999999</v>
       </c>
       <c r="M102" s="15">
-        <v>0.03194</v>
-[...1 lines deleted...]
-      <c r="N102" s="15"/>
+        <v>0.08692999999999999</v>
+      </c>
+      <c r="N102" s="15">
+        <v>830</v>
+      </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>100</v>
+        <v>2000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.04635</v>
+        <v>0.04888</v>
       </c>
       <c r="L103" s="15">
-        <v>0.04017</v>
+        <v>0.04888</v>
       </c>
       <c r="M103" s="15">
-        <v>0.03863</v>
-[...1 lines deleted...]
-      <c r="N103" s="15"/>
+        <v>0.04888</v>
+      </c>
+      <c r="N103" s="15">
+        <v>2997</v>
+      </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>10080074137</v>
+        <v>281</v>
+      </c>
+      <c r="E104" s="15" t="s">
+        <v>282</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I104" s="15"/>
-      <c r="J104" s="15"/>
+      <c r="I104" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="J104" s="15">
+        <v>5000</v>
+      </c>
       <c r="K104" s="15">
-        <v>0.02156</v>
+        <v>0.0396</v>
       </c>
       <c r="L104" s="15">
-        <v>0.01868</v>
+        <v>0.03322</v>
       </c>
       <c r="M104" s="15">
-        <v>0.01796</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03194</v>
+      </c>
+      <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K105" s="15">
-        <v>0.02534</v>
+        <v>0.04635</v>
       </c>
       <c r="L105" s="15">
-        <v>0.02196</v>
+        <v>0.04017</v>
       </c>
       <c r="M105" s="15">
-        <v>0.02111</v>
+        <v>0.03863</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="E106" s="15">
-        <v>10080055639</v>
+        <v>10080074137</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
-        <v>0.03614</v>
+        <v>0.02156</v>
       </c>
       <c r="L106" s="15">
-        <v>0</v>
+        <v>0.01868</v>
       </c>
       <c r="M106" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N106" s="15"/>
+        <v>0.01796</v>
+      </c>
+      <c r="N106" s="15">
+        <v>15109</v>
+      </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I107" s="15"/>
-      <c r="J107" s="15"/>
+      <c r="J107" s="15">
+        <v>1000</v>
+      </c>
       <c r="K107" s="15">
-        <v>0.02174</v>
+        <v>0.02534</v>
       </c>
       <c r="L107" s="15">
-        <v>0.01449</v>
+        <v>0.02196</v>
       </c>
       <c r="M107" s="15">
-        <v>0.01328</v>
+        <v>0.02111</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E108" s="15">
-        <v>10080074138</v>
+        <v>10080055639</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J108" s="15"/>
       <c r="K108" s="15">
-        <v>0.04113</v>
+        <v>0.03614</v>
       </c>
       <c r="L108" s="15">
-        <v>0.03565</v>
+        <v>0</v>
       </c>
       <c r="M108" s="15">
-        <v>0.03428</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>0.105</v>
+        <v>0.02174</v>
       </c>
       <c r="L109" s="15">
-        <v>0.105</v>
+        <v>0.01449</v>
       </c>
       <c r="M109" s="15">
-        <v>0.105</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01328</v>
+      </c>
+      <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="E110" s="15">
-        <v>10080053910</v>
+        <v>10080074138</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15"/>
+      <c r="J110" s="15">
+        <v>10000</v>
+      </c>
       <c r="K110" s="15">
-        <v>0.08028</v>
+        <v>0.04113</v>
       </c>
       <c r="L110" s="15">
-        <v>0</v>
+        <v>0.03565</v>
       </c>
       <c r="M110" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N110" s="15"/>
+        <v>0.03428</v>
+      </c>
+      <c r="N110" s="15">
+        <v>8890</v>
+      </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>0.04287</v>
+        <v>0.105</v>
       </c>
       <c r="L111" s="15">
-        <v>0.03596</v>
+        <v>0.105</v>
       </c>
       <c r="M111" s="15">
-        <v>0.03457</v>
-[...1 lines deleted...]
-      <c r="N111" s="15"/>
+        <v>0.105</v>
+      </c>
+      <c r="N111" s="15">
+        <v>10</v>
+      </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>303</v>
+      </c>
+      <c r="E112" s="15">
+        <v>10080053910</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15"/>
-      <c r="J112" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J112" s="15"/>
       <c r="K112" s="15">
-        <v>0.24556</v>
+        <v>0.08028</v>
       </c>
       <c r="L112" s="15">
-        <v>0.20595</v>
+        <v>0</v>
       </c>
       <c r="M112" s="15">
-        <v>0.19803</v>
+        <v>0</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>10080076098</v>
+        <v>305</v>
+      </c>
+      <c r="E113" s="15" t="s">
+        <v>306</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
-        <v>0.11261</v>
+        <v>0.04287</v>
       </c>
       <c r="L113" s="15">
-        <v>0.09384000000000001</v>
+        <v>0.03596</v>
       </c>
       <c r="M113" s="15">
-        <v>0.09007999999999999</v>
+        <v>0.03457</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-        <v>10080076097</v>
+        <v>308</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>309</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15"/>
-      <c r="J114" s="15"/>
+      <c r="J114" s="15">
+        <v>100</v>
+      </c>
       <c r="K114" s="15">
-        <v>0.12284</v>
+        <v>0.24556</v>
       </c>
       <c r="L114" s="15">
-        <v>0.10237</v>
+        <v>0.20595</v>
       </c>
       <c r="M114" s="15">
-        <v>0.09827</v>
+        <v>0.19803</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>311</v>
+      </c>
+      <c r="E115" s="15">
+        <v>10080076098</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I115" s="15"/>
-      <c r="J115" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J115" s="15"/>
       <c r="K115" s="15">
-        <v>0.19795</v>
+        <v>0.11261</v>
       </c>
       <c r="L115" s="15">
-        <v>0.16603</v>
+        <v>0.09384000000000001</v>
       </c>
       <c r="M115" s="15">
-        <v>0.15963</v>
+        <v>0.09007999999999999</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>308</v>
+        <v>52</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>310</v>
-[...2 lines deleted...]
-        <v>311</v>
+        <v>313</v>
+      </c>
+      <c r="E116" s="15">
+        <v>10080076097</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I116" s="15"/>
-      <c r="J116" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J116" s="15"/>
       <c r="K116" s="15">
-        <v>0.13</v>
+        <v>0.12284</v>
       </c>
       <c r="L116" s="15">
-        <v>0.10904</v>
+        <v>0.10237</v>
       </c>
       <c r="M116" s="15">
-        <v>0.10485</v>
+        <v>0.09827</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>308</v>
+        <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>1000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.18447</v>
+        <v>0.19795</v>
       </c>
       <c r="L117" s="15">
-        <v>0.15471</v>
+        <v>0.16603</v>
       </c>
       <c r="M117" s="15">
-        <v>0.14877</v>
+        <v>0.15963</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.11268</v>
+        <v>0.13</v>
       </c>
       <c r="L118" s="15">
-        <v>0.09766</v>
+        <v>0.10904</v>
       </c>
       <c r="M118" s="15">
-        <v>0.0939</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10485</v>
+      </c>
+      <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I119" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I119" s="15"/>
       <c r="J119" s="15">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.37315</v>
+        <v>0.18447</v>
       </c>
       <c r="L119" s="15">
-        <v>0.35693</v>
+        <v>0.15471</v>
       </c>
       <c r="M119" s="15">
-        <v>0.35693</v>
+        <v>0.14877</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>300</v>
+        <v>800</v>
       </c>
       <c r="K120" s="15">
-        <v>0.25918</v>
+        <v>0.11268</v>
       </c>
       <c r="L120" s="15">
-        <v>0.25918</v>
+        <v>0.09766</v>
       </c>
       <c r="M120" s="15">
-        <v>0.25918</v>
-[...1 lines deleted...]
-      <c r="N120" s="15"/>
+        <v>0.0939</v>
+      </c>
+      <c r="N120" s="15">
+        <v>1573</v>
+      </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="J121" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K121" s="15">
-        <v>0.44837</v>
+        <v>0.37315</v>
       </c>
       <c r="L121" s="15">
-        <v>0.38858</v>
+        <v>0.35693</v>
       </c>
       <c r="M121" s="15">
-        <v>0.37364</v>
+        <v>0.35693</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
-      <c r="P121" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P121" s="15"/>
+      <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I122" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>950</v>
+        <v>300</v>
       </c>
       <c r="K122" s="15">
-        <v>0.19797</v>
+        <v>0.25918</v>
       </c>
       <c r="L122" s="15">
-        <v>0.17157</v>
+        <v>0.25918</v>
       </c>
       <c r="M122" s="15">
-        <v>0.16498</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25918</v>
+      </c>
+      <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
-      <c r="Q122" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I123" s="15"/>
+      <c r="I123" s="15" t="s">
+        <v>337</v>
+      </c>
       <c r="J123" s="15">
-        <v>650</v>
+        <v>250</v>
       </c>
       <c r="K123" s="15">
-        <v>0.17057</v>
+        <v>0.44837</v>
       </c>
       <c r="L123" s="15">
-        <v>0.14782</v>
+        <v>0.38858</v>
       </c>
       <c r="M123" s="15">
-        <v>0.14214</v>
+        <v>0.37364</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
-      <c r="P123" s="15"/>
+      <c r="P123" s="15" t="s">
+        <v>338</v>
+      </c>
       <c r="Q123" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I124" s="15"/>
+      <c r="I124" s="15" t="s">
+        <v>342</v>
+      </c>
       <c r="J124" s="15">
-        <v>350</v>
+        <v>950</v>
       </c>
       <c r="K124" s="15">
-        <v>0.20392</v>
+        <v>0.19797</v>
       </c>
       <c r="L124" s="15">
-        <v>0.19465</v>
+        <v>0.17157</v>
       </c>
       <c r="M124" s="15">
-        <v>0.19465</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.16498</v>
+      </c>
+      <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
-      <c r="Q124" s="15"/>
+      <c r="Q124" s="15">
+        <v>4750</v>
+      </c>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>1000</v>
+        <v>650</v>
       </c>
       <c r="K125" s="15">
-        <v>0.31874</v>
+        <v>0.17057</v>
       </c>
       <c r="L125" s="15">
-        <v>0.27624</v>
+        <v>0.14782</v>
       </c>
       <c r="M125" s="15">
-        <v>0.26561</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14214</v>
+      </c>
+      <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
-      <c r="Q125" s="15"/>
+      <c r="Q125" s="15">
+        <v>10000</v>
+      </c>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>700</v>
+        <v>350</v>
       </c>
       <c r="K126" s="15">
-        <v>0.13742</v>
+        <v>0.20392</v>
       </c>
       <c r="L126" s="15">
-        <v>0.11526</v>
+        <v>0.19465</v>
       </c>
       <c r="M126" s="15">
-        <v>0.11083</v>
-[...1 lines deleted...]
-      <c r="N126" s="15"/>
+        <v>0.19465</v>
+      </c>
+      <c r="N126" s="15">
+        <v>7826</v>
+      </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>53</v>
+        <v>317</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>10080008531</v>
+        <v>350</v>
+      </c>
+      <c r="E127" s="15" t="s">
+        <v>351</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>1000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.08448</v>
+        <v>0.31874</v>
       </c>
       <c r="L127" s="15">
-        <v>0.04874</v>
+        <v>0.27624</v>
       </c>
       <c r="M127" s="15">
-        <v>0.04386</v>
+        <v>0.26561</v>
       </c>
       <c r="N127" s="15">
-        <v>812</v>
+        <v>780</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>62</v>
+        <v>317</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
-      <c r="H128" s="15"/>
-[...3 lines deleted...]
-      <c r="J128" s="15"/>
+      <c r="H128" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="I128" s="15"/>
+      <c r="J128" s="15">
+        <v>700</v>
+      </c>
       <c r="K128" s="15">
-        <v>0.12563</v>
+        <v>0.13742</v>
       </c>
       <c r="L128" s="15">
-        <v>0.11516</v>
+        <v>0.11526</v>
       </c>
       <c r="M128" s="15">
-        <v>0.10469</v>
+        <v>0.11083</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="E129" s="15">
-        <v>10080034449</v>
+        <v>10080008531</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.15663</v>
+        <v>0.08448</v>
       </c>
       <c r="L129" s="15">
-        <v>0.08321000000000001</v>
+        <v>0.04874</v>
       </c>
       <c r="M129" s="15">
-        <v>0.07097000000000001</v>
-[...1 lines deleted...]
-      <c r="N129" s="15"/>
+        <v>0.04386</v>
+      </c>
+      <c r="N129" s="15">
+        <v>926</v>
+      </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>308</v>
+        <v>61</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>10080061740</v>
+        <v>358</v>
+      </c>
+      <c r="E130" s="15" t="s">
+        <v>359</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
-      <c r="H130" s="15" t="s">
-[...2 lines deleted...]
-      <c r="I130" s="15"/>
+      <c r="H130" s="15"/>
+      <c r="I130" s="15" t="s">
+        <v>360</v>
+      </c>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
-        <v>0.1416</v>
+        <v>0.12563</v>
       </c>
       <c r="L130" s="15">
-        <v>0.08216</v>
+        <v>0.11516</v>
       </c>
       <c r="M130" s="15">
-        <v>0.07405</v>
+        <v>0.10469</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>308</v>
+        <v>52</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>357</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>362</v>
+      </c>
+      <c r="E131" s="15">
+        <v>10080034449</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.1698</v>
+        <v>0.15663</v>
       </c>
       <c r="L131" s="15">
-        <v>0.14716</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M131" s="15">
-        <v>0.1415</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07097000000000001</v>
+      </c>
+      <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E132" s="15">
-        <v>10080066095</v>
+        <v>10080061740</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I132" s="15"/>
-      <c r="J132" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J132" s="15"/>
       <c r="K132" s="15">
-        <v>0.2987</v>
+        <v>0.1416</v>
       </c>
       <c r="L132" s="15">
-        <v>0.24892</v>
+        <v>0.08216</v>
       </c>
       <c r="M132" s="15">
-        <v>0.23895</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07405</v>
+      </c>
+      <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-        <v>10080039233</v>
+        <v>366</v>
+      </c>
+      <c r="E133" s="15" t="s">
+        <v>367</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I133" s="15"/>
       <c r="J133" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K133" s="15">
-        <v>0.05858</v>
+        <v>0.1698</v>
       </c>
       <c r="L133" s="15">
-        <v>0.05077</v>
+        <v>0.14716</v>
       </c>
       <c r="M133" s="15">
-        <v>0.04881</v>
+        <v>0.1415</v>
       </c>
       <c r="N133" s="15">
-        <v>65500</v>
+        <v>659</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>369</v>
+      </c>
+      <c r="E134" s="15">
+        <v>10080066095</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I134" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.06117</v>
+        <v>0.2987</v>
       </c>
       <c r="L134" s="15">
-        <v>0.05301</v>
+        <v>0.24892</v>
       </c>
       <c r="M134" s="15">
-        <v>0.05098</v>
+        <v>0.23895</v>
       </c>
       <c r="N134" s="15">
-        <v>6514</v>
+        <v>147</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>371</v>
+      </c>
+      <c r="E135" s="15">
+        <v>10080039233</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I135" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I135" s="15" t="s">
+        <v>372</v>
+      </c>
       <c r="J135" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.05717</v>
+        <v>0.05858</v>
       </c>
       <c r="L135" s="15">
-        <v>0.04954</v>
+        <v>0.05077</v>
       </c>
       <c r="M135" s="15">
-        <v>0.04764</v>
+        <v>0.04881</v>
       </c>
       <c r="N135" s="15">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>60128</v>
+      </c>
+      <c r="O135" s="15"/>
+      <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>10080003156</v>
+        <v>374</v>
+      </c>
+      <c r="E136" s="15" t="s">
+        <v>375</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.06644</v>
+        <v>0.06117</v>
       </c>
       <c r="L136" s="15">
-        <v>0.05758</v>
+        <v>0.05301</v>
       </c>
       <c r="M136" s="15">
-        <v>0.05536</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.05098</v>
+      </c>
+      <c r="N136" s="15">
+        <v>6808</v>
+      </c>
+      <c r="O136" s="15"/>
+      <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I137" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I137" s="15"/>
       <c r="J137" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.06096</v>
+        <v>0.05717</v>
       </c>
       <c r="L137" s="15">
-        <v>0.05283</v>
+        <v>0.04954</v>
       </c>
       <c r="M137" s="15">
-        <v>0.0508</v>
+        <v>0.04764</v>
       </c>
       <c r="N137" s="15">
-        <v>549</v>
+        <v>70</v>
       </c>
       <c r="O137" s="15">
-        <v>3050</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E138" s="15">
-        <v>10080039171</v>
+        <v>10080003156</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I138" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I138" s="15" t="s">
+        <v>382</v>
+      </c>
       <c r="J138" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K138" s="15">
-        <v>0.07743</v>
+        <v>0.06644</v>
       </c>
       <c r="L138" s="15">
-        <v>0.06711</v>
+        <v>0.05758</v>
       </c>
       <c r="M138" s="15">
-        <v>0.06453</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05536</v>
+      </c>
+      <c r="N138" s="15"/>
       <c r="O138" s="15">
-        <v>4466</v>
-[...3 lines deleted...]
-      </c>
+        <v>89400</v>
+      </c>
+      <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
-        <v>0.07215000000000001</v>
+        <v>0.06096</v>
       </c>
       <c r="L139" s="15">
-        <v>0.06253</v>
+        <v>0.05283</v>
       </c>
       <c r="M139" s="15">
-        <v>0.06013</v>
+        <v>0.0508</v>
       </c>
       <c r="N139" s="15">
-        <v>23544</v>
-[...1 lines deleted...]
-      <c r="O139" s="15"/>
+        <v>252</v>
+      </c>
+      <c r="O139" s="15">
+        <v>4200</v>
+      </c>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>388</v>
+      </c>
+      <c r="E140" s="15">
+        <v>10080039171</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I140" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I140" s="15"/>
       <c r="J140" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K140" s="15">
-        <v>0.07235999999999999</v>
+        <v>0.07743</v>
       </c>
       <c r="L140" s="15">
-        <v>0.06271</v>
+        <v>0.06711</v>
       </c>
       <c r="M140" s="15">
-        <v>0.0603</v>
+        <v>0.06453</v>
       </c>
       <c r="N140" s="15">
-        <v>609</v>
-[...2 lines deleted...]
-      <c r="P140" s="15"/>
+        <v>81</v>
+      </c>
+      <c r="O140" s="15">
+        <v>4118</v>
+      </c>
+      <c r="P140" s="15" t="s">
+        <v>389</v>
+      </c>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>10080032081</v>
+        <v>391</v>
+      </c>
+      <c r="E141" s="15" t="s">
+        <v>392</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="J141" s="15">
         <v>1000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.08123</v>
+        <v>0.07215000000000001</v>
       </c>
       <c r="L141" s="15">
-        <v>0.0704</v>
+        <v>0.06253</v>
       </c>
       <c r="M141" s="15">
-        <v>0.06769</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.06013</v>
+      </c>
+      <c r="N141" s="15">
+        <v>22654</v>
+      </c>
+      <c r="O141" s="15"/>
+      <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="J142" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K142" s="15">
-        <v>0.07466</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="L142" s="15">
-        <v>0.06469999999999999</v>
+        <v>0.06271</v>
       </c>
       <c r="M142" s="15">
-        <v>0.06221</v>
+        <v>0.0603</v>
       </c>
       <c r="N142" s="15">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>539</v>
+      </c>
+      <c r="O142" s="15"/>
+      <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="E143" s="15">
-        <v>10080040572</v>
+        <v>10080032081</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I143" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I143" s="15" t="s">
+        <v>400</v>
+      </c>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.12423</v>
+        <v>0.08123</v>
       </c>
       <c r="L143" s="15">
-        <v>0.08988</v>
+        <v>0.0704</v>
       </c>
       <c r="M143" s="15">
-        <v>0.07843</v>
-[...4 lines deleted...]
-      <c r="O143" s="15"/>
+        <v>0.06769</v>
+      </c>
+      <c r="N143" s="15"/>
+      <c r="O143" s="15">
+        <v>33320</v>
+      </c>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>10080003157</v>
+        <v>402</v>
+      </c>
+      <c r="E144" s="15" t="s">
+        <v>403</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="J144" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K144" s="15">
-        <v>0.08028</v>
+        <v>0.07466</v>
       </c>
       <c r="L144" s="15">
-        <v>0.06958</v>
+        <v>0.06469999999999999</v>
       </c>
       <c r="M144" s="15">
-        <v>0.0669</v>
-[...1 lines deleted...]
-      <c r="N144" s="15"/>
+        <v>0.06221</v>
+      </c>
+      <c r="N144" s="15">
+        <v>87</v>
+      </c>
       <c r="O144" s="15">
-        <v>262330</v>
-[...3 lines deleted...]
-      </c>
+        <v>7900</v>
+      </c>
+      <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>406</v>
+      </c>
+      <c r="E145" s="15">
+        <v>10080040572</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I145" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I145" s="15"/>
       <c r="J145" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K145" s="15">
-        <v>0.06569</v>
+        <v>0.12423</v>
       </c>
       <c r="L145" s="15">
-        <v>0.05693</v>
+        <v>0.08988</v>
       </c>
       <c r="M145" s="15">
-        <v>0.05474</v>
+        <v>0.07843</v>
       </c>
       <c r="N145" s="15"/>
-      <c r="O145" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O145" s="15"/>
+      <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="E146" s="15">
-        <v>10080040573</v>
+        <v>10080003157</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="J146" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K146" s="15">
-        <v>0.10473</v>
+        <v>0.08028</v>
       </c>
       <c r="L146" s="15">
-        <v>0.09077</v>
+        <v>0.06958</v>
       </c>
       <c r="M146" s="15">
-        <v>0.08728</v>
+        <v>0.0669</v>
       </c>
       <c r="N146" s="15"/>
-      <c r="O146" s="15"/>
+      <c r="O146" s="15">
+        <v>129048</v>
+      </c>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="J147" s="15">
         <v>1500</v>
       </c>
       <c r="K147" s="15">
-        <v>0.11448</v>
+        <v>0.06569</v>
       </c>
       <c r="L147" s="15">
-        <v>0.09922</v>
+        <v>0.05693</v>
       </c>
       <c r="M147" s="15">
-        <v>0.0954</v>
-[...4 lines deleted...]
-      <c r="O147" s="15"/>
+        <v>0.05474</v>
+      </c>
+      <c r="N147" s="15"/>
+      <c r="O147" s="15">
+        <v>15200</v>
+      </c>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="E148" s="15">
-        <v>10080046881</v>
+        <v>10080040573</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="J148" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K148" s="15">
-        <v>0.09228</v>
+        <v>0.10473</v>
       </c>
       <c r="L148" s="15">
-        <v>0.07998</v>
+        <v>0.09077</v>
       </c>
       <c r="M148" s="15">
-        <v>0.0769</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08728</v>
+      </c>
+      <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J149" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K149" s="15">
-        <v>0.0936</v>
+        <v>0.11448</v>
       </c>
       <c r="L149" s="15">
-        <v>0.08112</v>
+        <v>0.09922</v>
       </c>
       <c r="M149" s="15">
-        <v>0.078</v>
+        <v>0.0954</v>
       </c>
       <c r="N149" s="15">
-        <v>790</v>
+        <v>1187</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E150" s="15">
-        <v>10080017980</v>
+        <v>10080046881</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="J150" s="15">
         <v>1000</v>
       </c>
       <c r="K150" s="15">
-        <v>0.09986</v>
+        <v>0.09228</v>
       </c>
       <c r="L150" s="15">
-        <v>0.08654000000000001</v>
+        <v>0.07998</v>
       </c>
       <c r="M150" s="15">
-        <v>0.08321000000000001</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0769</v>
+      </c>
+      <c r="N150" s="15">
+        <v>11286</v>
+      </c>
+      <c r="O150" s="15"/>
+      <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.0936</v>
       </c>
       <c r="L151" s="15">
         <v>0.08112</v>
       </c>
       <c r="M151" s="15">
         <v>0.078</v>
       </c>
-      <c r="N151" s="15"/>
-[...5 lines deleted...]
-      </c>
+      <c r="N151" s="15">
+        <v>308</v>
+      </c>
+      <c r="O151" s="15"/>
+      <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E152" s="15">
-        <v>10080040574</v>
+        <v>10080017980</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I152" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I152" s="15" t="s">
+        <v>427</v>
+      </c>
       <c r="J152" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K152" s="15">
-        <v>0.09569999999999999</v>
+        <v>0.09986</v>
       </c>
       <c r="L152" s="15">
-        <v>0.08294</v>
+        <v>0.08654000000000001</v>
       </c>
       <c r="M152" s="15">
-        <v>0.07975</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08321000000000001</v>
+      </c>
+      <c r="N152" s="15"/>
       <c r="O152" s="15">
-        <v>4970</v>
-[...3 lines deleted...]
-      </c>
+        <v>18000</v>
+      </c>
+      <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I153" s="15"/>
+      <c r="I153" s="15" t="s">
+        <v>431</v>
+      </c>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
-        <v>0.1035</v>
+        <v>0.0936</v>
       </c>
       <c r="L153" s="15">
-        <v>0.0897</v>
+        <v>0.08112</v>
       </c>
       <c r="M153" s="15">
-        <v>0.08624999999999999</v>
+        <v>0.078</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15">
-        <v>657</v>
-[...3 lines deleted...]
-      </c>
+        <v>7600</v>
+      </c>
+      <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="E154" s="15">
-        <v>10080066536</v>
+        <v>10080040574</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K154" s="15">
-        <v>0.1509</v>
+        <v>0.09569999999999999</v>
       </c>
       <c r="L154" s="15">
-        <v>0.12575</v>
+        <v>0.08294</v>
       </c>
       <c r="M154" s="15">
-        <v>0.12072</v>
-[...3 lines deleted...]
-      <c r="P154" s="15"/>
+        <v>0.07975</v>
+      </c>
+      <c r="N154" s="15">
+        <v>2940</v>
+      </c>
+      <c r="O154" s="15">
+        <v>5880</v>
+      </c>
+      <c r="P154" s="15" t="s">
+        <v>389</v>
+      </c>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>10080071700</v>
+        <v>435</v>
+      </c>
+      <c r="E155" s="15" t="s">
+        <v>436</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>1000</v>
       </c>
       <c r="K155" s="15">
-        <v>0.09608</v>
+        <v>0.1035</v>
       </c>
       <c r="L155" s="15">
-        <v>0.08327</v>
+        <v>0.0897</v>
       </c>
       <c r="M155" s="15">
-        <v>0.08006000000000001</v>
-[...4 lines deleted...]
-      <c r="O155" s="15"/>
+        <v>0.08624999999999999</v>
+      </c>
+      <c r="N155" s="15"/>
+      <c r="O155" s="15">
+        <v>810</v>
+      </c>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>438</v>
+      </c>
+      <c r="E156" s="15">
+        <v>10080066536</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I156" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>1000</v>
       </c>
       <c r="K156" s="15">
-        <v>0.0968</v>
+        <v>0.1509</v>
       </c>
       <c r="L156" s="15">
-        <v>0.08389000000000001</v>
+        <v>0.12575</v>
       </c>
       <c r="M156" s="15">
-        <v>0.08066</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12072</v>
+      </c>
+      <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E157" s="15">
-        <v>10080003158</v>
+        <v>10080071700</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="J157" s="15">
         <v>1000</v>
       </c>
       <c r="K157" s="15">
-        <v>0.09648</v>
+        <v>0.09608</v>
       </c>
       <c r="L157" s="15">
-        <v>0.08362</v>
+        <v>0.08327</v>
       </c>
       <c r="M157" s="15">
-        <v>0.0804</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="N157" s="15">
-        <v>75076</v>
+        <v>6338</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J158" s="15">
         <v>1000</v>
       </c>
       <c r="K158" s="15">
-        <v>0.09776</v>
+        <v>0.0968</v>
       </c>
       <c r="L158" s="15">
-        <v>0.08472</v>
+        <v>0.08389000000000001</v>
       </c>
       <c r="M158" s="15">
-        <v>0.08146</v>
+        <v>0.08066</v>
       </c>
       <c r="N158" s="15">
-        <v>7154</v>
+        <v>405</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="E159" s="15">
-        <v>10080016343</v>
+        <v>10080003158</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I159" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I159" s="15" t="s">
+        <v>448</v>
+      </c>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
-        <v>0.1334</v>
+        <v>0.09648</v>
       </c>
       <c r="L159" s="15">
-        <v>0.11561</v>
+        <v>0.08362</v>
       </c>
       <c r="M159" s="15">
-        <v>0.11116</v>
+        <v>0.0804</v>
       </c>
       <c r="N159" s="15">
-        <v>10044</v>
+        <v>59984</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
-        <v>0.12648</v>
+        <v>0.09776</v>
       </c>
       <c r="L160" s="15">
-        <v>0.10962</v>
+        <v>0.08472</v>
       </c>
       <c r="M160" s="15">
-        <v>0.1054</v>
+        <v>0.08146</v>
       </c>
       <c r="N160" s="15">
-        <v>406</v>
+        <v>6762</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>454</v>
+      </c>
+      <c r="E161" s="15">
+        <v>10080016343</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>1000</v>
       </c>
       <c r="K161" s="15">
-        <v>0.12707</v>
+        <v>0.1334</v>
       </c>
       <c r="L161" s="15">
-        <v>0.11012</v>
+        <v>0.11561</v>
       </c>
       <c r="M161" s="15">
-        <v>0.10589</v>
+        <v>0.11116</v>
       </c>
       <c r="N161" s="15">
-        <v>686</v>
+        <v>9672</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>455</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>456</v>
       </c>
-      <c r="E162" s="15">
-        <v>10080012445</v>
+      <c r="E162" s="15" t="s">
+        <v>457</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J162" s="15">
         <v>1000</v>
       </c>
       <c r="K162" s="15">
-        <v>0.11549</v>
+        <v>0.12648</v>
       </c>
       <c r="L162" s="15">
-        <v>0.10009</v>
+        <v>0.10962</v>
       </c>
       <c r="M162" s="15">
-        <v>0.09624000000000001</v>
+        <v>0.1054</v>
       </c>
       <c r="N162" s="15">
-        <v>4208</v>
+        <v>337</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
-        <v>0.11591</v>
+        <v>0.12707</v>
       </c>
       <c r="L163" s="15">
-        <v>0.10045</v>
+        <v>0.11012</v>
       </c>
       <c r="M163" s="15">
-        <v>0.09659</v>
+        <v>0.10589</v>
       </c>
       <c r="N163" s="15">
-        <v>4400</v>
+        <v>662</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="E164" s="15">
-        <v>10080047946</v>
+        <v>10080012445</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I164" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I164" s="15" t="s">
+        <v>465</v>
+      </c>
       <c r="J164" s="15">
         <v>1000</v>
       </c>
       <c r="K164" s="15">
-        <v>0.13235</v>
+        <v>0.11549</v>
       </c>
       <c r="L164" s="15">
-        <v>0.1147</v>
+        <v>0.10009</v>
       </c>
       <c r="M164" s="15">
-        <v>0.11029</v>
+        <v>0.09624000000000001</v>
       </c>
       <c r="N164" s="15">
-        <v>1835</v>
+        <v>4366</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>465</v>
-[...2 lines deleted...]
-        <v>10080046603</v>
+        <v>467</v>
+      </c>
+      <c r="E165" s="15" t="s">
+        <v>468</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="J165" s="15">
         <v>1000</v>
       </c>
       <c r="K165" s="15">
-        <v>0.12711</v>
+        <v>0.11591</v>
       </c>
       <c r="L165" s="15">
-        <v>0.11016</v>
+        <v>0.10045</v>
       </c>
       <c r="M165" s="15">
-        <v>0.10593</v>
+        <v>0.09659</v>
       </c>
       <c r="N165" s="15">
-        <v>11033</v>
+        <v>3650</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>468</v>
-[...2 lines deleted...]
-        <v>469</v>
+        <v>471</v>
+      </c>
+      <c r="E166" s="15">
+        <v>10080047946</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I166" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>1000</v>
       </c>
       <c r="K166" s="15">
-        <v>0.12914</v>
+        <v>0.13235</v>
       </c>
       <c r="L166" s="15">
-        <v>0.11192</v>
+        <v>0.1147</v>
       </c>
       <c r="M166" s="15">
-        <v>0.10761</v>
+        <v>0.11029</v>
       </c>
       <c r="N166" s="15">
-        <v>4350</v>
+        <v>2416</v>
       </c>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E167" s="15">
-        <v>10080003159</v>
+        <v>10080046603</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J167" s="15">
         <v>1000</v>
       </c>
       <c r="K167" s="15">
-        <v>0.11366</v>
+        <v>0.12711</v>
       </c>
       <c r="L167" s="15">
-        <v>0.0985</v>
+        <v>0.11016</v>
       </c>
       <c r="M167" s="15">
-        <v>0.09471</v>
+        <v>0.10593</v>
       </c>
       <c r="N167" s="15">
-        <v>18391</v>
-[...6 lines deleted...]
-      </c>
+        <v>7162</v>
+      </c>
+      <c r="O167" s="15"/>
+      <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>10000006841</v>
+        <v>476</v>
+      </c>
+      <c r="E168" s="15" t="s">
+        <v>477</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I168" s="15" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="J168" s="15">
         <v>1000</v>
       </c>
       <c r="K168" s="15">
-        <v>0.19453</v>
+        <v>0.12914</v>
       </c>
       <c r="L168" s="15">
-        <v>0.11285</v>
+        <v>0.11192</v>
       </c>
       <c r="M168" s="15">
-        <v>0.10172</v>
-[...1 lines deleted...]
-      <c r="N168" s="15"/>
+        <v>0.10761</v>
+      </c>
+      <c r="N168" s="15">
+        <v>4250</v>
+      </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>478</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>480</v>
+      </c>
+      <c r="E169" s="15">
+        <v>10080003159</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I169" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I169" s="15" t="s">
+        <v>481</v>
+      </c>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
-        <v>0.08831</v>
+        <v>0.11366</v>
       </c>
       <c r="L169" s="15">
-        <v>0.07653</v>
+        <v>0.0985</v>
       </c>
       <c r="M169" s="15">
-        <v>0.07359</v>
-[...2 lines deleted...]
-      <c r="O169" s="15"/>
+        <v>0.09471</v>
+      </c>
+      <c r="N169" s="15">
+        <v>2053</v>
+      </c>
+      <c r="O169" s="15">
+        <v>24300</v>
+      </c>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-        <v>482</v>
+        <v>483</v>
+      </c>
+      <c r="E170" s="15">
+        <v>10000006841</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I170" s="15" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
-        <v>0.116</v>
+        <v>0.19453</v>
       </c>
       <c r="L170" s="15">
-        <v>0.10053</v>
+        <v>0.11285</v>
       </c>
       <c r="M170" s="15">
-        <v>0.09666</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10172</v>
+      </c>
+      <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-        <v>10080016342</v>
+        <v>486</v>
+      </c>
+      <c r="E171" s="15" t="s">
+        <v>487</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>1000</v>
       </c>
       <c r="K171" s="15">
-        <v>0.1484</v>
+        <v>0.08831</v>
       </c>
       <c r="L171" s="15">
-        <v>0.12861</v>
+        <v>0.07653</v>
       </c>
       <c r="M171" s="15">
-        <v>0.12366</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.07359</v>
+      </c>
+      <c r="N171" s="15"/>
+      <c r="O171" s="15"/>
+      <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-        <v>10080054557</v>
+        <v>489</v>
+      </c>
+      <c r="E172" s="15" t="s">
+        <v>490</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I172" s="15"/>
+      <c r="I172" s="15" t="s">
+        <v>491</v>
+      </c>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
-        <v>0.17082</v>
+        <v>0.116</v>
       </c>
       <c r="L172" s="15">
-        <v>0.14804</v>
+        <v>0.10053</v>
       </c>
       <c r="M172" s="15">
-        <v>0.14235</v>
-[...1 lines deleted...]
-      <c r="N172" s="15"/>
+        <v>0.09666</v>
+      </c>
+      <c r="N172" s="15">
+        <v>5880</v>
+      </c>
       <c r="O172" s="15"/>
-      <c r="P172" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-        <v>490</v>
+        <v>493</v>
+      </c>
+      <c r="E173" s="15">
+        <v>10080016342</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I173" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>1000</v>
       </c>
       <c r="K173" s="15">
-        <v>0.14387</v>
+        <v>0.1484</v>
       </c>
       <c r="L173" s="15">
-        <v>0.12468</v>
+        <v>0.12861</v>
       </c>
       <c r="M173" s="15">
-        <v>0.11989</v>
+        <v>0.12366</v>
       </c>
       <c r="N173" s="15">
-        <v>612</v>
-[...2 lines deleted...]
-      <c r="P173" s="15"/>
+        <v>2271</v>
+      </c>
+      <c r="O173" s="15">
+        <v>3000</v>
+      </c>
+      <c r="P173" s="15" t="s">
+        <v>389</v>
+      </c>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>495</v>
+      </c>
+      <c r="E174" s="15">
+        <v>10080054557</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>1000</v>
       </c>
       <c r="K174" s="15">
-        <v>0.14183</v>
+        <v>0.17082</v>
       </c>
       <c r="L174" s="15">
-        <v>0.12292</v>
+        <v>0.14804</v>
       </c>
       <c r="M174" s="15">
-        <v>0.11819</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.14235</v>
+      </c>
+      <c r="N174" s="15"/>
+      <c r="O174" s="15"/>
+      <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>496</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>497</v>
       </c>
       <c r="E175" s="15" t="s">
         <v>498</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>499</v>
       </c>
       <c r="J175" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K175" s="15">
-        <v>0.13914</v>
+        <v>0.14387</v>
       </c>
       <c r="L175" s="15">
-        <v>0.12059</v>
+        <v>0.12468</v>
       </c>
       <c r="M175" s="15">
-        <v>0.11595</v>
+        <v>0.11989</v>
       </c>
       <c r="N175" s="15">
-        <v>747</v>
+        <v>729</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E176" s="15" t="s">
         <v>502</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I176" s="15" t="s">
         <v>503</v>
       </c>
       <c r="J176" s="15">
         <v>1000</v>
       </c>
       <c r="K176" s="15">
-        <v>0.13691</v>
+        <v>0.14183</v>
       </c>
       <c r="L176" s="15">
-        <v>0.11865</v>
+        <v>0.12292</v>
       </c>
       <c r="M176" s="15">
-        <v>0.11409</v>
+        <v>0.11819</v>
       </c>
       <c r="N176" s="15">
-        <v>1467</v>
-[...1 lines deleted...]
-      <c r="O176" s="15"/>
+        <v>963</v>
+      </c>
+      <c r="O176" s="15">
+        <v>1260</v>
+      </c>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>504</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>505</v>
       </c>
-      <c r="E177" s="15">
-        <v>10080003160</v>
+      <c r="E177" s="15" t="s">
+        <v>506</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J177" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K177" s="15">
-        <v>0.13766</v>
+        <v>0.13914</v>
       </c>
       <c r="L177" s="15">
-        <v>0.1193</v>
+        <v>0.12059</v>
       </c>
       <c r="M177" s="15">
-        <v>0.11471</v>
+        <v>0.11595</v>
       </c>
       <c r="N177" s="15">
-        <v>10604</v>
+        <v>549</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="E178" s="15" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J178" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K178" s="15">
-        <v>0.13991</v>
+        <v>0.13691</v>
       </c>
       <c r="L178" s="15">
-        <v>0.12125</v>
+        <v>0.11865</v>
       </c>
       <c r="M178" s="15">
-        <v>0.11659</v>
+        <v>0.11409</v>
       </c>
       <c r="N178" s="15">
-        <v>890</v>
+        <v>1012</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="E179" s="15" t="s">
         <v>513</v>
+      </c>
+      <c r="E179" s="15">
+        <v>10080003160</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="I179" s="15" t="s">
         <v>514</v>
       </c>
-      <c r="I179" s="15"/>
       <c r="J179" s="15">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="K179" s="15">
-        <v>2.37</v>
+        <v>0.13766</v>
       </c>
       <c r="L179" s="15">
-        <v>1.99</v>
+        <v>0.1193</v>
       </c>
       <c r="M179" s="15">
-        <v>1.91</v>
-[...1 lines deleted...]
-      <c r="N179" s="15"/>
+        <v>0.11471</v>
+      </c>
+      <c r="N179" s="15">
+        <v>9289</v>
+      </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>515</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>516</v>
       </c>
-      <c r="E180" s="15">
-        <v>10080010559</v>
+      <c r="E180" s="15" t="s">
+        <v>517</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I180" s="15"/>
+      <c r="I180" s="15" t="s">
+        <v>518</v>
+      </c>
       <c r="J180" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K180" s="15">
-        <v>0.19778</v>
+        <v>0.13991</v>
       </c>
       <c r="L180" s="15">
-        <v>0.17141</v>
+        <v>0.12125</v>
       </c>
       <c r="M180" s="15">
-        <v>0.16481</v>
+        <v>0.11659</v>
       </c>
       <c r="N180" s="15">
-        <v>4693</v>
+        <v>670</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="E181" s="15" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="I181" s="15"/>
       <c r="J181" s="15">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="K181" s="15">
-        <v>0.15941</v>
+        <v>2.37</v>
       </c>
       <c r="L181" s="15">
-        <v>0.13815</v>
+        <v>1.99</v>
       </c>
       <c r="M181" s="15">
-        <v>0.13284</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.91</v>
+      </c>
+      <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="E182" s="15">
-        <v>10080032318</v>
+        <v>10080010559</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I182" s="15"/>
       <c r="J182" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K182" s="15">
-        <v>0.16049</v>
+        <v>0.19778</v>
       </c>
       <c r="L182" s="15">
-        <v>0.13909</v>
+        <v>0.17141</v>
       </c>
       <c r="M182" s="15">
-        <v>0.13374</v>
+        <v>0.16481</v>
       </c>
       <c r="N182" s="15">
-        <v>10018</v>
+        <v>4380</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E183" s="15" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I183" s="15"/>
+      <c r="I183" s="15" t="s">
+        <v>528</v>
+      </c>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
-        <v>0.17189</v>
+        <v>0.15941</v>
       </c>
       <c r="L183" s="15">
-        <v>0.14897</v>
+        <v>0.13815</v>
       </c>
       <c r="M183" s="15">
-        <v>0.14324</v>
+        <v>0.13284</v>
       </c>
       <c r="N183" s="15">
-        <v>440</v>
+        <v>2508</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="E184" s="15">
-        <v>10080003155</v>
+        <v>10080032318</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I184" s="15" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
-        <v>0.1718</v>
+        <v>0.16049</v>
       </c>
       <c r="L184" s="15">
-        <v>0.14889</v>
+        <v>0.13909</v>
       </c>
       <c r="M184" s="15">
-        <v>0.14316</v>
+        <v>0.13374</v>
       </c>
       <c r="N184" s="15">
-        <v>3969</v>
+        <v>7923</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="E185" s="15" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I185" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>500</v>
       </c>
       <c r="K185" s="15">
-        <v>0.1757</v>
+        <v>0.17189</v>
       </c>
       <c r="L185" s="15">
-        <v>0.15227</v>
+        <v>0.14897</v>
       </c>
       <c r="M185" s="15">
-        <v>0.14641</v>
+        <v>0.14324</v>
       </c>
       <c r="N185" s="15">
-        <v>1974</v>
+        <v>415</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E186" s="15">
-        <v>10080039268</v>
+        <v>10080003155</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="J186" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K186" s="15">
-        <v>0.19682</v>
+        <v>0.1718</v>
       </c>
       <c r="L186" s="15">
-        <v>0.17057</v>
+        <v>0.14889</v>
       </c>
       <c r="M186" s="15">
-        <v>0.16401</v>
+        <v>0.14316</v>
       </c>
       <c r="N186" s="15">
-        <v>230</v>
+        <v>2995</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="E187" s="15" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="J187" s="15">
         <v>500</v>
       </c>
       <c r="K187" s="15">
-        <v>0.20204</v>
+        <v>0.1757</v>
       </c>
       <c r="L187" s="15">
-        <v>0.1751</v>
+        <v>0.15227</v>
       </c>
       <c r="M187" s="15">
-        <v>0.16836</v>
+        <v>0.14641</v>
       </c>
       <c r="N187" s="15">
-        <v>696</v>
+        <v>2363</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>543</v>
+      </c>
+      <c r="E188" s="15">
+        <v>10080039268</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I188" s="15"/>
+      <c r="I188" s="15" t="s">
+        <v>544</v>
+      </c>
       <c r="J188" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K188" s="15">
-        <v>0.16377</v>
+        <v>0.19682</v>
       </c>
       <c r="L188" s="15">
-        <v>0.14193</v>
+        <v>0.17057</v>
       </c>
       <c r="M188" s="15">
-        <v>0.13648</v>
+        <v>0.16401</v>
       </c>
       <c r="N188" s="15">
-        <v>6556</v>
+        <v>294</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-        <v>10080049399</v>
+        <v>543</v>
+      </c>
+      <c r="E189" s="15" t="s">
+        <v>545</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J189" s="15">
         <v>500</v>
       </c>
       <c r="K189" s="15">
-        <v>0.2183</v>
+        <v>0.20204</v>
       </c>
       <c r="L189" s="15">
-        <v>0.18919</v>
+        <v>0.1751</v>
       </c>
       <c r="M189" s="15">
-        <v>0.18191</v>
+        <v>0.16836</v>
       </c>
       <c r="N189" s="15">
-        <v>1129</v>
+        <v>488</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="E190" s="15" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I190" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I190" s="15"/>
       <c r="J190" s="15">
         <v>500</v>
       </c>
       <c r="K190" s="15">
-        <v>0.22049</v>
+        <v>0.16377</v>
       </c>
       <c r="L190" s="15">
-        <v>0.19109</v>
+        <v>0.14193</v>
       </c>
       <c r="M190" s="15">
-        <v>0.18374</v>
+        <v>0.13648</v>
       </c>
       <c r="N190" s="15">
-        <v>644</v>
+        <v>5388</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E191" s="15">
-        <v>10080012536</v>
+        <v>10080049399</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="J191" s="15">
         <v>500</v>
       </c>
       <c r="K191" s="15">
-        <v>0.21942</v>
+        <v>0.2183</v>
       </c>
       <c r="L191" s="15">
-        <v>0.19016</v>
+        <v>0.18919</v>
       </c>
       <c r="M191" s="15">
-        <v>0.18285</v>
+        <v>0.18191</v>
       </c>
       <c r="N191" s="15">
-        <v>1659</v>
+        <v>1317</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E192" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="J192" s="15">
         <v>500</v>
       </c>
       <c r="K192" s="15">
-        <v>0.22296</v>
+        <v>0.22049</v>
       </c>
       <c r="L192" s="15">
-        <v>0.19323</v>
+        <v>0.19109</v>
       </c>
       <c r="M192" s="15">
-        <v>0.1858</v>
+        <v>0.18374</v>
       </c>
       <c r="N192" s="15">
-        <v>882</v>
+        <v>703</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E193" s="15">
-        <v>10080040578</v>
+        <v>10080012536</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I193" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I193" s="15" t="s">
+        <v>558</v>
+      </c>
       <c r="J193" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K193" s="15">
-        <v>0.21936</v>
+        <v>0.21942</v>
       </c>
       <c r="L193" s="15">
-        <v>0.19011</v>
+        <v>0.19016</v>
       </c>
       <c r="M193" s="15">
-        <v>0.1828</v>
+        <v>0.18285</v>
       </c>
       <c r="N193" s="15">
-        <v>3516</v>
+        <v>1700</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-        <v>10080040559</v>
+        <v>560</v>
+      </c>
+      <c r="E194" s="15" t="s">
+        <v>561</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I194" s="15" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="J194" s="15">
         <v>500</v>
       </c>
       <c r="K194" s="15">
-        <v>0.26628</v>
+        <v>0.22296</v>
       </c>
       <c r="L194" s="15">
-        <v>0.23078</v>
+        <v>0.19323</v>
       </c>
       <c r="M194" s="15">
-        <v>0.2219</v>
+        <v>0.1858</v>
       </c>
       <c r="N194" s="15">
-        <v>1235</v>
+        <v>664</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>564</v>
+      </c>
+      <c r="E195" s="15">
+        <v>10080040578</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I195" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>250</v>
       </c>
       <c r="K195" s="15">
-        <v>0.27009</v>
+        <v>0.21936</v>
       </c>
       <c r="L195" s="15">
-        <v>0.23408</v>
+        <v>0.19011</v>
       </c>
       <c r="M195" s="15">
-        <v>0.22508</v>
+        <v>0.1828</v>
       </c>
       <c r="N195" s="15">
-        <v>594</v>
+        <v>3981</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E196" s="15">
-        <v>10080034412</v>
+        <v>10080040559</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I196" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I196" s="15" t="s">
+        <v>567</v>
+      </c>
       <c r="J196" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K196" s="15">
-        <v>0.24197</v>
+        <v>0.26628</v>
       </c>
       <c r="L196" s="15">
-        <v>0.2097</v>
+        <v>0.23078</v>
       </c>
       <c r="M196" s="15">
-        <v>0.20164</v>
+        <v>0.2219</v>
       </c>
       <c r="N196" s="15">
-        <v>967</v>
+        <v>1595</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>10080033051</v>
+        <v>569</v>
+      </c>
+      <c r="E197" s="15" t="s">
+        <v>570</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="J197" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K197" s="15">
-        <v>0.29049</v>
+        <v>0.27009</v>
       </c>
       <c r="L197" s="15">
-        <v>0.25176</v>
+        <v>0.23408</v>
       </c>
       <c r="M197" s="15">
-        <v>0.24208</v>
+        <v>0.22508</v>
       </c>
       <c r="N197" s="15">
-        <v>3245</v>
+        <v>580</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>573</v>
+      </c>
+      <c r="E198" s="15">
+        <v>10080034412</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I198" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>250</v>
       </c>
       <c r="K198" s="15">
-        <v>0.29873</v>
+        <v>0.24197</v>
       </c>
       <c r="L198" s="15">
-        <v>0.2589</v>
+        <v>0.2097</v>
       </c>
       <c r="M198" s="15">
-        <v>0.24894</v>
+        <v>0.20164</v>
       </c>
       <c r="N198" s="15">
-        <v>750</v>
+        <v>880</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="E199" s="15" t="s">
         <v>575</v>
+      </c>
+      <c r="E199" s="15">
+        <v>10080033051</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I199" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I199" s="15" t="s">
+        <v>576</v>
+      </c>
       <c r="J199" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K199" s="15">
-        <v>0.5515099999999999</v>
+        <v>0.29049</v>
       </c>
       <c r="L199" s="15">
-        <v>0.47797</v>
+        <v>0.25176</v>
       </c>
       <c r="M199" s="15">
-        <v>0.45959</v>
+        <v>0.24208</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>10080037666</v>
+        <v>578</v>
+      </c>
+      <c r="E200" s="15" t="s">
+        <v>579</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="J200" s="15">
         <v>250</v>
       </c>
       <c r="K200" s="15">
-        <v>0.34661</v>
+        <v>0.29873</v>
       </c>
       <c r="L200" s="15">
-        <v>0.30039</v>
+        <v>0.2589</v>
       </c>
       <c r="M200" s="15">
-        <v>0.28884</v>
+        <v>0.24894</v>
       </c>
       <c r="N200" s="15">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I201" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I201" s="15"/>
       <c r="J201" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K201" s="15">
-        <v>0.35207</v>
+        <v>0.5515099999999999</v>
       </c>
       <c r="L201" s="15">
-        <v>0.30512</v>
+        <v>0.47797</v>
       </c>
       <c r="M201" s="15">
-        <v>0.29339</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.45959</v>
+      </c>
+      <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="E202" s="15" t="s">
         <v>585</v>
+      </c>
+      <c r="E202" s="15">
+        <v>10080037666</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I202" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I202" s="15" t="s">
+        <v>586</v>
+      </c>
       <c r="J202" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K202" s="15">
-        <v>0.05496</v>
+        <v>0.34661</v>
       </c>
       <c r="L202" s="15">
-        <v>0.04763</v>
+        <v>0.30039</v>
       </c>
       <c r="M202" s="15">
-        <v>0.0458</v>
-[...1 lines deleted...]
-      <c r="N202" s="15"/>
+        <v>0.28884</v>
+      </c>
+      <c r="N202" s="15">
+        <v>714</v>
+      </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E203" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I203" s="15"/>
+      <c r="I203" s="15" t="s">
+        <v>590</v>
+      </c>
       <c r="J203" s="15">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="K203" s="15">
-        <v>0.03749</v>
+        <v>0.35207</v>
       </c>
       <c r="L203" s="15">
-        <v>0.03249</v>
+        <v>0.30512</v>
       </c>
       <c r="M203" s="15">
-        <v>0.03124</v>
-[...1 lines deleted...]
-      <c r="N203" s="15"/>
+        <v>0.29339</v>
+      </c>
+      <c r="N203" s="15">
+        <v>614</v>
+      </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E204" s="15" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K204" s="15">
-        <v>0.05964</v>
+        <v>0.05496</v>
       </c>
       <c r="L204" s="15">
-        <v>0.05169</v>
+        <v>0.04763</v>
       </c>
       <c r="M204" s="15">
-        <v>0.0497</v>
+        <v>0.0458</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I205" s="15"/>
-      <c r="J205" s="15"/>
+      <c r="J205" s="15">
+        <v>2000</v>
+      </c>
       <c r="K205" s="15">
-        <v>0.08917</v>
+        <v>0.03749</v>
       </c>
       <c r="L205" s="15">
-        <v>0.07479</v>
+        <v>0.03249</v>
       </c>
       <c r="M205" s="15">
-        <v>0.07191</v>
+        <v>0.03124</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>10080056804</v>
+        <v>598</v>
+      </c>
+      <c r="E206" s="15" t="s">
+        <v>599</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I206" s="15"/>
-      <c r="J206" s="15"/>
+      <c r="J206" s="15">
+        <v>1500</v>
+      </c>
       <c r="K206" s="15">
-        <v>0.12512</v>
+        <v>0.05964</v>
       </c>
       <c r="L206" s="15">
-        <v>0.0726</v>
+        <v>0.05169</v>
       </c>
       <c r="M206" s="15">
-        <v>0.06542000000000001</v>
+        <v>0.0497</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>10080054791</v>
+        <v>601</v>
+      </c>
+      <c r="E207" s="15" t="s">
+        <v>602</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I207" s="15"/>
-      <c r="J207" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J207" s="15"/>
       <c r="K207" s="15">
-        <v>0.07281</v>
+        <v>0.08917</v>
       </c>
       <c r="L207" s="15">
-        <v>0.0631</v>
+        <v>0.07479</v>
       </c>
       <c r="M207" s="15">
-        <v>0.06068</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07191</v>
+      </c>
+      <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-        <v>601</v>
+        <v>604</v>
+      </c>
+      <c r="E208" s="15">
+        <v>10080056804</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I208" s="15"/>
-      <c r="J208" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J208" s="15"/>
       <c r="K208" s="15">
-        <v>0.07208000000000001</v>
+        <v>0.12512</v>
       </c>
       <c r="L208" s="15">
-        <v>0.06247</v>
+        <v>0.0726</v>
       </c>
       <c r="M208" s="15">
-        <v>0.06006</v>
+        <v>0.06542000000000001</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>604</v>
+        <v>606</v>
+      </c>
+      <c r="E209" s="15">
+        <v>10080054791</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>1000</v>
       </c>
       <c r="K209" s="15">
-        <v>0.1287</v>
+        <v>0.07281</v>
       </c>
       <c r="L209" s="15">
-        <v>0.11154</v>
+        <v>0.0631</v>
       </c>
       <c r="M209" s="15">
-        <v>0.10725</v>
+        <v>0.06068</v>
       </c>
       <c r="N209" s="15">
-        <v>2668</v>
+        <v>1780</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-        <v>10080067893</v>
+        <v>608</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>609</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15">
         <v>1000</v>
       </c>
       <c r="K210" s="15">
-        <v>0.11648</v>
+        <v>0.07208000000000001</v>
       </c>
       <c r="L210" s="15">
-        <v>0.10095</v>
+        <v>0.06247</v>
       </c>
       <c r="M210" s="15">
-        <v>0.09705999999999999</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.06006</v>
+      </c>
+      <c r="N210" s="15"/>
+      <c r="O210" s="15"/>
+      <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-        <v>10080066543</v>
+        <v>611</v>
+      </c>
+      <c r="E211" s="15" t="s">
+        <v>612</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I211" s="15"/>
       <c r="J211" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K211" s="15">
-        <v>0.24443</v>
+        <v>0.1287</v>
       </c>
       <c r="L211" s="15">
-        <v>0.17684</v>
+        <v>0.11154</v>
       </c>
       <c r="M211" s="15">
-        <v>0.15432</v>
+        <v>0.10725</v>
       </c>
       <c r="N211" s="15">
-        <v>90</v>
-[...6 lines deleted...]
-      </c>
+        <v>3347</v>
+      </c>
+      <c r="O211" s="15"/>
+      <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>614</v>
+      </c>
+      <c r="E212" s="15">
+        <v>10080067893</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I212" s="15"/>
       <c r="J212" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K212" s="15">
-        <v>0.17937</v>
+        <v>0.11648</v>
       </c>
       <c r="L212" s="15">
-        <v>0.15545</v>
+        <v>0.10095</v>
       </c>
       <c r="M212" s="15">
-        <v>0.14948</v>
+        <v>0.09705999999999999</v>
       </c>
       <c r="N212" s="15">
-        <v>968</v>
+        <v>75</v>
       </c>
       <c r="O212" s="15">
-        <v>750</v>
+        <v>720</v>
       </c>
       <c r="P212" s="15" t="s">
-        <v>425</v>
+        <v>389</v>
       </c>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="E213" s="15">
-        <v>10080038266</v>
+        <v>10080066543</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
-        <v>0.15363</v>
+        <v>0.24443</v>
       </c>
       <c r="L213" s="15">
-        <v>0.13315</v>
+        <v>0.17684</v>
       </c>
       <c r="M213" s="15">
-        <v>0.12803</v>
+        <v>0.15432</v>
       </c>
       <c r="N213" s="15">
-        <v>3862</v>
-[...2 lines deleted...]
-      <c r="P213" s="15"/>
+        <v>81</v>
+      </c>
+      <c r="O213" s="15">
+        <v>1220</v>
+      </c>
+      <c r="P213" s="15" t="s">
+        <v>389</v>
+      </c>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>10080056206</v>
+        <v>618</v>
+      </c>
+      <c r="E214" s="15" t="s">
+        <v>619</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>500</v>
       </c>
       <c r="K214" s="15">
-        <v>0.22941</v>
+        <v>0.17937</v>
       </c>
       <c r="L214" s="15">
-        <v>0.19882</v>
+        <v>0.15545</v>
       </c>
       <c r="M214" s="15">
-        <v>0.19118</v>
-[...5 lines deleted...]
-      <c r="P214" s="15"/>
+        <v>0.14948</v>
+      </c>
+      <c r="N214" s="15"/>
+      <c r="O214" s="15">
+        <v>356</v>
+      </c>
+      <c r="P214" s="15" t="s">
+        <v>389</v>
+      </c>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="E215" s="15">
-        <v>10080064705</v>
+        <v>10080038266</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
-        <v>0.20906</v>
+        <v>0.15363</v>
       </c>
       <c r="L215" s="15">
-        <v>0.18118</v>
+        <v>0.13315</v>
       </c>
       <c r="M215" s="15">
-        <v>0.17421</v>
+        <v>0.12803</v>
       </c>
       <c r="N215" s="15">
-        <v>9835</v>
+        <v>1768</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="E216" s="15">
-        <v>10080046856</v>
+        <v>10080056206</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K216" s="15">
-        <v>0.62748</v>
+        <v>0.22941</v>
       </c>
       <c r="L216" s="15">
-        <v>0.54382</v>
+        <v>0.19882</v>
       </c>
       <c r="M216" s="15">
-        <v>0.5229</v>
+        <v>0.19118</v>
       </c>
       <c r="N216" s="15">
-        <v>1129</v>
+        <v>1700</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>622</v>
+        <v>625</v>
+      </c>
+      <c r="E217" s="15">
+        <v>10080064705</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>500</v>
       </c>
       <c r="K217" s="15">
-        <v>0.26322</v>
+        <v>0.20906</v>
       </c>
       <c r="L217" s="15">
-        <v>0.22812</v>
+        <v>0.18118</v>
       </c>
       <c r="M217" s="15">
-        <v>0.21935</v>
+        <v>0.17421</v>
       </c>
       <c r="N217" s="15">
-        <v>680</v>
+        <v>7649</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="E218" s="15">
-        <v>10080053149</v>
+        <v>10080046856</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I218" s="15"/>
       <c r="J218" s="15">
         <v>250</v>
       </c>
       <c r="K218" s="15">
-        <v>0.64842</v>
+        <v>0.62748</v>
       </c>
       <c r="L218" s="15">
-        <v>0.56196</v>
+        <v>0.54382</v>
       </c>
       <c r="M218" s="15">
-        <v>0.54035</v>
+        <v>0.5229</v>
       </c>
       <c r="N218" s="15">
-        <v>1163</v>
+        <v>1406</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-        <v>10080049126</v>
+        <v>629</v>
+      </c>
+      <c r="E219" s="15" t="s">
+        <v>630</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I219" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I219" s="15" t="s">
+        <v>631</v>
+      </c>
       <c r="J219" s="15">
         <v>500</v>
       </c>
       <c r="K219" s="15">
-        <v>0.56403</v>
+        <v>0.26322</v>
       </c>
       <c r="L219" s="15">
-        <v>0.48883</v>
+        <v>0.22812</v>
       </c>
       <c r="M219" s="15">
-        <v>0.47003</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21935</v>
+      </c>
+      <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="E220" s="15">
-        <v>10080056207</v>
+        <v>10080053149</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I220" s="15"/>
-      <c r="J220" s="15"/>
+      <c r="J220" s="15">
+        <v>250</v>
+      </c>
       <c r="K220" s="15">
-        <v>1.04</v>
+        <v>0.64842</v>
       </c>
       <c r="L220" s="15">
-        <v>0.6919</v>
+        <v>0.56196</v>
       </c>
       <c r="M220" s="15">
-        <v>0.6279</v>
+        <v>0.54035</v>
       </c>
       <c r="N220" s="15">
-        <v>275</v>
+        <v>1297</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="E221" s="15">
-        <v>10080046857</v>
+        <v>10080049126</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K221" s="15">
-        <v>0.95669</v>
+        <v>0.56403</v>
       </c>
       <c r="L221" s="15">
-        <v>0.82913</v>
+        <v>0.48883</v>
       </c>
       <c r="M221" s="15">
-        <v>0.7972399999999999</v>
+        <v>0.47003</v>
       </c>
       <c r="N221" s="15">
-        <v>69</v>
+        <v>866</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="E222" s="15">
-        <v>10080069814</v>
+        <v>10080056207</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I222" s="15"/>
-      <c r="J222" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J222" s="15"/>
       <c r="K222" s="15">
-        <v>0.34109</v>
+        <v>1.04</v>
       </c>
       <c r="L222" s="15">
-        <v>0.28425</v>
+        <v>0.6919</v>
       </c>
       <c r="M222" s="15">
-        <v>0.27287</v>
-[...1 lines deleted...]
-      <c r="N222" s="15"/>
+        <v>0.6279</v>
+      </c>
+      <c r="N222" s="15">
+        <v>246</v>
+      </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>639</v>
+      </c>
+      <c r="E223" s="15">
+        <v>10080046857</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="K223" s="15">
-        <v>0.80576</v>
+        <v>0.95669</v>
       </c>
       <c r="L223" s="15">
-        <v>0.77073</v>
+        <v>0.82913</v>
       </c>
       <c r="M223" s="15">
-        <v>0.73569</v>
-[...1 lines deleted...]
-      <c r="N223" s="15"/>
+        <v>0.7972399999999999</v>
+      </c>
+      <c r="N223" s="15">
+        <v>81</v>
+      </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>639</v>
+        <v>641</v>
+      </c>
+      <c r="E224" s="15">
+        <v>10080069814</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>1000</v>
       </c>
       <c r="K224" s="15">
-        <v>0.05324</v>
+        <v>0.34109</v>
       </c>
       <c r="L224" s="15">
-        <v>0.04614</v>
+        <v>0.28425</v>
       </c>
       <c r="M224" s="15">
-        <v>0.04436</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27287</v>
+      </c>
+      <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="E225" s="15" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I225" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I225" s="15"/>
       <c r="J225" s="15">
-        <v>2000</v>
+        <v>250</v>
       </c>
       <c r="K225" s="15">
-        <v>0.05288</v>
+        <v>0.80576</v>
       </c>
       <c r="L225" s="15">
-        <v>0.04583</v>
+        <v>0.77073</v>
       </c>
       <c r="M225" s="15">
-        <v>0.04406</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.73569</v>
+      </c>
+      <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>645</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>646</v>
       </c>
-      <c r="E226" s="15">
-        <v>10080003161</v>
+      <c r="E226" s="15" t="s">
+        <v>647</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="J226" s="15">
         <v>1000</v>
       </c>
       <c r="K226" s="15">
-        <v>0.05349</v>
+        <v>0.05324</v>
       </c>
       <c r="L226" s="15">
-        <v>0.04636</v>
+        <v>0.04614</v>
       </c>
       <c r="M226" s="15">
-        <v>0.04458</v>
+        <v>0.04436</v>
       </c>
       <c r="N226" s="15">
-        <v>62290</v>
+        <v>340</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-        <v>10080010560</v>
+        <v>650</v>
+      </c>
+      <c r="E227" s="15" t="s">
+        <v>651</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I227" s="15"/>
+      <c r="I227" s="15" t="s">
+        <v>652</v>
+      </c>
       <c r="J227" s="15">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="K227" s="15">
-        <v>0.05985</v>
+        <v>0.05288</v>
       </c>
       <c r="L227" s="15">
-        <v>0.05187</v>
+        <v>0.04583</v>
       </c>
       <c r="M227" s="15">
-        <v>0.04988</v>
+        <v>0.04406</v>
       </c>
       <c r="N227" s="15">
-        <v>7273</v>
+        <v>1626</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>654</v>
+      </c>
+      <c r="E228" s="15">
+        <v>10080003161</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="J228" s="15">
         <v>1000</v>
       </c>
       <c r="K228" s="15">
-        <v>0.05334</v>
+        <v>0.05349</v>
       </c>
       <c r="L228" s="15">
-        <v>0.04623</v>
+        <v>0.04636</v>
       </c>
       <c r="M228" s="15">
-        <v>0.04445</v>
+        <v>0.04458</v>
       </c>
       <c r="N228" s="15">
-        <v>820</v>
+        <v>72945</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="E229" s="15">
-        <v>10080069665</v>
+        <v>10080010560</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="K229" s="15">
-        <v>0.04695</v>
+        <v>0.05985</v>
       </c>
       <c r="L229" s="15">
-        <v>0.04069</v>
+        <v>0.05187</v>
       </c>
       <c r="M229" s="15">
-        <v>0.03913</v>
+        <v>0.04988</v>
       </c>
       <c r="N229" s="15">
-        <v>95</v>
+        <v>8668</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>10080026651</v>
+        <v>659</v>
+      </c>
+      <c r="E230" s="15" t="s">
+        <v>660</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="J230" s="15">
         <v>1000</v>
       </c>
       <c r="K230" s="15">
-        <v>0.04772</v>
+        <v>0.05334</v>
       </c>
       <c r="L230" s="15">
-        <v>0.04135</v>
+        <v>0.04623</v>
       </c>
       <c r="M230" s="15">
-        <v>0.03976</v>
+        <v>0.04445</v>
       </c>
       <c r="N230" s="15">
-        <v>5350</v>
+        <v>630</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-        <v>661</v>
+        <v>663</v>
+      </c>
+      <c r="E231" s="15">
+        <v>10080069665</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I231" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>1000</v>
       </c>
       <c r="K231" s="15">
-        <v>0.0501</v>
+        <v>0.04695</v>
       </c>
       <c r="L231" s="15">
-        <v>0.04342</v>
+        <v>0.04069</v>
       </c>
       <c r="M231" s="15">
-        <v>0.04175</v>
+        <v>0.03913</v>
       </c>
       <c r="N231" s="15">
-        <v>630</v>
+        <v>141</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E232" s="15">
-        <v>10080047947</v>
+        <v>10080026651</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I232" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I232" s="15" t="s">
+        <v>666</v>
+      </c>
       <c r="J232" s="15">
         <v>1000</v>
       </c>
       <c r="K232" s="15">
-        <v>0.0533</v>
+        <v>0.04772</v>
       </c>
       <c r="L232" s="15">
-        <v>0.04619</v>
+        <v>0.04135</v>
       </c>
       <c r="M232" s="15">
-        <v>0.04441</v>
+        <v>0.03976</v>
       </c>
       <c r="N232" s="15">
-        <v>2708</v>
+        <v>6028</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>666</v>
-[...2 lines deleted...]
-        <v>10080003165</v>
+        <v>668</v>
+      </c>
+      <c r="E233" s="15" t="s">
+        <v>669</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="J233" s="15">
         <v>1000</v>
       </c>
       <c r="K233" s="15">
-        <v>0.066</v>
+        <v>0.0501</v>
       </c>
       <c r="L233" s="15">
-        <v>0.0572</v>
+        <v>0.04342</v>
       </c>
       <c r="M233" s="15">
-        <v>0.055</v>
+        <v>0.04175</v>
       </c>
       <c r="N233" s="15">
-        <v>141574</v>
+        <v>840</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-        <v>670</v>
+        <v>672</v>
+      </c>
+      <c r="E234" s="15">
+        <v>10080047947</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I234" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I234" s="15"/>
       <c r="J234" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K234" s="15">
-        <v>0.06632</v>
+        <v>0.0533</v>
       </c>
       <c r="L234" s="15">
-        <v>0.05747</v>
+        <v>0.04619</v>
       </c>
       <c r="M234" s="15">
-        <v>0.05526</v>
+        <v>0.04441</v>
       </c>
       <c r="N234" s="15">
-        <v>1954</v>
+        <v>1585</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E235" s="15">
-        <v>10080039269</v>
+        <v>10080003165</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I235" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I235" s="15" t="s">
+        <v>675</v>
+      </c>
       <c r="J235" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K235" s="15">
-        <v>0.07668</v>
+        <v>0.066</v>
       </c>
       <c r="L235" s="15">
-        <v>0.06646000000000001</v>
+        <v>0.0572</v>
       </c>
       <c r="M235" s="15">
-        <v>0.0639</v>
+        <v>0.055</v>
       </c>
       <c r="N235" s="15">
-        <v>4095</v>
+        <v>172130</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-        <v>10080048233</v>
+        <v>677</v>
+      </c>
+      <c r="E236" s="15" t="s">
+        <v>678</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="J236" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K236" s="15">
-        <v>0.0776</v>
+        <v>0.06632</v>
       </c>
       <c r="L236" s="15">
-        <v>0.06725</v>
+        <v>0.05747</v>
       </c>
       <c r="M236" s="15">
-        <v>0.06466</v>
+        <v>0.05526</v>
       </c>
       <c r="N236" s="15">
-        <v>6080</v>
-[...6 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="O236" s="15"/>
+      <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-        <v>679</v>
+        <v>681</v>
+      </c>
+      <c r="E237" s="15">
+        <v>10080039269</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I237" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>2000</v>
       </c>
       <c r="K237" s="15">
-        <v>0.07542</v>
+        <v>0.07668</v>
       </c>
       <c r="L237" s="15">
-        <v>0.06536</v>
+        <v>0.06646000000000001</v>
       </c>
       <c r="M237" s="15">
-        <v>0.06285</v>
+        <v>0.0639</v>
       </c>
       <c r="N237" s="15">
-        <v>7787</v>
+        <v>4500</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="E238" s="15">
-        <v>10080006096</v>
+        <v>10080048233</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I238" s="15" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="J238" s="15">
         <v>1000</v>
       </c>
       <c r="K238" s="15">
-        <v>0.07265000000000001</v>
+        <v>0.0776</v>
       </c>
       <c r="L238" s="15">
-        <v>0.06296</v>
+        <v>0.06725</v>
       </c>
       <c r="M238" s="15">
-        <v>0.06054</v>
+        <v>0.06466</v>
       </c>
       <c r="N238" s="15">
-        <v>16371</v>
-[...1 lines deleted...]
-      <c r="O238" s="15"/>
+        <v>5427</v>
+      </c>
+      <c r="O238" s="15">
+        <v>6700</v>
+      </c>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="E239" s="15" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I239" s="15" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="J239" s="15">
         <v>2000</v>
       </c>
       <c r="K239" s="15">
-        <v>0.07199</v>
+        <v>0.07542</v>
       </c>
       <c r="L239" s="15">
-        <v>0.06239</v>
+        <v>0.06536</v>
       </c>
       <c r="M239" s="15">
-        <v>0.05999</v>
+        <v>0.06285</v>
       </c>
       <c r="N239" s="15">
-        <v>6020</v>
+        <v>6892</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="E240" s="15">
-        <v>10080040579</v>
+        <v>10080006096</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I240" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I240" s="15" t="s">
+        <v>691</v>
+      </c>
       <c r="J240" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K240" s="15">
-        <v>0.09568</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L240" s="15">
-        <v>0.05521</v>
+        <v>0.06296</v>
       </c>
       <c r="M240" s="15">
-        <v>0.04969</v>
-[...1 lines deleted...]
-      <c r="N240" s="15"/>
+        <v>0.06054</v>
+      </c>
+      <c r="N240" s="15">
+        <v>16389</v>
+      </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>10080067215</v>
+        <v>693</v>
+      </c>
+      <c r="E241" s="15" t="s">
+        <v>694</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I241" s="15"/>
+      <c r="I241" s="15" t="s">
+        <v>695</v>
+      </c>
       <c r="J241" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K241" s="15">
-        <v>0.09014</v>
+        <v>0.07199</v>
       </c>
       <c r="L241" s="15">
-        <v>0.06522</v>
+        <v>0.06239</v>
       </c>
       <c r="M241" s="15">
-        <v>0.0569</v>
+        <v>0.05999</v>
       </c>
       <c r="N241" s="15">
-        <v>3934</v>
+        <v>4340</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="E242" s="15">
-        <v>10080003162</v>
+        <v>10080040579</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I242" s="15"/>
       <c r="J242" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K242" s="15">
-        <v>0.0824</v>
+        <v>0.09568</v>
       </c>
       <c r="L242" s="15">
-        <v>0.07141</v>
+        <v>0.05521</v>
       </c>
       <c r="M242" s="15">
-        <v>0.06866</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04969</v>
+      </c>
+      <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>699</v>
+      </c>
+      <c r="E243" s="15">
+        <v>10080067215</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I243" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I243" s="15"/>
       <c r="J243" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K243" s="15">
-        <v>0.08351</v>
+        <v>0.09014</v>
       </c>
       <c r="L243" s="15">
-        <v>0.07237</v>
+        <v>0.06522</v>
       </c>
       <c r="M243" s="15">
-        <v>0.06959</v>
+        <v>0.0569</v>
       </c>
       <c r="N243" s="15">
-        <v>700</v>
+        <v>3171</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="E244" s="15">
-        <v>10080040580</v>
+        <v>10080003162</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I244" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I244" s="15" t="s">
+        <v>702</v>
+      </c>
       <c r="J244" s="15">
         <v>1000</v>
       </c>
       <c r="K244" s="15">
-        <v>0.0731</v>
+        <v>0.0824</v>
       </c>
       <c r="L244" s="15">
-        <v>0.06335</v>
+        <v>0.07141</v>
       </c>
       <c r="M244" s="15">
-        <v>0.06091</v>
+        <v>0.06866</v>
       </c>
       <c r="N244" s="15">
-        <v>430</v>
+        <v>35960</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="E245" s="15" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="J245" s="15">
         <v>1000</v>
       </c>
       <c r="K245" s="15">
-        <v>0.09999</v>
+        <v>0.08351</v>
       </c>
       <c r="L245" s="15">
-        <v>0.08666</v>
+        <v>0.07237</v>
       </c>
       <c r="M245" s="15">
-        <v>0.08333</v>
+        <v>0.06959</v>
       </c>
       <c r="N245" s="15">
-        <v>820</v>
+        <v>670</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="E246" s="15">
-        <v>10080050059</v>
+        <v>10080040580</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>1000</v>
       </c>
       <c r="K246" s="15">
-        <v>0.09987</v>
+        <v>0.0731</v>
       </c>
       <c r="L246" s="15">
-        <v>0.08655</v>
+        <v>0.06335</v>
       </c>
       <c r="M246" s="15">
-        <v>0.08323</v>
+        <v>0.06091</v>
       </c>
       <c r="N246" s="15">
-        <v>3392</v>
+        <v>441</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>10080031651</v>
+        <v>710</v>
+      </c>
+      <c r="E247" s="15" t="s">
+        <v>711</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="J247" s="15">
         <v>1000</v>
       </c>
       <c r="K247" s="15">
-        <v>0.10677</v>
+        <v>0.09999</v>
       </c>
       <c r="L247" s="15">
-        <v>0.09253</v>
+        <v>0.08666</v>
       </c>
       <c r="M247" s="15">
-        <v>0.08898</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.08333</v>
+      </c>
+      <c r="N247" s="15">
+        <v>830</v>
+      </c>
+      <c r="O247" s="15"/>
+      <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-        <v>713</v>
+        <v>714</v>
+      </c>
+      <c r="E248" s="15">
+        <v>10080050059</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J248" s="15">
         <v>1000</v>
       </c>
       <c r="K248" s="15">
-        <v>0.09891</v>
+        <v>0.09987</v>
       </c>
       <c r="L248" s="15">
-        <v>0.08572</v>
+        <v>0.08655</v>
       </c>
       <c r="M248" s="15">
-        <v>0.08243</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.08323</v>
+      </c>
+      <c r="N248" s="15">
+        <v>2746</v>
+      </c>
+      <c r="O248" s="15"/>
+      <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="E249" s="15">
-        <v>10080035099</v>
+        <v>10080031651</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="J249" s="15">
         <v>1000</v>
       </c>
       <c r="K249" s="15">
-        <v>0.0975</v>
+        <v>0.10677</v>
       </c>
       <c r="L249" s="15">
-        <v>0.08450000000000001</v>
+        <v>0.09253</v>
       </c>
       <c r="M249" s="15">
-        <v>0.08125</v>
+        <v>0.08898</v>
       </c>
       <c r="N249" s="15"/>
-      <c r="O249" s="15"/>
+      <c r="O249" s="15">
+        <v>5180</v>
+      </c>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="I250" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="I250" s="15" t="s">
+        <v>722</v>
+      </c>
       <c r="J250" s="15">
         <v>1000</v>
       </c>
       <c r="K250" s="15">
-        <v>0.08499</v>
+        <v>0.09891</v>
       </c>
       <c r="L250" s="15">
-        <v>0.08006000000000001</v>
+        <v>0.08572</v>
       </c>
       <c r="M250" s="15">
-        <v>0.07759000000000001</v>
+        <v>0.08243</v>
       </c>
       <c r="N250" s="15"/>
-      <c r="O250" s="15"/>
+      <c r="O250" s="15">
+        <v>8600</v>
+      </c>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="E251" s="15">
-        <v>10080003163</v>
+        <v>10080035099</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I251" s="15" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="J251" s="15">
         <v>1000</v>
       </c>
       <c r="K251" s="15">
-        <v>0.10158</v>
+        <v>0.0975</v>
       </c>
       <c r="L251" s="15">
-        <v>0.08803999999999999</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M251" s="15">
-        <v>0.08465</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.08125</v>
+      </c>
+      <c r="N251" s="15"/>
+      <c r="O251" s="15"/>
+      <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="I252" s="15"/>
       <c r="J252" s="15">
         <v>1000</v>
       </c>
       <c r="K252" s="15">
-        <v>0.10301</v>
+        <v>0.08499</v>
       </c>
       <c r="L252" s="15">
-        <v>0.08927</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="M252" s="15">
-        <v>0.08584</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07759000000000001</v>
+      </c>
+      <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E253" s="15">
-        <v>10080040581</v>
+        <v>10080003163</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I253" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I253" s="15" t="s">
+        <v>731</v>
+      </c>
       <c r="J253" s="15">
         <v>1000</v>
       </c>
       <c r="K253" s="15">
-        <v>0.10422</v>
+        <v>0.10158</v>
       </c>
       <c r="L253" s="15">
-        <v>0.09032</v>
+        <v>0.08803999999999999</v>
       </c>
       <c r="M253" s="15">
-        <v>0.08685</v>
+        <v>0.08465</v>
       </c>
       <c r="N253" s="15">
-        <v>5521</v>
-[...1 lines deleted...]
-      <c r="O253" s="15"/>
+        <v>7664</v>
+      </c>
+      <c r="O253" s="15">
+        <v>33600</v>
+      </c>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="E254" s="15" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="J254" s="15">
         <v>1000</v>
       </c>
       <c r="K254" s="15">
-        <v>0.11304</v>
+        <v>0.10301</v>
       </c>
       <c r="L254" s="15">
-        <v>0.09797</v>
+        <v>0.08927</v>
       </c>
       <c r="M254" s="15">
-        <v>0.09420000000000001</v>
+        <v>0.08584</v>
       </c>
       <c r="N254" s="15">
-        <v>574</v>
-[...6 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="O254" s="15"/>
+      <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>735</v>
-[...2 lines deleted...]
-        <v>736</v>
+        <v>737</v>
+      </c>
+      <c r="E255" s="15">
+        <v>10080040581</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I255" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I255" s="15"/>
       <c r="J255" s="15">
         <v>1000</v>
       </c>
       <c r="K255" s="15">
-        <v>0.11145</v>
+        <v>0.10422</v>
       </c>
       <c r="L255" s="15">
-        <v>0.09659</v>
+        <v>0.09032</v>
       </c>
       <c r="M255" s="15">
-        <v>0.09288</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.08685</v>
+      </c>
+      <c r="N255" s="15">
+        <v>4614</v>
+      </c>
+      <c r="O255" s="15"/>
+      <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C256" s="15" t="s">
         <v>738</v>
       </c>
       <c r="D256" s="15" t="s">
         <v>739</v>
       </c>
-      <c r="E256" s="15">
-        <v>10080003164</v>
+      <c r="E256" s="15" t="s">
+        <v>740</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J256" s="15">
         <v>1000</v>
       </c>
       <c r="K256" s="15">
-        <v>0.13001</v>
+        <v>0.11304</v>
       </c>
       <c r="L256" s="15">
-        <v>0.11267</v>
+        <v>0.09797</v>
       </c>
       <c r="M256" s="15">
-        <v>0.10834</v>
-[...1 lines deleted...]
-      <c r="N256" s="15"/>
+        <v>0.09420000000000001</v>
+      </c>
+      <c r="N256" s="15">
+        <v>449</v>
+      </c>
       <c r="O256" s="15">
-        <v>25600</v>
-[...3 lines deleted...]
-      </c>
+        <v>1830</v>
+      </c>
+      <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="J257" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K257" s="15">
-        <v>0.12251</v>
+        <v>0.11145</v>
       </c>
       <c r="L257" s="15">
-        <v>0.10617</v>
+        <v>0.09659</v>
       </c>
       <c r="M257" s="15">
-        <v>0.10209</v>
+        <v>0.09288</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15">
-        <v>6300</v>
-[...3 lines deleted...]
-      </c>
+        <v>1800</v>
+      </c>
+      <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="E258" s="15">
-        <v>10080040582</v>
+        <v>10080003164</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I258" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I258" s="15" t="s">
+        <v>748</v>
+      </c>
       <c r="J258" s="15">
         <v>1000</v>
       </c>
       <c r="K258" s="15">
-        <v>0.1236</v>
+        <v>0.13001</v>
       </c>
       <c r="L258" s="15">
-        <v>0.10712</v>
+        <v>0.11267</v>
       </c>
       <c r="M258" s="15">
-        <v>0.103</v>
+        <v>0.10834</v>
       </c>
       <c r="N258" s="15"/>
-      <c r="O258" s="15"/>
+      <c r="O258" s="15">
+        <v>27149</v>
+      </c>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="E259" s="15" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I259" s="15"/>
+      <c r="I259" s="15" t="s">
+        <v>752</v>
+      </c>
       <c r="J259" s="15">
         <v>500</v>
       </c>
       <c r="K259" s="15">
-        <v>0.12773</v>
+        <v>0.12251</v>
       </c>
       <c r="L259" s="15">
-        <v>0.1107</v>
+        <v>0.10617</v>
       </c>
       <c r="M259" s="15">
-        <v>0.10644</v>
+        <v>0.10209</v>
       </c>
       <c r="N259" s="15"/>
-      <c r="O259" s="15"/>
+      <c r="O259" s="15">
+        <v>6100</v>
+      </c>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>754</v>
+      </c>
+      <c r="E260" s="15">
+        <v>10080040582</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I260" s="15"/>
       <c r="J260" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K260" s="15">
-        <v>0.17308</v>
+        <v>0.1236</v>
       </c>
       <c r="L260" s="15">
-        <v>0.12522</v>
+        <v>0.10712</v>
       </c>
       <c r="M260" s="15">
-        <v>0.10927</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.103</v>
+      </c>
+      <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="E261" s="15" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I261" s="15"/>
       <c r="J261" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K261" s="15">
-        <v>0.1496</v>
+        <v>0.12773</v>
       </c>
       <c r="L261" s="15">
-        <v>0.12965</v>
+        <v>0.1107</v>
       </c>
       <c r="M261" s="15">
-        <v>0.12466</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.10644</v>
+      </c>
+      <c r="N261" s="15"/>
+      <c r="O261" s="15"/>
+      <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E262" s="15" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I262" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I262" s="15"/>
       <c r="J262" s="15">
         <v>500</v>
       </c>
       <c r="K262" s="15">
-        <v>0.13214</v>
+        <v>0.17308</v>
       </c>
       <c r="L262" s="15">
-        <v>0.11452</v>
+        <v>0.12522</v>
       </c>
       <c r="M262" s="15">
-        <v>0.11011</v>
+        <v>0.10927</v>
       </c>
       <c r="N262" s="15">
-        <v>70</v>
-[...6 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="O262" s="15"/>
+      <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>761</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>762</v>
       </c>
-      <c r="E263" s="15">
-        <v>10080003166</v>
+      <c r="E263" s="15" t="s">
+        <v>763</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="J263" s="15">
         <v>1000</v>
       </c>
       <c r="K263" s="15">
-        <v>0.14402</v>
+        <v>0.1496</v>
       </c>
       <c r="L263" s="15">
-        <v>0.12481</v>
+        <v>0.12965</v>
       </c>
       <c r="M263" s="15">
-        <v>0.12001</v>
-[...1 lines deleted...]
-      <c r="N263" s="15"/>
+        <v>0.12466</v>
+      </c>
+      <c r="N263" s="15">
+        <v>371</v>
+      </c>
       <c r="O263" s="15">
-        <v>3800</v>
-[...3 lines deleted...]
-      </c>
+        <v>1300</v>
+      </c>
+      <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="E264" s="15" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="J264" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K264" s="15">
-        <v>0.13622</v>
+        <v>0.13214</v>
       </c>
       <c r="L264" s="15">
-        <v>0.11805</v>
+        <v>0.11452</v>
       </c>
       <c r="M264" s="15">
-        <v>0.11351</v>
+        <v>0.11011</v>
       </c>
       <c r="N264" s="15">
-        <v>3900</v>
-[...1 lines deleted...]
-      <c r="O264" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="O264" s="15">
+        <v>720</v>
+      </c>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="E265" s="15">
-        <v>10080039172</v>
+        <v>10080003166</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I265" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I265" s="15" t="s">
+        <v>771</v>
+      </c>
       <c r="J265" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K265" s="15">
-        <v>0.14093</v>
+        <v>0.14402</v>
       </c>
       <c r="L265" s="15">
-        <v>0.12214</v>
+        <v>0.12481</v>
       </c>
       <c r="M265" s="15">
-        <v>0.11744</v>
-[...4 lines deleted...]
-      <c r="O265" s="15"/>
+        <v>0.12001</v>
+      </c>
+      <c r="N265" s="15"/>
+      <c r="O265" s="15">
+        <v>3850</v>
+      </c>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>10080045772</v>
+        <v>773</v>
+      </c>
+      <c r="E266" s="15" t="s">
+        <v>774</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="J266" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K266" s="15">
-        <v>0.19421</v>
+        <v>0.13622</v>
       </c>
       <c r="L266" s="15">
-        <v>0.16831</v>
+        <v>0.11805</v>
       </c>
       <c r="M266" s="15">
-        <v>0.16184</v>
+        <v>0.11351</v>
       </c>
       <c r="N266" s="15">
-        <v>27580</v>
+        <v>3650</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>777</v>
+      </c>
+      <c r="E267" s="15">
+        <v>10080039172</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I267" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>500</v>
       </c>
       <c r="K267" s="15">
-        <v>0.1959</v>
+        <v>0.14093</v>
       </c>
       <c r="L267" s="15">
-        <v>0.16978</v>
+        <v>0.12214</v>
       </c>
       <c r="M267" s="15">
-        <v>0.16325</v>
+        <v>0.11744</v>
       </c>
       <c r="N267" s="15">
-        <v>720</v>
+        <v>7935</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="E268" s="15" t="s">
         <v>779</v>
+      </c>
+      <c r="E268" s="15">
+        <v>10080045772</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I268" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I268" s="15" t="s">
+        <v>780</v>
+      </c>
       <c r="J268" s="15">
         <v>500</v>
       </c>
       <c r="K268" s="15">
-        <v>0.1908</v>
+        <v>0.19421</v>
       </c>
       <c r="L268" s="15">
-        <v>0.16536</v>
+        <v>0.16831</v>
       </c>
       <c r="M268" s="15">
-        <v>0.159</v>
-[...1 lines deleted...]
-      <c r="N268" s="15"/>
+        <v>0.16184</v>
+      </c>
+      <c r="N268" s="15">
+        <v>24231</v>
+      </c>
       <c r="O268" s="15"/>
-      <c r="P268" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-        <v>10080034287</v>
+        <v>782</v>
+      </c>
+      <c r="E269" s="15" t="s">
+        <v>783</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="J269" s="15">
         <v>500</v>
       </c>
       <c r="K269" s="15">
-        <v>0.21924</v>
+        <v>0.1959</v>
       </c>
       <c r="L269" s="15">
-        <v>0.19001</v>
+        <v>0.16978</v>
       </c>
       <c r="M269" s="15">
-        <v>0.1827</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.16325</v>
+      </c>
+      <c r="N269" s="15">
+        <v>600</v>
+      </c>
+      <c r="O269" s="15"/>
+      <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="E270" s="15" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I270" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>500</v>
       </c>
       <c r="K270" s="15">
-        <v>0.22292</v>
+        <v>0.1908</v>
       </c>
       <c r="L270" s="15">
-        <v>0.19319</v>
+        <v>0.16536</v>
       </c>
       <c r="M270" s="15">
-        <v>0.18576</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.159</v>
+      </c>
+      <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="E271" s="15">
-        <v>10080051423</v>
+        <v>10080034287</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="J271" s="15">
         <v>500</v>
       </c>
       <c r="K271" s="15">
-        <v>0.30204</v>
+        <v>0.21924</v>
       </c>
       <c r="L271" s="15">
-        <v>0.26177</v>
+        <v>0.19001</v>
       </c>
       <c r="M271" s="15">
-        <v>0.2517</v>
+        <v>0.1827</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15">
-        <v>1420</v>
-[...3 lines deleted...]
-      </c>
+        <v>1200</v>
+      </c>
+      <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="J272" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K272" s="15">
-        <v>0.28058</v>
+        <v>0.22292</v>
       </c>
       <c r="L272" s="15">
-        <v>0.24317</v>
+        <v>0.19319</v>
       </c>
       <c r="M272" s="15">
-        <v>0.23381</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.18576</v>
+      </c>
+      <c r="N272" s="15"/>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="E273" s="15">
-        <v>10080019221</v>
+        <v>10080051423</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="J273" s="15">
         <v>500</v>
       </c>
       <c r="K273" s="15">
-        <v>0.29061</v>
+        <v>0.30204</v>
       </c>
       <c r="L273" s="15">
-        <v>0.25186</v>
+        <v>0.26177</v>
       </c>
       <c r="M273" s="15">
-        <v>0.24218</v>
-[...4 lines deleted...]
-      <c r="O273" s="15"/>
+        <v>0.2517</v>
+      </c>
+      <c r="N273" s="15"/>
+      <c r="O273" s="15">
+        <v>1460</v>
+      </c>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="E274" s="15" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="J274" s="15">
         <v>250</v>
       </c>
       <c r="K274" s="15">
-        <v>0.29555</v>
+        <v>0.28058</v>
       </c>
       <c r="L274" s="15">
-        <v>0.25614</v>
+        <v>0.24317</v>
       </c>
       <c r="M274" s="15">
-        <v>0.24629</v>
+        <v>0.23381</v>
       </c>
       <c r="N274" s="15">
-        <v>790</v>
+        <v>860</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="E275" s="15">
-        <v>10080056877</v>
+        <v>10080019221</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I275" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I275" s="15" t="s">
+        <v>804</v>
+      </c>
       <c r="J275" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K275" s="15">
-        <v>0.27798</v>
+        <v>0.29061</v>
       </c>
       <c r="L275" s="15">
-        <v>0.24092</v>
+        <v>0.25186</v>
       </c>
       <c r="M275" s="15">
-        <v>0.23165</v>
-[...1 lines deleted...]
-      <c r="N275" s="15"/>
+        <v>0.24218</v>
+      </c>
+      <c r="N275" s="15">
+        <v>1790</v>
+      </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>10080047287</v>
+        <v>806</v>
+      </c>
+      <c r="E276" s="15" t="s">
+        <v>807</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="J276" s="15">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="K276" s="15">
-        <v>0.38328</v>
+        <v>0.29555</v>
       </c>
       <c r="L276" s="15">
-        <v>0.33218</v>
+        <v>0.25614</v>
       </c>
       <c r="M276" s="15">
-        <v>0.3194</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.24629</v>
+      </c>
+      <c r="N276" s="15">
+        <v>700</v>
+      </c>
+      <c r="O276" s="15"/>
+      <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>808</v>
+        <v>810</v>
+      </c>
+      <c r="E277" s="15">
+        <v>10080056877</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I277" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I277" s="15"/>
       <c r="J277" s="15">
         <v>250</v>
       </c>
       <c r="K277" s="15">
-        <v>0.34845</v>
+        <v>0.27798</v>
       </c>
       <c r="L277" s="15">
-        <v>0.30199</v>
+        <v>0.24092</v>
       </c>
       <c r="M277" s="15">
-        <v>0.29038</v>
+        <v>0.23165</v>
       </c>
       <c r="N277" s="15"/>
-      <c r="O277" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O277" s="15"/>
+      <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>811</v>
-[...1 lines deleted...]
-      <c r="E278" s="15" t="s">
         <v>812</v>
+      </c>
+      <c r="E278" s="15">
+        <v>10080047287</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="I278" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I278" s="15" t="s">
+        <v>813</v>
+      </c>
       <c r="J278" s="15">
-        <v>200</v>
+        <v>300</v>
       </c>
       <c r="K278" s="15">
-        <v>0.85407</v>
+        <v>0.38328</v>
       </c>
       <c r="L278" s="15">
-        <v>0.71631</v>
+        <v>0.33218</v>
       </c>
       <c r="M278" s="15">
-        <v>0.68877</v>
+        <v>0.3194</v>
       </c>
       <c r="N278" s="15"/>
-      <c r="O278" s="15"/>
+      <c r="O278" s="15">
+        <v>1800</v>
+      </c>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I279" s="15"/>
+      <c r="I279" s="15" t="s">
+        <v>817</v>
+      </c>
       <c r="J279" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K279" s="15">
-        <v>0.04092</v>
+        <v>0.34845</v>
       </c>
       <c r="L279" s="15">
-        <v>0.03546</v>
+        <v>0.30199</v>
       </c>
       <c r="M279" s="15">
-        <v>0.0341</v>
-[...4 lines deleted...]
-      <c r="O279" s="15"/>
+        <v>0.29038</v>
+      </c>
+      <c r="N279" s="15"/>
+      <c r="O279" s="15">
+        <v>1320</v>
+      </c>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
-        <v>33</v>
+        <v>522</v>
       </c>
       <c r="I280" s="15"/>
       <c r="J280" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K280" s="15">
-        <v>0.05544</v>
+        <v>0.85407</v>
       </c>
       <c r="L280" s="15">
-        <v>0.04805</v>
+        <v>0.71631</v>
       </c>
       <c r="M280" s="15">
-        <v>0.0462</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.68877</v>
+      </c>
+      <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>1000</v>
       </c>
       <c r="K281" s="15">
-        <v>0.0605</v>
+        <v>0.04092</v>
       </c>
       <c r="L281" s="15">
-        <v>0.05243</v>
+        <v>0.03546</v>
       </c>
       <c r="M281" s="15">
-        <v>0.05041</v>
-[...1 lines deleted...]
-      <c r="N281" s="15"/>
+        <v>0.0341</v>
+      </c>
+      <c r="N281" s="15">
+        <v>358</v>
+      </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-        <v>10080055990</v>
+        <v>825</v>
+      </c>
+      <c r="E282" s="15" t="s">
+        <v>826</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>1000</v>
       </c>
       <c r="K282" s="15">
-        <v>0.10628</v>
+        <v>0.05544</v>
       </c>
       <c r="L282" s="15">
-        <v>0.09211</v>
+        <v>0.04805</v>
       </c>
       <c r="M282" s="15">
-        <v>0.08856</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0462</v>
+      </c>
+      <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K283" s="15">
-        <v>0.05576</v>
+        <v>0.0605</v>
       </c>
       <c r="L283" s="15">
-        <v>0.04832</v>
+        <v>0.05243</v>
       </c>
       <c r="M283" s="15">
-        <v>0.04646</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05041</v>
+      </c>
+      <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="E284" s="15">
-        <v>10080058977</v>
+        <v>10080055990</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>1250</v>
+        <v>1000</v>
       </c>
       <c r="K284" s="15">
-        <v>0.06369</v>
+        <v>0.10628</v>
       </c>
       <c r="L284" s="15">
-        <v>0.0552</v>
+        <v>0.09211</v>
       </c>
       <c r="M284" s="15">
-        <v>0.05308</v>
+        <v>0.08856</v>
       </c>
       <c r="N284" s="15">
-        <v>9748</v>
+        <v>423</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
-        <v>1250</v>
+        <v>3000</v>
       </c>
       <c r="K285" s="15">
-        <v>0.06329</v>
+        <v>0.05576</v>
       </c>
       <c r="L285" s="15">
-        <v>0.05485</v>
+        <v>0.04832</v>
       </c>
       <c r="M285" s="15">
-        <v>0.05274</v>
+        <v>0.04646</v>
       </c>
       <c r="N285" s="15">
-        <v>430</v>
+        <v>4500</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="E286" s="15">
-        <v>10080053584</v>
+        <v>10080058977</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
-        <v>1000</v>
+        <v>1250</v>
       </c>
       <c r="K286" s="15">
-        <v>0.11378</v>
+        <v>0.06369</v>
       </c>
       <c r="L286" s="15">
-        <v>0.09861</v>
+        <v>0.0552</v>
       </c>
       <c r="M286" s="15">
-        <v>0.09481000000000001</v>
+        <v>0.05308</v>
       </c>
       <c r="N286" s="15">
-        <v>1306</v>
+        <v>9312</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>10080064706</v>
+        <v>838</v>
+      </c>
+      <c r="E287" s="15" t="s">
+        <v>839</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
-        <v>500</v>
+        <v>1250</v>
       </c>
       <c r="K287" s="15">
-        <v>0.12762</v>
+        <v>0.06329</v>
       </c>
       <c r="L287" s="15">
-        <v>0.1106</v>
+        <v>0.05485</v>
       </c>
       <c r="M287" s="15">
-        <v>0.10635</v>
+        <v>0.05274</v>
       </c>
       <c r="N287" s="15">
-        <v>640</v>
+        <v>419</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="E288" s="15">
-        <v>10080057779</v>
+        <v>10080053584</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I288" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>1000</v>
       </c>
       <c r="K288" s="15">
-        <v>0.11442</v>
+        <v>0.11378</v>
       </c>
       <c r="L288" s="15">
-        <v>0.09916</v>
+        <v>0.09861</v>
       </c>
       <c r="M288" s="15">
-        <v>0.09535</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.09481000000000001</v>
+      </c>
+      <c r="N288" s="15">
+        <v>1118</v>
+      </c>
+      <c r="O288" s="15"/>
+      <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>837</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>843</v>
+      </c>
+      <c r="E289" s="15">
+        <v>10080064706</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I289" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>500</v>
       </c>
       <c r="K289" s="15">
-        <v>0.12128</v>
+        <v>0.12762</v>
       </c>
       <c r="L289" s="15">
-        <v>0.10511</v>
+        <v>0.1106</v>
       </c>
       <c r="M289" s="15">
-        <v>0.10106</v>
+        <v>0.10635</v>
       </c>
       <c r="N289" s="15">
-        <v>54</v>
+        <v>617</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="E290" s="15">
-        <v>10080039270</v>
+        <v>10080057779</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I290" s="15"/>
+      <c r="I290" s="15" t="s">
+        <v>846</v>
+      </c>
       <c r="J290" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K290" s="15">
-        <v>0.12881</v>
+        <v>0.11442</v>
       </c>
       <c r="L290" s="15">
-        <v>0.11163</v>
+        <v>0.09916</v>
       </c>
       <c r="M290" s="15">
-        <v>0.10734</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09535</v>
+      </c>
+      <c r="N290" s="15"/>
       <c r="O290" s="15">
-        <v>375</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>843</v>
-[...2 lines deleted...]
-        <v>10080042870</v>
+        <v>845</v>
+      </c>
+      <c r="E291" s="15" t="s">
+        <v>847</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I291" s="15"/>
+      <c r="I291" s="15" t="s">
+        <v>846</v>
+      </c>
       <c r="J291" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K291" s="15">
-        <v>0.13665</v>
+        <v>0.12128</v>
       </c>
       <c r="L291" s="15">
-        <v>0.11843</v>
+        <v>0.10511</v>
       </c>
       <c r="M291" s="15">
-        <v>0.11388</v>
-[...1 lines deleted...]
-      <c r="N291" s="15"/>
+        <v>0.10106</v>
+      </c>
+      <c r="N291" s="15">
+        <v>54</v>
+      </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>849</v>
+      </c>
+      <c r="E292" s="15">
+        <v>10080039270</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>500</v>
       </c>
       <c r="K292" s="15">
-        <v>0.13365</v>
+        <v>0.12881</v>
       </c>
       <c r="L292" s="15">
-        <v>0.11583</v>
+        <v>0.11163</v>
       </c>
       <c r="M292" s="15">
-        <v>0.11138</v>
-[...1 lines deleted...]
-      <c r="N292" s="15"/>
+        <v>0.10734</v>
+      </c>
+      <c r="N292" s="15">
+        <v>213</v>
+      </c>
       <c r="O292" s="15">
-        <v>750</v>
+        <v>355</v>
       </c>
       <c r="P292" s="15" t="s">
-        <v>425</v>
+        <v>389</v>
       </c>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="E293" s="15">
-        <v>10080064704</v>
+        <v>10080042870</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K293" s="15">
-        <v>0.16004</v>
+        <v>0.13665</v>
       </c>
       <c r="L293" s="15">
-        <v>0.1387</v>
+        <v>0.11843</v>
       </c>
       <c r="M293" s="15">
-        <v>0.13336</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11388</v>
+      </c>
+      <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>500</v>
       </c>
       <c r="K294" s="15">
-        <v>0.29547</v>
+        <v>0.13365</v>
       </c>
       <c r="L294" s="15">
-        <v>0.21377</v>
+        <v>0.11583</v>
       </c>
       <c r="M294" s="15">
-        <v>0.18654</v>
+        <v>0.11138</v>
       </c>
       <c r="N294" s="15"/>
       <c r="O294" s="15">
-        <v>670</v>
+        <v>740</v>
       </c>
       <c r="P294" s="15" t="s">
-        <v>40</v>
+        <v>389</v>
       </c>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="E295" s="15">
-        <v>10080064708</v>
+        <v>10080064704</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I295" s="15"/>
-      <c r="J295" s="15"/>
+      <c r="J295" s="15">
+        <v>500</v>
+      </c>
       <c r="K295" s="15">
-        <v>0.50856</v>
+        <v>0.16004</v>
       </c>
       <c r="L295" s="15">
-        <v>0.29504</v>
+        <v>0.1387</v>
       </c>
       <c r="M295" s="15">
-        <v>0.26593</v>
-[...1 lines deleted...]
-      <c r="N295" s="15"/>
+        <v>0.13336</v>
+      </c>
+      <c r="N295" s="15">
+        <v>1488</v>
+      </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="E296" s="15" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I296" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I296" s="15"/>
       <c r="J296" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K296" s="15">
-        <v>0.32538</v>
+        <v>0.29547</v>
       </c>
       <c r="L296" s="15">
-        <v>0.282</v>
+        <v>0.21377</v>
       </c>
       <c r="M296" s="15">
-        <v>0.27115</v>
-[...4 lines deleted...]
-      <c r="O296" s="15"/>
+        <v>0.18654</v>
+      </c>
+      <c r="N296" s="15"/>
+      <c r="O296" s="15">
+        <v>740</v>
+      </c>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="E297" s="15">
-        <v>10080069763</v>
+        <v>10080064708</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15"/>
       <c r="K297" s="15">
-        <v>0.6294</v>
+        <v>0.50856</v>
       </c>
       <c r="L297" s="15">
-        <v>0.52449</v>
+        <v>0.29504</v>
       </c>
       <c r="M297" s="15">
-        <v>0.50352</v>
+        <v>0.26593</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>10080003139</v>
+        <v>863</v>
+      </c>
+      <c r="E298" s="15" t="s">
+        <v>864</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I298" s="15" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="J298" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K298" s="15">
-        <v>0.06137</v>
+        <v>0.32538</v>
       </c>
       <c r="L298" s="15">
-        <v>0.05318</v>
+        <v>0.282</v>
       </c>
       <c r="M298" s="15">
-        <v>0.05114</v>
+        <v>0.27115</v>
       </c>
       <c r="N298" s="15">
-        <v>93</v>
-[...6 lines deleted...]
-      </c>
+        <v>870</v>
+      </c>
+      <c r="O298" s="15"/>
+      <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="E299" s="15">
-        <v>10080003140</v>
+        <v>10080069763</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I299" s="15"/>
+      <c r="J299" s="15"/>
       <c r="K299" s="15">
-        <v>0.07256</v>
+        <v>0.6294</v>
       </c>
       <c r="L299" s="15">
-        <v>0.06288000000000001</v>
+        <v>0.52449</v>
       </c>
       <c r="M299" s="15">
-        <v>0.06046</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.50352</v>
+      </c>
+      <c r="N299" s="15"/>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>867</v>
-[...2 lines deleted...]
-        <v>868</v>
+        <v>869</v>
+      </c>
+      <c r="E300" s="15">
+        <v>10080003139</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I300" s="15" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="J300" s="15">
         <v>1000</v>
       </c>
       <c r="K300" s="15">
-        <v>0.0731</v>
+        <v>0.06137</v>
       </c>
       <c r="L300" s="15">
-        <v>0.06335</v>
+        <v>0.05318</v>
       </c>
       <c r="M300" s="15">
-        <v>0.06091</v>
+        <v>0.05114</v>
       </c>
       <c r="N300" s="15">
-        <v>603</v>
-[...1 lines deleted...]
-      <c r="O300" s="15"/>
+        <v>93</v>
+      </c>
+      <c r="O300" s="15">
+        <v>2490</v>
+      </c>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E301" s="15">
-        <v>10080003141</v>
+        <v>10080003140</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I301" s="15" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="J301" s="15">
         <v>1000</v>
       </c>
       <c r="K301" s="15">
-        <v>0.08348999999999999</v>
+        <v>0.07256</v>
       </c>
       <c r="L301" s="15">
-        <v>0.07235999999999999</v>
+        <v>0.06288000000000001</v>
       </c>
       <c r="M301" s="15">
-        <v>0.06958</v>
-[...1 lines deleted...]
-      <c r="N301" s="15"/>
+        <v>0.06046</v>
+      </c>
+      <c r="N301" s="15">
+        <v>2409</v>
+      </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>874</v>
-[...2 lines deleted...]
-        <v>10080010561</v>
+        <v>875</v>
+      </c>
+      <c r="E302" s="15" t="s">
+        <v>876</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I302" s="15"/>
+      <c r="I302" s="15" t="s">
+        <v>877</v>
+      </c>
       <c r="J302" s="15">
         <v>1000</v>
       </c>
       <c r="K302" s="15">
-        <v>0.1041</v>
+        <v>0.0731</v>
       </c>
       <c r="L302" s="15">
-        <v>0.1041</v>
+        <v>0.06335</v>
       </c>
       <c r="M302" s="15">
-        <v>0.1041</v>
+        <v>0.06091</v>
       </c>
       <c r="N302" s="15">
-        <v>954</v>
+        <v>612</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="E303" s="15">
-        <v>10080003142</v>
+        <v>10080003141</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="J303" s="15">
         <v>1000</v>
       </c>
       <c r="K303" s="15">
-        <v>0.11378</v>
+        <v>0.08348999999999999</v>
       </c>
       <c r="L303" s="15">
-        <v>0.09861</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="M303" s="15">
-        <v>0.09481000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06958</v>
+      </c>
+      <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="E304" s="15">
-        <v>10080010562</v>
+        <v>10080010561</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>1000</v>
       </c>
       <c r="K304" s="15">
-        <v>0.10716</v>
+        <v>0.1041</v>
       </c>
       <c r="L304" s="15">
-        <v>0.10345</v>
+        <v>0.1041</v>
       </c>
       <c r="M304" s="15">
-        <v>0.09976</v>
-[...1 lines deleted...]
-      <c r="N304" s="15"/>
+        <v>0.1041</v>
+      </c>
+      <c r="N304" s="15">
+        <v>823</v>
+      </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>881</v>
-[...2 lines deleted...]
-        <v>882</v>
+        <v>884</v>
+      </c>
+      <c r="E305" s="15">
+        <v>10080003142</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="J305" s="15">
         <v>1000</v>
       </c>
       <c r="K305" s="15">
-        <v>0.11534</v>
+        <v>0.11378</v>
       </c>
       <c r="L305" s="15">
-        <v>0.09995999999999999</v>
+        <v>0.09861</v>
       </c>
       <c r="M305" s="15">
-        <v>0.09611</v>
+        <v>0.09481000000000001</v>
       </c>
       <c r="N305" s="15">
-        <v>810</v>
+        <v>2603</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>885</v>
-[...2 lines deleted...]
-        <v>886</v>
+        <v>887</v>
+      </c>
+      <c r="E306" s="15">
+        <v>10080010562</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>1000</v>
       </c>
       <c r="K306" s="15">
-        <v>0.1775</v>
+        <v>0.10716</v>
       </c>
       <c r="L306" s="15">
-        <v>0.11894</v>
+        <v>0.10345</v>
       </c>
       <c r="M306" s="15">
-        <v>0.10808</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09976</v>
+      </c>
+      <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-        <v>10080003143</v>
+        <v>889</v>
+      </c>
+      <c r="E307" s="15" t="s">
+        <v>890</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="J307" s="15">
         <v>1000</v>
       </c>
       <c r="K307" s="15">
-        <v>0.14331</v>
+        <v>0.11534</v>
       </c>
       <c r="L307" s="15">
-        <v>0.1242</v>
+        <v>0.09995999999999999</v>
       </c>
       <c r="M307" s="15">
-        <v>0.11943</v>
+        <v>0.09611</v>
       </c>
       <c r="N307" s="15">
-        <v>2489</v>
+        <v>760</v>
       </c>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>10080063994</v>
+        <v>893</v>
+      </c>
+      <c r="E308" s="15" t="s">
+        <v>894</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I308" s="15"/>
-      <c r="J308" s="15"/>
+      <c r="J308" s="15">
+        <v>1000</v>
+      </c>
       <c r="K308" s="15">
-        <v>0.22497</v>
+        <v>0.1775</v>
       </c>
       <c r="L308" s="15">
-        <v>0.1613</v>
+        <v>0.11894</v>
       </c>
       <c r="M308" s="15">
-        <v>0.14007</v>
+        <v>0.10808</v>
       </c>
       <c r="N308" s="15">
-        <v>727</v>
+        <v>1</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="E309" s="15">
-        <v>10080003144</v>
+        <v>10080003143</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="J309" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K309" s="15">
-        <v>0.14523</v>
+        <v>0.14331</v>
       </c>
       <c r="L309" s="15">
-        <v>0.12587</v>
+        <v>0.1242</v>
       </c>
       <c r="M309" s="15">
-        <v>0.12103</v>
+        <v>0.11943</v>
       </c>
       <c r="N309" s="15">
-        <v>548</v>
-[...6 lines deleted...]
-      </c>
+        <v>2431</v>
+      </c>
+      <c r="O309" s="15"/>
+      <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="E310" s="15">
-        <v>10080047949</v>
+        <v>10080063994</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15"/>
       <c r="K310" s="15">
-        <v>0.2703</v>
+        <v>0.22497</v>
       </c>
       <c r="L310" s="15">
-        <v>0.15681</v>
+        <v>0.1613</v>
       </c>
       <c r="M310" s="15">
-        <v>0.14134</v>
-[...1 lines deleted...]
-      <c r="N310" s="15"/>
+        <v>0.14007</v>
+      </c>
+      <c r="N310" s="15">
+        <v>606</v>
+      </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="E311" s="15">
-        <v>10080003134</v>
+        <v>10080003144</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="J311" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K311" s="15">
-        <v>0.04407</v>
+        <v>0.14523</v>
       </c>
       <c r="L311" s="15">
-        <v>0.03819</v>
+        <v>0.12587</v>
       </c>
       <c r="M311" s="15">
-        <v>0.03673</v>
+        <v>0.12103</v>
       </c>
       <c r="N311" s="15">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="O311" s="15"/>
+        <v>414</v>
+      </c>
+      <c r="O311" s="15">
+        <v>2720</v>
+      </c>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-        <v>902</v>
+        <v>904</v>
+      </c>
+      <c r="E312" s="15">
+        <v>10080047949</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I312" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I312" s="15"/>
+      <c r="J312" s="15"/>
       <c r="K312" s="15">
-        <v>0.05064</v>
+        <v>0.2703</v>
       </c>
       <c r="L312" s="15">
-        <v>0.04389</v>
+        <v>0.15681</v>
       </c>
       <c r="M312" s="15">
-        <v>0.0422</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14134</v>
+      </c>
+      <c r="N312" s="15"/>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E313" s="15">
-        <v>10080003135</v>
+        <v>10080003134</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="J313" s="15">
         <v>1000</v>
       </c>
       <c r="K313" s="15">
-        <v>0.05256</v>
+        <v>0.04407</v>
       </c>
       <c r="L313" s="15">
-        <v>0.04555</v>
+        <v>0.03819</v>
       </c>
       <c r="M313" s="15">
-        <v>0.0438</v>
+        <v>0.03673</v>
       </c>
       <c r="N313" s="15">
-        <v>4105</v>
+        <v>100</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="E314" s="15" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="J314" s="15">
         <v>1000</v>
       </c>
       <c r="K314" s="15">
-        <v>0.05256</v>
+        <v>0.05064</v>
       </c>
       <c r="L314" s="15">
-        <v>0.04555</v>
+        <v>0.04389</v>
       </c>
       <c r="M314" s="15">
-        <v>0.0438</v>
+        <v>0.0422</v>
       </c>
       <c r="N314" s="15">
-        <v>890</v>
+        <v>680</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="E315" s="15">
-        <v>10080003136</v>
+        <v>10080003135</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="J315" s="15">
         <v>1000</v>
       </c>
       <c r="K315" s="15">
-        <v>0.07893</v>
+        <v>0.05256</v>
       </c>
       <c r="L315" s="15">
-        <v>0.06841</v>
+        <v>0.04555</v>
       </c>
       <c r="M315" s="15">
-        <v>0.06578000000000001</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0438</v>
+      </c>
+      <c r="N315" s="15">
+        <v>6089</v>
+      </c>
+      <c r="O315" s="15"/>
+      <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="E316" s="15" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="J316" s="15">
         <v>1000</v>
       </c>
       <c r="K316" s="15">
-        <v>0.07265000000000001</v>
+        <v>0.05256</v>
       </c>
       <c r="L316" s="15">
-        <v>0.06296</v>
+        <v>0.04555</v>
       </c>
       <c r="M316" s="15">
-        <v>0.06054</v>
+        <v>0.0438</v>
       </c>
       <c r="N316" s="15">
-        <v>616</v>
+        <v>630</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="E317" s="15">
-        <v>10080003137</v>
+        <v>10080003136</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="J317" s="15">
         <v>1000</v>
       </c>
       <c r="K317" s="15">
-        <v>0.09755</v>
+        <v>0.07893</v>
       </c>
       <c r="L317" s="15">
-        <v>0.08454</v>
+        <v>0.06841</v>
       </c>
       <c r="M317" s="15">
-        <v>0.08129</v>
+        <v>0.06578000000000001</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15">
-        <v>1420</v>
-[...3 lines deleted...]
-      </c>
+        <v>1680</v>
+      </c>
+      <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="E318" s="15" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="J318" s="15">
         <v>1000</v>
       </c>
       <c r="K318" s="15">
-        <v>0.09209000000000001</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L318" s="15">
-        <v>0.07981000000000001</v>
+        <v>0.06296</v>
       </c>
       <c r="M318" s="15">
-        <v>0.07674</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.06054</v>
+      </c>
+      <c r="N318" s="15">
+        <v>592</v>
+      </c>
+      <c r="O318" s="15"/>
+      <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>926</v>
-[...1 lines deleted...]
-      <c r="E319" s="15" t="s">
         <v>927</v>
+      </c>
+      <c r="E319" s="15">
+        <v>10080003137</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I319" s="15" t="s">
         <v>928</v>
       </c>
       <c r="J319" s="15">
         <v>1000</v>
       </c>
       <c r="K319" s="15">
-        <v>0.15918</v>
+        <v>0.09755</v>
       </c>
       <c r="L319" s="15">
-        <v>0.13796</v>
+        <v>0.08454</v>
       </c>
       <c r="M319" s="15">
-        <v>0.13265</v>
-[...4 lines deleted...]
-      <c r="O319" s="15"/>
+        <v>0.08129</v>
+      </c>
+      <c r="N319" s="15"/>
+      <c r="O319" s="15">
+        <v>1480</v>
+      </c>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C320" s="15" t="s">
         <v>929</v>
       </c>
       <c r="D320" s="15" t="s">
         <v>930</v>
       </c>
-      <c r="E320" s="15">
-        <v>10000013004</v>
+      <c r="E320" s="15" t="s">
+        <v>931</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I320" s="15" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="J320" s="15">
         <v>1000</v>
       </c>
       <c r="K320" s="15">
-        <v>0.13568</v>
+        <v>0.09209000000000001</v>
       </c>
       <c r="L320" s="15">
-        <v>0.11759</v>
+        <v>0.07981000000000001</v>
       </c>
       <c r="M320" s="15">
-        <v>0.11306</v>
-[...4 lines deleted...]
-      <c r="O320" s="15"/>
+        <v>0.07674</v>
+      </c>
+      <c r="N320" s="15"/>
+      <c r="O320" s="15">
+        <v>860</v>
+      </c>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-        <v>10080003138</v>
+        <v>934</v>
+      </c>
+      <c r="E321" s="15" t="s">
+        <v>935</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>71</v>
+        <v>33</v>
       </c>
       <c r="I321" s="15" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="J321" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K321" s="15">
-        <v>0.22186</v>
+        <v>0.15918</v>
       </c>
       <c r="L321" s="15">
-        <v>0.128</v>
+        <v>0.13796</v>
       </c>
       <c r="M321" s="15">
-        <v>0.1152</v>
-[...1 lines deleted...]
-      <c r="N321" s="15"/>
+        <v>0.13265</v>
+      </c>
+      <c r="N321" s="15">
+        <v>576</v>
+      </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>936</v>
-[...2 lines deleted...]
-        <v>937</v>
+        <v>938</v>
+      </c>
+      <c r="E322" s="15">
+        <v>10000013004</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>33</v>
+        <v>70</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="J322" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K322" s="15">
-        <v>0.12776</v>
+        <v>0.13568</v>
       </c>
       <c r="L322" s="15">
-        <v>0.11072</v>
+        <v>0.11759</v>
       </c>
       <c r="M322" s="15">
-        <v>0.10646</v>
+        <v>0.11306</v>
       </c>
       <c r="N322" s="15">
-        <v>248</v>
+        <v>35</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="E323" s="15">
-        <v>10080047948</v>
+        <v>10080003138</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-      <c r="J323" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="I323" s="15" t="s">
+        <v>942</v>
+      </c>
+      <c r="J323" s="15">
+        <v>500</v>
+      </c>
       <c r="K323" s="15">
-        <v>0.24369</v>
+        <v>0.22186</v>
       </c>
       <c r="L323" s="15">
-        <v>0.2112</v>
+        <v>0.128</v>
       </c>
       <c r="M323" s="15">
-        <v>0.20308</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1152</v>
+      </c>
+      <c r="N323" s="15"/>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>10080063996</v>
+        <v>944</v>
+      </c>
+      <c r="E324" s="15" t="s">
+        <v>945</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="J324" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K324" s="15">
-        <v>0.41263</v>
+        <v>0.12776</v>
       </c>
       <c r="L324" s="15">
-        <v>0.29854</v>
+        <v>0.11072</v>
       </c>
       <c r="M324" s="15">
-        <v>0.26051</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.10646</v>
+      </c>
+      <c r="N324" s="15">
+        <v>264</v>
+      </c>
+      <c r="O324" s="15"/>
+      <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>944</v>
+        <v>948</v>
+      </c>
+      <c r="E325" s="15">
+        <v>10080047948</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I325" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I325" s="15"/>
+      <c r="J325" s="15"/>
       <c r="K325" s="15">
-        <v>0.4272</v>
+        <v>0.24369</v>
       </c>
       <c r="L325" s="15">
-        <v>0.30909</v>
+        <v>0.2112</v>
       </c>
       <c r="M325" s="15">
-        <v>0.26971</v>
+        <v>0.20308</v>
       </c>
       <c r="N325" s="15"/>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
-        <v>26</v>
+        <v>317</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="E326" s="15">
-        <v>10080045193</v>
+        <v>10080063996</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I326" s="15"/>
+      <c r="I326" s="15" t="s">
+        <v>951</v>
+      </c>
       <c r="J326" s="15">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="K326" s="15">
-        <v>0.14565</v>
+        <v>0.41263</v>
       </c>
       <c r="L326" s="15">
-        <v>0.08450000000000001</v>
+        <v>0.29854</v>
       </c>
       <c r="M326" s="15">
-        <v>0.07615</v>
+        <v>0.26051</v>
       </c>
       <c r="N326" s="15"/>
-      <c r="O326" s="15"/>
+      <c r="O326" s="15">
+        <v>410</v>
+      </c>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
-        <v>53</v>
+        <v>317</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>948</v>
-[...2 lines deleted...]
-        <v>10080048611</v>
+        <v>950</v>
+      </c>
+      <c r="E327" s="15" t="s">
+        <v>952</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I327" s="15"/>
+      <c r="I327" s="15" t="s">
+        <v>951</v>
+      </c>
       <c r="J327" s="15">
         <v>500</v>
       </c>
       <c r="K327" s="15">
-        <v>0.06516</v>
+        <v>0.4272</v>
       </c>
       <c r="L327" s="15">
-        <v>0.05647</v>
+        <v>0.30909</v>
       </c>
       <c r="M327" s="15">
-        <v>0.0543</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26971</v>
+      </c>
+      <c r="N327" s="15"/>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
-        <v>308</v>
+        <v>26</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>950</v>
-[...2 lines deleted...]
-        <v>951</v>
+        <v>954</v>
+      </c>
+      <c r="E328" s="15">
+        <v>10080045193</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>514</v>
-[...4 lines deleted...]
-      <c r="J328" s="15"/>
+        <v>33</v>
+      </c>
+      <c r="I328" s="15"/>
+      <c r="J328" s="15">
+        <v>100</v>
+      </c>
       <c r="K328" s="15">
-        <v>0.8385899999999999</v>
+        <v>0.14565</v>
       </c>
       <c r="L328" s="15">
-        <v>0.70334</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M328" s="15">
-        <v>0.6762899999999999</v>
+        <v>0.07615</v>
       </c>
       <c r="N328" s="15"/>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="E329" s="15">
-        <v>10080006285</v>
+        <v>10080048611</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="K329" s="15">
-        <v>0.03705</v>
+        <v>0.06516</v>
       </c>
       <c r="L329" s="15">
-        <v>0.03211</v>
+        <v>0.05647</v>
       </c>
       <c r="M329" s="15">
-        <v>0.03088</v>
+        <v>0.0543</v>
       </c>
       <c r="N329" s="15">
-        <v>6600</v>
+        <v>1380</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
-        <v>53</v>
+        <v>317</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>10080006287</v>
+        <v>958</v>
+      </c>
+      <c r="E330" s="15" t="s">
+        <v>959</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="I330" s="15" t="s">
+        <v>960</v>
+      </c>
+      <c r="J330" s="15"/>
       <c r="K330" s="15">
-        <v>0.04368</v>
+        <v>0.8385899999999999</v>
       </c>
       <c r="L330" s="15">
-        <v>0.03786</v>
+        <v>0.70334</v>
       </c>
       <c r="M330" s="15">
-        <v>0.0364</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6762899999999999</v>
+      </c>
+      <c r="N330" s="15"/>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="E331" s="15">
-        <v>10080006514</v>
+        <v>10080006285</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K331" s="15">
-        <v>0.02559</v>
+        <v>0.03705</v>
       </c>
       <c r="L331" s="15">
-        <v>0.02218</v>
+        <v>0.03211</v>
       </c>
       <c r="M331" s="15">
-        <v>0.02133</v>
+        <v>0.03088</v>
       </c>
       <c r="N331" s="15">
-        <v>3600</v>
+        <v>7370</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="E332" s="15">
-        <v>10080006284</v>
+        <v>10080006287</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
         <v>2000</v>
       </c>
       <c r="K332" s="15">
-        <v>0.02276</v>
+        <v>0.04368</v>
       </c>
       <c r="L332" s="15">
-        <v>0.01972</v>
+        <v>0.03786</v>
       </c>
       <c r="M332" s="15">
-        <v>0.01896</v>
+        <v>0.0364</v>
       </c>
       <c r="N332" s="15">
-        <v>5852</v>
+        <v>2808</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
-        <v>308</v>
+        <v>52</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-        <v>963</v>
+        <v>966</v>
+      </c>
+      <c r="E333" s="15">
+        <v>10080006514</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>964</v>
+        <v>33</v>
       </c>
       <c r="I333" s="15"/>
       <c r="J333" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K333" s="15">
-        <v>0.10281</v>
+        <v>0.02559</v>
       </c>
       <c r="L333" s="15">
-        <v>0.08623</v>
+        <v>0.02218</v>
       </c>
       <c r="M333" s="15">
-        <v>0.08291</v>
-[...1 lines deleted...]
-      <c r="N333" s="15"/>
+        <v>0.02133</v>
+      </c>
+      <c r="N333" s="15">
+        <v>4150</v>
+      </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
-        <v>308</v>
+        <v>52</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>966</v>
-[...2 lines deleted...]
-        <v>967</v>
+        <v>968</v>
+      </c>
+      <c r="E334" s="15">
+        <v>10080006284</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>964</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I334" s="15"/>
       <c r="J334" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K334" s="15">
-        <v>0.21482</v>
+        <v>0.02276</v>
       </c>
       <c r="L334" s="15">
-        <v>0.18617</v>
+        <v>0.01972</v>
       </c>
       <c r="M334" s="15">
-        <v>0.17901</v>
-[...1 lines deleted...]
-      <c r="N334" s="15"/>
+        <v>0.01896</v>
+      </c>
+      <c r="N334" s="15">
+        <v>5313</v>
+      </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C335" s="15" t="s">
         <v>969</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>970</v>
       </c>
       <c r="E335" s="15" t="s">
         <v>971</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="I335" s="15" t="s">
         <v>972</v>
       </c>
+      <c r="I335" s="15"/>
       <c r="J335" s="15">
         <v>1000</v>
       </c>
       <c r="K335" s="15">
-        <v>0.09809</v>
+        <v>0.10281</v>
       </c>
       <c r="L335" s="15">
-        <v>0.08501</v>
+        <v>0.08623</v>
       </c>
       <c r="M335" s="15">
-        <v>0.08173999999999999</v>
+        <v>0.08291</v>
       </c>
       <c r="N335" s="15"/>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="C336" s="15" t="s">
         <v>973</v>
       </c>
       <c r="D336" s="15" t="s">
         <v>974</v>
       </c>
-      <c r="E336" s="15">
-        <v>10080069189</v>
+      <c r="E336" s="15" t="s">
+        <v>975</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
-      <c r="H336" s="15"/>
-      <c r="I336" s="15"/>
+      <c r="H336" s="15" t="s">
+        <v>972</v>
+      </c>
+      <c r="I336" s="15" t="s">
+        <v>976</v>
+      </c>
       <c r="J336" s="15">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="K336" s="15">
-        <v>0.32081</v>
+        <v>0.21482</v>
       </c>
       <c r="L336" s="15">
-        <v>0.26733</v>
+        <v>0.18617</v>
       </c>
       <c r="M336" s="15">
-        <v>0.25663</v>
+        <v>0.17901</v>
       </c>
       <c r="N336" s="15"/>
       <c r="O336" s="15"/>
-      <c r="P336" s="15"/>
+      <c r="P336" s="15" t="s">
+        <v>977</v>
+      </c>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
-        <v>53</v>
+        <v>317</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>976</v>
-[...2 lines deleted...]
-        <v>10080006511</v>
+        <v>979</v>
+      </c>
+      <c r="E337" s="15" t="s">
+        <v>980</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="I337" s="15"/>
+        <v>972</v>
+      </c>
+      <c r="I337" s="15" t="s">
+        <v>981</v>
+      </c>
       <c r="J337" s="15">
         <v>1000</v>
       </c>
       <c r="K337" s="15">
-        <v>0.08685</v>
+        <v>0.09809</v>
       </c>
       <c r="L337" s="15">
-        <v>0.05038</v>
+        <v>0.08501</v>
       </c>
       <c r="M337" s="15">
-        <v>0.04541</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08173999999999999</v>
+      </c>
+      <c r="N337" s="15"/>
       <c r="O337" s="15"/>
-      <c r="P337" s="15"/>
+      <c r="P337" s="15" t="s">
+        <v>977</v>
+      </c>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
-        <v>53</v>
+        <v>317</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="E338" s="15">
-        <v>10080028222</v>
+        <v>10080069189</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
-      <c r="H338" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H338" s="15"/>
+      <c r="I338" s="15"/>
       <c r="J338" s="15">
-        <v>2000</v>
+        <v>600</v>
       </c>
       <c r="K338" s="15">
-        <v>0.05024</v>
+        <v>0.32081</v>
       </c>
       <c r="L338" s="15">
-        <v>0.04354</v>
+        <v>0.26733</v>
       </c>
       <c r="M338" s="15">
-        <v>0.04186</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25663</v>
+      </c>
+      <c r="N338" s="15"/>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>982</v>
+        <v>985</v>
+      </c>
+      <c r="E339" s="15">
+        <v>10080006511</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I339" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I339" s="15"/>
       <c r="J339" s="15">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="K339" s="15">
-        <v>0.02079</v>
+        <v>0.08685</v>
       </c>
       <c r="L339" s="15">
-        <v>0.01802</v>
+        <v>0.05038</v>
       </c>
       <c r="M339" s="15">
-        <v>0.01733</v>
-[...1 lines deleted...]
-      <c r="N339" s="15"/>
+        <v>0.04541</v>
+      </c>
+      <c r="N339" s="15">
+        <v>15995</v>
+      </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>981</v>
+        <v>987</v>
       </c>
       <c r="E340" s="15">
-        <v>10080006509</v>
+        <v>10080028222</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="J340" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K340" s="15">
-        <v>0.02262</v>
+        <v>0.05024</v>
       </c>
       <c r="L340" s="15">
-        <v>0.0196</v>
+        <v>0.04354</v>
       </c>
       <c r="M340" s="15">
-        <v>0.01885</v>
+        <v>0.04186</v>
       </c>
       <c r="N340" s="15">
-        <v>3767</v>
+        <v>879</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I341" s="15"/>
+      <c r="I341" s="15" t="s">
+        <v>992</v>
+      </c>
       <c r="J341" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K341" s="15">
-        <v>0.04372</v>
+        <v>0.02079</v>
       </c>
       <c r="L341" s="15">
-        <v>0.03666</v>
+        <v>0.01802</v>
       </c>
       <c r="M341" s="15">
-        <v>0.03525</v>
+        <v>0.01733</v>
       </c>
       <c r="N341" s="15"/>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="E342" s="15">
-        <v>10080006510</v>
+        <v>10080006509</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I342" s="15"/>
+      <c r="I342" s="15" t="s">
+        <v>992</v>
+      </c>
       <c r="J342" s="15">
         <v>5000</v>
       </c>
       <c r="K342" s="15">
-        <v>0.03323</v>
+        <v>0.02262</v>
       </c>
       <c r="L342" s="15">
-        <v>0.0288</v>
+        <v>0.0196</v>
       </c>
       <c r="M342" s="15">
-        <v>0.02769</v>
+        <v>0.01885</v>
       </c>
       <c r="N342" s="15">
-        <v>690</v>
+        <v>331</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>10080032274</v>
+        <v>994</v>
+      </c>
+      <c r="E343" s="15" t="s">
+        <v>995</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K343" s="15">
-        <v>0.10788</v>
+        <v>0.04372</v>
       </c>
       <c r="L343" s="15">
-        <v>0.0935</v>
+        <v>0.03666</v>
       </c>
       <c r="M343" s="15">
-        <v>0.08989999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03525</v>
+      </c>
+      <c r="N343" s="15"/>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="E344" s="15">
-        <v>10080058264</v>
+        <v>10080006510</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
         <v>5000</v>
       </c>
       <c r="K344" s="15">
-        <v>0.03398</v>
+        <v>0.03323</v>
       </c>
       <c r="L344" s="15">
-        <v>0.02945</v>
+        <v>0.0288</v>
       </c>
       <c r="M344" s="15">
-        <v>0.02831</v>
+        <v>0.02769</v>
       </c>
       <c r="N344" s="15">
-        <v>628</v>
-[...6 lines deleted...]
-      </c>
+        <v>680</v>
+      </c>
+      <c r="O344" s="15"/>
+      <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>999</v>
+      </c>
+      <c r="E345" s="15">
+        <v>10080032274</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K345" s="15">
-        <v>0.03393</v>
+        <v>0.10788</v>
       </c>
       <c r="L345" s="15">
-        <v>0.02941</v>
+        <v>0.0935</v>
       </c>
       <c r="M345" s="15">
-        <v>0.02828</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="N345" s="15">
-        <v>3776</v>
+        <v>812</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-        <v>998</v>
+        <v>1001</v>
+      </c>
+      <c r="E346" s="15">
+        <v>10080058264</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15">
         <v>5000</v>
       </c>
       <c r="K346" s="15">
-        <v>0.05284</v>
+        <v>0.03398</v>
       </c>
       <c r="L346" s="15">
-        <v>0.03823</v>
+        <v>0.02945</v>
       </c>
       <c r="M346" s="15">
-        <v>0.03336</v>
+        <v>0.02831</v>
       </c>
       <c r="N346" s="15">
-        <v>715</v>
-[...1 lines deleted...]
-      <c r="O346" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="O346" s="15">
+        <v>780</v>
+      </c>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>10080043122</v>
+        <v>1003</v>
+      </c>
+      <c r="E347" s="15" t="s">
+        <v>1004</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K347" s="15">
-        <v>0.04109</v>
+        <v>0.03393</v>
       </c>
       <c r="L347" s="15">
-        <v>0.03561</v>
+        <v>0.02941</v>
       </c>
       <c r="M347" s="15">
-        <v>0.03424</v>
+        <v>0.02828</v>
       </c>
       <c r="N347" s="15">
-        <v>2386</v>
-[...6 lines deleted...]
-      </c>
+        <v>5228</v>
+      </c>
+      <c r="O347" s="15"/>
+      <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>10080032268</v>
+        <v>1006</v>
+      </c>
+      <c r="E348" s="15" t="s">
+        <v>1007</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K348" s="15">
-        <v>0.0473</v>
+        <v>0.05284</v>
       </c>
       <c r="L348" s="15">
-        <v>0.04099</v>
+        <v>0.03823</v>
       </c>
       <c r="M348" s="15">
-        <v>0.03941</v>
+        <v>0.03336</v>
       </c>
       <c r="N348" s="15">
-        <v>23936</v>
+        <v>856</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>1004</v>
-[...2 lines deleted...]
-        <v>1005</v>
+        <v>1009</v>
+      </c>
+      <c r="E349" s="15">
+        <v>10080043122</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K349" s="15">
-        <v>0.04734</v>
+        <v>0.04109</v>
       </c>
       <c r="L349" s="15">
-        <v>0.04103</v>
+        <v>0.03561</v>
       </c>
       <c r="M349" s="15">
-        <v>0.03945</v>
+        <v>0.03424</v>
       </c>
       <c r="N349" s="15">
-        <v>1461</v>
-[...1 lines deleted...]
-      <c r="O349" s="15"/>
+        <v>791</v>
+      </c>
+      <c r="O349" s="15">
+        <v>2460</v>
+      </c>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="E350" s="15">
-        <v>10080066971</v>
+        <v>10080032268</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K350" s="15">
-        <v>0.07914</v>
+        <v>0.0473</v>
       </c>
       <c r="L350" s="15">
-        <v>0.05726</v>
+        <v>0.04099</v>
       </c>
       <c r="M350" s="15">
-        <v>0.04996</v>
+        <v>0.03941</v>
       </c>
       <c r="N350" s="15">
-        <v>3010</v>
+        <v>20764</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-        <v>10080072828</v>
+        <v>1013</v>
+      </c>
+      <c r="E351" s="15" t="s">
+        <v>1014</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
         <v>2000</v>
       </c>
       <c r="K351" s="15">
-        <v>0.08235000000000001</v>
+        <v>0.04734</v>
       </c>
       <c r="L351" s="15">
-        <v>0.05958</v>
+        <v>0.04103</v>
       </c>
       <c r="M351" s="15">
-        <v>0.05199</v>
+        <v>0.03945</v>
       </c>
       <c r="N351" s="15">
-        <v>3871</v>
+        <v>2121</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="E352" s="15">
-        <v>10080066984</v>
+        <v>10080066971</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K352" s="15">
-        <v>0.04863</v>
+        <v>0.07914</v>
       </c>
       <c r="L352" s="15">
-        <v>0.04215</v>
+        <v>0.05726</v>
       </c>
       <c r="M352" s="15">
-        <v>0.04053</v>
+        <v>0.04996</v>
       </c>
       <c r="N352" s="15">
-        <v>592</v>
+        <v>2800</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-        <v>1014</v>
+        <v>1018</v>
+      </c>
+      <c r="E353" s="15">
+        <v>10080072828</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K353" s="15">
-        <v>0.05007</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L353" s="15">
-        <v>0.04339</v>
+        <v>0.05958</v>
       </c>
       <c r="M353" s="15">
-        <v>0.04173</v>
+        <v>0.05199</v>
       </c>
       <c r="N353" s="15">
-        <v>1332</v>
+        <v>3811</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="D354" s="15" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="E354" s="15">
-        <v>10080043120</v>
+        <v>10080066984</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K354" s="15">
-        <v>0.05262</v>
+        <v>0.04863</v>
       </c>
       <c r="L354" s="15">
-        <v>0.0456</v>
+        <v>0.04215</v>
       </c>
       <c r="M354" s="15">
-        <v>0.04385</v>
+        <v>0.04053</v>
       </c>
       <c r="N354" s="15">
-        <v>27684</v>
+        <v>607</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>10080035171</v>
+        <v>1022</v>
+      </c>
+      <c r="E355" s="15" t="s">
+        <v>1023</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K355" s="15">
-        <v>0.06648</v>
+        <v>0.05007</v>
       </c>
       <c r="L355" s="15">
-        <v>0.05762</v>
+        <v>0.04339</v>
       </c>
       <c r="M355" s="15">
-        <v>0.0554</v>
+        <v>0.04173</v>
       </c>
       <c r="N355" s="15">
-        <v>396</v>
+        <v>1606</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="E356" s="15">
-        <v>10080045920</v>
+        <v>10080043120</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I356" s="15"/>
-      <c r="J356" s="15"/>
+      <c r="J356" s="15">
+        <v>2000</v>
+      </c>
       <c r="K356" s="15">
-        <v>0.08420999999999999</v>
+        <v>0.05262</v>
       </c>
       <c r="L356" s="15">
-        <v>0.07298</v>
+        <v>0.0456</v>
       </c>
       <c r="M356" s="15">
-        <v>0.07018000000000001</v>
+        <v>0.04385</v>
       </c>
       <c r="N356" s="15">
-        <v>830</v>
+        <v>26762</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
       <c r="E357" s="15">
-        <v>10080072836</v>
+        <v>10080035171</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K357" s="15">
-        <v>0.15055</v>
+        <v>0.06648</v>
       </c>
       <c r="L357" s="15">
-        <v>0.12547</v>
+        <v>0.05762</v>
       </c>
       <c r="M357" s="15">
-        <v>0.12044</v>
+        <v>0.0554</v>
       </c>
       <c r="N357" s="15">
-        <v>760</v>
+        <v>429</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="E358" s="15">
-        <v>10080066985</v>
+        <v>10080045920</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I358" s="15"/>
-      <c r="J358" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J358" s="15"/>
       <c r="K358" s="15">
-        <v>0.10794</v>
+        <v>0.08420999999999999</v>
       </c>
       <c r="L358" s="15">
-        <v>0.09354999999999999</v>
+        <v>0.07298</v>
       </c>
       <c r="M358" s="15">
-        <v>0.08995</v>
+        <v>0.07018000000000001</v>
       </c>
       <c r="N358" s="15">
-        <v>570</v>
+        <v>351</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="D359" s="15" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="E359" s="15">
-        <v>10080043118</v>
+        <v>10080072836</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I359" s="15"/>
-      <c r="J359" s="15"/>
+      <c r="J359" s="15">
+        <v>1000</v>
+      </c>
       <c r="K359" s="15">
-        <v>0.18207</v>
+        <v>0.15055</v>
       </c>
       <c r="L359" s="15">
-        <v>0.13173</v>
+        <v>0.12547</v>
       </c>
       <c r="M359" s="15">
-        <v>0.11495</v>
+        <v>0.12044</v>
       </c>
       <c r="N359" s="15">
-        <v>238</v>
+        <v>690</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="D360" s="15" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="E360" s="15">
-        <v>10080066986</v>
+        <v>10080066985</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I360" s="15"/>
-      <c r="J360" s="15"/>
+      <c r="J360" s="15">
+        <v>1000</v>
+      </c>
       <c r="K360" s="15">
-        <v>0.11765</v>
+        <v>0.10794</v>
       </c>
       <c r="L360" s="15">
-        <v>0.10196</v>
+        <v>0.09354999999999999</v>
       </c>
       <c r="M360" s="15">
-        <v>0.09804</v>
+        <v>0.08995</v>
       </c>
       <c r="N360" s="15">
-        <v>1048</v>
+        <v>751</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
-        <v>26</v>
+        <v>52</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="D361" s="15" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>1031</v>
+        <v>1035</v>
+      </c>
+      <c r="E361" s="15">
+        <v>10080043118</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15"/>
       <c r="K361" s="15">
-        <v>0.02547</v>
+        <v>0.18207</v>
       </c>
       <c r="L361" s="15">
-        <v>0.0182</v>
+        <v>0.13173</v>
       </c>
       <c r="M361" s="15">
-        <v>0.01638</v>
-[...1 lines deleted...]
-      <c r="N361" s="15"/>
+        <v>0.11495</v>
+      </c>
+      <c r="N361" s="15">
+        <v>213</v>
+      </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
-        <v>308</v>
+        <v>52</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="E362" s="15">
-        <v>10080069190</v>
+        <v>10080066986</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
-        <v>964</v>
+        <v>33</v>
       </c>
       <c r="I362" s="15"/>
-      <c r="J362" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J362" s="15"/>
       <c r="K362" s="15">
-        <v>0.14066</v>
+        <v>0.11765</v>
       </c>
       <c r="L362" s="15">
-        <v>0.14066</v>
+        <v>0.10196</v>
       </c>
       <c r="M362" s="15">
-        <v>0.14066</v>
-[...1 lines deleted...]
-      <c r="N362" s="15"/>
+        <v>0.09804</v>
+      </c>
+      <c r="N362" s="15">
+        <v>1408</v>
+      </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
-      <c r="B363" s="14"/>
-[...2 lines deleted...]
-      <c r="E363" s="15"/>
+      <c r="B363" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C363" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D363" s="15" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E363" s="15" t="s">
+        <v>1040</v>
+      </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
-      <c r="H363" s="15"/>
+      <c r="H363" s="15" t="s">
+        <v>70</v>
+      </c>
       <c r="I363" s="15"/>
-      <c r="J363" s="15"/>
-[...2 lines deleted...]
-      <c r="M363" s="15"/>
+      <c r="J363" s="15">
+        <v>5000</v>
+      </c>
+      <c r="K363" s="15">
+        <v>0.02873</v>
+      </c>
+      <c r="L363" s="15">
+        <v>0.0249</v>
+      </c>
+      <c r="M363" s="15">
+        <v>0.02394</v>
+      </c>
       <c r="N363" s="15"/>
-      <c r="O363" s="15"/>
-      <c r="P363" s="15"/>
+      <c r="O363" s="15">
+        <v>3600</v>
+      </c>
+      <c r="P363" s="15" t="s">
+        <v>147</v>
+      </c>
       <c r="Q363" s="15"/>
+      <c r="R363"/>
+    </row>
+    <row r="364" spans="1:18">
+      <c r="B364" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C364" s="15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D364" s="15" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E364" s="15" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F364" s="15"/>
+      <c r="G364" s="15"/>
+      <c r="H364" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I364" s="15"/>
+      <c r="J364" s="15"/>
+      <c r="K364" s="15">
+        <v>0.02547</v>
+      </c>
+      <c r="L364" s="15">
+        <v>0.0182</v>
+      </c>
+      <c r="M364" s="15">
+        <v>0.01638</v>
+      </c>
+      <c r="N364" s="15"/>
+      <c r="O364" s="15"/>
+      <c r="P364" s="15"/>
+      <c r="Q364" s="15"/>
+      <c r="R364"/>
+    </row>
+    <row r="365" spans="1:18">
+      <c r="B365" s="14" t="s">
+        <v>317</v>
+      </c>
+      <c r="C365" s="15" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D365" s="15" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E365" s="15">
+        <v>10080069190</v>
+      </c>
+      <c r="F365" s="15"/>
+      <c r="G365" s="15"/>
+      <c r="H365" s="15" t="s">
+        <v>972</v>
+      </c>
+      <c r="I365" s="15"/>
+      <c r="J365" s="15">
+        <v>1600</v>
+      </c>
+      <c r="K365" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="L365" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="M365" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="N365" s="15"/>
+      <c r="O365" s="15"/>
+      <c r="P365" s="15"/>
+      <c r="Q365" s="15"/>
+      <c r="R365"/>
+    </row>
+    <row r="366" spans="1:18">
+      <c r="B366" s="14"/>
+      <c r="C366" s="15"/>
+      <c r="D366" s="15"/>
+      <c r="E366" s="15"/>
+      <c r="F366" s="15"/>
+      <c r="G366" s="15"/>
+      <c r="H366" s="15"/>
+      <c r="I366" s="15"/>
+      <c r="J366" s="15"/>
+      <c r="K366" s="15"/>
+      <c r="L366" s="15"/>
+      <c r="M366" s="15"/>
+      <c r="N366" s="15"/>
+      <c r="O366" s="15"/>
+      <c r="P366" s="15"/>
+      <c r="Q366" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -18021,317 +18074,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1034</v>
+        <v>1046</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1035</v>
+        <v>1047</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1037</v>
+        <v>1049</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1038</v>
+        <v>1050</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1039</v>
+        <v>1051</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1040</v>
+        <v>1052</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1041</v>
+        <v>1053</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1042</v>
+        <v>1054</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1047</v>
+        <v>1059</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1048</v>
+        <v>1060</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1049</v>
+        <v>1061</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1050</v>
+        <v>1062</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1051</v>
+        <v>1063</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1052</v>
+        <v>1064</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1053</v>
+        <v>1065</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1054</v>
+        <v>1066</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1055</v>
+        <v>1067</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1058</v>
+        <v>1070</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>