--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1064,90 +1064,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080051166</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>250</v>
       </c>
       <c r="K9" s="15">
         <v>0.21173</v>
       </c>
       <c r="L9" s="15">
         <v>0.15318</v>
       </c>
       <c r="M9" s="15">
         <v>0.13367</v>
       </c>
       <c r="N9" s="15">
-        <v>1729</v>
+        <v>2017</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050361</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
-        <v>0.1263</v>
+        <v>0.14919</v>
       </c>
       <c r="L10" s="15">
-        <v>0.10946</v>
+        <v>0.1293</v>
       </c>
       <c r="M10" s="15">
-        <v>0.10525</v>
+        <v>0.12433</v>
       </c>
       <c r="N10" s="15">
-        <v>2423</v>
+        <v>1577</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I11" s="15"/>
@@ -1249,51 +1249,51 @@
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080049518</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>2.22</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.33</v>
       </c>
       <c r="N14" s="15">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080061007</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>