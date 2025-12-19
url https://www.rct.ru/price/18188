--- v1 (2025-12-16)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1103,51 +1103,51 @@
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050361</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.14919</v>
       </c>
       <c r="L10" s="15">
         <v>0.1293</v>
       </c>
       <c r="M10" s="15">
         <v>0.12433</v>
       </c>
       <c r="N10" s="15">
-        <v>1577</v>
+        <v>2003</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I11" s="15"/>
@@ -1249,51 +1249,51 @@
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080049518</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>2.22</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.33</v>
       </c>
       <c r="N14" s="15">
-        <v>269</v>
+        <v>299</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080061007</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>