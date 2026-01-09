--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1055,99 +1055,99 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080051166</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>250</v>
       </c>
       <c r="K9" s="15">
-        <v>0.21173</v>
+        <v>0.14457</v>
       </c>
       <c r="L9" s="15">
-        <v>0.15318</v>
+        <v>0.12529</v>
       </c>
       <c r="M9" s="15">
-        <v>0.13367</v>
+        <v>0.12048</v>
       </c>
       <c r="N9" s="15">
-        <v>2017</v>
+        <v>1729</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050361</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.14919</v>
       </c>
       <c r="L10" s="15">
         <v>0.1293</v>
       </c>
       <c r="M10" s="15">
         <v>0.12433</v>
       </c>
       <c r="N10" s="15">
-        <v>2003</v>
+        <v>1828</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I11" s="15"/>
@@ -1203,97 +1203,97 @@
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>250</v>
       </c>
       <c r="K13" s="15">
-        <v>0.49738</v>
+        <v>0.29969</v>
       </c>
       <c r="L13" s="15">
-        <v>0.35986</v>
+        <v>0.25973</v>
       </c>
       <c r="M13" s="15">
-        <v>0.31401</v>
+        <v>0.24974</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080049518</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>2.22</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.33</v>
       </c>
       <c r="N14" s="15">
-        <v>299</v>
+        <v>257</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080061007</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>