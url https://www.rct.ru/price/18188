--- v3 (2026-01-09)
+++ v4 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1064,90 +1064,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080051166</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>250</v>
       </c>
       <c r="K9" s="15">
         <v>0.14457</v>
       </c>
       <c r="L9" s="15">
         <v>0.12529</v>
       </c>
       <c r="M9" s="15">
         <v>0.12048</v>
       </c>
       <c r="N9" s="15">
-        <v>1729</v>
+        <v>1624</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050361</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.14919</v>
       </c>
       <c r="L10" s="15">
         <v>0.1293</v>
       </c>
       <c r="M10" s="15">
         <v>0.12433</v>
       </c>
       <c r="N10" s="15">
-        <v>1828</v>
+        <v>2228</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I11" s="15"/>
@@ -1249,51 +1249,51 @@
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080049518</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>2.22</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.33</v>
       </c>
       <c r="N14" s="15">
-        <v>257</v>
+        <v>288</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080061007</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>