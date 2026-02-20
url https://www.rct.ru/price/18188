--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1064,90 +1064,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080051166</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>250</v>
       </c>
       <c r="K9" s="15">
         <v>0.14457</v>
       </c>
       <c r="L9" s="15">
         <v>0.12529</v>
       </c>
       <c r="M9" s="15">
         <v>0.12048</v>
       </c>
       <c r="N9" s="15">
-        <v>1624</v>
+        <v>2358</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050361</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.14919</v>
       </c>
       <c r="L10" s="15">
         <v>0.1293</v>
       </c>
       <c r="M10" s="15">
         <v>0.12433</v>
       </c>
       <c r="N10" s="15">
-        <v>2228</v>
+        <v>2003</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I11" s="15"/>
@@ -1249,51 +1249,51 @@
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080049518</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>2.22</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.33</v>
       </c>
       <c r="N14" s="15">
-        <v>288</v>
+        <v>303</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080061007</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>