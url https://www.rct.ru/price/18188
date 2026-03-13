--- v5 (2026-02-20)
+++ v6 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1064,90 +1064,90 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080051166</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>250</v>
       </c>
       <c r="K9" s="15">
         <v>0.14457</v>
       </c>
       <c r="L9" s="15">
         <v>0.12529</v>
       </c>
       <c r="M9" s="15">
         <v>0.12048</v>
       </c>
       <c r="N9" s="15">
-        <v>2358</v>
+        <v>1401</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080050361</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.14919</v>
       </c>
       <c r="L10" s="15">
         <v>0.1293</v>
       </c>
       <c r="M10" s="15">
         <v>0.12433</v>
       </c>
       <c r="N10" s="15">
-        <v>2003</v>
+        <v>1742</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I11" s="15"/>
@@ -1249,51 +1249,51 @@
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080049518</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>2.22</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.33</v>
       </c>
       <c r="N14" s="15">
-        <v>303</v>
+        <v>334</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080061007</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>