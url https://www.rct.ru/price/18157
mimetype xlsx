--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -676,53 +676,50 @@
   <si>
     <t>Микропереключатель MSW-21</t>
   </si>
   <si>
     <t xml:space="preserve">KW10-CZ0P150 DONGNAN, DM1-00P-130 CHIFUNG, </t>
   </si>
   <si>
     <t>L-KLS7-ID-1128</t>
   </si>
   <si>
     <t>SMD Detector Switch, 0.1A 30VDC / MX-118 (L-KLS7-ID-1128)</t>
   </si>
   <si>
     <t>PS-22E05L</t>
   </si>
   <si>
     <t>50V 0.3A / PS-22E05L</t>
   </si>
   <si>
     <t>L-KLS7-SK-14D02-G4</t>
   </si>
   <si>
     <t>движковый угловой 1T4P, 50V 0.3A / SK-14D02 (L-KLS7-SK-14D02-G4)</t>
   </si>
   <si>
-    <t>29.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS7-SK-22D02PG4</t>
   </si>
   <si>
     <t>движковый угловой 2P2T / SK-22D06-PG4 (L-KLS7-SK-22D02PG4)</t>
   </si>
   <si>
     <t>L-KLS7-SK32-22F14-G5</t>
   </si>
   <si>
     <t>движковый 0,3A 30V / SK-22F14G (L-KLS7-SK32-22F14-G5)</t>
   </si>
   <si>
     <t>SM3-00N-115</t>
   </si>
   <si>
     <t>3A 250VAC 115g без лапки / SM3-00N-115</t>
   </si>
   <si>
     <t>SM3-01N-30</t>
   </si>
   <si>
     <t>3A 250VAC 30g c лапкой 14,5 мм / SM3-01N-30</t>
   </si>
   <si>
     <t>10-00088518</t>
@@ -743,53 +740,50 @@
     <t>UT-00116273</t>
   </si>
   <si>
     <t xml:space="preserve">KW4A(S)-BZ3F150-96 DONGNAN, </t>
   </si>
   <si>
     <t>KW4A(S)-BZ3F150-96</t>
   </si>
   <si>
     <t>3A 250VAC 50g c лапкой 14,5мм / SM3-01N-50 (KW4A(S)-BZ3F150-96)</t>
   </si>
   <si>
     <t xml:space="preserve">KW4A(S)-BZ3F150-1396 DONGNAN, </t>
   </si>
   <si>
     <t>KW4A-Z6SR200</t>
   </si>
   <si>
     <t>3A 250VAC 30g р лапка с изгибом, правосторонние выводы / SM3-04C-40 (KW4A-Z6SR200)</t>
   </si>
   <si>
     <t>KW4A-Z6SL200</t>
   </si>
   <si>
     <t>3A 250VAC 30g р лапка с изгибом, левосторонние выводы / SM3-04D-40 (KW4A-Z6SL200)</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.01.2026</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B122113L</t>
   </si>
   <si>
     <t>Микропереключатель 5A 250VAC / SM5-00N-115 ( KLS7-KW4-3Z-B122113L ) (MSW-11)</t>
   </si>
   <si>
     <t>10-00088487</t>
   </si>
   <si>
     <t>KW4A(S)-Z3F200-1396</t>
   </si>
   <si>
     <t>5A 250VAC 30g c лапкой 14.5 мм / SM5-01N-30 (KW4A(S)-Z3F200-1396)</t>
   </si>
   <si>
     <t>SM5-02N-25G</t>
   </si>
   <si>
     <t>5A 125VAC 25g c лапкой 16,5мм / SM5-02N-25G</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
@@ -2124,172 +2118,170 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15">
         <v>10080057432</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05868</v>
       </c>
       <c r="L16" s="15">
         <v>0.05086</v>
       </c>
       <c r="M16" s="15">
         <v>0.0489</v>
       </c>
       <c r="N16" s="15">
-        <v>8406</v>
+        <v>11909</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080050286</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.10405</v>
       </c>
       <c r="L17" s="15">
         <v>0.07528</v>
       </c>
       <c r="M17" s="15">
         <v>0.06569</v>
       </c>
       <c r="N17" s="15">
-        <v>720</v>
+        <v>660</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080029219</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.13671</v>
       </c>
       <c r="L18" s="15">
         <v>0.09891</v>
       </c>
       <c r="M18" s="15">
         <v>0.08631</v>
       </c>
       <c r="N18" s="15">
-        <v>3006</v>
+        <v>3131</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.09547</v>
       </c>
       <c r="L19" s="15">
         <v>0.06819</v>
       </c>
       <c r="M19" s="15">
         <v>0.06137</v>
       </c>
       <c r="N19" s="15">
-        <v>365</v>
-[...3 lines deleted...]
-      </c>
+        <v>1950</v>
+      </c>
+      <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080053080</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
@@ -2319,51 +2311,51 @@
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080059310</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.13821</v>
       </c>
       <c r="L21" s="15">
         <v>0.09155000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.07989</v>
       </c>
       <c r="N21" s="15">
-        <v>11871</v>
+        <v>8558</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10000020223</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
@@ -2547,51 +2539,51 @@
       <c r="D27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080050113</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.11325</v>
       </c>
       <c r="L27" s="15">
         <v>0.08194</v>
       </c>
       <c r="M27" s="15">
         <v>0.07149999999999999</v>
       </c>
       <c r="N27" s="15">
-        <v>3140</v>
+        <v>2534</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10000020224</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
@@ -2623,90 +2615,90 @@
       <c r="D29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080029133</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>150</v>
       </c>
       <c r="K29" s="15">
         <v>0.24101</v>
       </c>
       <c r="L29" s="15">
         <v>0.20214</v>
       </c>
       <c r="M29" s="15">
         <v>0.19436</v>
       </c>
       <c r="N29" s="15">
-        <v>671</v>
+        <v>726</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080003767</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>150</v>
       </c>
       <c r="K30" s="15">
         <v>0.23153</v>
       </c>
       <c r="L30" s="15">
         <v>0.20066</v>
       </c>
       <c r="M30" s="15">
         <v>0.2</v>
       </c>
       <c r="N30" s="15">
-        <v>912</v>
+        <v>772</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="15">
         <v>10080067629</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
@@ -2775,51 +2767,51 @@
       <c r="D33" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E33" s="15">
         <v>10080017923</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.219</v>
       </c>
       <c r="L33" s="15">
         <v>0.1898</v>
       </c>
       <c r="M33" s="15">
         <v>0.1825</v>
       </c>
       <c r="N33" s="15">
-        <v>780</v>
+        <v>800</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I34" s="15"/>
@@ -2851,90 +2843,90 @@
         <v>96</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.36764</v>
       </c>
       <c r="L35" s="15">
         <v>0.30833</v>
       </c>
       <c r="M35" s="15">
         <v>0.29648</v>
       </c>
       <c r="N35" s="15">
-        <v>1620</v>
+        <v>1159</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>150</v>
       </c>
       <c r="K36" s="15">
         <v>0.36764</v>
       </c>
       <c r="L36" s="15">
         <v>0.30833</v>
       </c>
       <c r="M36" s="15">
         <v>0.29648</v>
       </c>
       <c r="N36" s="15">
-        <v>1600</v>
+        <v>1740</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
@@ -2966,51 +2958,51 @@
       <c r="D38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E38" s="15">
         <v>10080046088</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.11011</v>
       </c>
       <c r="L38" s="15">
         <v>0.07965999999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.06951</v>
       </c>
       <c r="N38" s="15">
-        <v>6170</v>
+        <v>4207</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="15">
         <v>10080017575</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -3042,51 +3034,51 @@
       <c r="D40" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E40" s="15">
         <v>10080050265</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.31517</v>
       </c>
       <c r="L40" s="15">
         <v>0.22803</v>
       </c>
       <c r="M40" s="15">
         <v>0.19898</v>
       </c>
       <c r="N40" s="15">
-        <v>1267</v>
+        <v>1050</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I41" s="15"/>
@@ -3267,51 +3259,51 @@
         <v>124</v>
       </c>
       <c r="E46" s="15">
         <v>10080067159</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
         <v>0.32558</v>
       </c>
       <c r="L46" s="15">
         <v>0.28217</v>
       </c>
       <c r="M46" s="15">
         <v>0.27131</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>720</v>
+        <v>973</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
@@ -3344,51 +3336,51 @@
       <c r="D48" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10080058824</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.48413</v>
       </c>
       <c r="L48" s="15">
         <v>0.35027</v>
       </c>
       <c r="M48" s="15">
         <v>0.30565</v>
       </c>
       <c r="N48" s="15">
-        <v>1821</v>
+        <v>1584</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
@@ -3492,51 +3484,51 @@
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>120</v>
       </c>
       <c r="K52" s="15">
         <v>0.95133</v>
       </c>
       <c r="L52" s="15">
         <v>0.68829</v>
       </c>
       <c r="M52" s="15">
         <v>0.60061</v>
       </c>
       <c r="N52" s="15">
-        <v>13314</v>
+        <v>15407</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080050195</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
@@ -3642,51 +3634,51 @@
       <c r="D56" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.10707</v>
       </c>
       <c r="L56" s="15">
         <v>0.07746</v>
       </c>
       <c r="M56" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="N56" s="15">
-        <v>669</v>
+        <v>572</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
@@ -3864,90 +3856,90 @@
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.08688</v>
       </c>
       <c r="L62" s="15">
         <v>0.07530000000000001</v>
       </c>
       <c r="M62" s="15">
         <v>0.07240000000000001</v>
       </c>
       <c r="N62" s="15">
-        <v>560</v>
+        <v>648</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.19</v>
       </c>
       <c r="L63" s="15">
         <v>0.14</v>
       </c>
       <c r="M63" s="15">
         <v>0.13</v>
       </c>
       <c r="N63" s="15">
-        <v>598</v>
+        <v>708</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10080075875</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
@@ -4158,51 +4150,51 @@
       <c r="D70" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.09578</v>
       </c>
       <c r="L70" s="15">
         <v>0.0693</v>
       </c>
       <c r="M70" s="15">
         <v>0.06047</v>
       </c>
       <c r="N70" s="15">
-        <v>11850</v>
+        <v>10050</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
@@ -4277,51 +4269,51 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.32274</v>
       </c>
       <c r="L73" s="15">
         <v>0.23351</v>
       </c>
       <c r="M73" s="15">
         <v>0.20376</v>
       </c>
       <c r="N73" s="15">
-        <v>20774</v>
+        <v>26050</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="15"/>
@@ -4505,51 +4497,51 @@
       </c>
       <c r="E79" s="15">
         <v>10080034730</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>208</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>213</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.16</v>
       </c>
       <c r="L79" s="15">
         <v>0.16</v>
       </c>
       <c r="M79" s="15">
         <v>0.16</v>
       </c>
       <c r="N79" s="15">
-        <v>710</v>
+        <v>898</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E80" s="15">
         <v>10080054252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
@@ -4619,1600 +4611,1598 @@
       </c>
       <c r="D82" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E82" s="15">
         <v>10080072856</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.05378</v>
       </c>
       <c r="L82" s="15">
         <v>0.04661</v>
       </c>
       <c r="M82" s="15">
         <v>0.04481</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>900</v>
+      </c>
+      <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E83" s="15">
         <v>10080073036</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
         <v>0.08522</v>
       </c>
       <c r="L83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="M83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="N83" s="15">
         <v>805</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E84" s="15">
         <v>10080050008</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
         <v>0.13502</v>
       </c>
       <c r="L84" s="15">
         <v>0.09769</v>
       </c>
       <c r="M84" s="15">
         <v>0.08524</v>
       </c>
       <c r="N84" s="15">
-        <v>498</v>
+        <v>696</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E85" s="15">
         <v>10080032306</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.528</v>
       </c>
       <c r="L85" s="15">
         <v>0.28058</v>
       </c>
       <c r="M85" s="15">
         <v>0.23932</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>0.36334</v>
       </c>
       <c r="L86" s="15">
         <v>0.33994</v>
       </c>
       <c r="M86" s="15">
         <v>0.32885</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="E87" s="15">
         <v>10000018826</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
         <v>0.37689</v>
       </c>
       <c r="L87" s="15">
         <v>0.35349</v>
       </c>
       <c r="M87" s="15">
         <v>0.34117</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
         <v>0.52742</v>
       </c>
       <c r="L88" s="15">
         <v>0.44235</v>
       </c>
       <c r="M88" s="15">
         <v>0.42535</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E89" s="15">
         <v>10080029134</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.23221</v>
       </c>
       <c r="L89" s="15">
         <v>0.23221</v>
       </c>
       <c r="M89" s="15">
         <v>0.23221</v>
       </c>
       <c r="N89" s="15">
-        <v>6443</v>
+        <v>3610</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="E90" s="15">
         <v>10080050046</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>100</v>
       </c>
       <c r="K90" s="15">
         <v>0.27214</v>
       </c>
       <c r="L90" s="15">
         <v>0.2603</v>
       </c>
       <c r="M90" s="15">
         <v>0.2603</v>
       </c>
       <c r="N90" s="15">
-        <v>2127</v>
+        <v>2185</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E91" s="15">
         <v>10080050045</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>100</v>
       </c>
       <c r="K91" s="15">
         <v>0.27214</v>
       </c>
       <c r="L91" s="15">
         <v>0.2603</v>
       </c>
       <c r="M91" s="15">
         <v>0.2603</v>
       </c>
       <c r="N91" s="15">
-        <v>2068</v>
+        <v>1934</v>
       </c>
       <c r="O91" s="15">
-        <v>1540</v>
+        <v>1440</v>
       </c>
       <c r="P91" s="15" t="s">
-        <v>243</v>
+        <v>125</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.30769</v>
       </c>
       <c r="L92" s="15">
         <v>0.25806</v>
       </c>
       <c r="M92" s="15">
         <v>0.24814</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E93" s="15">
         <v>10080041982</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.27216</v>
       </c>
       <c r="L93" s="15">
         <v>0.26033</v>
       </c>
       <c r="M93" s="15">
         <v>0.26033</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15">
-        <v>390</v>
+        <v>360</v>
       </c>
       <c r="P93" s="15" t="s">
-        <v>243</v>
+        <v>125</v>
       </c>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E94" s="15">
         <v>10080003776</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.41346</v>
       </c>
       <c r="L94" s="15">
         <v>0.38797</v>
       </c>
       <c r="M94" s="15">
         <v>0.37467</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D95" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="E95" s="15" t="s">
         <v>252</v>
-      </c>
-[...4 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
         <v>0.27093</v>
       </c>
       <c r="L95" s="15">
         <v>0.27093</v>
       </c>
       <c r="M95" s="15">
         <v>0.27093</v>
       </c>
       <c r="N95" s="15">
-        <v>537</v>
+        <v>633</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="E96" s="15">
         <v>10080017924</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J96" s="15">
         <v>100</v>
       </c>
       <c r="K96" s="15">
         <v>0.57831</v>
       </c>
       <c r="L96" s="15">
         <v>0.48503</v>
       </c>
       <c r="M96" s="15">
         <v>0.46638</v>
       </c>
       <c r="N96" s="15">
         <v>34</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D97" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="E97" s="15" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
         <v>0.35423</v>
       </c>
       <c r="L97" s="15">
         <v>0.29518</v>
       </c>
       <c r="M97" s="15">
         <v>0.28337</v>
       </c>
       <c r="N97" s="15">
-        <v>1036</v>
+        <v>1257</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D98" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="E98" s="15" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>100</v>
       </c>
       <c r="K98" s="15">
         <v>0.3855</v>
       </c>
       <c r="L98" s="15">
         <v>0.3621</v>
       </c>
       <c r="M98" s="15">
         <v>0.34978</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D99" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="E99" s="15" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="J99" s="15">
         <v>100</v>
       </c>
       <c r="K99" s="15">
         <v>0.36363</v>
       </c>
       <c r="L99" s="15">
         <v>0.30498</v>
       </c>
       <c r="M99" s="15">
         <v>0.29325</v>
       </c>
       <c r="N99" s="15">
-        <v>1936</v>
+        <v>1736</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="E100" s="15">
         <v>10080017925</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.7245</v>
       </c>
       <c r="L100" s="15">
         <v>0.47817</v>
       </c>
       <c r="M100" s="15">
         <v>0.4347</v>
       </c>
       <c r="N100" s="15">
         <v>5</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D101" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="E101" s="15" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.69938</v>
       </c>
       <c r="L101" s="15">
         <v>0.58658</v>
       </c>
       <c r="M101" s="15">
         <v>0.56402</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D102" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="E102" s="15" t="s">
         <v>275</v>
-      </c>
-[...4 lines deleted...]
-        <v>277</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.87352</v>
       </c>
       <c r="M102" s="15">
         <v>0.83993</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E103" s="15">
         <v>10080055378</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.20444</v>
       </c>
       <c r="L103" s="15">
         <v>0.17718</v>
       </c>
       <c r="M103" s="15">
         <v>0.17036</v>
       </c>
       <c r="N103" s="15">
-        <v>19762</v>
+        <v>16116</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E104" s="15">
         <v>10080066031</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.35587</v>
       </c>
       <c r="L104" s="15">
         <v>0.29655</v>
       </c>
       <c r="M104" s="15">
         <v>0.28468</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="E105" s="15">
         <v>10080028184</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1600</v>
       </c>
       <c r="K105" s="15">
         <v>0.38</v>
       </c>
       <c r="L105" s="15">
         <v>0.38</v>
       </c>
       <c r="M105" s="15">
         <v>0.38</v>
       </c>
       <c r="N105" s="15">
-        <v>682</v>
+        <v>807</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="E106" s="15">
         <v>10080049796</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>400</v>
       </c>
       <c r="K106" s="15">
         <v>0.19464</v>
       </c>
       <c r="L106" s="15">
         <v>0.16221</v>
       </c>
       <c r="M106" s="15">
         <v>0.15571</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D107" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="E107" s="15" t="s">
         <v>287</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.22197</v>
       </c>
       <c r="L107" s="15">
         <v>0.18617</v>
       </c>
       <c r="M107" s="15">
         <v>0.17901</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D108" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="E108" s="15" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.02174</v>
       </c>
       <c r="L108" s="15">
         <v>0.01449</v>
       </c>
       <c r="M108" s="15">
         <v>0.01328</v>
       </c>
       <c r="N108" s="15">
         <v>14</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D109" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="E109" s="15" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1200</v>
       </c>
       <c r="K109" s="15">
         <v>4.73</v>
       </c>
       <c r="L109" s="15">
         <v>4.73</v>
       </c>
       <c r="M109" s="15">
         <v>4.73</v>
       </c>
       <c r="N109" s="15">
         <v>50</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D110" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="E110" s="15" t="s">
         <v>297</v>
-      </c>
-[...4 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>100</v>
       </c>
       <c r="K110" s="15">
         <v>0.9065</v>
       </c>
       <c r="L110" s="15">
         <v>0.84984</v>
       </c>
       <c r="M110" s="15">
         <v>0.82151</v>
       </c>
       <c r="N110" s="15">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="E111" s="15">
         <v>10080027190</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>1.56</v>
       </c>
       <c r="L111" s="15">
         <v>1.31</v>
       </c>
       <c r="M111" s="15">
         <v>1.26</v>
       </c>
       <c r="N111" s="15">
-        <v>246</v>
+        <v>219</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D112" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="E112" s="15" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>250</v>
       </c>
       <c r="K112" s="15">
         <v>1.76</v>
       </c>
       <c r="L112" s="15">
         <v>1.47</v>
       </c>
       <c r="M112" s="15">
         <v>1.42</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="E113" s="15">
         <v>10080027193</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>1.89</v>
       </c>
       <c r="L113" s="15">
         <v>1</v>
       </c>
       <c r="M113" s="15">
         <v>0.8545</v>
       </c>
       <c r="N113" s="15">
         <v>426</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="E114" s="15">
         <v>10080027192</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>100</v>
       </c>
       <c r="K114" s="15">
         <v>1.63</v>
       </c>
       <c r="L114" s="15">
         <v>0.90061</v>
       </c>
       <c r="M114" s="15">
         <v>0.78442</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15">
         <v>100</v>
       </c>
       <c r="P114" s="15" t="s">
-        <v>243</v>
+        <v>125</v>
       </c>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D115" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="E115" s="15" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>100</v>
       </c>
       <c r="K115" s="15">
         <v>1.15</v>
       </c>
       <c r="L115" s="15">
         <v>0.96701</v>
       </c>
       <c r="M115" s="15">
         <v>0.92981</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E116" s="15">
         <v>10080073195</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>500</v>
       </c>
       <c r="K116" s="15">
         <v>0.5796</v>
       </c>
       <c r="L116" s="15">
         <v>0.483</v>
       </c>
       <c r="M116" s="15">
         <v>0.46368</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D117" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="E117" s="15" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>316</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="J117" s="15">
         <v>100</v>
       </c>
       <c r="K117" s="15">
         <v>0.6281</v>
       </c>
       <c r="L117" s="15">
         <v>0.606</v>
       </c>
       <c r="M117" s="15">
         <v>0.5838</v>
       </c>
       <c r="N117" s="15">
         <v>7</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E118" s="15">
         <v>10080002812</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.62814</v>
       </c>
       <c r="L118" s="15">
         <v>0.60597</v>
       </c>
       <c r="M118" s="15">
         <v>0.5838</v>
       </c>
       <c r="N118" s="15">
-        <v>908</v>
+        <v>704</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D119" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="E119" s="15" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="J119" s="15">
         <v>240</v>
       </c>
       <c r="K119" s="15">
         <v>6.53</v>
       </c>
       <c r="L119" s="15">
         <v>5.47</v>
       </c>
       <c r="M119" s="15">
         <v>5.26</v>
       </c>
       <c r="N119" s="15">
-        <v>895</v>
+        <v>1247</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="E120" s="15" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>1</v>
       </c>
       <c r="K120" s="15">
         <v>0.15</v>
       </c>
       <c r="L120" s="15">
         <v>0.15</v>
       </c>
       <c r="M120" s="15">
         <v>0.15</v>
       </c>
       <c r="N120" s="15">
         <v>48</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="E121" s="15" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>72</v>
       </c>
       <c r="K121" s="15">
         <v>0.13</v>
       </c>
       <c r="L121" s="15">
         <v>0.13</v>
       </c>
       <c r="M121" s="15">
         <v>0.13</v>
       </c>
       <c r="N121" s="15">
-        <v>1549</v>
+        <v>1454</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>331</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="E122" s="15" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>216</v>
       </c>
       <c r="K122" s="15">
         <v>0.2</v>
       </c>
       <c r="L122" s="15">
         <v>0.2</v>
       </c>
       <c r="M122" s="15">
         <v>0.2</v>
       </c>
       <c r="N122" s="15">
-        <v>11846</v>
+        <v>9259</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15"/>
       <c r="I123" s="15"/>
       <c r="J123" s="15"/>
       <c r="K123" s="15"/>
       <c r="L123" s="15"/>
       <c r="M123" s="15"/>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
     </row>
   </sheetData>
@@ -6255,317 +6245,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>