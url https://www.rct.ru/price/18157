--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2118,51 +2118,51 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15">
         <v>10080057432</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05868</v>
       </c>
       <c r="L16" s="15">
         <v>0.05086</v>
       </c>
       <c r="M16" s="15">
         <v>0.0489</v>
       </c>
       <c r="N16" s="15">
-        <v>11909</v>
+        <v>10368</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080050286</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -2196,90 +2196,90 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080029219</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.13671</v>
       </c>
       <c r="L18" s="15">
         <v>0.09891</v>
       </c>
       <c r="M18" s="15">
         <v>0.08631</v>
       </c>
       <c r="N18" s="15">
-        <v>3131</v>
+        <v>2505</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.09547</v>
       </c>
       <c r="L19" s="15">
         <v>0.06819</v>
       </c>
       <c r="M19" s="15">
         <v>0.06137</v>
       </c>
       <c r="N19" s="15">
-        <v>1950</v>
+        <v>2075</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080053080</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -2311,51 +2311,51 @@
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080059310</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.13821</v>
       </c>
       <c r="L21" s="15">
         <v>0.09155000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.07989</v>
       </c>
       <c r="N21" s="15">
-        <v>8558</v>
+        <v>12009</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10000020223</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
@@ -2539,51 +2539,51 @@
       <c r="D27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080050113</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.11325</v>
       </c>
       <c r="L27" s="15">
         <v>0.08194</v>
       </c>
       <c r="M27" s="15">
         <v>0.07149999999999999</v>
       </c>
       <c r="N27" s="15">
-        <v>2534</v>
+        <v>3404</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10000020224</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
@@ -2615,90 +2615,90 @@
       <c r="D29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080029133</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>150</v>
       </c>
       <c r="K29" s="15">
         <v>0.24101</v>
       </c>
       <c r="L29" s="15">
         <v>0.20214</v>
       </c>
       <c r="M29" s="15">
         <v>0.19436</v>
       </c>
       <c r="N29" s="15">
-        <v>726</v>
+        <v>902</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080003767</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>150</v>
       </c>
       <c r="K30" s="15">
         <v>0.23153</v>
       </c>
       <c r="L30" s="15">
         <v>0.20066</v>
       </c>
       <c r="M30" s="15">
         <v>0.2</v>
       </c>
       <c r="N30" s="15">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="15">
         <v>10080067629</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
@@ -2767,51 +2767,51 @@
       <c r="D33" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E33" s="15">
         <v>10080017923</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.219</v>
       </c>
       <c r="L33" s="15">
         <v>0.1898</v>
       </c>
       <c r="M33" s="15">
         <v>0.1825</v>
       </c>
       <c r="N33" s="15">
-        <v>800</v>
+        <v>890</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I34" s="15"/>
@@ -2843,90 +2843,90 @@
         <v>96</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.36764</v>
       </c>
       <c r="L35" s="15">
         <v>0.30833</v>
       </c>
       <c r="M35" s="15">
         <v>0.29648</v>
       </c>
       <c r="N35" s="15">
-        <v>1159</v>
+        <v>1710</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>150</v>
       </c>
       <c r="K36" s="15">
         <v>0.36764</v>
       </c>
       <c r="L36" s="15">
         <v>0.30833</v>
       </c>
       <c r="M36" s="15">
         <v>0.29648</v>
       </c>
       <c r="N36" s="15">
-        <v>1740</v>
+        <v>1380</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
@@ -2958,51 +2958,51 @@
       <c r="D38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E38" s="15">
         <v>10080046088</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.11011</v>
       </c>
       <c r="L38" s="15">
         <v>0.07965999999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.06951</v>
       </c>
       <c r="N38" s="15">
-        <v>4207</v>
+        <v>6240</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="15">
         <v>10080017575</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -3034,51 +3034,51 @@
       <c r="D40" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E40" s="15">
         <v>10080050265</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.31517</v>
       </c>
       <c r="L40" s="15">
         <v>0.22803</v>
       </c>
       <c r="M40" s="15">
         <v>0.19898</v>
       </c>
       <c r="N40" s="15">
-        <v>1050</v>
+        <v>1367</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I41" s="15"/>
@@ -3259,51 +3259,51 @@
         <v>124</v>
       </c>
       <c r="E46" s="15">
         <v>10080067159</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
         <v>0.32558</v>
       </c>
       <c r="L46" s="15">
         <v>0.28217</v>
       </c>
       <c r="M46" s="15">
         <v>0.27131</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>973</v>
+        <v>756</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
@@ -3336,51 +3336,51 @@
       <c r="D48" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10080058824</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.48413</v>
       </c>
       <c r="L48" s="15">
         <v>0.35027</v>
       </c>
       <c r="M48" s="15">
         <v>0.30565</v>
       </c>
       <c r="N48" s="15">
-        <v>1584</v>
+        <v>1508</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
@@ -3484,51 +3484,51 @@
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>120</v>
       </c>
       <c r="K52" s="15">
         <v>0.95133</v>
       </c>
       <c r="L52" s="15">
         <v>0.68829</v>
       </c>
       <c r="M52" s="15">
         <v>0.60061</v>
       </c>
       <c r="N52" s="15">
-        <v>15407</v>
+        <v>16167</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080050195</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
@@ -3634,51 +3634,51 @@
       <c r="D56" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.10707</v>
       </c>
       <c r="L56" s="15">
         <v>0.07746</v>
       </c>
       <c r="M56" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="N56" s="15">
-        <v>572</v>
+        <v>740</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
@@ -3856,90 +3856,90 @@
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.08688</v>
       </c>
       <c r="L62" s="15">
         <v>0.07530000000000001</v>
       </c>
       <c r="M62" s="15">
         <v>0.07240000000000001</v>
       </c>
       <c r="N62" s="15">
-        <v>648</v>
+        <v>704</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.19</v>
       </c>
       <c r="L63" s="15">
         <v>0.14</v>
       </c>
       <c r="M63" s="15">
         <v>0.13</v>
       </c>
       <c r="N63" s="15">
-        <v>708</v>
+        <v>638</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10080075875</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
@@ -4150,51 +4150,51 @@
       <c r="D70" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.09578</v>
       </c>
       <c r="L70" s="15">
         <v>0.0693</v>
       </c>
       <c r="M70" s="15">
         <v>0.06047</v>
       </c>
       <c r="N70" s="15">
-        <v>10050</v>
+        <v>10500</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
@@ -4269,51 +4269,51 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.32274</v>
       </c>
       <c r="L73" s="15">
         <v>0.23351</v>
       </c>
       <c r="M73" s="15">
         <v>0.20376</v>
       </c>
       <c r="N73" s="15">
-        <v>26050</v>
+        <v>25390</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="15"/>
@@ -4497,90 +4497,90 @@
       </c>
       <c r="E79" s="15">
         <v>10080034730</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>208</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>213</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.16</v>
       </c>
       <c r="L79" s="15">
         <v>0.16</v>
       </c>
       <c r="M79" s="15">
         <v>0.16</v>
       </c>
       <c r="N79" s="15">
-        <v>898</v>
+        <v>783</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E80" s="15">
         <v>10080054252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.12</v>
       </c>
       <c r="L80" s="15">
         <v>0.12</v>
       </c>
       <c r="M80" s="15">
         <v>0.12</v>
       </c>
       <c r="N80" s="15">
-        <v>9297</v>
+        <v>6612</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E81" s="15">
         <v>10080064187</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I81" s="15"/>
@@ -4611,128 +4611,128 @@
       </c>
       <c r="D82" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E82" s="15">
         <v>10080072856</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.05378</v>
       </c>
       <c r="L82" s="15">
         <v>0.04661</v>
       </c>
       <c r="M82" s="15">
         <v>0.04481</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15">
-        <v>900</v>
+        <v>680</v>
       </c>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E83" s="15">
         <v>10080073036</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
         <v>0.08522</v>
       </c>
       <c r="L83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="M83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="N83" s="15">
-        <v>805</v>
+        <v>849</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E84" s="15">
         <v>10080050008</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
         <v>0.13502</v>
       </c>
       <c r="L84" s="15">
         <v>0.09769</v>
       </c>
       <c r="M84" s="15">
         <v>0.08524</v>
       </c>
       <c r="N84" s="15">
-        <v>696</v>
+        <v>569</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E85" s="15">
         <v>10080032306</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I85" s="15"/>
@@ -4879,132 +4879,132 @@
       </c>
       <c r="E89" s="15">
         <v>10080029134</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.23221</v>
       </c>
       <c r="L89" s="15">
         <v>0.23221</v>
       </c>
       <c r="M89" s="15">
         <v>0.23221</v>
       </c>
       <c r="N89" s="15">
-        <v>3610</v>
+        <v>3443</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E90" s="15">
         <v>10080050046</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>100</v>
       </c>
       <c r="K90" s="15">
         <v>0.27214</v>
       </c>
       <c r="L90" s="15">
         <v>0.2603</v>
       </c>
       <c r="M90" s="15">
         <v>0.2603</v>
       </c>
       <c r="N90" s="15">
-        <v>2185</v>
+        <v>2037</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E91" s="15">
         <v>10080050045</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>100</v>
       </c>
       <c r="K91" s="15">
         <v>0.27214</v>
       </c>
       <c r="L91" s="15">
         <v>0.2603</v>
       </c>
       <c r="M91" s="15">
         <v>0.2603</v>
       </c>
       <c r="N91" s="15">
-        <v>1934</v>
+        <v>2095</v>
       </c>
       <c r="O91" s="15">
-        <v>1440</v>
+        <v>1560</v>
       </c>
       <c r="P91" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
@@ -5036,51 +5036,51 @@
         <v>246</v>
       </c>
       <c r="E93" s="15">
         <v>10080041982</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.27216</v>
       </c>
       <c r="L93" s="15">
         <v>0.26033</v>
       </c>
       <c r="M93" s="15">
         <v>0.26033</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15">
-        <v>360</v>
+        <v>320</v>
       </c>
       <c r="P93" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E94" s="15">
         <v>10080003776</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>249</v>
       </c>
@@ -5115,51 +5115,51 @@
       </c>
       <c r="E95" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
         <v>0.27093</v>
       </c>
       <c r="L95" s="15">
         <v>0.27093</v>
       </c>
       <c r="M95" s="15">
         <v>0.27093</v>
       </c>
       <c r="N95" s="15">
-        <v>633</v>
+        <v>471</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E96" s="15">
         <v>10080017924</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15" t="s">
@@ -5193,51 +5193,51 @@
         <v>257</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
         <v>0.35423</v>
       </c>
       <c r="L97" s="15">
         <v>0.29518</v>
       </c>
       <c r="M97" s="15">
         <v>0.28337</v>
       </c>
       <c r="N97" s="15">
-        <v>1257</v>
+        <v>1161</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
@@ -5271,51 +5271,51 @@
       </c>
       <c r="E99" s="15" t="s">
         <v>265</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>266</v>
       </c>
       <c r="J99" s="15">
         <v>100</v>
       </c>
       <c r="K99" s="15">
         <v>0.36363</v>
       </c>
       <c r="L99" s="15">
         <v>0.30498</v>
       </c>
       <c r="M99" s="15">
         <v>0.29325</v>
       </c>
       <c r="N99" s="15">
-        <v>1736</v>
+        <v>1602</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E100" s="15">
         <v>10080017925</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
@@ -5425,51 +5425,51 @@
       <c r="D103" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E103" s="15">
         <v>10080055378</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.20444</v>
       </c>
       <c r="L103" s="15">
         <v>0.17718</v>
       </c>
       <c r="M103" s="15">
         <v>0.17036</v>
       </c>
       <c r="N103" s="15">
-        <v>16116</v>
+        <v>13359</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>279</v>
       </c>
       <c r="E104" s="15">
         <v>10080066031</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
@@ -5501,51 +5501,51 @@
       <c r="D105" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E105" s="15">
         <v>10080028184</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>282</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1600</v>
       </c>
       <c r="K105" s="15">
         <v>0.38</v>
       </c>
       <c r="L105" s="15">
         <v>0.38</v>
       </c>
       <c r="M105" s="15">
         <v>0.38</v>
       </c>
       <c r="N105" s="15">
-        <v>807</v>
+        <v>750</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E106" s="15">
         <v>10080049796</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I106" s="15"/>
@@ -5690,90 +5690,90 @@
       <c r="D110" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>100</v>
       </c>
       <c r="K110" s="15">
         <v>0.9065</v>
       </c>
       <c r="L110" s="15">
         <v>0.84984</v>
       </c>
       <c r="M110" s="15">
         <v>0.82151</v>
       </c>
       <c r="N110" s="15">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E111" s="15">
         <v>10080027190</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>1.56</v>
       </c>
       <c r="L111" s="15">
         <v>1.31</v>
       </c>
       <c r="M111" s="15">
         <v>1.26</v>
       </c>
       <c r="N111" s="15">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15"/>
@@ -5805,51 +5805,51 @@
       <c r="D113" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E113" s="15">
         <v>10080027193</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>1.89</v>
       </c>
       <c r="L113" s="15">
         <v>1</v>
       </c>
       <c r="M113" s="15">
         <v>0.8545</v>
       </c>
       <c r="N113" s="15">
-        <v>426</v>
+        <v>455</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E114" s="15">
         <v>10080027192</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
@@ -6000,92 +6000,92 @@
       <c r="D118" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E118" s="15">
         <v>10080002812</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>315</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.62814</v>
       </c>
       <c r="L118" s="15">
         <v>0.60597</v>
       </c>
       <c r="M118" s="15">
         <v>0.5838</v>
       </c>
       <c r="N118" s="15">
-        <v>704</v>
+        <v>816</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>322</v>
       </c>
       <c r="I119" s="15" t="s">
         <v>323</v>
       </c>
       <c r="J119" s="15">
         <v>240</v>
       </c>
       <c r="K119" s="15">
         <v>6.53</v>
       </c>
       <c r="L119" s="15">
         <v>5.47</v>
       </c>
       <c r="M119" s="15">
         <v>5.26</v>
       </c>
       <c r="N119" s="15">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>326</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>327</v>
       </c>
       <c r="I120" s="15"/>
@@ -6119,90 +6119,90 @@
       <c r="D121" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>327</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>72</v>
       </c>
       <c r="K121" s="15">
         <v>0.13</v>
       </c>
       <c r="L121" s="15">
         <v>0.13</v>
       </c>
       <c r="M121" s="15">
         <v>0.13</v>
       </c>
       <c r="N121" s="15">
-        <v>1454</v>
+        <v>1347</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>327</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>216</v>
       </c>
       <c r="K122" s="15">
         <v>0.2</v>
       </c>
       <c r="L122" s="15">
         <v>0.2</v>
       </c>
       <c r="M122" s="15">
         <v>0.2</v>
       </c>
       <c r="N122" s="15">
-        <v>9259</v>
+        <v>11390</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15"/>
       <c r="I123" s="15"/>
       <c r="J123" s="15"/>
       <c r="K123" s="15"/>
       <c r="L123" s="15"/>
       <c r="M123" s="15"/>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
     </row>
   </sheetData>