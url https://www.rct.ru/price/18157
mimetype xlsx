--- v2 (2025-12-16)
+++ v3 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2118,168 +2118,168 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15">
         <v>10080057432</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05868</v>
       </c>
       <c r="L16" s="15">
         <v>0.05086</v>
       </c>
       <c r="M16" s="15">
         <v>0.0489</v>
       </c>
       <c r="N16" s="15">
-        <v>10368</v>
+        <v>8967</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080050286</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.10405</v>
+        <v>0.07190000000000001</v>
       </c>
       <c r="L17" s="15">
-        <v>0.07528</v>
+        <v>0.06231</v>
       </c>
       <c r="M17" s="15">
-        <v>0.06569</v>
+        <v>0.05991</v>
       </c>
       <c r="N17" s="15">
-        <v>660</v>
+        <v>890</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080029219</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.13671</v>
       </c>
       <c r="L18" s="15">
         <v>0.09891</v>
       </c>
       <c r="M18" s="15">
         <v>0.08631</v>
       </c>
       <c r="N18" s="15">
-        <v>2505</v>
+        <v>3674</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.09547</v>
       </c>
       <c r="L19" s="15">
         <v>0.06819</v>
       </c>
       <c r="M19" s="15">
         <v>0.06137</v>
       </c>
       <c r="N19" s="15">
-        <v>2075</v>
+        <v>1600</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E20" s="15">
         <v>10080053080</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -2311,51 +2311,51 @@
       <c r="D21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080059310</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.13821</v>
       </c>
       <c r="L21" s="15">
         <v>0.09155000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.07989</v>
       </c>
       <c r="N21" s="15">
-        <v>12009</v>
+        <v>7318</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10000020223</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
@@ -2539,51 +2539,51 @@
       <c r="D27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080050113</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.11325</v>
       </c>
       <c r="L27" s="15">
         <v>0.08194</v>
       </c>
       <c r="M27" s="15">
         <v>0.07149999999999999</v>
       </c>
       <c r="N27" s="15">
-        <v>3404</v>
+        <v>2383</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10000020224</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
@@ -2615,90 +2615,90 @@
       <c r="D29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080029133</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>150</v>
       </c>
       <c r="K29" s="15">
         <v>0.24101</v>
       </c>
       <c r="L29" s="15">
         <v>0.20214</v>
       </c>
       <c r="M29" s="15">
         <v>0.19436</v>
       </c>
       <c r="N29" s="15">
-        <v>902</v>
+        <v>704</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080003767</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>150</v>
       </c>
       <c r="K30" s="15">
         <v>0.23153</v>
       </c>
       <c r="L30" s="15">
         <v>0.20066</v>
       </c>
       <c r="M30" s="15">
         <v>0.2</v>
       </c>
       <c r="N30" s="15">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="15">
         <v>10080067629</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
@@ -2767,51 +2767,51 @@
       <c r="D33" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E33" s="15">
         <v>10080017923</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.219</v>
       </c>
       <c r="L33" s="15">
         <v>0.1898</v>
       </c>
       <c r="M33" s="15">
         <v>0.1825</v>
       </c>
       <c r="N33" s="15">
-        <v>890</v>
+        <v>770</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I34" s="15"/>
@@ -2843,51 +2843,51 @@
         <v>96</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.36764</v>
       </c>
       <c r="L35" s="15">
         <v>0.30833</v>
       </c>
       <c r="M35" s="15">
         <v>0.29648</v>
       </c>
       <c r="N35" s="15">
-        <v>1710</v>
+        <v>1482</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="15"/>
@@ -2958,51 +2958,51 @@
       <c r="D38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E38" s="15">
         <v>10080046088</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.11011</v>
       </c>
       <c r="L38" s="15">
         <v>0.07965999999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.06951</v>
       </c>
       <c r="N38" s="15">
-        <v>6240</v>
+        <v>4347</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="15">
         <v>10080017575</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -3034,51 +3034,51 @@
       <c r="D40" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E40" s="15">
         <v>10080050265</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.31517</v>
       </c>
       <c r="L40" s="15">
         <v>0.22803</v>
       </c>
       <c r="M40" s="15">
         <v>0.19898</v>
       </c>
       <c r="N40" s="15">
-        <v>1367</v>
+        <v>1383</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="I41" s="15"/>
@@ -3259,51 +3259,51 @@
         <v>124</v>
       </c>
       <c r="E46" s="15">
         <v>10080067159</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
         <v>0.32558</v>
       </c>
       <c r="L46" s="15">
         <v>0.28217</v>
       </c>
       <c r="M46" s="15">
         <v>0.27131</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>756</v>
+        <v>720</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
@@ -3336,51 +3336,51 @@
       <c r="D48" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10080058824</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.48413</v>
       </c>
       <c r="L48" s="15">
         <v>0.35027</v>
       </c>
       <c r="M48" s="15">
         <v>0.30565</v>
       </c>
       <c r="N48" s="15">
-        <v>1508</v>
+        <v>1559</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
@@ -3484,51 +3484,51 @@
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>120</v>
       </c>
       <c r="K52" s="15">
         <v>0.95133</v>
       </c>
       <c r="L52" s="15">
         <v>0.68829</v>
       </c>
       <c r="M52" s="15">
         <v>0.60061</v>
       </c>
       <c r="N52" s="15">
-        <v>16167</v>
+        <v>14273</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080050195</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
@@ -3634,51 +3634,51 @@
       <c r="D56" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.10707</v>
       </c>
       <c r="L56" s="15">
         <v>0.07746</v>
       </c>
       <c r="M56" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="N56" s="15">
-        <v>740</v>
+        <v>660</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
@@ -3856,90 +3856,90 @@
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.08688</v>
       </c>
       <c r="L62" s="15">
         <v>0.07530000000000001</v>
       </c>
       <c r="M62" s="15">
         <v>0.07240000000000001</v>
       </c>
       <c r="N62" s="15">
-        <v>704</v>
+        <v>632</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.19</v>
       </c>
       <c r="L63" s="15">
         <v>0.14</v>
       </c>
       <c r="M63" s="15">
         <v>0.13</v>
       </c>
       <c r="N63" s="15">
-        <v>638</v>
+        <v>797</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10080075875</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
@@ -4150,51 +4150,51 @@
       <c r="D70" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.09578</v>
       </c>
       <c r="L70" s="15">
         <v>0.0693</v>
       </c>
       <c r="M70" s="15">
         <v>0.06047</v>
       </c>
       <c r="N70" s="15">
-        <v>10500</v>
+        <v>9750</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
@@ -4269,51 +4269,51 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.32274</v>
       </c>
       <c r="L73" s="15">
         <v>0.23351</v>
       </c>
       <c r="M73" s="15">
         <v>0.20376</v>
       </c>
       <c r="N73" s="15">
-        <v>25390</v>
+        <v>20115</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="15"/>
@@ -4497,90 +4497,90 @@
       </c>
       <c r="E79" s="15">
         <v>10080034730</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>208</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>213</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.16</v>
       </c>
       <c r="L79" s="15">
         <v>0.16</v>
       </c>
       <c r="M79" s="15">
         <v>0.16</v>
       </c>
       <c r="N79" s="15">
-        <v>783</v>
+        <v>909</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E80" s="15">
         <v>10080054252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.12</v>
       </c>
       <c r="L80" s="15">
         <v>0.12</v>
       </c>
       <c r="M80" s="15">
         <v>0.12</v>
       </c>
       <c r="N80" s="15">
-        <v>6612</v>
+        <v>8574</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E81" s="15">
         <v>10080064187</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I81" s="15"/>
@@ -4611,128 +4611,128 @@
       </c>
       <c r="D82" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E82" s="15">
         <v>10080072856</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.05378</v>
       </c>
       <c r="L82" s="15">
         <v>0.04661</v>
       </c>
       <c r="M82" s="15">
         <v>0.04481</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15">
-        <v>680</v>
+        <v>780</v>
       </c>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E83" s="15">
         <v>10080073036</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
         <v>0.08522</v>
       </c>
       <c r="L83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="M83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="N83" s="15">
-        <v>849</v>
+        <v>882</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E84" s="15">
         <v>10080050008</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
         <v>0.13502</v>
       </c>
       <c r="L84" s="15">
         <v>0.09769</v>
       </c>
       <c r="M84" s="15">
         <v>0.08524</v>
       </c>
       <c r="N84" s="15">
-        <v>569</v>
+        <v>530</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E85" s="15">
         <v>10080032306</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I85" s="15"/>
@@ -4879,132 +4879,132 @@
       </c>
       <c r="E89" s="15">
         <v>10080029134</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.23221</v>
       </c>
       <c r="L89" s="15">
         <v>0.23221</v>
       </c>
       <c r="M89" s="15">
         <v>0.23221</v>
       </c>
       <c r="N89" s="15">
-        <v>3443</v>
+        <v>3888</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E90" s="15">
         <v>10080050046</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>100</v>
       </c>
       <c r="K90" s="15">
         <v>0.27214</v>
       </c>
       <c r="L90" s="15">
         <v>0.2603</v>
       </c>
       <c r="M90" s="15">
         <v>0.2603</v>
       </c>
       <c r="N90" s="15">
-        <v>2037</v>
+        <v>1497</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E91" s="15">
         <v>10080050045</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>100</v>
       </c>
       <c r="K91" s="15">
         <v>0.27214</v>
       </c>
       <c r="L91" s="15">
         <v>0.2603</v>
       </c>
       <c r="M91" s="15">
         <v>0.2603</v>
       </c>
       <c r="N91" s="15">
-        <v>2095</v>
+        <v>2041</v>
       </c>
       <c r="O91" s="15">
-        <v>1560</v>
+        <v>1520</v>
       </c>
       <c r="P91" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
@@ -5036,51 +5036,51 @@
         <v>246</v>
       </c>
       <c r="E93" s="15">
         <v>10080041982</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.27216</v>
       </c>
       <c r="L93" s="15">
         <v>0.26033</v>
       </c>
       <c r="M93" s="15">
         <v>0.26033</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15">
-        <v>320</v>
+        <v>415</v>
       </c>
       <c r="P93" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E94" s="15">
         <v>10080003776</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>249</v>
       </c>
@@ -5115,51 +5115,51 @@
       </c>
       <c r="E95" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
         <v>0.27093</v>
       </c>
       <c r="L95" s="15">
         <v>0.27093</v>
       </c>
       <c r="M95" s="15">
         <v>0.27093</v>
       </c>
       <c r="N95" s="15">
-        <v>471</v>
+        <v>486</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E96" s="15">
         <v>10080017924</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15" t="s">
@@ -5193,51 +5193,51 @@
         <v>257</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
         <v>0.35423</v>
       </c>
       <c r="L97" s="15">
         <v>0.29518</v>
       </c>
       <c r="M97" s="15">
         <v>0.28337</v>
       </c>
       <c r="N97" s="15">
-        <v>1161</v>
+        <v>1043</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
@@ -5271,51 +5271,51 @@
       </c>
       <c r="E99" s="15" t="s">
         <v>265</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>266</v>
       </c>
       <c r="J99" s="15">
         <v>100</v>
       </c>
       <c r="K99" s="15">
         <v>0.36363</v>
       </c>
       <c r="L99" s="15">
         <v>0.30498</v>
       </c>
       <c r="M99" s="15">
         <v>0.29325</v>
       </c>
       <c r="N99" s="15">
-        <v>1602</v>
+        <v>1647</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E100" s="15">
         <v>10080017925</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
@@ -5425,51 +5425,51 @@
       <c r="D103" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E103" s="15">
         <v>10080055378</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.20444</v>
       </c>
       <c r="L103" s="15">
         <v>0.17718</v>
       </c>
       <c r="M103" s="15">
         <v>0.17036</v>
       </c>
       <c r="N103" s="15">
-        <v>13359</v>
+        <v>16116</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>279</v>
       </c>
       <c r="E104" s="15">
         <v>10080066031</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
@@ -5501,51 +5501,51 @@
       <c r="D105" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E105" s="15">
         <v>10080028184</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>282</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1600</v>
       </c>
       <c r="K105" s="15">
         <v>0.38</v>
       </c>
       <c r="L105" s="15">
         <v>0.38</v>
       </c>
       <c r="M105" s="15">
         <v>0.38</v>
       </c>
       <c r="N105" s="15">
-        <v>750</v>
+        <v>841</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E106" s="15">
         <v>10080049796</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I106" s="15"/>
@@ -5690,90 +5690,90 @@
       <c r="D110" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>100</v>
       </c>
       <c r="K110" s="15">
         <v>0.9065</v>
       </c>
       <c r="L110" s="15">
         <v>0.84984</v>
       </c>
       <c r="M110" s="15">
         <v>0.82151</v>
       </c>
       <c r="N110" s="15">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E111" s="15">
         <v>10080027190</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>1.56</v>
       </c>
       <c r="L111" s="15">
         <v>1.31</v>
       </c>
       <c r="M111" s="15">
         <v>1.26</v>
       </c>
       <c r="N111" s="15">
-        <v>222</v>
+        <v>201</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15"/>
@@ -5805,51 +5805,51 @@
       <c r="D113" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E113" s="15">
         <v>10080027193</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>1.89</v>
       </c>
       <c r="L113" s="15">
         <v>1</v>
       </c>
       <c r="M113" s="15">
         <v>0.8545</v>
       </c>
       <c r="N113" s="15">
-        <v>455</v>
+        <v>404</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E114" s="15">
         <v>10080027192</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
@@ -6000,92 +6000,92 @@
       <c r="D118" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E118" s="15">
         <v>10080002812</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>315</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.62814</v>
       </c>
       <c r="L118" s="15">
         <v>0.60597</v>
       </c>
       <c r="M118" s="15">
         <v>0.5838</v>
       </c>
       <c r="N118" s="15">
-        <v>816</v>
+        <v>684</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>322</v>
       </c>
       <c r="I119" s="15" t="s">
         <v>323</v>
       </c>
       <c r="J119" s="15">
         <v>240</v>
       </c>
       <c r="K119" s="15">
         <v>6.53</v>
       </c>
       <c r="L119" s="15">
         <v>5.47</v>
       </c>
       <c r="M119" s="15">
         <v>5.26</v>
       </c>
       <c r="N119" s="15">
-        <v>1261</v>
+        <v>1056</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>326</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>327</v>
       </c>
       <c r="I120" s="15"/>
@@ -6119,90 +6119,90 @@
       <c r="D121" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>330</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>327</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>72</v>
       </c>
       <c r="K121" s="15">
         <v>0.13</v>
       </c>
       <c r="L121" s="15">
         <v>0.13</v>
       </c>
       <c r="M121" s="15">
         <v>0.13</v>
       </c>
       <c r="N121" s="15">
-        <v>1347</v>
+        <v>1276</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>327</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>216</v>
       </c>
       <c r="K122" s="15">
         <v>0.2</v>
       </c>
       <c r="L122" s="15">
         <v>0.2</v>
       </c>
       <c r="M122" s="15">
         <v>0.2</v>
       </c>
       <c r="N122" s="15">
-        <v>11390</v>
+        <v>10050</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15"/>
       <c r="I123" s="15"/>
       <c r="J123" s="15"/>
       <c r="K123" s="15"/>
       <c r="L123" s="15"/>
       <c r="M123" s="15"/>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
     </row>
   </sheetData>