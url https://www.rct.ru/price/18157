--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="363">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -175,50 +175,53 @@
   <si>
     <t>1A 250VAC 130gF (микропереключатель) / DM1-00P-130G (KW10-CZ0P150)</t>
   </si>
   <si>
     <t>DONGNAN</t>
   </si>
   <si>
     <t xml:space="preserve">MSW-21 JIETONG, DM1-00P-130 CHIFUNG, </t>
   </si>
   <si>
     <t>DM1-00P-60-3-0</t>
   </si>
   <si>
     <t>1A 250 VAC 60gf (микропереключатель) / DM1-00P-60-3-0</t>
   </si>
   <si>
     <t>10-00088511</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z0P075</t>
   </si>
   <si>
     <t>1A 125VAC 75gF (микропереключатель) / DM1-00P-75G (L-KLS7-KW10-Z0P075)</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS7-KW10-Z3R025</t>
   </si>
   <si>
     <t>1A 250VAC 25gf (микропереключатель с лапкой 14мм правый угол) / DM1-01C-25G (L-KLS7-KW10-Z3R025)</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3L025</t>
   </si>
   <si>
     <t>1A 250VAC 25gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-25G (L-KLS7-KW10-Z3L025)</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3L030</t>
   </si>
   <si>
     <t>1A 250VAC 30gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-30G (L-KLS7-KW10-Z3L030)</t>
   </si>
   <si>
     <t>10-00088446</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3L045</t>
   </si>
   <si>
     <t>1A 250VAC 45gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-45G (L-KLS7-KW10-Z3L045)</t>
@@ -256,51 +259,51 @@
   <si>
     <t xml:space="preserve">L-KLS7-KW10-Z3P045 KLS, </t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3P045</t>
   </si>
   <si>
     <t>2A 250VAC 45gf (микропереключатель с лапкой 14мм) / DM1-01P-45G (KLS7-KW10-Z3P045)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS7-KW10-Z3P045-A KLS, </t>
   </si>
   <si>
     <t>KW10-FZ6GR150</t>
   </si>
   <si>
     <t>1A 250VAC 25gf микропереключатель лапка с изгибом, правый угол / DM1-02C-25 (KW10-FZ6GR150)</t>
   </si>
   <si>
     <t>UT-00103785</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z6L030</t>
   </si>
   <si>
-    <t>1A 250VAC 30gf (микропереключатель лапка с изгибом, левый угол) / DM1-02D-30G-G (L-KLS7-KW10-Z6L030)</t>
+    <t>1A 125VAC 30gf (микропереключатель лапка с изгибом, левый угол) / DM1-02D-30G-G (L-KLS7-KW10-Z6L030)</t>
   </si>
   <si>
     <t>DM1-02P-25</t>
   </si>
   <si>
     <t>1A 250VAC 25gf (микропереключатель лапка с изгибом) / DM1-02P-25</t>
   </si>
   <si>
     <t>KW10-Z6P150</t>
   </si>
   <si>
     <t>1A 250VAC 25gf (микропереключатель лапка с изгибом) / DM1-02P-25 (KW10-Z6P150)</t>
   </si>
   <si>
     <t>KW10-Z2P150</t>
   </si>
   <si>
     <t>1A 250VAC 30gf (микропереключатель с лапкой 18мм) / DM1-03P-30 (KW10-Z2P150)</t>
   </si>
   <si>
     <t>KLS7-KW10-3Z2P045</t>
   </si>
   <si>
     <t>3A 125VAC 45gf микропереключатель с лапкой 18мм / DM1-03P-45G (KLS7-KW10-3Z2P045)</t>
   </si>
@@ -391,53 +394,50 @@
   <si>
     <t>KLS7-DS030-00W</t>
   </si>
   <si>
     <t>0,1A 125 VAC (микропереключатель с лапкой ) Left side pcb terminal / KLS7-DS030-00W</t>
   </si>
   <si>
     <t>L-KLS7-ID-1124</t>
   </si>
   <si>
     <t>SMD Detector Switch, 0.1A 30VDC / KLS7-ID-1124</t>
   </si>
   <si>
     <t>KLS7-KW10-3Z1P045</t>
   </si>
   <si>
     <t>3A 125 VAC микропереключатель с лапкой 11,5мм 45gf / KLS7-KW10-3Z1P045</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-A132023L17</t>
   </si>
   <si>
     <t>2A 250V / KLS7-KW4-3Z-A132023L17</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS7-KW4-3Z-B122023L18</t>
   </si>
   <si>
     <t>5A 250VAC, лапка прямая L=50мм / KLS7-KW4-3Z-B122023L18 (L-KLS7-KW4-3Z-B122023L18)</t>
   </si>
   <si>
     <t>UT-00106325</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B12202L1</t>
   </si>
   <si>
     <t xml:space="preserve">5A 250VAC, лапка прямая L=16mm / KLS7-KW4-3Z-B12202L1 (L-KLS7-KW4-3Z-B12202L1) </t>
   </si>
   <si>
     <t>L-KLS7-MSS-2336-BB</t>
   </si>
   <si>
     <t>2P3T 50mA 12VDC движковый, THT / KLS7-MSS-2336-BB</t>
   </si>
   <si>
     <t>UT-00148546</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2336S-BR</t>
@@ -736,54 +736,60 @@
   <si>
     <t>3A 250VAC 50g c лапкой 14,5мм / SM3-01N-50 (KW4A(S)-BZ3F150-1396)</t>
   </si>
   <si>
     <t>UT-00116273</t>
   </si>
   <si>
     <t xml:space="preserve">KW4A(S)-BZ3F150-96 DONGNAN, </t>
   </si>
   <si>
     <t>KW4A(S)-BZ3F150-96</t>
   </si>
   <si>
     <t>3A 250VAC 50g c лапкой 14,5мм / SM3-01N-50 (KW4A(S)-BZ3F150-96)</t>
   </si>
   <si>
     <t xml:space="preserve">KW4A(S)-BZ3F150-1396 DONGNAN, </t>
   </si>
   <si>
     <t>KW4A-Z6SR200</t>
   </si>
   <si>
     <t>3A 250VAC 30g р лапка с изгибом, правосторонние выводы / SM3-04C-40 (KW4A-Z6SR200)</t>
   </si>
   <si>
+    <t>14.02.2026</t>
+  </si>
+  <si>
     <t>KW4A-Z6SL200</t>
   </si>
   <si>
     <t>3A 250VAC 30g р лапка с изгибом, левосторонние выводы / SM3-04D-40 (KW4A-Z6SL200)</t>
+  </si>
+  <si>
+    <t>14.01.2026</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B122113L</t>
   </si>
   <si>
     <t>Микропереключатель 5A 250VAC / SM5-00N-115 ( KLS7-KW4-3Z-B122113L ) (MSW-11)</t>
   </si>
   <si>
     <t>10-00088487</t>
   </si>
   <si>
     <t>KW4A(S)-Z3F200-1396</t>
   </si>
   <si>
     <t>5A 250VAC 30g c лапкой 14.5 мм / SM5-01N-30 (KW4A(S)-Z3F200-1396)</t>
   </si>
   <si>
     <t>SM5-02N-25G</t>
   </si>
   <si>
     <t>5A 125VAC 25g c лапкой 16,5мм / SM5-02N-25G</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
@@ -2109,1204 +2115,1218 @@
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15">
         <v>10080057432</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.05868</v>
+        <v>0.05846</v>
       </c>
       <c r="L16" s="15">
-        <v>0.05086</v>
+        <v>0.05066</v>
       </c>
       <c r="M16" s="15">
-        <v>0.0489</v>
+        <v>0.04871</v>
       </c>
       <c r="N16" s="15">
-        <v>8967</v>
-[...2 lines deleted...]
-      <c r="P16" s="15"/>
+        <v>8687</v>
+      </c>
+      <c r="O16" s="15">
+        <v>9300</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080050286</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07190000000000001</v>
       </c>
       <c r="L17" s="15">
         <v>0.06231</v>
       </c>
       <c r="M17" s="15">
         <v>0.05991</v>
       </c>
       <c r="N17" s="15">
-        <v>890</v>
-[...2 lines deleted...]
-      <c r="P17" s="15"/>
+        <v>703</v>
+      </c>
+      <c r="O17" s="15">
+        <v>3700</v>
+      </c>
+      <c r="P17" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10080029219</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.13671</v>
+        <v>0.09332</v>
       </c>
       <c r="L18" s="15">
-        <v>0.09891</v>
+        <v>0.08087</v>
       </c>
       <c r="M18" s="15">
-        <v>0.08631</v>
+        <v>0.07776</v>
       </c>
       <c r="N18" s="15">
-        <v>3674</v>
+        <v>3131</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.09547</v>
+        <v>0.06957000000000001</v>
       </c>
       <c r="L19" s="15">
-        <v>0.06819</v>
+        <v>0.06029</v>
       </c>
       <c r="M19" s="15">
-        <v>0.06137</v>
+        <v>0.05798</v>
       </c>
       <c r="N19" s="15">
-        <v>1600</v>
+        <v>1519</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053080</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.10341</v>
       </c>
       <c r="L20" s="15">
         <v>0.08672000000000001</v>
       </c>
       <c r="M20" s="15">
         <v>0.08339000000000001</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10080059310</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.13821</v>
       </c>
       <c r="L21" s="15">
         <v>0.09155000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.07989</v>
       </c>
       <c r="N21" s="15">
-        <v>7318</v>
+        <v>8971</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10000020223</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.22182</v>
       </c>
       <c r="L22" s="15">
         <v>0.20791</v>
       </c>
       <c r="M22" s="15">
         <v>0.201</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.27186</v>
       </c>
       <c r="L23" s="15">
         <v>0.22654</v>
       </c>
       <c r="M23" s="15">
         <v>0.21749</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08899</v>
       </c>
       <c r="L24" s="15">
         <v>0.07463</v>
       </c>
       <c r="M24" s="15">
         <v>0.07176</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080052842</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.08574</v>
       </c>
       <c r="L25" s="15">
         <v>0.0703</v>
       </c>
       <c r="M25" s="15">
         <v>0.06745</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>1.93</v>
       </c>
       <c r="L26" s="15">
         <v>1.62</v>
       </c>
       <c r="M26" s="15">
         <v>1.56</v>
       </c>
       <c r="N26" s="15">
         <v>5</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E27" s="15">
         <v>10080050113</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.11325</v>
+        <v>0.07968</v>
       </c>
       <c r="L27" s="15">
-        <v>0.08194</v>
+        <v>0.06906</v>
       </c>
       <c r="M27" s="15">
-        <v>0.07149999999999999</v>
+        <v>0.0664</v>
       </c>
       <c r="N27" s="15">
-        <v>2383</v>
+        <v>1424</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E28" s="15">
         <v>10000020224</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.1946</v>
       </c>
       <c r="L28" s="15">
         <v>0.18229</v>
       </c>
       <c r="M28" s="15">
         <v>0.17612</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080029133</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>150</v>
       </c>
       <c r="K29" s="15">
         <v>0.24101</v>
       </c>
       <c r="L29" s="15">
         <v>0.20214</v>
       </c>
       <c r="M29" s="15">
         <v>0.19436</v>
       </c>
       <c r="N29" s="15">
-        <v>704</v>
+        <v>715</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E30" s="15">
         <v>10080003767</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>150</v>
       </c>
       <c r="K30" s="15">
         <v>0.23153</v>
       </c>
       <c r="L30" s="15">
         <v>0.20066</v>
       </c>
       <c r="M30" s="15">
         <v>0.2</v>
       </c>
       <c r="N30" s="15">
-        <v>740</v>
+        <v>687</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E31" s="15">
         <v>10080067629</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.26194</v>
       </c>
       <c r="L31" s="15">
         <v>0.21827</v>
       </c>
       <c r="M31" s="15">
         <v>0.20954</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E32" s="15">
         <v>10000011352</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.43831</v>
       </c>
       <c r="L32" s="15">
         <v>0.31425</v>
       </c>
       <c r="M32" s="15">
         <v>0.27291</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E33" s="15">
         <v>10080017923</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.219</v>
       </c>
       <c r="L33" s="15">
         <v>0.1898</v>
       </c>
       <c r="M33" s="15">
         <v>0.1825</v>
       </c>
       <c r="N33" s="15">
-        <v>770</v>
+        <v>730</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.38181</v>
       </c>
       <c r="L34" s="15">
         <v>0.35718</v>
       </c>
       <c r="M34" s="15">
         <v>0.34486</v>
       </c>
       <c r="N34" s="15">
         <v>75</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.36764</v>
       </c>
       <c r="L35" s="15">
         <v>0.30833</v>
       </c>
       <c r="M35" s="15">
         <v>0.29648</v>
       </c>
       <c r="N35" s="15">
-        <v>1482</v>
+        <v>1520</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>150</v>
       </c>
       <c r="K36" s="15">
         <v>0.36764</v>
       </c>
       <c r="L36" s="15">
         <v>0.30833</v>
       </c>
       <c r="M36" s="15">
         <v>0.29648</v>
       </c>
       <c r="N36" s="15">
-        <v>1380</v>
+        <v>1760</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.38181</v>
       </c>
       <c r="L37" s="15">
         <v>0.35718</v>
       </c>
       <c r="M37" s="15">
         <v>0.34486</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080046088</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.11011</v>
+        <v>0.07457999999999999</v>
       </c>
       <c r="L38" s="15">
-        <v>0.07965999999999999</v>
+        <v>0.06464</v>
       </c>
       <c r="M38" s="15">
-        <v>0.06951</v>
+        <v>0.06215</v>
       </c>
       <c r="N38" s="15">
-        <v>4347</v>
+        <v>5750</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080017575</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.18204</v>
       </c>
       <c r="L39" s="15">
         <v>0.15777</v>
       </c>
       <c r="M39" s="15">
         <v>0.1517</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080050265</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.31517</v>
+        <v>0.22499</v>
       </c>
       <c r="L40" s="15">
-        <v>0.22803</v>
+        <v>0.19499</v>
       </c>
       <c r="M40" s="15">
-        <v>0.19898</v>
+        <v>0.18749</v>
       </c>
       <c r="N40" s="15">
-        <v>1383</v>
-[...2 lines deleted...]
-      <c r="P40" s="15"/>
+        <v>1283</v>
+      </c>
+      <c r="O40" s="15">
+        <v>770</v>
+      </c>
+      <c r="P40" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
         <v>0.2086</v>
       </c>
       <c r="L41" s="15">
         <v>0.17495</v>
       </c>
       <c r="M41" s="15">
         <v>0.16823</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E42" s="15">
         <v>10080011114</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.14627</v>
       </c>
       <c r="L42" s="15">
         <v>0.12676</v>
       </c>
       <c r="M42" s="15">
         <v>0.12189</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E43" s="15">
         <v>10080056812</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.42619</v>
       </c>
       <c r="L43" s="15">
         <v>0.35517</v>
       </c>
       <c r="M43" s="15">
         <v>0.34095</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E44" s="15">
         <v>10080045954</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.16532</v>
       </c>
       <c r="L44" s="15">
         <v>0.14327</v>
       </c>
       <c r="M44" s="15">
         <v>0.13776</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E45" s="15">
         <v>10080067630</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.26356</v>
       </c>
       <c r="L45" s="15">
         <v>0.21963</v>
       </c>
       <c r="M45" s="15">
         <v>0.21084</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E46" s="15">
         <v>10080067159</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
         <v>0.32558</v>
       </c>
       <c r="L46" s="15">
         <v>0.28217</v>
       </c>
       <c r="M46" s="15">
         <v>0.27131</v>
       </c>
-      <c r="N46" s="15"/>
+      <c r="N46" s="15">
+        <v>996</v>
+      </c>
       <c r="O46" s="15">
-        <v>720</v>
+        <v>830</v>
       </c>
       <c r="P46" s="15" t="s">
-        <v>125</v>
+        <v>53</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>200</v>
@@ -3336,51 +3356,51 @@
       <c r="D48" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10080058824</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.48413</v>
       </c>
       <c r="L48" s="15">
         <v>0.35027</v>
       </c>
       <c r="M48" s="15">
         <v>0.30565</v>
       </c>
       <c r="N48" s="15">
-        <v>1559</v>
+        <v>2061</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
@@ -3438,97 +3458,97 @@
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
-        <v>1.1</v>
+        <v>0.6640200000000001</v>
       </c>
       <c r="L51" s="15">
-        <v>0.79587</v>
+        <v>0.57548</v>
       </c>
       <c r="M51" s="15">
-        <v>0.6944900000000001</v>
+        <v>0.55335</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>120</v>
       </c>
       <c r="K52" s="15">
-        <v>0.95133</v>
+        <v>0.6667999999999999</v>
       </c>
       <c r="L52" s="15">
-        <v>0.68829</v>
+        <v>0.57789</v>
       </c>
       <c r="M52" s="15">
-        <v>0.60061</v>
+        <v>0.55566</v>
       </c>
       <c r="N52" s="15">
-        <v>14273</v>
+        <v>16890</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080050195</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
@@ -3625,60 +3645,60 @@
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.10707</v>
+        <v>0.07507999999999999</v>
       </c>
       <c r="L56" s="15">
-        <v>0.07746</v>
+        <v>0.06507</v>
       </c>
       <c r="M56" s="15">
-        <v>0.06759999999999999</v>
+        <v>0.06256</v>
       </c>
       <c r="N56" s="15">
-        <v>660</v>
+        <v>590</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
@@ -3856,90 +3876,90 @@
       <c r="D62" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.08688</v>
       </c>
       <c r="L62" s="15">
         <v>0.07530000000000001</v>
       </c>
       <c r="M62" s="15">
         <v>0.07240000000000001</v>
       </c>
       <c r="N62" s="15">
-        <v>632</v>
+        <v>648</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.19</v>
       </c>
       <c r="L63" s="15">
         <v>0.14</v>
       </c>
       <c r="M63" s="15">
         <v>0.13</v>
       </c>
       <c r="N63" s="15">
-        <v>797</v>
+        <v>817</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10080075875</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
@@ -4032,57 +4052,57 @@
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.05382</v>
+        <v>0.03716</v>
       </c>
       <c r="L67" s="15">
-        <v>0.03894</v>
+        <v>0.0322</v>
       </c>
       <c r="M67" s="15">
-        <v>0.03398</v>
+        <v>0.03096</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
@@ -4141,215 +4161,215 @@
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.09578</v>
+        <v>0.06617000000000001</v>
       </c>
       <c r="L70" s="15">
-        <v>0.0693</v>
+        <v>0.05734</v>
       </c>
       <c r="M70" s="15">
-        <v>0.06047</v>
+        <v>0.05514</v>
       </c>
       <c r="N70" s="15">
-        <v>9750</v>
+        <v>9100</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.08396000000000001</v>
+        <v>0.06005</v>
       </c>
       <c r="L71" s="15">
-        <v>0.06074</v>
+        <v>0.05204</v>
       </c>
       <c r="M71" s="15">
-        <v>0.05301</v>
+        <v>0.05004</v>
       </c>
       <c r="N71" s="15">
         <v>100</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E72" s="15">
         <v>10080046763</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
-        <v>0.34824</v>
+        <v>0.20898</v>
       </c>
       <c r="L72" s="15">
-        <v>0.25195</v>
+        <v>0.18112</v>
       </c>
       <c r="M72" s="15">
-        <v>0.21986</v>
+        <v>0.17415</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.32274</v>
+        <v>0.22121</v>
       </c>
       <c r="L73" s="15">
-        <v>0.23351</v>
+        <v>0.19171</v>
       </c>
       <c r="M73" s="15">
-        <v>0.20376</v>
+        <v>0.18434</v>
       </c>
       <c r="N73" s="15">
-        <v>20115</v>
+        <v>17675</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>125</v>
       </c>
       <c r="K74" s="15">
-        <v>0.67719</v>
+        <v>0.48354</v>
       </c>
       <c r="L74" s="15">
-        <v>0.48371</v>
+        <v>0.41907</v>
       </c>
       <c r="M74" s="15">
-        <v>0.43533</v>
+        <v>0.40295</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>1000</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
@@ -4497,90 +4517,90 @@
       </c>
       <c r="E79" s="15">
         <v>10080034730</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>208</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>213</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.16</v>
       </c>
       <c r="L79" s="15">
         <v>0.16</v>
       </c>
       <c r="M79" s="15">
         <v>0.16</v>
       </c>
       <c r="N79" s="15">
-        <v>909</v>
+        <v>867</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E80" s="15">
         <v>10080054252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.12</v>
       </c>
       <c r="L80" s="15">
         <v>0.12</v>
       </c>
       <c r="M80" s="15">
         <v>0.12</v>
       </c>
       <c r="N80" s="15">
-        <v>8574</v>
+        <v>7231</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E81" s="15">
         <v>10080064187</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I81" s="15"/>
@@ -4611,128 +4631,128 @@
       </c>
       <c r="D82" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E82" s="15">
         <v>10080072856</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.05378</v>
       </c>
       <c r="L82" s="15">
         <v>0.04661</v>
       </c>
       <c r="M82" s="15">
         <v>0.04481</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15">
-        <v>780</v>
+        <v>730</v>
       </c>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E83" s="15">
         <v>10080073036</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
         <v>0.08522</v>
       </c>
       <c r="L83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="M83" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="N83" s="15">
-        <v>882</v>
+        <v>662</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E84" s="15">
         <v>10080050008</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
-        <v>0.13502</v>
+        <v>0.09657</v>
       </c>
       <c r="L84" s="15">
-        <v>0.09769</v>
+        <v>0.08369</v>
       </c>
       <c r="M84" s="15">
-        <v>0.08524</v>
+        <v>0.08048</v>
       </c>
       <c r="N84" s="15">
-        <v>530</v>
+        <v>704</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E85" s="15">
         <v>10080032306</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I85" s="15"/>
@@ -4879,1330 +4899,1338 @@
       </c>
       <c r="E89" s="15">
         <v>10080029134</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
         <v>0.23221</v>
       </c>
       <c r="L89" s="15">
         <v>0.23221</v>
       </c>
       <c r="M89" s="15">
         <v>0.23221</v>
       </c>
       <c r="N89" s="15">
-        <v>3888</v>
+        <v>4887</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E90" s="15">
         <v>10080050046</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>100</v>
       </c>
       <c r="K90" s="15">
         <v>0.27214</v>
       </c>
       <c r="L90" s="15">
         <v>0.2603</v>
       </c>
       <c r="M90" s="15">
         <v>0.2603</v>
       </c>
       <c r="N90" s="15">
-        <v>1497</v>
-[...2 lines deleted...]
-      <c r="P90" s="15"/>
+        <v>1271</v>
+      </c>
+      <c r="O90" s="15">
+        <v>1300</v>
+      </c>
+      <c r="P90" s="15" t="s">
+        <v>240</v>
+      </c>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E91" s="15">
         <v>10080050045</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>100</v>
       </c>
       <c r="K91" s="15">
         <v>0.27214</v>
       </c>
       <c r="L91" s="15">
         <v>0.2603</v>
       </c>
       <c r="M91" s="15">
         <v>0.2603</v>
       </c>
       <c r="N91" s="15">
-        <v>2041</v>
+        <v>1443</v>
       </c>
       <c r="O91" s="15">
-        <v>1520</v>
+        <v>1320</v>
       </c>
       <c r="P91" s="15" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.30769</v>
       </c>
       <c r="L92" s="15">
         <v>0.25806</v>
       </c>
       <c r="M92" s="15">
         <v>0.24814</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E93" s="15">
         <v>10080041982</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.27216</v>
       </c>
       <c r="L93" s="15">
         <v>0.26033</v>
       </c>
       <c r="M93" s="15">
         <v>0.26033</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15">
-        <v>415</v>
+        <v>350</v>
       </c>
       <c r="P93" s="15" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E94" s="15">
         <v>10080003776</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.41346</v>
       </c>
       <c r="L94" s="15">
         <v>0.38797</v>
       </c>
       <c r="M94" s="15">
         <v>0.37467</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
         <v>0.27093</v>
       </c>
       <c r="L95" s="15">
         <v>0.27093</v>
       </c>
       <c r="M95" s="15">
         <v>0.27093</v>
       </c>
       <c r="N95" s="15">
-        <v>486</v>
+        <v>552</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="E96" s="15">
         <v>10080017924</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="J96" s="15">
         <v>100</v>
       </c>
       <c r="K96" s="15">
         <v>0.57831</v>
       </c>
       <c r="L96" s="15">
         <v>0.48503</v>
       </c>
       <c r="M96" s="15">
         <v>0.46638</v>
       </c>
       <c r="N96" s="15">
         <v>34</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
         <v>0.35423</v>
       </c>
       <c r="L97" s="15">
         <v>0.29518</v>
       </c>
       <c r="M97" s="15">
         <v>0.28337</v>
       </c>
       <c r="N97" s="15">
-        <v>1043</v>
+        <v>1262</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>100</v>
       </c>
       <c r="K98" s="15">
         <v>0.3855</v>
       </c>
       <c r="L98" s="15">
         <v>0.3621</v>
       </c>
       <c r="M98" s="15">
         <v>0.34978</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="J99" s="15">
         <v>100</v>
       </c>
       <c r="K99" s="15">
         <v>0.36363</v>
       </c>
       <c r="L99" s="15">
         <v>0.30498</v>
       </c>
       <c r="M99" s="15">
         <v>0.29325</v>
       </c>
       <c r="N99" s="15">
-        <v>1647</v>
+        <v>1552</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="E100" s="15">
         <v>10080017925</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.7245</v>
       </c>
       <c r="L100" s="15">
         <v>0.47817</v>
       </c>
       <c r="M100" s="15">
         <v>0.4347</v>
       </c>
       <c r="N100" s="15">
         <v>5</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.69938</v>
       </c>
       <c r="L101" s="15">
         <v>0.58658</v>
       </c>
       <c r="M101" s="15">
         <v>0.56402</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.87352</v>
       </c>
       <c r="M102" s="15">
         <v>0.83993</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="E103" s="15">
         <v>10080055378</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>1000</v>
       </c>
       <c r="K103" s="15">
         <v>0.20444</v>
       </c>
       <c r="L103" s="15">
         <v>0.17718</v>
       </c>
       <c r="M103" s="15">
         <v>0.17036</v>
       </c>
       <c r="N103" s="15">
-        <v>16116</v>
-[...2 lines deleted...]
-      <c r="P103" s="15"/>
+        <v>14584</v>
+      </c>
+      <c r="O103" s="15">
+        <v>9000</v>
+      </c>
+      <c r="P103" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="E104" s="15">
         <v>10080066031</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.35587</v>
       </c>
       <c r="L104" s="15">
         <v>0.29655</v>
       </c>
       <c r="M104" s="15">
         <v>0.28468</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E105" s="15">
         <v>10080028184</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1600</v>
       </c>
       <c r="K105" s="15">
         <v>0.38</v>
       </c>
       <c r="L105" s="15">
         <v>0.38</v>
       </c>
       <c r="M105" s="15">
         <v>0.38</v>
       </c>
       <c r="N105" s="15">
-        <v>841</v>
+        <v>796</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E106" s="15">
         <v>10080049796</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>400</v>
       </c>
       <c r="K106" s="15">
         <v>0.19464</v>
       </c>
       <c r="L106" s="15">
         <v>0.16221</v>
       </c>
       <c r="M106" s="15">
         <v>0.15571</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.22197</v>
       </c>
       <c r="L107" s="15">
         <v>0.18617</v>
       </c>
       <c r="M107" s="15">
         <v>0.17901</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.02174</v>
       </c>
       <c r="L108" s="15">
         <v>0.01449</v>
       </c>
       <c r="M108" s="15">
         <v>0.01328</v>
       </c>
       <c r="N108" s="15">
         <v>14</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1200</v>
       </c>
       <c r="K109" s="15">
         <v>4.73</v>
       </c>
       <c r="L109" s="15">
         <v>4.73</v>
       </c>
       <c r="M109" s="15">
         <v>4.73</v>
       </c>
       <c r="N109" s="15">
         <v>50</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>100</v>
       </c>
       <c r="K110" s="15">
         <v>0.9065</v>
       </c>
       <c r="L110" s="15">
         <v>0.84984</v>
       </c>
       <c r="M110" s="15">
         <v>0.82151</v>
       </c>
       <c r="N110" s="15">
         <v>101</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E111" s="15">
         <v>10080027190</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>1.56</v>
       </c>
       <c r="L111" s="15">
         <v>1.31</v>
       </c>
       <c r="M111" s="15">
         <v>1.26</v>
       </c>
       <c r="N111" s="15">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>250</v>
       </c>
       <c r="K112" s="15">
         <v>1.76</v>
       </c>
       <c r="L112" s="15">
         <v>1.47</v>
       </c>
       <c r="M112" s="15">
         <v>1.42</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="E113" s="15">
         <v>10080027193</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>1.89</v>
       </c>
       <c r="L113" s="15">
         <v>1</v>
       </c>
       <c r="M113" s="15">
         <v>0.8545</v>
       </c>
       <c r="N113" s="15">
-        <v>404</v>
+        <v>341</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="E114" s="15">
         <v>10080027192</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>100</v>
       </c>
       <c r="K114" s="15">
         <v>1.63</v>
       </c>
       <c r="L114" s="15">
         <v>0.90061</v>
       </c>
       <c r="M114" s="15">
         <v>0.78442</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15">
         <v>100</v>
       </c>
       <c r="P114" s="15" t="s">
-        <v>125</v>
+        <v>243</v>
       </c>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>100</v>
       </c>
       <c r="K115" s="15">
         <v>1.15</v>
       </c>
       <c r="L115" s="15">
         <v>0.96701</v>
       </c>
       <c r="M115" s="15">
         <v>0.92981</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="E116" s="15">
         <v>10080073195</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>500</v>
       </c>
       <c r="K116" s="15">
         <v>0.5796</v>
       </c>
       <c r="L116" s="15">
         <v>0.483</v>
       </c>
       <c r="M116" s="15">
         <v>0.46368</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="J117" s="15">
         <v>100</v>
       </c>
       <c r="K117" s="15">
         <v>0.6281</v>
       </c>
       <c r="L117" s="15">
         <v>0.606</v>
       </c>
       <c r="M117" s="15">
         <v>0.5838</v>
       </c>
       <c r="N117" s="15">
         <v>7</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="E118" s="15">
         <v>10080002812</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.62814</v>
       </c>
       <c r="L118" s="15">
         <v>0.60597</v>
       </c>
       <c r="M118" s="15">
         <v>0.5838</v>
       </c>
       <c r="N118" s="15">
-        <v>684</v>
+        <v>908</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="J119" s="15">
         <v>240</v>
       </c>
       <c r="K119" s="15">
         <v>6.53</v>
       </c>
       <c r="L119" s="15">
         <v>5.47</v>
       </c>
       <c r="M119" s="15">
         <v>5.26</v>
       </c>
       <c r="N119" s="15">
-        <v>1056</v>
+        <v>1115</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>1</v>
       </c>
       <c r="K120" s="15">
         <v>0.15</v>
       </c>
       <c r="L120" s="15">
         <v>0.15</v>
       </c>
       <c r="M120" s="15">
         <v>0.15</v>
       </c>
       <c r="N120" s="15">
         <v>48</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>72</v>
       </c>
       <c r="K121" s="15">
         <v>0.13</v>
       </c>
       <c r="L121" s="15">
         <v>0.13</v>
       </c>
       <c r="M121" s="15">
         <v>0.13</v>
       </c>
       <c r="N121" s="15">
-        <v>1276</v>
+        <v>1365</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>216</v>
       </c>
       <c r="K122" s="15">
         <v>0.2</v>
       </c>
       <c r="L122" s="15">
         <v>0.2</v>
       </c>
       <c r="M122" s="15">
         <v>0.2</v>
       </c>
       <c r="N122" s="15">
-        <v>10050</v>
+        <v>10318</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14"/>
       <c r="C123" s="15"/>
       <c r="D123" s="15"/>
       <c r="E123" s="15"/>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15"/>
       <c r="I123" s="15"/>
       <c r="J123" s="15"/>
       <c r="K123" s="15"/>
       <c r="L123" s="15"/>
       <c r="M123" s="15"/>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
     </row>
   </sheetData>
@@ -6245,317 +6273,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>