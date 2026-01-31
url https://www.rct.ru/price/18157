--- v4 (2026-01-10)
+++ v5 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -175,51 +175,51 @@
   <si>
     <t>1A 250VAC 130gF (микропереключатель) / DM1-00P-130G (KW10-CZ0P150)</t>
   </si>
   <si>
     <t>DONGNAN</t>
   </si>
   <si>
     <t xml:space="preserve">MSW-21 JIETONG, DM1-00P-130 CHIFUNG, </t>
   </si>
   <si>
     <t>DM1-00P-60-3-0</t>
   </si>
   <si>
     <t>1A 250 VAC 60gf (микропереключатель) / DM1-00P-60-3-0</t>
   </si>
   <si>
     <t>10-00088511</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z0P075</t>
   </si>
   <si>
     <t>1A 125VAC 75gF (микропереключатель) / DM1-00P-75G (L-KLS7-KW10-Z0P075)</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3R025</t>
   </si>
   <si>
     <t>1A 250VAC 25gf (микропереключатель с лапкой 14мм правый угол) / DM1-01C-25G (L-KLS7-KW10-Z3R025)</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3L025</t>
   </si>
   <si>
     <t>1A 250VAC 25gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-25G (L-KLS7-KW10-Z3L025)</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3L030</t>
   </si>
   <si>
     <t>1A 250VAC 30gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-30G (L-KLS7-KW10-Z3L030)</t>
   </si>
   <si>
     <t>10-00088446</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z3L045</t>
   </si>
@@ -433,62 +433,74 @@
   <si>
     <t>L-KLS7-MSS-2336-BB</t>
   </si>
   <si>
     <t>2P3T 50mA 12VDC движковый, THT / KLS7-MSS-2336-BB</t>
   </si>
   <si>
     <t>UT-00148546</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2336S-BR</t>
   </si>
   <si>
     <t>0.3A 30VDC движковый, SMD / KLS7-MSS-2336S-BR</t>
   </si>
   <si>
     <t>L-KLS7-SS01-12E03A-G-4.7</t>
   </si>
   <si>
     <t>переключатель движковый вертикальный (ON-ON), 2A 250VAC / 5A 125VAC, высота 4.7мм / KLS7-SS01-12E03A-G-4.7</t>
   </si>
   <si>
     <t>UT-00100245</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS7-SS01-12E03A-G-4.7 KLS, </t>
+  </si>
+  <si>
     <t>UT-00117134</t>
   </si>
   <si>
     <t>L-KLS7-SS41-23D06-VG8</t>
   </si>
   <si>
     <t>движковый 0.3A 50VDC / KLS7-SS41-23D06-VG8</t>
   </si>
   <si>
     <t xml:space="preserve">SS23D06VG8 КИТАЙ, </t>
   </si>
   <si>
+    <t>KW10 (SPDT 0.05A 30V DC high plunger)</t>
+  </si>
+  <si>
+    <t>SPDT 0.05A 30V DC. с высоким плунжером!! (выступ 4.8x2.4мм высотой 2мм) / KW10 (SPDT 0.05A 30V DC high plunger)</t>
+  </si>
+  <si>
+    <t>UT-00154989</t>
+  </si>
+  <si>
     <t>KW3A-16Z3B-A300A</t>
   </si>
   <si>
     <t>микропереключатель SPDT 16A 250V средний рычаг / KW3A-16Z3B-A300A</t>
   </si>
   <si>
     <t>UT-00099125</t>
   </si>
   <si>
     <t>L-KLS7-DS-011-T</t>
   </si>
   <si>
     <t>переключатель обнаружения SPST-NO, 1mA 5V, SMD / L-KLS7-DS-011-T</t>
   </si>
   <si>
     <t>UT-00098510</t>
   </si>
   <si>
     <t xml:space="preserve">HDT0004 C&amp;K Components, </t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z1P075</t>
   </si>
   <si>
     <t>1A 125 VAC SPDT 76gf (0.75N) (микропереключатель на плату, короткий рычаг) / L-KLS7-KW10-Z1P075</t>
@@ -511,50 +523,53 @@
   <si>
     <t>5A 250VAC / L-KLS7-KW4-3Z-B122013L4</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B132013L25mm</t>
   </si>
   <si>
     <t>Green 25mm RoHS / L-KLS7-KW4-3Z-B132013L25mm</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B142113L2</t>
   </si>
   <si>
     <t>5A 125/250VAC, лапка с изгибом (20мм), правосторонние выводы / L-KLS7-KW4-3Z-B142113L2</t>
   </si>
   <si>
     <t>UT-00106531</t>
   </si>
   <si>
     <t>L-KLS7-MSS-1246</t>
   </si>
   <si>
     <t>слайдерный переключатель 1P2T прямой угол, 6VDC 0.3A, черный / L-KLS7-MSS-1246</t>
   </si>
   <si>
+    <t>06.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS7-MSS-2235-BB</t>
   </si>
   <si>
     <t>слайдерный переключатель 2P2T на плату, 0.3A 6VDC, чёрный, THT / L-KLS7-MSS-2235-BB</t>
   </si>
   <si>
     <t>UT-00152410</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2247N</t>
   </si>
   <si>
     <t>переключатель движковый DPDT, 0.3A 30VDC, H=3.5мм, SMD / L-KLS7-MSS-2247N</t>
   </si>
   <si>
     <t>UT-00120527</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2248</t>
   </si>
   <si>
     <t>6.7x4.8x1.4mm,Mini Slide Switch,DPDT SMD Vertical,Reel / L-KLS7-MSS-2248</t>
   </si>
   <si>
     <t>L-KLS7-SK-23D06-PG5</t>
@@ -736,60 +751,54 @@
   <si>
     <t>3A 250VAC 50g c лапкой 14,5мм / SM3-01N-50 (KW4A(S)-BZ3F150-1396)</t>
   </si>
   <si>
     <t>UT-00116273</t>
   </si>
   <si>
     <t xml:space="preserve">KW4A(S)-BZ3F150-96 DONGNAN, </t>
   </si>
   <si>
     <t>KW4A(S)-BZ3F150-96</t>
   </si>
   <si>
     <t>3A 250VAC 50g c лапкой 14,5мм / SM3-01N-50 (KW4A(S)-BZ3F150-96)</t>
   </si>
   <si>
     <t xml:space="preserve">KW4A(S)-BZ3F150-1396 DONGNAN, </t>
   </si>
   <si>
     <t>KW4A-Z6SR200</t>
   </si>
   <si>
     <t>3A 250VAC 30g р лапка с изгибом, правосторонние выводы / SM3-04C-40 (KW4A-Z6SR200)</t>
   </si>
   <si>
-    <t>14.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>KW4A-Z6SL200</t>
   </si>
   <si>
     <t>3A 250VAC 30g р лапка с изгибом, левосторонние выводы / SM3-04D-40 (KW4A-Z6SL200)</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.01.2026</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B122113L</t>
   </si>
   <si>
     <t>Микропереключатель 5A 250VAC / SM5-00N-115 ( KLS7-KW4-3Z-B122113L ) (MSW-11)</t>
   </si>
   <si>
     <t>10-00088487</t>
   </si>
   <si>
     <t>KW4A(S)-Z3F200-1396</t>
   </si>
   <si>
     <t>5A 250VAC 30g c лапкой 14.5 мм / SM5-01N-30 (KW4A(S)-Z3F200-1396)</t>
   </si>
   <si>
     <t>SM5-02N-25G</t>
   </si>
   <si>
     <t>5A 125VAC 25g c лапкой 16,5мм / SM5-02N-25G</t>
   </si>
   <si>
     <t>КИТАЙ</t>
   </si>
@@ -1611,51 +1620,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R123"/>
+  <dimension ref="A1:R124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2124,176 +2133,176 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15">
         <v>10080057432</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05846</v>
       </c>
       <c r="L16" s="15">
         <v>0.05066</v>
       </c>
       <c r="M16" s="15">
         <v>0.04871</v>
       </c>
       <c r="N16" s="15">
-        <v>8687</v>
+        <v>9107</v>
       </c>
       <c r="O16" s="15">
-        <v>9300</v>
+        <v>9750</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080050286</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07190000000000001</v>
       </c>
       <c r="L17" s="15">
         <v>0.06231</v>
       </c>
       <c r="M17" s="15">
         <v>0.05991</v>
       </c>
       <c r="N17" s="15">
-        <v>703</v>
+        <v>365</v>
       </c>
       <c r="O17" s="15">
-        <v>3700</v>
+        <v>3650</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10080029219</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.09332</v>
       </c>
       <c r="L18" s="15">
         <v>0.08087</v>
       </c>
       <c r="M18" s="15">
         <v>0.07776</v>
       </c>
       <c r="N18" s="15">
-        <v>3131</v>
+        <v>3093</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.06957000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.06029</v>
       </c>
       <c r="M19" s="15">
         <v>0.05798</v>
       </c>
       <c r="N19" s="15">
-        <v>1519</v>
+        <v>1584</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053080</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -2325,51 +2334,51 @@
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10080059310</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.13821</v>
       </c>
       <c r="L21" s="15">
         <v>0.09155000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.07989</v>
       </c>
       <c r="N21" s="15">
-        <v>8971</v>
+        <v>9363</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10000020223</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
@@ -2553,51 +2562,51 @@
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15">
         <v>10080050113</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.07968</v>
       </c>
       <c r="L27" s="15">
         <v>0.06906</v>
       </c>
       <c r="M27" s="15">
         <v>0.0664</v>
       </c>
       <c r="N27" s="15">
-        <v>1424</v>
+        <v>1328</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="15">
         <v>10000020224</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
@@ -2629,90 +2638,90 @@
       <c r="D29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080029133</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>150</v>
       </c>
       <c r="K29" s="15">
         <v>0.24101</v>
       </c>
       <c r="L29" s="15">
         <v>0.20214</v>
       </c>
       <c r="M29" s="15">
         <v>0.19436</v>
       </c>
       <c r="N29" s="15">
-        <v>715</v>
+        <v>552</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15">
         <v>10080003767</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>150</v>
       </c>
       <c r="K30" s="15">
         <v>0.23153</v>
       </c>
       <c r="L30" s="15">
         <v>0.20066</v>
       </c>
       <c r="M30" s="15">
         <v>0.2</v>
       </c>
       <c r="N30" s="15">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E31" s="15">
         <v>10080067629</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
@@ -2781,51 +2790,51 @@
       <c r="D33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="15">
         <v>10080017923</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.219</v>
       </c>
       <c r="L33" s="15">
         <v>0.1898</v>
       </c>
       <c r="M33" s="15">
         <v>0.1825</v>
       </c>
       <c r="N33" s="15">
-        <v>730</v>
+        <v>670</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I34" s="15"/>
@@ -2857,90 +2866,90 @@
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.36764</v>
       </c>
       <c r="L35" s="15">
         <v>0.30833</v>
       </c>
       <c r="M35" s="15">
         <v>0.29648</v>
       </c>
       <c r="N35" s="15">
-        <v>1520</v>
+        <v>1691</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>150</v>
       </c>
       <c r="K36" s="15">
         <v>0.36764</v>
       </c>
       <c r="L36" s="15">
         <v>0.30833</v>
       </c>
       <c r="M36" s="15">
         <v>0.29648</v>
       </c>
       <c r="N36" s="15">
-        <v>1760</v>
+        <v>1780</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
@@ -2972,51 +2981,51 @@
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080046088</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.07457999999999999</v>
       </c>
       <c r="L38" s="15">
         <v>0.06464</v>
       </c>
       <c r="M38" s="15">
         <v>0.06215</v>
       </c>
       <c r="N38" s="15">
-        <v>5750</v>
+        <v>2933</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080017575</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -3048,54 +3057,54 @@
       <c r="D40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080050265</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.22499</v>
       </c>
       <c r="L40" s="15">
         <v>0.19499</v>
       </c>
       <c r="M40" s="15">
         <v>0.18749</v>
       </c>
       <c r="N40" s="15">
-        <v>1283</v>
+        <v>1050</v>
       </c>
       <c r="O40" s="15">
-        <v>770</v>
+        <v>630</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>115</v>
       </c>
@@ -3267,63 +3276,63 @@
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E46" s="15">
         <v>10080067159</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
-        <v>0.32558</v>
+        <v>0.32747</v>
       </c>
       <c r="L46" s="15">
-        <v>0.28217</v>
+        <v>0.2838</v>
       </c>
       <c r="M46" s="15">
-        <v>0.27131</v>
+        <v>0.27289</v>
       </c>
       <c r="N46" s="15">
-        <v>996</v>
+        <v>1044</v>
       </c>
       <c r="O46" s="15">
-        <v>830</v>
+        <v>870</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
@@ -3356,51 +3365,51 @@
       <c r="D48" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E48" s="15">
         <v>10080058824</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.48413</v>
       </c>
       <c r="L48" s="15">
         <v>0.35027</v>
       </c>
       <c r="M48" s="15">
         <v>0.30565</v>
       </c>
       <c r="N48" s="15">
-        <v>2061</v>
+        <v>1734</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
@@ -3455,2805 +3464,2840 @@
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I51" s="15"/>
+      <c r="I51" s="15" t="s">
+        <v>139</v>
+      </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.6640200000000001</v>
       </c>
       <c r="L51" s="15">
         <v>0.57548</v>
       </c>
       <c r="M51" s="15">
         <v>0.55335</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I52" s="15"/>
+      <c r="I52" s="15" t="s">
+        <v>139</v>
+      </c>
       <c r="J52" s="15">
         <v>120</v>
       </c>
       <c r="K52" s="15">
         <v>0.6667999999999999</v>
       </c>
       <c r="L52" s="15">
         <v>0.57789</v>
       </c>
       <c r="M52" s="15">
         <v>0.55566</v>
       </c>
       <c r="N52" s="15">
-        <v>16890</v>
+        <v>14622</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E53" s="15">
         <v>10080050195</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.13714</v>
       </c>
       <c r="L53" s="15">
         <v>0.08613999999999999</v>
       </c>
       <c r="M53" s="15">
         <v>0.07763</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="I54" s="15"/>
-      <c r="J54" s="15"/>
+      <c r="J54" s="15">
+        <v>1000</v>
+      </c>
       <c r="K54" s="15">
-        <v>1.05</v>
+        <v>0.04</v>
       </c>
       <c r="L54" s="15">
-        <v>0.87697</v>
+        <v>0.04</v>
       </c>
       <c r="M54" s="15">
-        <v>0.8432500000000001</v>
-[...1 lines deleted...]
-      <c r="N54" s="15"/>
+        <v>0.04</v>
+      </c>
+      <c r="N54" s="15">
+        <v>827</v>
+      </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="I55" s="15"/>
+      <c r="J55" s="15"/>
       <c r="K55" s="15">
-        <v>0.31716</v>
+        <v>1.05</v>
       </c>
       <c r="L55" s="15">
-        <v>0.26601</v>
+        <v>0.87697</v>
       </c>
       <c r="M55" s="15">
-        <v>0.25577</v>
+        <v>0.8432500000000001</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I56" s="15"/>
+      <c r="I56" s="15" t="s">
+        <v>153</v>
+      </c>
       <c r="J56" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.07507999999999999</v>
+        <v>0.31716</v>
       </c>
       <c r="L56" s="15">
-        <v>0.06507</v>
+        <v>0.26601</v>
       </c>
       <c r="M56" s="15">
-        <v>0.06256</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25577</v>
+      </c>
+      <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.14761</v>
+        <v>0.07507999999999999</v>
       </c>
       <c r="L57" s="15">
-        <v>0.1238</v>
+        <v>0.06507</v>
       </c>
       <c r="M57" s="15">
-        <v>0.11903</v>
-[...1 lines deleted...]
-      <c r="N57" s="15"/>
+        <v>0.06256</v>
+      </c>
+      <c r="N57" s="15">
+        <v>748</v>
+      </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>10080071611</v>
+        <v>158</v>
+      </c>
+      <c r="E58" s="15" t="s">
+        <v>159</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.39032</v>
+        <v>0.14761</v>
       </c>
       <c r="L58" s="15">
-        <v>0.32528</v>
+        <v>0.1238</v>
       </c>
       <c r="M58" s="15">
-        <v>0.31226</v>
+        <v>0.11903</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E59" s="15">
-        <v>10080039788</v>
+        <v>10080071611</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
-        <v>0.44009</v>
+        <v>0.39032</v>
       </c>
       <c r="L59" s="15">
-        <v>0.36087</v>
+        <v>0.32528</v>
       </c>
       <c r="M59" s="15">
-        <v>0.34621</v>
+        <v>0.31226</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>163</v>
+      </c>
+      <c r="E60" s="15">
+        <v>10080039788</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>200</v>
       </c>
       <c r="K60" s="15">
-        <v>0.76256</v>
+        <v>0.44009</v>
       </c>
       <c r="L60" s="15">
-        <v>0.63955</v>
+        <v>0.36087</v>
       </c>
       <c r="M60" s="15">
-        <v>0.61496</v>
+        <v>0.34621</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>10080076411</v>
+        <v>165</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>166</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
-      <c r="J61" s="15"/>
+      <c r="J61" s="15">
+        <v>200</v>
+      </c>
       <c r="K61" s="15">
-        <v>0.14485</v>
+        <v>0.76256</v>
       </c>
       <c r="L61" s="15">
-        <v>0.1207</v>
+        <v>0.63955</v>
       </c>
       <c r="M61" s="15">
-        <v>0.11587</v>
+        <v>0.61496</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>168</v>
+      </c>
+      <c r="E62" s="15">
+        <v>10080076411</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
-      <c r="J62" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J62" s="15"/>
       <c r="K62" s="15">
-        <v>0.08688</v>
+        <v>0.14485</v>
       </c>
       <c r="L62" s="15">
-        <v>0.07530000000000001</v>
+        <v>0.1207</v>
       </c>
       <c r="M62" s="15">
-        <v>0.07240000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.11587</v>
+      </c>
+      <c r="N62" s="15"/>
       <c r="O62" s="15"/>
-      <c r="P62" s="15"/>
+      <c r="P62" s="15" t="s">
+        <v>169</v>
+      </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.19</v>
+        <v>0.08688</v>
       </c>
       <c r="L63" s="15">
-        <v>0.14</v>
+        <v>0.07530000000000001</v>
       </c>
       <c r="M63" s="15">
-        <v>0.13</v>
+        <v>0.07240000000000001</v>
       </c>
       <c r="N63" s="15">
-        <v>817</v>
+        <v>544</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>10080075875</v>
+        <v>174</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>175</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
-      <c r="J64" s="15"/>
+      <c r="J64" s="15">
+        <v>1000</v>
+      </c>
       <c r="K64" s="15">
-        <v>0.16301</v>
+        <v>0.19</v>
       </c>
       <c r="L64" s="15">
-        <v>0.13585</v>
+        <v>0.14</v>
       </c>
       <c r="M64" s="15">
-        <v>0.13041</v>
-[...1 lines deleted...]
-      <c r="N64" s="15"/>
+        <v>0.13</v>
+      </c>
+      <c r="N64" s="15">
+        <v>728</v>
+      </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>177</v>
+      </c>
+      <c r="E65" s="15">
+        <v>10080075875</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
-      <c r="J65" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J65" s="15"/>
       <c r="K65" s="15">
-        <v>0.07998</v>
+        <v>0.16301</v>
       </c>
       <c r="L65" s="15">
-        <v>0.06708</v>
+        <v>0.13585</v>
       </c>
       <c r="M65" s="15">
-        <v>0.0645</v>
+        <v>0.13041</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
-      <c r="J66" s="15"/>
+      <c r="J66" s="15">
+        <v>250</v>
+      </c>
       <c r="K66" s="15">
-        <v>0.03458</v>
+        <v>0.07998</v>
       </c>
       <c r="L66" s="15">
-        <v>0.029</v>
+        <v>0.06708</v>
       </c>
       <c r="M66" s="15">
-        <v>0.02789</v>
+        <v>0.0645</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
-      <c r="J67" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J67" s="15"/>
       <c r="K67" s="15">
-        <v>0.03716</v>
+        <v>0.03458</v>
       </c>
       <c r="L67" s="15">
-        <v>0.0322</v>
+        <v>0.029</v>
       </c>
       <c r="M67" s="15">
-        <v>0.03096</v>
+        <v>0.02789</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
-      <c r="J68" s="15"/>
+      <c r="J68" s="15">
+        <v>1000</v>
+      </c>
       <c r="K68" s="15">
-        <v>0.04582</v>
+        <v>0.03716</v>
       </c>
       <c r="L68" s="15">
-        <v>0.03843</v>
+        <v>0.0322</v>
       </c>
       <c r="M68" s="15">
-        <v>0.03695</v>
+        <v>0.03096</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>10080074755</v>
+        <v>188</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>189</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
-      <c r="J69" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J69" s="15"/>
       <c r="K69" s="15">
-        <v>0.03985</v>
+        <v>0.04582</v>
       </c>
       <c r="L69" s="15">
-        <v>0.03321</v>
+        <v>0.03843</v>
       </c>
       <c r="M69" s="15">
-        <v>0.03188</v>
+        <v>0.03695</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>188</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>191</v>
+      </c>
+      <c r="E70" s="15">
+        <v>10080074755</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.06617000000000001</v>
+        <v>0.03985</v>
       </c>
       <c r="L70" s="15">
-        <v>0.05734</v>
+        <v>0.03321</v>
       </c>
       <c r="M70" s="15">
-        <v>0.05514</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03188</v>
+      </c>
+      <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.06005</v>
+        <v>0.06617000000000001</v>
       </c>
       <c r="L71" s="15">
-        <v>0.05204</v>
+        <v>0.05734</v>
       </c>
       <c r="M71" s="15">
-        <v>0.05004</v>
+        <v>0.05514</v>
       </c>
       <c r="N71" s="15">
-        <v>100</v>
+        <v>9360</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>10080046763</v>
+        <v>196</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>197</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I72" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.20898</v>
+        <v>0.06005</v>
       </c>
       <c r="L72" s="15">
-        <v>0.18112</v>
+        <v>0.05204</v>
       </c>
       <c r="M72" s="15">
-        <v>0.17415</v>
-[...1 lines deleted...]
-      <c r="N72" s="15"/>
+        <v>0.05004</v>
+      </c>
+      <c r="N72" s="15">
+        <v>100</v>
+      </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>199</v>
+      </c>
+      <c r="E73" s="15">
+        <v>10080046763</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="J73" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K73" s="15">
-        <v>0.22121</v>
+        <v>0.20898</v>
       </c>
       <c r="L73" s="15">
-        <v>0.19171</v>
+        <v>0.18112</v>
       </c>
       <c r="M73" s="15">
-        <v>0.18434</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17415</v>
+      </c>
+      <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I74" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I74" s="15" t="s">
+        <v>200</v>
+      </c>
       <c r="J74" s="15">
-        <v>125</v>
+        <v>1000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.48354</v>
+        <v>0.22121</v>
       </c>
       <c r="L74" s="15">
-        <v>0.41907</v>
+        <v>0.19171</v>
       </c>
       <c r="M74" s="15">
-        <v>0.40295</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.18434</v>
+      </c>
+      <c r="N74" s="15">
+        <v>21688</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
-      <c r="Q74" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="J75" s="15"/>
+        <v>46</v>
+      </c>
+      <c r="I75" s="15"/>
+      <c r="J75" s="15">
+        <v>125</v>
+      </c>
       <c r="K75" s="15">
-        <v>0.178</v>
+        <v>0.48354</v>
       </c>
       <c r="L75" s="15">
-        <v>0.14929</v>
+        <v>0.41907</v>
       </c>
       <c r="M75" s="15">
-        <v>0.14353</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.40295</v>
+      </c>
+      <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
-      <c r="Q75" s="15"/>
+      <c r="Q75" s="15">
+        <v>1000</v>
+      </c>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>10080044345</v>
+        <v>206</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>207</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="I76" s="15"/>
+      <c r="I76" s="15" t="s">
+        <v>208</v>
+      </c>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
-        <v>0.065</v>
+        <v>0.178</v>
       </c>
       <c r="L76" s="15">
-        <v>0.065</v>
+        <v>0.14929</v>
       </c>
       <c r="M76" s="15">
-        <v>0.065</v>
+        <v>0.14353</v>
       </c>
       <c r="N76" s="15">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="E77" s="15">
-        <v>10080017554</v>
+        <v>10080044345</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
-        <v>208</v>
+        <v>42</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
-        <v>0.47444</v>
+        <v>0.065</v>
       </c>
       <c r="L77" s="15">
-        <v>0.4445</v>
+        <v>0.065</v>
       </c>
       <c r="M77" s="15">
-        <v>0.43009</v>
-[...1 lines deleted...]
-      <c r="N77" s="15"/>
+        <v>0.065</v>
+      </c>
+      <c r="N77" s="15">
+        <v>10</v>
+      </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E78" s="15">
-        <v>10080034729</v>
+        <v>10080017554</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.33255</v>
+        <v>0.47444</v>
       </c>
       <c r="L78" s="15">
-        <v>0.23279</v>
+        <v>0.4445</v>
       </c>
       <c r="M78" s="15">
-        <v>0.21616</v>
+        <v>0.43009</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E79" s="15">
-        <v>10080034730</v>
+        <v>10080034729</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="I79" s="15" t="s">
         <v>213</v>
       </c>
+      <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
-        <v>0.16</v>
+        <v>0.33255</v>
       </c>
       <c r="L79" s="15">
-        <v>0.16</v>
+        <v>0.23279</v>
       </c>
       <c r="M79" s="15">
-        <v>0.16</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21616</v>
+      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="E80" s="15">
-        <v>10080054252</v>
+        <v>10080034730</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I80" s="15"/>
+        <v>213</v>
+      </c>
+      <c r="I80" s="15" t="s">
+        <v>218</v>
+      </c>
       <c r="J80" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K80" s="15">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="L80" s="15">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="M80" s="15">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="N80" s="15">
-        <v>7231</v>
+        <v>783</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E81" s="15">
-        <v>10080064187</v>
+        <v>10080054252</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="I81" s="15"/>
-      <c r="J81" s="15"/>
+      <c r="J81" s="15">
+        <v>1000</v>
+      </c>
       <c r="K81" s="15">
-        <v>0.21337</v>
+        <v>0.12</v>
       </c>
       <c r="L81" s="15">
-        <v>0.17207</v>
+        <v>0.12</v>
       </c>
       <c r="M81" s="15">
-        <v>0.16519</v>
+        <v>0.12</v>
       </c>
       <c r="N81" s="15">
-        <v>1</v>
+        <v>8884</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E82" s="15">
-        <v>10080072856</v>
+        <v>10080064187</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
-        <v>0.05378</v>
+        <v>0.21337</v>
       </c>
       <c r="L82" s="15">
-        <v>0.04661</v>
+        <v>0.17207</v>
       </c>
       <c r="M82" s="15">
-        <v>0.04481</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.16519</v>
+      </c>
+      <c r="N82" s="15">
+        <v>1</v>
+      </c>
+      <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E83" s="15">
-        <v>10080073036</v>
+        <v>10080072856</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
-      <c r="J83" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>0.08522</v>
+        <v>0.05378</v>
       </c>
       <c r="L83" s="15">
-        <v>0.08069999999999999</v>
+        <v>0.04661</v>
       </c>
       <c r="M83" s="15">
-        <v>0.08069999999999999</v>
+        <v>0.04481</v>
       </c>
       <c r="N83" s="15">
-        <v>662</v>
+        <v>880</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="E84" s="15">
-        <v>10080050008</v>
+        <v>10080073036</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
-        <v>0.09657</v>
+        <v>0.08522</v>
       </c>
       <c r="L84" s="15">
-        <v>0.08369</v>
+        <v>0.08069999999999999</v>
       </c>
       <c r="M84" s="15">
-        <v>0.08048</v>
+        <v>0.08069999999999999</v>
       </c>
       <c r="N84" s="15">
-        <v>704</v>
+        <v>816</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E85" s="15">
-        <v>10080032306</v>
+        <v>10080050008</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K85" s="15">
-        <v>0.528</v>
+        <v>0.09657</v>
       </c>
       <c r="L85" s="15">
-        <v>0.28058</v>
+        <v>0.08369</v>
       </c>
       <c r="M85" s="15">
-        <v>0.23932</v>
-[...1 lines deleted...]
-      <c r="N85" s="15"/>
+        <v>0.08048</v>
+      </c>
+      <c r="N85" s="15">
+        <v>696</v>
+      </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>230</v>
+      </c>
+      <c r="E86" s="15">
+        <v>10080032306</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
-        <v>0.36334</v>
+        <v>0.528</v>
       </c>
       <c r="L86" s="15">
-        <v>0.33994</v>
+        <v>0.28058</v>
       </c>
       <c r="M86" s="15">
-        <v>0.32885</v>
+        <v>0.23932</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>10000018826</v>
+        <v>232</v>
+      </c>
+      <c r="E87" s="15" t="s">
+        <v>233</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
-        <v>0.37689</v>
+        <v>0.36334</v>
       </c>
       <c r="L87" s="15">
-        <v>0.35349</v>
+        <v>0.33994</v>
       </c>
       <c r="M87" s="15">
-        <v>0.34117</v>
+        <v>0.32885</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>235</v>
+      </c>
+      <c r="E88" s="15">
+        <v>10000018826</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
-        <v>0.52742</v>
+        <v>0.37689</v>
       </c>
       <c r="L88" s="15">
-        <v>0.44235</v>
+        <v>0.35349</v>
       </c>
       <c r="M88" s="15">
-        <v>0.42535</v>
+        <v>0.34117</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>10080029134</v>
+        <v>237</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>238</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
-        <v>0.23221</v>
+        <v>0.52742</v>
       </c>
       <c r="L89" s="15">
-        <v>0.23221</v>
+        <v>0.44235</v>
       </c>
       <c r="M89" s="15">
-        <v>0.23221</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.42535</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E90" s="15">
-        <v>10080050046</v>
+        <v>10080029134</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="I90" s="15"/>
+      <c r="I90" s="15" t="s">
+        <v>242</v>
+      </c>
       <c r="J90" s="15">
         <v>100</v>
       </c>
       <c r="K90" s="15">
-        <v>0.27214</v>
+        <v>0.23221</v>
       </c>
       <c r="L90" s="15">
-        <v>0.2603</v>
+        <v>0.23221</v>
       </c>
       <c r="M90" s="15">
-        <v>0.2603</v>
+        <v>0.23221</v>
       </c>
       <c r="N90" s="15">
-        <v>1271</v>
-[...6 lines deleted...]
-      </c>
+        <v>4665</v>
+      </c>
+      <c r="O90" s="15"/>
+      <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E91" s="15">
-        <v>10080050045</v>
+        <v>10080050046</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>100</v>
       </c>
       <c r="K91" s="15">
         <v>0.27214</v>
       </c>
       <c r="L91" s="15">
         <v>0.2603</v>
       </c>
       <c r="M91" s="15">
         <v>0.2603</v>
       </c>
       <c r="N91" s="15">
-        <v>1443</v>
+        <v>1310</v>
       </c>
       <c r="O91" s="15">
-        <v>1320</v>
-[...3 lines deleted...]
-      </c>
+        <v>1340</v>
+      </c>
+      <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="E92" s="15" t="s">
         <v>246</v>
+      </c>
+      <c r="E92" s="15">
+        <v>10080050045</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="I92" s="15"/>
-      <c r="J92" s="15"/>
+      <c r="J92" s="15">
+        <v>100</v>
+      </c>
       <c r="K92" s="15">
-        <v>0.30769</v>
+        <v>0.27214</v>
       </c>
       <c r="L92" s="15">
-        <v>0.25806</v>
+        <v>0.2603</v>
       </c>
       <c r="M92" s="15">
-        <v>0.24814</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.2603</v>
+      </c>
+      <c r="N92" s="15">
+        <v>3223</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="E93" s="15">
-        <v>10080041982</v>
+      <c r="E93" s="15" t="s">
+        <v>249</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="I93" s="15"/>
-      <c r="J93" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J93" s="15"/>
       <c r="K93" s="15">
-        <v>0.27216</v>
+        <v>0.30769</v>
       </c>
       <c r="L93" s="15">
-        <v>0.26033</v>
+        <v>0.25806</v>
       </c>
       <c r="M93" s="15">
-        <v>0.26033</v>
+        <v>0.24814</v>
       </c>
       <c r="N93" s="15"/>
-      <c r="O93" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O93" s="15"/>
+      <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E94" s="15">
-        <v>10080003776</v>
+        <v>10080041982</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>251</v>
+        <v>46</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
-        <v>0.41346</v>
+        <v>0.27216</v>
       </c>
       <c r="L94" s="15">
-        <v>0.38797</v>
+        <v>0.26033</v>
       </c>
       <c r="M94" s="15">
-        <v>0.37467</v>
-[...1 lines deleted...]
-      <c r="N94" s="15"/>
+        <v>0.26033</v>
+      </c>
+      <c r="N94" s="15">
+        <v>320</v>
+      </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="E95" s="15" t="s">
-        <v>254</v>
+      <c r="E95" s="15">
+        <v>10080003776</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
-        <v>0.27093</v>
+        <v>0.41346</v>
       </c>
       <c r="L95" s="15">
-        <v>0.27093</v>
+        <v>0.38797</v>
       </c>
       <c r="M95" s="15">
-        <v>0.27093</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.37467</v>
+      </c>
+      <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080017924</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>258</v>
       </c>
       <c r="J96" s="15">
         <v>100</v>
       </c>
       <c r="K96" s="15">
-        <v>0.57831</v>
+        <v>0.27093</v>
       </c>
       <c r="L96" s="15">
-        <v>0.48503</v>
+        <v>0.27093</v>
       </c>
       <c r="M96" s="15">
-        <v>0.46638</v>
+        <v>0.27093</v>
       </c>
       <c r="N96" s="15">
-        <v>34</v>
+        <v>464</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="E97" s="15" t="s">
-        <v>261</v>
+      <c r="E97" s="15">
+        <v>10080017924</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="I97" s="15"/>
-      <c r="J97" s="15"/>
+      <c r="I97" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="J97" s="15">
+        <v>100</v>
+      </c>
       <c r="K97" s="15">
-        <v>0.35423</v>
+        <v>0.57831</v>
       </c>
       <c r="L97" s="15">
-        <v>0.29518</v>
+        <v>0.48503</v>
       </c>
       <c r="M97" s="15">
-        <v>0.28337</v>
+        <v>0.46638</v>
       </c>
       <c r="N97" s="15">
-        <v>1262</v>
+        <v>34</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I98" s="15"/>
-      <c r="J98" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J98" s="15"/>
       <c r="K98" s="15">
-        <v>0.3855</v>
+        <v>0.35423</v>
       </c>
       <c r="L98" s="15">
-        <v>0.3621</v>
+        <v>0.29518</v>
       </c>
       <c r="M98" s="15">
-        <v>0.34978</v>
-[...1 lines deleted...]
-      <c r="N98" s="15"/>
+        <v>0.28337</v>
+      </c>
+      <c r="N98" s="15">
+        <v>1296</v>
+      </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>100</v>
       </c>
       <c r="K99" s="15">
-        <v>0.36363</v>
+        <v>0.3855</v>
       </c>
       <c r="L99" s="15">
-        <v>0.30498</v>
+        <v>0.3621</v>
       </c>
       <c r="M99" s="15">
-        <v>0.29325</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34978</v>
+      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080017925</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>271</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
-        <v>0.7245</v>
+        <v>0.36363</v>
       </c>
       <c r="L100" s="15">
-        <v>0.47817</v>
+        <v>0.30498</v>
       </c>
       <c r="M100" s="15">
-        <v>0.4347</v>
+        <v>0.29325</v>
       </c>
       <c r="N100" s="15">
-        <v>5</v>
+        <v>1552</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="E101" s="15" t="s">
-        <v>274</v>
+      <c r="E101" s="15">
+        <v>10080017925</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I101" s="15"/>
+        <v>46</v>
+      </c>
+      <c r="I101" s="15" t="s">
+        <v>274</v>
+      </c>
       <c r="J101" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K101" s="15">
-        <v>0.69938</v>
+        <v>0.7245</v>
       </c>
       <c r="L101" s="15">
-        <v>0.58658</v>
+        <v>0.47817</v>
       </c>
       <c r="M101" s="15">
-        <v>0.56402</v>
-[...1 lines deleted...]
-      <c r="N101" s="15"/>
+        <v>0.4347</v>
+      </c>
+      <c r="N101" s="15">
+        <v>5</v>
+      </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>275</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>277</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
-        <v>1.04</v>
+        <v>0.69938</v>
       </c>
       <c r="L102" s="15">
-        <v>0.87352</v>
+        <v>0.58658</v>
       </c>
       <c r="M102" s="15">
-        <v>0.83993</v>
+        <v>0.56402</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="E103" s="15">
-        <v>10080055378</v>
+      <c r="E103" s="15" t="s">
+        <v>280</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K103" s="15">
-        <v>0.20444</v>
+        <v>1.04</v>
       </c>
       <c r="L103" s="15">
-        <v>0.17718</v>
+        <v>0.87352</v>
       </c>
       <c r="M103" s="15">
-        <v>0.17036</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.83993</v>
+      </c>
+      <c r="N103" s="15"/>
+      <c r="O103" s="15"/>
+      <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E104" s="15">
-        <v>10080066031</v>
+        <v>10080055378</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.35587</v>
+        <v>0.20444</v>
       </c>
       <c r="L104" s="15">
-        <v>0.29655</v>
+        <v>0.17718</v>
       </c>
       <c r="M104" s="15">
-        <v>0.28468</v>
-[...3 lines deleted...]
-      <c r="P104" s="15"/>
+        <v>0.17036</v>
+      </c>
+      <c r="N104" s="15">
+        <v>10371</v>
+      </c>
+      <c r="O104" s="15">
+        <v>6400</v>
+      </c>
+      <c r="P104" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E105" s="15">
-        <v>10080028184</v>
+        <v>10080066031</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>284</v>
+        <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.38</v>
+        <v>0.35587</v>
       </c>
       <c r="L105" s="15">
-        <v>0.38</v>
+        <v>0.29655</v>
       </c>
       <c r="M105" s="15">
-        <v>0.38</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.28468</v>
+      </c>
+      <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E106" s="15">
-        <v>10080049796</v>
+        <v>10080028184</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>42</v>
+        <v>287</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>400</v>
+        <v>1600</v>
       </c>
       <c r="K106" s="15">
-        <v>0.19464</v>
+        <v>0.38</v>
       </c>
       <c r="L106" s="15">
-        <v>0.16221</v>
+        <v>0.38</v>
       </c>
       <c r="M106" s="15">
-        <v>0.15571</v>
-[...1 lines deleted...]
-      <c r="N106" s="15"/>
+        <v>0.38</v>
+      </c>
+      <c r="N106" s="15">
+        <v>728</v>
+      </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="E107" s="15" t="s">
         <v>289</v>
+      </c>
+      <c r="E107" s="15">
+        <v>10080049796</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="K107" s="15">
-        <v>0.22197</v>
+        <v>0.19464</v>
       </c>
       <c r="L107" s="15">
-        <v>0.18617</v>
+        <v>0.16221</v>
       </c>
       <c r="M107" s="15">
-        <v>0.17901</v>
+        <v>0.15571</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>290</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>291</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>292</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15"/>
+      <c r="J108" s="15">
+        <v>500</v>
+      </c>
       <c r="K108" s="15">
-        <v>0.02174</v>
+        <v>0.22197</v>
       </c>
       <c r="L108" s="15">
-        <v>0.01449</v>
+        <v>0.18617</v>
       </c>
       <c r="M108" s="15">
-        <v>0.01328</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17901</v>
+      </c>
+      <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>295</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>296</v>
+        <v>42</v>
       </c>
       <c r="I109" s="15"/>
-      <c r="J109" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>4.73</v>
+        <v>0.02174</v>
       </c>
       <c r="L109" s="15">
-        <v>4.73</v>
+        <v>0.01449</v>
       </c>
       <c r="M109" s="15">
-        <v>4.73</v>
+        <v>0.01328</v>
       </c>
       <c r="N109" s="15">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>46</v>
+        <v>299</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K110" s="15">
-        <v>0.9065</v>
+        <v>4.73</v>
       </c>
       <c r="L110" s="15">
-        <v>0.84984</v>
+        <v>4.73</v>
       </c>
       <c r="M110" s="15">
-        <v>0.82151</v>
+        <v>4.73</v>
       </c>
       <c r="N110" s="15">
-        <v>101</v>
+        <v>50</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>301</v>
       </c>
-      <c r="E111" s="15">
-        <v>10080027190</v>
+      <c r="E111" s="15" t="s">
+        <v>302</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
-        <v>1.56</v>
+        <v>0.9065</v>
       </c>
       <c r="L111" s="15">
-        <v>1.31</v>
+        <v>0.84984</v>
       </c>
       <c r="M111" s="15">
-        <v>1.26</v>
+        <v>0.82151</v>
       </c>
       <c r="N111" s="15">
-        <v>186</v>
+        <v>128</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="E112" s="15" t="s">
         <v>304</v>
+      </c>
+      <c r="E112" s="15">
+        <v>10080027190</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="K112" s="15">
-        <v>1.76</v>
+        <v>1.56</v>
       </c>
       <c r="L112" s="15">
-        <v>1.47</v>
+        <v>1.31</v>
       </c>
       <c r="M112" s="15">
-        <v>1.42</v>
-[...1 lines deleted...]
-      <c r="N112" s="15"/>
+        <v>1.26</v>
+      </c>
+      <c r="N112" s="15">
+        <v>249</v>
+      </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>306</v>
       </c>
-      <c r="E113" s="15">
-        <v>10080027193</v>
+      <c r="E113" s="15" t="s">
+        <v>307</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="K113" s="15">
-        <v>1.89</v>
+        <v>1.76</v>
       </c>
       <c r="L113" s="15">
-        <v>1</v>
+        <v>1.47</v>
       </c>
       <c r="M113" s="15">
-        <v>0.8545</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.42</v>
+      </c>
+      <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E114" s="15">
-        <v>10080027192</v>
+        <v>10080027193</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>100</v>
       </c>
       <c r="K114" s="15">
-        <v>1.63</v>
+        <v>1.89</v>
       </c>
       <c r="L114" s="15">
-        <v>0.90061</v>
+        <v>1</v>
       </c>
       <c r="M114" s="15">
-        <v>0.78442</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.8545</v>
+      </c>
+      <c r="N114" s="15">
+        <v>341</v>
+      </c>
+      <c r="O114" s="15"/>
+      <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="E115" s="15" t="s">
         <v>311</v>
+      </c>
+      <c r="E115" s="15">
+        <v>10080027192</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>100</v>
       </c>
       <c r="K115" s="15">
-        <v>1.15</v>
+        <v>0.95105</v>
       </c>
       <c r="L115" s="15">
-        <v>0.96701</v>
+        <v>0.82424</v>
       </c>
       <c r="M115" s="15">
-        <v>0.92981</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>0.79254</v>
+      </c>
+      <c r="N115" s="15">
+        <v>100</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="E116" s="15">
-        <v>10080073195</v>
+      <c r="E116" s="15" t="s">
+        <v>314</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K116" s="15">
-        <v>0.5796</v>
+        <v>1.15</v>
       </c>
       <c r="L116" s="15">
-        <v>0.483</v>
+        <v>0.96701</v>
       </c>
       <c r="M116" s="15">
-        <v>0.46368</v>
+        <v>0.92981</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="E117" s="15" t="s">
         <v>316</v>
+      </c>
+      <c r="E117" s="15">
+        <v>10080073195</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>317</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K117" s="15">
-        <v>0.6281</v>
+        <v>0.5796</v>
       </c>
       <c r="L117" s="15">
-        <v>0.606</v>
+        <v>0.483</v>
       </c>
       <c r="M117" s="15">
-        <v>0.5838</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.46368</v>
+      </c>
+      <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D118" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="E118" s="15" t="s">
         <v>319</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080002812</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="I118" s="15"/>
+        <v>320</v>
+      </c>
+      <c r="I118" s="15" t="s">
+        <v>321</v>
+      </c>
       <c r="J118" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K118" s="15">
-        <v>0.62814</v>
+        <v>0.6281</v>
       </c>
       <c r="L118" s="15">
-        <v>0.60597</v>
+        <v>0.606</v>
       </c>
       <c r="M118" s="15">
         <v>0.5838</v>
       </c>
       <c r="N118" s="15">
-        <v>908</v>
+        <v>7</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="E119" s="15" t="s">
         <v>323</v>
+      </c>
+      <c r="E119" s="15">
+        <v>10080002812</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="I119" s="15"/>
       <c r="J119" s="15">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="K119" s="15">
-        <v>6.53</v>
+        <v>0.62814</v>
       </c>
       <c r="L119" s="15">
-        <v>5.47</v>
+        <v>0.60597</v>
       </c>
       <c r="M119" s="15">
-        <v>5.26</v>
+        <v>0.5838</v>
       </c>
       <c r="N119" s="15">
-        <v>1115</v>
+        <v>786</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="E120" s="15" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="I120" s="15"/>
+        <v>327</v>
+      </c>
+      <c r="I120" s="15" t="s">
+        <v>328</v>
+      </c>
       <c r="J120" s="15">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="K120" s="15">
-        <v>0.15</v>
+        <v>6.53</v>
       </c>
       <c r="L120" s="15">
-        <v>0.15</v>
+        <v>5.47</v>
       </c>
       <c r="M120" s="15">
-        <v>0.15</v>
+        <v>5.26</v>
       </c>
       <c r="N120" s="15">
-        <v>48</v>
+        <v>1144</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>330</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="K121" s="15">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="L121" s="15">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="M121" s="15">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="N121" s="15">
-        <v>1365</v>
+        <v>46</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>333</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>335</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="K122" s="15">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="L122" s="15">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="M122" s="15">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="N122" s="15">
-        <v>10318</v>
+        <v>1156</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
-      <c r="B123" s="14"/>
-[...2 lines deleted...]
-      <c r="E123" s="15"/>
+      <c r="B123" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C123" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D123" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="E123" s="15" t="s">
+        <v>338</v>
+      </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
-      <c r="H123" s="15"/>
+      <c r="H123" s="15" t="s">
+        <v>332</v>
+      </c>
       <c r="I123" s="15"/>
-      <c r="J123" s="15"/>
-[...3 lines deleted...]
-      <c r="N123" s="15"/>
+      <c r="J123" s="15">
+        <v>216</v>
+      </c>
+      <c r="K123" s="15">
+        <v>0.2</v>
+      </c>
+      <c r="L123" s="15">
+        <v>0.2</v>
+      </c>
+      <c r="M123" s="15">
+        <v>0.2</v>
+      </c>
+      <c r="N123" s="15">
+        <v>9514</v>
+      </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
+      <c r="R123"/>
+    </row>
+    <row r="124" spans="1:18">
+      <c r="B124" s="14"/>
+      <c r="C124" s="15"/>
+      <c r="D124" s="15"/>
+      <c r="E124" s="15"/>
+      <c r="F124" s="15"/>
+      <c r="G124" s="15"/>
+      <c r="H124" s="15"/>
+      <c r="I124" s="15"/>
+      <c r="J124" s="15"/>
+      <c r="K124" s="15"/>
+      <c r="L124" s="15"/>
+      <c r="M124" s="15"/>
+      <c r="N124" s="15"/>
+      <c r="O124" s="15"/>
+      <c r="P124" s="15"/>
+      <c r="Q124" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6273,317 +6317,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>