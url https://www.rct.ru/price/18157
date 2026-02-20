--- v5 (2026-01-31)
+++ v6 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -388,50 +388,59 @@
   <si>
     <t>L-KLS7-MS12D16</t>
   </si>
   <si>
     <t>движковый / IS-1235 (MSV-1235-G2) L-KLS7-MS12D16</t>
   </si>
   <si>
     <t>KLS7-DS030-00W</t>
   </si>
   <si>
     <t>0,1A 125 VAC (микропереключатель с лапкой ) Left side pcb terminal / KLS7-DS030-00W</t>
   </si>
   <si>
     <t>L-KLS7-ID-1124</t>
   </si>
   <si>
     <t>SMD Detector Switch, 0.1A 30VDC / KLS7-ID-1124</t>
   </si>
   <si>
     <t>KLS7-KW10-3Z1P045</t>
   </si>
   <si>
     <t>3A 125 VAC микропереключатель с лапкой 11,5мм 45gf / KLS7-KW10-3Z1P045</t>
   </si>
   <si>
+    <t>L-KLS7-KW10-ZBP75</t>
+  </si>
+  <si>
+    <t>1A 125VAC 75gf, короткий рычаг с изгибом / KLS7-KW10-ZBP75</t>
+  </si>
+  <si>
+    <t>UT-00155781</t>
+  </si>
+  <si>
     <t>L-KLS7-KW4-3Z-A132023L17</t>
   </si>
   <si>
     <t>2A 250V / KLS7-KW4-3Z-A132023L17</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B122023L18</t>
   </si>
   <si>
     <t>5A 250VAC, лапка прямая L=50мм / KLS7-KW4-3Z-B122023L18 (L-KLS7-KW4-3Z-B122023L18)</t>
   </si>
   <si>
     <t>UT-00106325</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B12202L1</t>
   </si>
   <si>
     <t xml:space="preserve">5A 250VAC, лапка прямая L=16mm / KLS7-KW4-3Z-B12202L1 (L-KLS7-KW4-3Z-B12202L1) </t>
   </si>
   <si>
     <t>L-KLS7-MSS-2336-BB</t>
   </si>
   <si>
     <t>2P3T 50mA 12VDC движковый, THT / KLS7-MSS-2336-BB</t>
@@ -521,53 +530,50 @@
     <t>L-KLS7-KW4-3Z-B122013L4</t>
   </si>
   <si>
     <t>5A 250VAC / L-KLS7-KW4-3Z-B122013L4</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B132013L25mm</t>
   </si>
   <si>
     <t>Green 25mm RoHS / L-KLS7-KW4-3Z-B132013L25mm</t>
   </si>
   <si>
     <t>L-KLS7-KW4-3Z-B142113L2</t>
   </si>
   <si>
     <t>5A 125/250VAC, лапка с изгибом (20мм), правосторонние выводы / L-KLS7-KW4-3Z-B142113L2</t>
   </si>
   <si>
     <t>UT-00106531</t>
   </si>
   <si>
     <t>L-KLS7-MSS-1246</t>
   </si>
   <si>
     <t>слайдерный переключатель 1P2T прямой угол, 6VDC 0.3A, черный / L-KLS7-MSS-1246</t>
-  </si>
-[...1 lines deleted...]
-    <t>06.04.2026</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2235-BB</t>
   </si>
   <si>
     <t>слайдерный переключатель 2P2T на плату, 0.3A 6VDC, чёрный, THT / L-KLS7-MSS-2235-BB</t>
   </si>
   <si>
     <t>UT-00152410</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2247N</t>
   </si>
   <si>
     <t>переключатель движковый DPDT, 0.3A 30VDC, H=3.5мм, SMD / L-KLS7-MSS-2247N</t>
   </si>
   <si>
     <t>UT-00120527</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2248</t>
   </si>
   <si>
     <t>6.7x4.8x1.4mm,Mini Slide Switch,DPDT SMD Vertical,Reel / L-KLS7-MSS-2248</t>
   </si>
@@ -1620,51 +1626,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R124"/>
+  <dimension ref="A1:R125"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2133,176 +2139,176 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15">
         <v>10080057432</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05846</v>
       </c>
       <c r="L16" s="15">
         <v>0.05066</v>
       </c>
       <c r="M16" s="15">
         <v>0.04871</v>
       </c>
       <c r="N16" s="15">
-        <v>9107</v>
+        <v>8827</v>
       </c>
       <c r="O16" s="15">
-        <v>9750</v>
+        <v>9450</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080050286</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07190000000000001</v>
       </c>
       <c r="L17" s="15">
         <v>0.06231</v>
       </c>
       <c r="M17" s="15">
         <v>0.05991</v>
       </c>
       <c r="N17" s="15">
-        <v>365</v>
+        <v>445</v>
       </c>
       <c r="O17" s="15">
-        <v>3650</v>
+        <v>4450</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10080029219</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.09332</v>
       </c>
       <c r="L18" s="15">
         <v>0.08087</v>
       </c>
       <c r="M18" s="15">
         <v>0.07776</v>
       </c>
       <c r="N18" s="15">
-        <v>3093</v>
+        <v>105</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.06957000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.06029</v>
       </c>
       <c r="M19" s="15">
         <v>0.05798</v>
       </c>
       <c r="N19" s="15">
-        <v>1584</v>
+        <v>1800</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053080</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -2334,51 +2340,51 @@
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10080059310</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.13821</v>
       </c>
       <c r="L21" s="15">
         <v>0.09155000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.07989</v>
       </c>
       <c r="N21" s="15">
-        <v>9363</v>
+        <v>9246</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10000020223</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
@@ -2562,51 +2568,51 @@
       <c r="D27" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E27" s="15">
         <v>10080050113</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.07968</v>
       </c>
       <c r="L27" s="15">
         <v>0.06906</v>
       </c>
       <c r="M27" s="15">
         <v>0.0664</v>
       </c>
       <c r="N27" s="15">
-        <v>1328</v>
+        <v>1713</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E28" s="15">
         <v>10000020224</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
@@ -2637,91 +2643,89 @@
       </c>
       <c r="D29" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080029133</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>150</v>
       </c>
       <c r="K29" s="15">
         <v>0.24101</v>
       </c>
       <c r="L29" s="15">
         <v>0.20214</v>
       </c>
       <c r="M29" s="15">
         <v>0.19436</v>
       </c>
-      <c r="N29" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="15">
         <v>10080003767</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>150</v>
       </c>
       <c r="K30" s="15">
         <v>0.23153</v>
       </c>
       <c r="L30" s="15">
         <v>0.20066</v>
       </c>
       <c r="M30" s="15">
         <v>0.2</v>
       </c>
       <c r="N30" s="15">
-        <v>679</v>
+        <v>641</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E31" s="15">
         <v>10080067629</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
@@ -2790,51 +2794,51 @@
       <c r="D33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E33" s="15">
         <v>10080017923</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.219</v>
       </c>
       <c r="L33" s="15">
         <v>0.1898</v>
       </c>
       <c r="M33" s="15">
         <v>0.1825</v>
       </c>
       <c r="N33" s="15">
-        <v>670</v>
+        <v>860</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I34" s="15"/>
@@ -2866,90 +2870,90 @@
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.36764</v>
       </c>
       <c r="L35" s="15">
         <v>0.30833</v>
       </c>
       <c r="M35" s="15">
         <v>0.29648</v>
       </c>
       <c r="N35" s="15">
-        <v>1691</v>
+        <v>1253</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>150</v>
       </c>
       <c r="K36" s="15">
         <v>0.36764</v>
       </c>
       <c r="L36" s="15">
         <v>0.30833</v>
       </c>
       <c r="M36" s="15">
         <v>0.29648</v>
       </c>
       <c r="N36" s="15">
-        <v>1780</v>
+        <v>1360</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
@@ -2981,51 +2985,51 @@
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080046088</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.07457999999999999</v>
       </c>
       <c r="L38" s="15">
         <v>0.06464</v>
       </c>
       <c r="M38" s="15">
         <v>0.06215</v>
       </c>
       <c r="N38" s="15">
-        <v>2933</v>
+        <v>3110</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080017575</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -3057,54 +3061,54 @@
       <c r="D40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080050265</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.22499</v>
       </c>
       <c r="L40" s="15">
         <v>0.19499</v>
       </c>
       <c r="M40" s="15">
         <v>0.18749</v>
       </c>
       <c r="N40" s="15">
-        <v>1050</v>
+        <v>1150</v>
       </c>
       <c r="O40" s="15">
-        <v>630</v>
+        <v>690</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>53</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>115</v>
       </c>
@@ -3263,3041 +3267,3076 @@
       <c r="K45" s="15">
         <v>0.26356</v>
       </c>
       <c r="L45" s="15">
         <v>0.21963</v>
       </c>
       <c r="M45" s="15">
         <v>0.21084</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="E46" s="15">
-        <v>10080067159</v>
+      <c r="E46" s="15" t="s">
+        <v>126</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.32747</v>
+        <v>0.26252</v>
       </c>
       <c r="L46" s="15">
-        <v>0.2838</v>
+        <v>0.26252</v>
       </c>
       <c r="M46" s="15">
-        <v>0.27289</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.26252</v>
+      </c>
+      <c r="N46" s="15"/>
+      <c r="O46" s="15"/>
+      <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="E47" s="15" t="s">
         <v>128</v>
+      </c>
+      <c r="E47" s="15">
+        <v>10080067159</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>200</v>
       </c>
       <c r="K47" s="15">
-        <v>0.56105</v>
+        <v>0.32747</v>
       </c>
       <c r="L47" s="15">
-        <v>0.47056</v>
+        <v>0.2838</v>
       </c>
       <c r="M47" s="15">
-        <v>0.45247</v>
-[...3 lines deleted...]
-      <c r="P47" s="15"/>
+        <v>0.27289</v>
+      </c>
+      <c r="N47" s="15">
+        <v>286</v>
+      </c>
+      <c r="O47" s="15">
+        <v>650</v>
+      </c>
+      <c r="P47" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="E48" s="15">
-        <v>10080058824</v>
+      <c r="E48" s="15" t="s">
+        <v>131</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
-        <v>0.48413</v>
+        <v>0.56105</v>
       </c>
       <c r="L48" s="15">
-        <v>0.35027</v>
+        <v>0.47056</v>
       </c>
       <c r="M48" s="15">
-        <v>0.30565</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.45247</v>
+      </c>
+      <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E49" s="15" t="s">
         <v>133</v>
+      </c>
+      <c r="E49" s="15">
+        <v>10080058824</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K49" s="15">
-        <v>0.13783</v>
+        <v>0.48413</v>
       </c>
       <c r="L49" s="15">
-        <v>0.1156</v>
+        <v>0.35027</v>
       </c>
       <c r="M49" s="15">
-        <v>0.11115</v>
+        <v>0.30565</v>
       </c>
       <c r="N49" s="15">
-        <v>2</v>
+        <v>1936</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="E50" s="15">
-        <v>10080075111</v>
+      <c r="E50" s="15" t="s">
+        <v>136</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
-      <c r="J50" s="15"/>
+      <c r="J50" s="15">
+        <v>1000</v>
+      </c>
       <c r="K50" s="15">
-        <v>0.20892</v>
+        <v>0.13783</v>
       </c>
       <c r="L50" s="15">
-        <v>0.17523</v>
+        <v>0.1156</v>
       </c>
       <c r="M50" s="15">
-        <v>0.16848</v>
-[...1 lines deleted...]
-      <c r="N50" s="15"/>
+        <v>0.11115</v>
+      </c>
+      <c r="N50" s="15">
+        <v>2</v>
+      </c>
       <c r="O50" s="15"/>
-      <c r="P50" s="15"/>
+      <c r="P50" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="E51" s="15" t="s">
         <v>138</v>
+      </c>
+      <c r="E51" s="15">
+        <v>10080075111</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I51" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
-        <v>0.6640200000000001</v>
+        <v>0.20892</v>
       </c>
       <c r="L51" s="15">
-        <v>0.57548</v>
+        <v>0.17523</v>
       </c>
       <c r="M51" s="15">
-        <v>0.55335</v>
+        <v>0.16848</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="J52" s="15"/>
       <c r="K52" s="15">
-        <v>0.6667999999999999</v>
+        <v>0.6640200000000001</v>
       </c>
       <c r="L52" s="15">
-        <v>0.57789</v>
+        <v>0.57548</v>
       </c>
       <c r="M52" s="15">
-        <v>0.55566</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.55335</v>
+      </c>
+      <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>10080050195</v>
+        <v>140</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="J53" s="15"/>
+        <v>142</v>
+      </c>
+      <c r="J53" s="15">
+        <v>120</v>
+      </c>
       <c r="K53" s="15">
-        <v>0.13714</v>
+        <v>0.6667999999999999</v>
       </c>
       <c r="L53" s="15">
-        <v>0.08613999999999999</v>
+        <v>0.57789</v>
       </c>
       <c r="M53" s="15">
-        <v>0.07763</v>
-[...1 lines deleted...]
-      <c r="N53" s="15"/>
+        <v>0.55566</v>
+      </c>
+      <c r="N53" s="15">
+        <v>16506</v>
+      </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="E54" s="15" t="s">
-        <v>146</v>
+      <c r="E54" s="15">
+        <v>10080050195</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I54" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I54" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="J54" s="15"/>
       <c r="K54" s="15">
-        <v>0.04</v>
+        <v>0.13714</v>
       </c>
       <c r="L54" s="15">
-        <v>0.04</v>
+        <v>0.08613999999999999</v>
       </c>
       <c r="M54" s="15">
-        <v>0.04</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07763</v>
+      </c>
+      <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="I55" s="15"/>
-      <c r="J55" s="15"/>
+      <c r="J55" s="15">
+        <v>1000</v>
+      </c>
       <c r="K55" s="15">
-        <v>1.05</v>
+        <v>0.04</v>
       </c>
       <c r="L55" s="15">
-        <v>0.87697</v>
+        <v>0.04</v>
       </c>
       <c r="M55" s="15">
-        <v>0.8432500000000001</v>
-[...1 lines deleted...]
-      <c r="N55" s="15"/>
+        <v>0.04</v>
+      </c>
+      <c r="N55" s="15">
+        <v>637</v>
+      </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>30</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="I56" s="15"/>
+      <c r="J56" s="15"/>
       <c r="K56" s="15">
-        <v>0.31716</v>
+        <v>1.05</v>
       </c>
       <c r="L56" s="15">
-        <v>0.26601</v>
+        <v>0.87697</v>
       </c>
       <c r="M56" s="15">
-        <v>0.25577</v>
+        <v>0.8432500000000001</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>154</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I57" s="15"/>
+      <c r="I57" s="15" t="s">
+        <v>156</v>
+      </c>
       <c r="J57" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.07507999999999999</v>
+        <v>0.31716</v>
       </c>
       <c r="L57" s="15">
-        <v>0.06507</v>
+        <v>0.26601</v>
       </c>
       <c r="M57" s="15">
-        <v>0.06256</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25577</v>
+      </c>
+      <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.14761</v>
+        <v>0.07507999999999999</v>
       </c>
       <c r="L58" s="15">
-        <v>0.1238</v>
+        <v>0.06507</v>
       </c>
       <c r="M58" s="15">
-        <v>0.11903</v>
-[...1 lines deleted...]
-      <c r="N58" s="15"/>
+        <v>0.06256</v>
+      </c>
+      <c r="N58" s="15">
+        <v>678</v>
+      </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>161</v>
       </c>
-      <c r="E59" s="15">
-        <v>10080071611</v>
+      <c r="E59" s="15" t="s">
+        <v>162</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.39032</v>
+        <v>0.14761</v>
       </c>
       <c r="L59" s="15">
-        <v>0.32528</v>
+        <v>0.1238</v>
       </c>
       <c r="M59" s="15">
-        <v>0.31226</v>
+        <v>0.11903</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E60" s="15">
-        <v>10080039788</v>
+        <v>10080071611</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>200</v>
       </c>
       <c r="K60" s="15">
-        <v>0.44009</v>
+        <v>0.39032</v>
       </c>
       <c r="L60" s="15">
-        <v>0.36087</v>
+        <v>0.32528</v>
       </c>
       <c r="M60" s="15">
-        <v>0.34621</v>
+        <v>0.31226</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="E61" s="15" t="s">
         <v>166</v>
+      </c>
+      <c r="E61" s="15">
+        <v>10080039788</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>200</v>
       </c>
       <c r="K61" s="15">
-        <v>0.76256</v>
+        <v>0.44009</v>
       </c>
       <c r="L61" s="15">
-        <v>0.63955</v>
+        <v>0.36087</v>
       </c>
       <c r="M61" s="15">
-        <v>0.61496</v>
+        <v>0.34621</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="E62" s="15">
-        <v>10080076411</v>
+      <c r="E62" s="15" t="s">
+        <v>169</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
-      <c r="J62" s="15"/>
+      <c r="J62" s="15">
+        <v>200</v>
+      </c>
       <c r="K62" s="15">
-        <v>0.14485</v>
+        <v>0.76256</v>
       </c>
       <c r="L62" s="15">
-        <v>0.1207</v>
+        <v>0.63955</v>
       </c>
       <c r="M62" s="15">
-        <v>0.11587</v>
+        <v>0.61496</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
-      <c r="P62" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="E63" s="15" t="s">
-        <v>172</v>
+      <c r="E63" s="15">
+        <v>10080076411</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
-      <c r="J63" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J63" s="15"/>
       <c r="K63" s="15">
-        <v>0.08688</v>
+        <v>0.14439</v>
       </c>
       <c r="L63" s="15">
-        <v>0.07530000000000001</v>
+        <v>0.12514</v>
       </c>
       <c r="M63" s="15">
-        <v>0.07240000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12033</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.19</v>
+        <v>0.08688</v>
       </c>
       <c r="L64" s="15">
-        <v>0.14</v>
+        <v>0.07530000000000001</v>
       </c>
       <c r="M64" s="15">
-        <v>0.13</v>
+        <v>0.07240000000000001</v>
       </c>
       <c r="N64" s="15">
-        <v>728</v>
+        <v>600</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>176</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080075875</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
-      <c r="J65" s="15"/>
+      <c r="J65" s="15">
+        <v>1000</v>
+      </c>
       <c r="K65" s="15">
-        <v>0.16301</v>
+        <v>0.19</v>
       </c>
       <c r="L65" s="15">
-        <v>0.13585</v>
+        <v>0.14</v>
       </c>
       <c r="M65" s="15">
-        <v>0.13041</v>
-[...1 lines deleted...]
-      <c r="N65" s="15"/>
+        <v>0.13</v>
+      </c>
+      <c r="N65" s="15">
+        <v>887</v>
+      </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="E66" s="15" t="s">
-        <v>180</v>
+      <c r="E66" s="15">
+        <v>10080075875</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
-      <c r="J66" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J66" s="15"/>
       <c r="K66" s="15">
-        <v>0.07998</v>
+        <v>0.16301</v>
       </c>
       <c r="L66" s="15">
-        <v>0.06708</v>
+        <v>0.13585</v>
       </c>
       <c r="M66" s="15">
-        <v>0.0645</v>
+        <v>0.13041</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
-      <c r="J67" s="15"/>
+      <c r="J67" s="15">
+        <v>250</v>
+      </c>
       <c r="K67" s="15">
-        <v>0.03458</v>
+        <v>0.07998</v>
       </c>
       <c r="L67" s="15">
-        <v>0.029</v>
+        <v>0.06708</v>
       </c>
       <c r="M67" s="15">
-        <v>0.02789</v>
+        <v>0.0645</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
-      <c r="J68" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>0.03716</v>
+        <v>0.03458</v>
       </c>
       <c r="L68" s="15">
-        <v>0.0322</v>
+        <v>0.029</v>
       </c>
       <c r="M68" s="15">
-        <v>0.03096</v>
+        <v>0.02789</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
-      <c r="J69" s="15"/>
+      <c r="J69" s="15">
+        <v>1000</v>
+      </c>
       <c r="K69" s="15">
-        <v>0.04582</v>
+        <v>0.03716</v>
       </c>
       <c r="L69" s="15">
-        <v>0.03843</v>
+        <v>0.0322</v>
       </c>
       <c r="M69" s="15">
-        <v>0.03695</v>
+        <v>0.03096</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080074755</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
-      <c r="J70" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J70" s="15"/>
       <c r="K70" s="15">
-        <v>0.03985</v>
+        <v>0.04582</v>
       </c>
       <c r="L70" s="15">
-        <v>0.03321</v>
+        <v>0.03843</v>
       </c>
       <c r="M70" s="15">
-        <v>0.03188</v>
+        <v>0.03695</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="E71" s="15" t="s">
-        <v>194</v>
+      <c r="E71" s="15">
+        <v>10080074755</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.06617000000000001</v>
+        <v>0.03985</v>
       </c>
       <c r="L71" s="15">
-        <v>0.05734</v>
+        <v>0.03321</v>
       </c>
       <c r="M71" s="15">
-        <v>0.05514</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03188</v>
+      </c>
+      <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.06005</v>
+        <v>0.06617000000000001</v>
       </c>
       <c r="L72" s="15">
-        <v>0.05204</v>
+        <v>0.05734</v>
       </c>
       <c r="M72" s="15">
-        <v>0.05004</v>
+        <v>0.05514</v>
       </c>
       <c r="N72" s="15">
-        <v>100</v>
+        <v>8320</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080046763</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I73" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.20898</v>
+        <v>0.06005</v>
       </c>
       <c r="L73" s="15">
-        <v>0.18112</v>
+        <v>0.05204</v>
       </c>
       <c r="M73" s="15">
-        <v>0.17415</v>
-[...1 lines deleted...]
-      <c r="N73" s="15"/>
+        <v>0.05004</v>
+      </c>
+      <c r="N73" s="15">
+        <v>100</v>
+      </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="E74" s="15" t="s">
         <v>201</v>
+      </c>
+      <c r="E74" s="15">
+        <v>10080046763</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="J74" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K74" s="15">
-        <v>0.22121</v>
+        <v>0.20898</v>
       </c>
       <c r="L74" s="15">
-        <v>0.19171</v>
+        <v>0.18112</v>
       </c>
       <c r="M74" s="15">
-        <v>0.18434</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17415</v>
+      </c>
+      <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D75" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="E75" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="I75" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I75" s="15" t="s">
+        <v>202</v>
+      </c>
       <c r="J75" s="15">
-        <v>125</v>
+        <v>1000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.48354</v>
+        <v>0.22121</v>
       </c>
       <c r="L75" s="15">
-        <v>0.41907</v>
+        <v>0.19171</v>
       </c>
       <c r="M75" s="15">
-        <v>0.40295</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>0.18434</v>
+      </c>
+      <c r="N75" s="15">
+        <v>18439</v>
+      </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
-      <c r="Q75" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="J76" s="15"/>
+        <v>46</v>
+      </c>
+      <c r="I76" s="15"/>
+      <c r="J76" s="15">
+        <v>125</v>
+      </c>
       <c r="K76" s="15">
-        <v>0.178</v>
+        <v>0.48354</v>
       </c>
       <c r="L76" s="15">
-        <v>0.14929</v>
+        <v>0.41907</v>
       </c>
       <c r="M76" s="15">
-        <v>0.14353</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.40295</v>
+      </c>
+      <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
-      <c r="Q76" s="15"/>
+      <c r="Q76" s="15">
+        <v>1000</v>
+      </c>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D77" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="E77" s="15" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080044345</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>42</v>
       </c>
-      <c r="I77" s="15"/>
+      <c r="I77" s="15" t="s">
+        <v>210</v>
+      </c>
       <c r="J77" s="15"/>
       <c r="K77" s="15">
-        <v>0.065</v>
+        <v>0.178</v>
       </c>
       <c r="L77" s="15">
-        <v>0.065</v>
+        <v>0.14929</v>
       </c>
       <c r="M77" s="15">
-        <v>0.065</v>
+        <v>0.14353</v>
       </c>
       <c r="N77" s="15">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E78" s="15">
-        <v>10080017554</v>
+        <v>10080044345</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>213</v>
+        <v>42</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.47444</v>
+        <v>0.065</v>
       </c>
       <c r="L78" s="15">
-        <v>0.4445</v>
+        <v>0.065</v>
       </c>
       <c r="M78" s="15">
-        <v>0.43009</v>
-[...1 lines deleted...]
-      <c r="N78" s="15"/>
+        <v>0.065</v>
+      </c>
+      <c r="N78" s="15">
+        <v>10</v>
+      </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D79" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="15">
-        <v>10080034729</v>
+        <v>10080017554</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="I79" s="15"/>
-      <c r="J79" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>0.33255</v>
+        <v>0.47444</v>
       </c>
       <c r="L79" s="15">
-        <v>0.23279</v>
+        <v>0.4445</v>
       </c>
       <c r="M79" s="15">
-        <v>0.21616</v>
+        <v>0.43009</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E80" s="15">
-        <v>10080034730</v>
+        <v>10080034729</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
-        <v>0.16</v>
+        <v>0.33255</v>
       </c>
       <c r="L80" s="15">
-        <v>0.16</v>
+        <v>0.23279</v>
       </c>
       <c r="M80" s="15">
-        <v>0.16</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.21616</v>
+      </c>
+      <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D81" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="15">
-        <v>10080054252</v>
+        <v>10080034730</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I81" s="15"/>
+        <v>215</v>
+      </c>
+      <c r="I81" s="15" t="s">
+        <v>220</v>
+      </c>
       <c r="J81" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K81" s="15">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="L81" s="15">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="M81" s="15">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="N81" s="15">
-        <v>8884</v>
+        <v>888</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E82" s="15">
-        <v>10080064187</v>
+        <v>10080054252</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="I82" s="15"/>
-      <c r="J82" s="15"/>
+      <c r="J82" s="15">
+        <v>1000</v>
+      </c>
       <c r="K82" s="15">
-        <v>0.21337</v>
+        <v>0.12</v>
       </c>
       <c r="L82" s="15">
-        <v>0.17207</v>
+        <v>0.12</v>
       </c>
       <c r="M82" s="15">
-        <v>0.16519</v>
+        <v>0.12</v>
       </c>
       <c r="N82" s="15">
-        <v>1</v>
+        <v>8471</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E83" s="15">
-        <v>10080072856</v>
+        <v>10080064187</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>0.05378</v>
+        <v>0.21337</v>
       </c>
       <c r="L83" s="15">
-        <v>0.04661</v>
+        <v>0.17207</v>
       </c>
       <c r="M83" s="15">
-        <v>0.04481</v>
+        <v>0.16519</v>
       </c>
       <c r="N83" s="15">
-        <v>880</v>
+        <v>1</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E84" s="15">
-        <v>10080073036</v>
+        <v>10080072856</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
-      <c r="J84" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J84" s="15"/>
       <c r="K84" s="15">
-        <v>0.08522</v>
+        <v>0.05652</v>
       </c>
       <c r="L84" s="15">
-        <v>0.08069999999999999</v>
+        <v>0.04898</v>
       </c>
       <c r="M84" s="15">
-        <v>0.08069999999999999</v>
+        <v>0.0471</v>
       </c>
       <c r="N84" s="15">
-        <v>816</v>
+        <v>528</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E85" s="15">
-        <v>10080050008</v>
+        <v>10080073036</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>500</v>
       </c>
       <c r="K85" s="15">
-        <v>0.09657</v>
+        <v>0.08522</v>
       </c>
       <c r="L85" s="15">
-        <v>0.08369</v>
+        <v>0.08069999999999999</v>
       </c>
       <c r="M85" s="15">
-        <v>0.08048</v>
+        <v>0.08069999999999999</v>
       </c>
       <c r="N85" s="15">
-        <v>696</v>
+        <v>662</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E86" s="15">
-        <v>10080032306</v>
+        <v>10080050008</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K86" s="15">
-        <v>0.528</v>
+        <v>0.09657</v>
       </c>
       <c r="L86" s="15">
-        <v>0.28058</v>
+        <v>0.08369</v>
       </c>
       <c r="M86" s="15">
-        <v>0.23932</v>
-[...1 lines deleted...]
-      <c r="N86" s="15"/>
+        <v>0.08048</v>
+      </c>
+      <c r="N86" s="15">
+        <v>553</v>
+      </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="E87" s="15" t="s">
-        <v>233</v>
+      <c r="E87" s="15">
+        <v>10080032306</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>100</v>
       </c>
       <c r="K87" s="15">
-        <v>0.36334</v>
+        <v>0.528</v>
       </c>
       <c r="L87" s="15">
-        <v>0.33994</v>
+        <v>0.28058</v>
       </c>
       <c r="M87" s="15">
-        <v>0.32885</v>
+        <v>0.23932</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000018826</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>100</v>
       </c>
       <c r="K88" s="15">
-        <v>0.37689</v>
+        <v>0.36334</v>
       </c>
       <c r="L88" s="15">
-        <v>0.35349</v>
+        <v>0.33994</v>
       </c>
       <c r="M88" s="15">
-        <v>0.34117</v>
+        <v>0.32885</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="E89" s="15" t="s">
-        <v>238</v>
+      <c r="E89" s="15">
+        <v>10000018826</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>100</v>
       </c>
       <c r="K89" s="15">
-        <v>0.52742</v>
+        <v>0.37689</v>
       </c>
       <c r="L89" s="15">
-        <v>0.44235</v>
+        <v>0.35349</v>
       </c>
       <c r="M89" s="15">
-        <v>0.42535</v>
+        <v>0.34117</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D90" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="E90" s="15" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080029134</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J90" s="15">
         <v>100</v>
       </c>
       <c r="K90" s="15">
-        <v>0.23221</v>
+        <v>0.52742</v>
       </c>
       <c r="L90" s="15">
-        <v>0.23221</v>
+        <v>0.44235</v>
       </c>
       <c r="M90" s="15">
-        <v>0.23221</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.42535</v>
+      </c>
+      <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="D91" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="15">
-        <v>10080050046</v>
+        <v>10080029134</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="I91" s="15"/>
+      <c r="I91" s="15" t="s">
+        <v>244</v>
+      </c>
       <c r="J91" s="15">
         <v>100</v>
       </c>
       <c r="K91" s="15">
-        <v>0.27214</v>
+        <v>0.23221</v>
       </c>
       <c r="L91" s="15">
-        <v>0.2603</v>
+        <v>0.23221</v>
       </c>
       <c r="M91" s="15">
-        <v>0.2603</v>
+        <v>0.23221</v>
       </c>
       <c r="N91" s="15">
-        <v>1310</v>
-[...3 lines deleted...]
-      </c>
+        <v>4165</v>
+      </c>
+      <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E92" s="15">
-        <v>10080050045</v>
+        <v>10080050046</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>100</v>
       </c>
       <c r="K92" s="15">
-        <v>0.27214</v>
+        <v>0.33407</v>
       </c>
       <c r="L92" s="15">
-        <v>0.2603</v>
+        <v>0.28952</v>
       </c>
       <c r="M92" s="15">
-        <v>0.2603</v>
+        <v>0.27839</v>
       </c>
       <c r="N92" s="15">
-        <v>3223</v>
+        <v>2966</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="E93" s="15" t="s">
-        <v>249</v>
+      <c r="E93" s="15">
+        <v>10080050045</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="I93" s="15"/>
-      <c r="J93" s="15"/>
+      <c r="J93" s="15">
+        <v>100</v>
+      </c>
       <c r="K93" s="15">
-        <v>0.30769</v>
+        <v>0.27214</v>
       </c>
       <c r="L93" s="15">
-        <v>0.25806</v>
+        <v>0.2603</v>
       </c>
       <c r="M93" s="15">
-        <v>0.24814</v>
-[...1 lines deleted...]
-      <c r="N93" s="15"/>
+        <v>0.2603</v>
+      </c>
+      <c r="N93" s="15">
+        <v>3223</v>
+      </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080041982</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="I94" s="15"/>
-      <c r="J94" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J94" s="15"/>
       <c r="K94" s="15">
-        <v>0.27216</v>
+        <v>0.30769</v>
       </c>
       <c r="L94" s="15">
-        <v>0.26033</v>
+        <v>0.25806</v>
       </c>
       <c r="M94" s="15">
-        <v>0.26033</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.24814</v>
+      </c>
+      <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E95" s="15">
-        <v>10080003776</v>
+        <v>10080041982</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>254</v>
+        <v>46</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
-        <v>0.41346</v>
+        <v>0.27216</v>
       </c>
       <c r="L95" s="15">
-        <v>0.38797</v>
+        <v>0.26033</v>
       </c>
       <c r="M95" s="15">
-        <v>0.37467</v>
-[...1 lines deleted...]
-      <c r="N95" s="15"/>
+        <v>0.26033</v>
+      </c>
+      <c r="N95" s="15">
+        <v>450</v>
+      </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="D96" s="15" t="s">
-[...3 lines deleted...]
-        <v>257</v>
+      <c r="E96" s="15">
+        <v>10080003776</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>100</v>
       </c>
       <c r="K96" s="15">
-        <v>0.27093</v>
+        <v>0.41346</v>
       </c>
       <c r="L96" s="15">
-        <v>0.27093</v>
+        <v>0.38797</v>
       </c>
       <c r="M96" s="15">
-        <v>0.27093</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.37467</v>
+      </c>
+      <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D97" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="E97" s="15" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080017924</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J97" s="15">
         <v>100</v>
       </c>
       <c r="K97" s="15">
-        <v>0.57831</v>
+        <v>0.27093</v>
       </c>
       <c r="L97" s="15">
-        <v>0.48503</v>
+        <v>0.27093</v>
       </c>
       <c r="M97" s="15">
-        <v>0.46638</v>
+        <v>0.27093</v>
       </c>
       <c r="N97" s="15">
-        <v>34</v>
+        <v>331</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>262</v>
       </c>
-      <c r="D98" s="15" t="s">
-[...3 lines deleted...]
-        <v>264</v>
+      <c r="E98" s="15">
+        <v>10080017924</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>46</v>
       </c>
-      <c r="I98" s="15"/>
-      <c r="J98" s="15"/>
+      <c r="I98" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="J98" s="15">
+        <v>100</v>
+      </c>
       <c r="K98" s="15">
-        <v>0.35423</v>
+        <v>0.57831</v>
       </c>
       <c r="L98" s="15">
-        <v>0.29518</v>
+        <v>0.48503</v>
       </c>
       <c r="M98" s="15">
-        <v>0.28337</v>
+        <v>0.46638</v>
       </c>
       <c r="N98" s="15">
-        <v>1296</v>
+        <v>34</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>265</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I99" s="15"/>
-      <c r="J99" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J99" s="15"/>
       <c r="K99" s="15">
-        <v>0.3855</v>
+        <v>0.35423</v>
       </c>
       <c r="L99" s="15">
-        <v>0.3621</v>
+        <v>0.29518</v>
       </c>
       <c r="M99" s="15">
-        <v>0.34978</v>
-[...1 lines deleted...]
-      <c r="N99" s="15"/>
+        <v>0.28337</v>
+      </c>
+      <c r="N99" s="15">
+        <v>1027</v>
+      </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
-        <v>0.36363</v>
+        <v>0.3855</v>
       </c>
       <c r="L100" s="15">
-        <v>0.30498</v>
+        <v>0.3621</v>
       </c>
       <c r="M100" s="15">
-        <v>0.29325</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34978</v>
+      </c>
+      <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D101" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="E101" s="15" t="s">
         <v>272</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080017925</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
-        <v>0.7245</v>
+        <v>0.36363</v>
       </c>
       <c r="L101" s="15">
-        <v>0.47817</v>
+        <v>0.30498</v>
       </c>
       <c r="M101" s="15">
-        <v>0.4347</v>
+        <v>0.29325</v>
       </c>
       <c r="N101" s="15">
-        <v>5</v>
+        <v>1460</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="D102" s="15" t="s">
-[...3 lines deleted...]
-        <v>277</v>
+      <c r="E102" s="15">
+        <v>10080017925</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="I102" s="15"/>
+        <v>46</v>
+      </c>
+      <c r="I102" s="15" t="s">
+        <v>276</v>
+      </c>
       <c r="J102" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K102" s="15">
-        <v>0.69938</v>
+        <v>0.7245</v>
       </c>
       <c r="L102" s="15">
-        <v>0.58658</v>
+        <v>0.47817</v>
       </c>
       <c r="M102" s="15">
-        <v>0.56402</v>
-[...1 lines deleted...]
-      <c r="N102" s="15"/>
+        <v>0.4347</v>
+      </c>
+      <c r="N102" s="15">
+        <v>5</v>
+      </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>278</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
-        <v>1.04</v>
+        <v>0.69938</v>
       </c>
       <c r="L103" s="15">
-        <v>0.87352</v>
+        <v>0.58658</v>
       </c>
       <c r="M103" s="15">
-        <v>0.83993</v>
+        <v>0.56402</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>281</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080055378</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K104" s="15">
-        <v>0.20444</v>
+        <v>1.04</v>
       </c>
       <c r="L104" s="15">
-        <v>0.17718</v>
+        <v>0.87352</v>
       </c>
       <c r="M104" s="15">
-        <v>0.17036</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.83993</v>
+      </c>
+      <c r="N104" s="15"/>
+      <c r="O104" s="15"/>
+      <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E105" s="15">
-        <v>10080066031</v>
+        <v>10080055378</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.35587</v>
+        <v>0.20444</v>
       </c>
       <c r="L105" s="15">
-        <v>0.29655</v>
+        <v>0.17718</v>
       </c>
       <c r="M105" s="15">
-        <v>0.28468</v>
-[...3 lines deleted...]
-      <c r="P105" s="15"/>
+        <v>0.17036</v>
+      </c>
+      <c r="N105" s="15">
+        <v>14066</v>
+      </c>
+      <c r="O105" s="15">
+        <v>8900</v>
+      </c>
+      <c r="P105" s="15" t="s">
+        <v>53</v>
+      </c>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E106" s="15">
-        <v>10080028184</v>
+        <v>10080066031</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>287</v>
+        <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.38</v>
+        <v>0.35587</v>
       </c>
       <c r="L106" s="15">
-        <v>0.38</v>
+        <v>0.29655</v>
       </c>
       <c r="M106" s="15">
-        <v>0.38</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.28468</v>
+      </c>
+      <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="D107" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="15">
-        <v>10080049796</v>
+        <v>10080028184</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>42</v>
+        <v>289</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
-        <v>400</v>
+        <v>1600</v>
       </c>
       <c r="K107" s="15">
-        <v>0.19464</v>
+        <v>0.38</v>
       </c>
       <c r="L107" s="15">
-        <v>0.16221</v>
+        <v>0.38</v>
       </c>
       <c r="M107" s="15">
-        <v>0.15571</v>
-[...1 lines deleted...]
-      <c r="N107" s="15"/>
+        <v>0.38</v>
+      </c>
+      <c r="N107" s="15">
+        <v>773</v>
+      </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>290</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>291</v>
       </c>
-      <c r="E108" s="15" t="s">
-        <v>292</v>
+      <c r="E108" s="15">
+        <v>10080049796</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="K108" s="15">
-        <v>0.22197</v>
+        <v>0.19464</v>
       </c>
       <c r="L108" s="15">
-        <v>0.18617</v>
+        <v>0.16221</v>
       </c>
       <c r="M108" s="15">
-        <v>0.17901</v>
+        <v>0.15571</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I109" s="15"/>
-      <c r="J109" s="15"/>
+      <c r="J109" s="15">
+        <v>500</v>
+      </c>
       <c r="K109" s="15">
-        <v>0.02174</v>
+        <v>0.22197</v>
       </c>
       <c r="L109" s="15">
-        <v>0.01449</v>
+        <v>0.18617</v>
       </c>
       <c r="M109" s="15">
-        <v>0.01328</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17901</v>
+      </c>
+      <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>299</v>
+        <v>42</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J110" s="15"/>
       <c r="K110" s="15">
-        <v>4.73</v>
+        <v>0.02174</v>
       </c>
       <c r="L110" s="15">
-        <v>4.73</v>
+        <v>0.01449</v>
       </c>
       <c r="M110" s="15">
-        <v>4.73</v>
+        <v>0.01328</v>
       </c>
       <c r="N110" s="15">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D111" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="E111" s="15" t="s">
         <v>300</v>
-      </c>
-[...4 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>46</v>
+        <v>301</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K111" s="15">
-        <v>0.9065</v>
+        <v>4.73</v>
       </c>
       <c r="L111" s="15">
-        <v>0.84984</v>
+        <v>4.73</v>
       </c>
       <c r="M111" s="15">
-        <v>0.82151</v>
+        <v>4.73</v>
       </c>
       <c r="N111" s="15">
-        <v>128</v>
+        <v>50</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080027190</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>100</v>
       </c>
       <c r="K112" s="15">
-        <v>1.56</v>
+        <v>0.9065</v>
       </c>
       <c r="L112" s="15">
-        <v>1.31</v>
+        <v>0.84984</v>
       </c>
       <c r="M112" s="15">
-        <v>1.26</v>
+        <v>0.82151</v>
       </c>
       <c r="N112" s="15">
-        <v>249</v>
+        <v>95</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>306</v>
       </c>
-      <c r="E113" s="15" t="s">
-        <v>307</v>
+      <c r="E113" s="15">
+        <v>10080027190</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="K113" s="15">
-        <v>1.76</v>
+        <v>1.56</v>
       </c>
       <c r="L113" s="15">
-        <v>1.47</v>
+        <v>1.31</v>
       </c>
       <c r="M113" s="15">
-        <v>1.42</v>
-[...1 lines deleted...]
-      <c r="N113" s="15"/>
+        <v>1.26</v>
+      </c>
+      <c r="N113" s="15">
+        <v>160</v>
+      </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080027193</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="K114" s="15">
-        <v>1.89</v>
+        <v>1.76</v>
       </c>
       <c r="L114" s="15">
-        <v>1</v>
+        <v>1.47</v>
       </c>
       <c r="M114" s="15">
-        <v>0.8545</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.42</v>
+      </c>
+      <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E115" s="15">
-        <v>10080027192</v>
+        <v>10080027193</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>100</v>
       </c>
       <c r="K115" s="15">
-        <v>0.95105</v>
+        <v>1.89</v>
       </c>
       <c r="L115" s="15">
-        <v>0.82424</v>
+        <v>1</v>
       </c>
       <c r="M115" s="15">
-        <v>0.79254</v>
+        <v>0.8545</v>
       </c>
       <c r="N115" s="15">
-        <v>100</v>
+        <v>351</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="E116" s="15" t="s">
-        <v>314</v>
+      <c r="E116" s="15">
+        <v>10080027192</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>100</v>
       </c>
       <c r="K116" s="15">
-        <v>1.15</v>
+        <v>0.95105</v>
       </c>
       <c r="L116" s="15">
-        <v>0.96701</v>
+        <v>0.82424</v>
       </c>
       <c r="M116" s="15">
-        <v>0.92981</v>
-[...1 lines deleted...]
-      <c r="N116" s="15"/>
+        <v>0.79254</v>
+      </c>
+      <c r="N116" s="15">
+        <v>100</v>
+      </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080073195</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K117" s="15">
-        <v>0.5796</v>
+        <v>1.15</v>
       </c>
       <c r="L117" s="15">
-        <v>0.483</v>
+        <v>0.96701</v>
       </c>
       <c r="M117" s="15">
-        <v>0.46368</v>
+        <v>0.92981</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>317</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>318</v>
       </c>
-      <c r="E118" s="15" t="s">
-        <v>319</v>
+      <c r="E118" s="15">
+        <v>10080073195</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K118" s="15">
-        <v>0.6281</v>
+        <v>0.5796</v>
       </c>
       <c r="L118" s="15">
-        <v>0.606</v>
+        <v>0.483</v>
       </c>
       <c r="M118" s="15">
-        <v>0.5838</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.46368</v>
+      </c>
+      <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-        <v>10080002812</v>
+        <v>320</v>
+      </c>
+      <c r="E119" s="15" t="s">
+        <v>321</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="I119" s="15"/>
+        <v>322</v>
+      </c>
+      <c r="I119" s="15" t="s">
+        <v>323</v>
+      </c>
       <c r="J119" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K119" s="15">
-        <v>0.62814</v>
+        <v>0.6281</v>
       </c>
       <c r="L119" s="15">
-        <v>0.60597</v>
+        <v>0.606</v>
       </c>
       <c r="M119" s="15">
         <v>0.5838</v>
       </c>
       <c r="N119" s="15">
-        <v>786</v>
+        <v>7</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>325</v>
       </c>
-      <c r="E120" s="15" t="s">
-        <v>326</v>
+      <c r="E120" s="15">
+        <v>10080002812</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>240</v>
+        <v>200</v>
       </c>
       <c r="K120" s="15">
-        <v>6.53</v>
+        <v>0.62814</v>
       </c>
       <c r="L120" s="15">
-        <v>5.47</v>
+        <v>0.60597</v>
       </c>
       <c r="M120" s="15">
-        <v>5.26</v>
+        <v>0.5838</v>
       </c>
       <c r="N120" s="15">
-        <v>1144</v>
+        <v>918</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="I121" s="15"/>
+        <v>329</v>
+      </c>
+      <c r="I121" s="15" t="s">
+        <v>330</v>
+      </c>
       <c r="J121" s="15">
-        <v>1</v>
+        <v>240</v>
       </c>
       <c r="K121" s="15">
-        <v>0.15</v>
+        <v>6.53</v>
       </c>
       <c r="L121" s="15">
-        <v>0.15</v>
+        <v>5.47</v>
       </c>
       <c r="M121" s="15">
-        <v>0.15</v>
+        <v>5.26</v>
       </c>
       <c r="N121" s="15">
-        <v>46</v>
+        <v>1085</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>331</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="E122" s="15" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="K122" s="15">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="L122" s="15">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="M122" s="15">
-        <v>0.13</v>
+        <v>0.15</v>
       </c>
       <c r="N122" s="15">
-        <v>1156</v>
+        <v>46</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="D123" s="15" t="s">
+      <c r="E123" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>216</v>
+        <v>72</v>
       </c>
       <c r="K123" s="15">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="L123" s="15">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="M123" s="15">
-        <v>0.2</v>
+        <v>0.13</v>
       </c>
       <c r="N123" s="15">
-        <v>9514</v>
+        <v>1354</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
-      <c r="B124" s="14"/>
-[...2 lines deleted...]
-      <c r="E124" s="15"/>
+      <c r="B124" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C124" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D124" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="E124" s="15" t="s">
+        <v>340</v>
+      </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
-      <c r="H124" s="15"/>
+      <c r="H124" s="15" t="s">
+        <v>334</v>
+      </c>
       <c r="I124" s="15"/>
-      <c r="J124" s="15"/>
-[...3 lines deleted...]
-      <c r="N124" s="15"/>
+      <c r="J124" s="15">
+        <v>216</v>
+      </c>
+      <c r="K124" s="15">
+        <v>0.2</v>
+      </c>
+      <c r="L124" s="15">
+        <v>0.2</v>
+      </c>
+      <c r="M124" s="15">
+        <v>0.2</v>
+      </c>
+      <c r="N124" s="15">
+        <v>8978</v>
+      </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
+      <c r="R124"/>
+    </row>
+    <row r="125" spans="1:18">
+      <c r="B125" s="14"/>
+      <c r="C125" s="15"/>
+      <c r="D125" s="15"/>
+      <c r="E125" s="15"/>
+      <c r="F125" s="15"/>
+      <c r="G125" s="15"/>
+      <c r="H125" s="15"/>
+      <c r="I125" s="15"/>
+      <c r="J125" s="15"/>
+      <c r="K125" s="15"/>
+      <c r="L125" s="15"/>
+      <c r="M125" s="15"/>
+      <c r="N125" s="15"/>
+      <c r="O125" s="15"/>
+      <c r="P125" s="15"/>
+      <c r="Q125" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6317,317 +6356,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>