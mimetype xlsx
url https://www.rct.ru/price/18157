--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -175,300 +175,300 @@
   <si>
     <t>1A 250VAC 130gF (микропереключатель) / DM1-00P-130G (KW10-CZ0P150)</t>
   </si>
   <si>
     <t>DONGNAN</t>
   </si>
   <si>
     <t xml:space="preserve">MSW-21 JIETONG, DM1-00P-130 CHIFUNG, </t>
   </si>
   <si>
     <t>DM1-00P-60-3-0</t>
   </si>
   <si>
     <t>1A 250 VAC 60gf (микропереключатель) / DM1-00P-60-3-0</t>
   </si>
   <si>
     <t>10-00088511</t>
   </si>
   <si>
     <t>L-KLS7-KW10-Z0P075</t>
   </si>
   <si>
     <t>1A 125VAC 75gF (микропереключатель) / DM1-00P-75G (L-KLS7-KW10-Z0P075)</t>
   </si>
   <si>
+    <t>L-KLS7-KW10-Z3R025</t>
+  </si>
+  <si>
+    <t>1A 250VAC 25gf (микропереключатель с лапкой 14мм правый угол) / DM1-01C-25G (L-KLS7-KW10-Z3R025)</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z3L025</t>
+  </si>
+  <si>
+    <t>1A 250VAC 25gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-25G (L-KLS7-KW10-Z3L025)</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z3L030</t>
+  </si>
+  <si>
+    <t>1A 250VAC 30gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-30G (L-KLS7-KW10-Z3L030)</t>
+  </si>
+  <si>
+    <t>10-00088446</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z3L045</t>
+  </si>
+  <si>
+    <t>1A 250VAC 45gf (микропереключатель с лапкой 14мм левый угол) / DM1-01D-45G (L-KLS7-KW10-Z3L045)</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z3P030</t>
+  </si>
+  <si>
+    <t>1A 125VAC 30gf (микропереключатель с лапкой 14мм) / DM1-01P-30 (L-KLS7-KW10-Z3P030)</t>
+  </si>
+  <si>
+    <t>DM1-01P-30G</t>
+  </si>
+  <si>
+    <t>1A 250VAC 30gf (микропереключатель с лапкой 14мм) / DM1-01P-30G</t>
+  </si>
+  <si>
+    <t>KW10-CZ3P100</t>
+  </si>
+  <si>
+    <t>1A 250VAC 30gf (микропереключатель с лапкой 14мм) / DM1-01P-30G (KW10-CZ3P100)</t>
+  </si>
+  <si>
+    <t>10-00088526</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z3P045-A</t>
+  </si>
+  <si>
+    <t>2A 250VAC 45gf (микропереключатель с лапкой 14мм) / DM1-01P-45G (KLS7-KW10-Z3P045-A)</t>
+  </si>
+  <si>
+    <t>UT-00148039</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS7-KW10-Z3P045 KLS, </t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z3P045</t>
+  </si>
+  <si>
+    <t>2A 250VAC 45gf (микропереключатель с лапкой 14мм) / DM1-01P-45G (KLS7-KW10-Z3P045)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS7-KW10-Z3P045-A KLS, </t>
+  </si>
+  <si>
+    <t>KW10-FZ6GR150</t>
+  </si>
+  <si>
+    <t>1A 250VAC 25gf микропереключатель лапка с изгибом, правый угол / DM1-02C-25 (KW10-FZ6GR150)</t>
+  </si>
+  <si>
+    <t>UT-00103785</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z6L030</t>
+  </si>
+  <si>
+    <t>1A 125VAC 30gf (микропереключатель лапка с изгибом, левый угол) / DM1-02D-30G-G (L-KLS7-KW10-Z6L030)</t>
+  </si>
+  <si>
+    <t>DM1-02P-25</t>
+  </si>
+  <si>
+    <t>1A 250VAC 25gf (микропереключатель лапка с изгибом) / DM1-02P-25</t>
+  </si>
+  <si>
+    <t>KW10-Z6P150</t>
+  </si>
+  <si>
+    <t>1A 250VAC 25gf (микропереключатель лапка с изгибом) / DM1-02P-25 (KW10-Z6P150)</t>
+  </si>
+  <si>
+    <t>KW10-Z2P150</t>
+  </si>
+  <si>
+    <t>1A 250VAC 30gf (микропереключатель с лапкой 18мм) / DM1-03P-30 (KW10-Z2P150)</t>
+  </si>
+  <si>
+    <t>KLS7-KW10-3Z2P045</t>
+  </si>
+  <si>
+    <t>3A 125VAC 45gf микропереключатель с лапкой 18мм / DM1-03P-45G (KLS7-KW10-3Z2P045)</t>
+  </si>
+  <si>
+    <t>DM3-00P-110-6-0</t>
+  </si>
+  <si>
+    <t>3A 125 VAC 110gf (микропереключатель) / DM3-00P-110-6-0</t>
+  </si>
+  <si>
+    <t>KW10-Z0P100</t>
+  </si>
+  <si>
+    <t>1A 125 VAC SPDT 102gf (микропереключатель) / DM3-00P-110-6-0 (KW10-Z0P100)</t>
+  </si>
+  <si>
+    <t>DM3-00P-130-6-0</t>
+  </si>
+  <si>
+    <t>3A 125VAC 130gf (микропереключатель) / DM3-00P-130-6-0</t>
+  </si>
+  <si>
+    <t>10-00088515</t>
+  </si>
+  <si>
+    <t>KW10-Z6GR150</t>
+  </si>
+  <si>
+    <t>3A 125VAC 25gf микропереключатель лапка с изгибом, правый угол / DM3-02C-25 (KW10-Z6GR150)</t>
+  </si>
+  <si>
+    <t>UT-00103782</t>
+  </si>
+  <si>
+    <t>KW10-Z6GL150</t>
+  </si>
+  <si>
+    <t>3A 125VAC 25gf микропереключатель лапка с изгибом, левый угол / DM3-02D-25 (KW10-Z6GL150)</t>
+  </si>
+  <si>
+    <t>UT-00103784</t>
+  </si>
+  <si>
+    <t>DM3-02P-40-6-0</t>
+  </si>
+  <si>
+    <t>3A 125 VAC 40gf (микропереключатель лапка с изгибом) / DM3-02P-40-6-0</t>
+  </si>
+  <si>
+    <t>10-00088516</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-Z2P045</t>
+  </si>
+  <si>
+    <t>3A 125 VAC (микропереключатель с лапкой ) / DM3-03P-20G-G (L-KLS7-KW10-Z2P045)</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-3Z2P025</t>
+  </si>
+  <si>
+    <t>3A 125 VAC (микропереключатель с лапкой 17,4мм) / DM3-03P-25G (L-KLS7-KW10-3Z2P025)</t>
+  </si>
+  <si>
+    <t>L-KLS7- KW10-3Z5P025</t>
+  </si>
+  <si>
+    <t>3A 125 VAC (микропереключатель с лапкой и колёсиком) / DM3-13P-25G (L-KLS7-KW10-3Z5P025)</t>
+  </si>
+  <si>
+    <t>DS1042-16-4038BBR03010</t>
+  </si>
+  <si>
+    <t>4.75x3.6мм детектор курковый, H = 3.8мм, 30 +/-20gf, SMT / DS1042-16-4038BBR03010</t>
+  </si>
+  <si>
+    <t>UT-00150240</t>
+  </si>
+  <si>
+    <t>CONNFLY</t>
+  </si>
+  <si>
+    <t>L-KLS7-MS12D16</t>
+  </si>
+  <si>
+    <t>движковый / IS-1235 (MSV-1235-G2) L-KLS7-MS12D16</t>
+  </si>
+  <si>
+    <t>KLS7-DS030-00W</t>
+  </si>
+  <si>
+    <t>0,1A 125 VAC (микропереключатель с лапкой ) Left side pcb terminal / KLS7-DS030-00W</t>
+  </si>
+  <si>
+    <t>L-KLS7-ID-1124</t>
+  </si>
+  <si>
+    <t>SMD Detector Switch, 0.1A 30VDC / KLS7-ID-1124</t>
+  </si>
+  <si>
+    <t>KLS7-KW10-3Z1P045</t>
+  </si>
+  <si>
+    <t>3A 125 VAC микропереключатель с лапкой 11,5мм 45gf / KLS7-KW10-3Z1P045</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW10-ZBP75</t>
+  </si>
+  <si>
+    <t>1A 125VAC 75gf, короткий рычаг с изгибом / KLS7-KW10-ZBP75</t>
+  </si>
+  <si>
+    <t>UT-00155781</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW4-3Z-A132023L17</t>
+  </si>
+  <si>
+    <t>2A 250V / KLS7-KW4-3Z-A132023L17</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW4-3Z-B122023L18</t>
+  </si>
+  <si>
+    <t>5A 250VAC, лапка прямая L=50мм / KLS7-KW4-3Z-B122023L18 (L-KLS7-KW4-3Z-B122023L18)</t>
+  </si>
+  <si>
+    <t>UT-00106325</t>
+  </si>
+  <si>
+    <t>L-KLS7-KW4-3Z-B12202L1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5A 250VAC, лапка прямая L=16mm / KLS7-KW4-3Z-B12202L1 (L-KLS7-KW4-3Z-B12202L1) </t>
+  </si>
+  <si>
+    <t>L-KLS7-MSS-2336-BB</t>
+  </si>
+  <si>
+    <t>2P3T 50mA 12VDC движковый, THT / KLS7-MSS-2336-BB</t>
+  </si>
+  <si>
+    <t>UT-00148546</t>
+  </si>
+  <si>
     <t>07.04.2026</t>
-  </si>
-[...247 lines deleted...]
-    <t>UT-00148546</t>
   </si>
   <si>
     <t>L-KLS7-MSS-2336S-BR</t>
   </si>
   <si>
     <t>0.3A 30VDC движковый, SMD / KLS7-MSS-2336S-BR</t>
   </si>
   <si>
     <t>L-KLS7-SS01-12E03A-G-4.7</t>
   </si>
   <si>
     <t>переключатель движковый вертикальный (ON-ON), 2A 250VAC / 5A 125VAC, высота 4.7мм / KLS7-SS01-12E03A-G-4.7</t>
   </si>
   <si>
     <t>UT-00100245</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS7-SS01-12E03A-G-4.7 KLS, </t>
   </si>
   <si>
     <t>UT-00117134</t>
   </si>
   <si>
     <t>L-KLS7-SS41-23D06-VG8</t>
   </si>
@@ -2139,1361 +2139,1353 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15">
         <v>10080057432</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.05846</v>
       </c>
       <c r="L16" s="15">
         <v>0.05066</v>
       </c>
       <c r="M16" s="15">
         <v>0.04871</v>
       </c>
       <c r="N16" s="15">
-        <v>8827</v>
+        <v>12469</v>
       </c>
       <c r="O16" s="15">
-        <v>9450</v>
-[...3 lines deleted...]
-      </c>
+        <v>13350</v>
+      </c>
+      <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080050286</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07190000000000001</v>
       </c>
       <c r="L17" s="15">
         <v>0.06231</v>
       </c>
       <c r="M17" s="15">
         <v>0.05991</v>
       </c>
       <c r="N17" s="15">
-        <v>445</v>
+        <v>345</v>
       </c>
       <c r="O17" s="15">
-        <v>4450</v>
-[...3 lines deleted...]
-      </c>
+        <v>3450</v>
+      </c>
+      <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E18" s="15">
         <v>10080029219</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.09332</v>
       </c>
       <c r="L18" s="15">
         <v>0.08087</v>
       </c>
       <c r="M18" s="15">
         <v>0.07776</v>
       </c>
       <c r="N18" s="15">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.06957000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.06029</v>
       </c>
       <c r="M19" s="15">
         <v>0.05798</v>
       </c>
       <c r="N19" s="15">
-        <v>1800</v>
+        <v>1968</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080053080</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.10341</v>
       </c>
       <c r="L20" s="15">
         <v>0.08672000000000001</v>
       </c>
       <c r="M20" s="15">
         <v>0.08339000000000001</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10080059310</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.13821</v>
       </c>
       <c r="L21" s="15">
         <v>0.09155000000000001</v>
       </c>
       <c r="M21" s="15">
         <v>0.07989</v>
       </c>
       <c r="N21" s="15">
-        <v>9246</v>
+        <v>7139</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E22" s="15">
         <v>10000020223</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.22182</v>
       </c>
       <c r="L22" s="15">
         <v>0.20791</v>
       </c>
       <c r="M22" s="15">
         <v>0.201</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.27186</v>
       </c>
       <c r="L23" s="15">
         <v>0.22654</v>
       </c>
       <c r="M23" s="15">
         <v>0.21749</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08899</v>
       </c>
       <c r="L24" s="15">
         <v>0.07463</v>
       </c>
       <c r="M24" s="15">
         <v>0.07176</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080052842</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.08574</v>
       </c>
       <c r="L25" s="15">
         <v>0.0703</v>
       </c>
       <c r="M25" s="15">
         <v>0.06745</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>1.93</v>
       </c>
       <c r="L26" s="15">
         <v>1.62</v>
       </c>
       <c r="M26" s="15">
         <v>1.56</v>
       </c>
       <c r="N26" s="15">
         <v>5</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E27" s="15">
         <v>10080050113</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.07968</v>
       </c>
       <c r="L27" s="15">
         <v>0.06906</v>
       </c>
       <c r="M27" s="15">
         <v>0.0664</v>
       </c>
       <c r="N27" s="15">
-        <v>1713</v>
+        <v>1288</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E28" s="15">
         <v>10000020224</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.1946</v>
       </c>
       <c r="L28" s="15">
         <v>0.18229</v>
       </c>
       <c r="M28" s="15">
         <v>0.17612</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E29" s="15">
         <v>10080029133</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>150</v>
       </c>
       <c r="K29" s="15">
         <v>0.24101</v>
       </c>
       <c r="L29" s="15">
         <v>0.20214</v>
       </c>
       <c r="M29" s="15">
         <v>0.19436</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E30" s="15">
         <v>10080003767</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>150</v>
       </c>
       <c r="K30" s="15">
         <v>0.23153</v>
       </c>
       <c r="L30" s="15">
         <v>0.20066</v>
       </c>
       <c r="M30" s="15">
         <v>0.2</v>
       </c>
       <c r="N30" s="15">
-        <v>641</v>
+        <v>481</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E31" s="15">
         <v>10080067629</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.26194</v>
       </c>
       <c r="L31" s="15">
         <v>0.21827</v>
       </c>
       <c r="M31" s="15">
         <v>0.20954</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E32" s="15">
         <v>10000011352</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.43831</v>
       </c>
       <c r="L32" s="15">
         <v>0.31425</v>
       </c>
       <c r="M32" s="15">
         <v>0.27291</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E33" s="15">
         <v>10080017923</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.219</v>
       </c>
       <c r="L33" s="15">
         <v>0.1898</v>
       </c>
       <c r="M33" s="15">
         <v>0.1825</v>
       </c>
       <c r="N33" s="15">
-        <v>860</v>
+        <v>760</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.38181</v>
       </c>
       <c r="L34" s="15">
         <v>0.35718</v>
       </c>
       <c r="M34" s="15">
         <v>0.34486</v>
       </c>
       <c r="N34" s="15">
         <v>75</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.36764</v>
       </c>
       <c r="L35" s="15">
         <v>0.30833</v>
       </c>
       <c r="M35" s="15">
         <v>0.29648</v>
       </c>
       <c r="N35" s="15">
-        <v>1253</v>
+        <v>1614</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>150</v>
       </c>
       <c r="K36" s="15">
         <v>0.36764</v>
       </c>
       <c r="L36" s="15">
         <v>0.30833</v>
       </c>
       <c r="M36" s="15">
         <v>0.29648</v>
       </c>
       <c r="N36" s="15">
-        <v>1360</v>
+        <v>1560</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.38181</v>
       </c>
       <c r="L37" s="15">
         <v>0.35718</v>
       </c>
       <c r="M37" s="15">
         <v>0.34486</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080046088</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.07457999999999999</v>
       </c>
       <c r="L38" s="15">
         <v>0.06464</v>
       </c>
       <c r="M38" s="15">
         <v>0.06215</v>
       </c>
       <c r="N38" s="15">
-        <v>3110</v>
+        <v>3740</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080017575</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.18204</v>
       </c>
       <c r="L39" s="15">
         <v>0.15777</v>
       </c>
       <c r="M39" s="15">
         <v>0.1517</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080050265</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.22499</v>
       </c>
       <c r="L40" s="15">
         <v>0.19499</v>
       </c>
       <c r="M40" s="15">
         <v>0.18749</v>
       </c>
       <c r="N40" s="15">
-        <v>1150</v>
+        <v>1167</v>
       </c>
       <c r="O40" s="15">
-        <v>690</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
         <v>0.2086</v>
       </c>
       <c r="L41" s="15">
         <v>0.17495</v>
       </c>
       <c r="M41" s="15">
         <v>0.16823</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E42" s="15">
         <v>10080011114</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.14627</v>
       </c>
       <c r="L42" s="15">
         <v>0.12676</v>
       </c>
       <c r="M42" s="15">
         <v>0.12189</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E43" s="15">
         <v>10080056812</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.42619</v>
       </c>
       <c r="L43" s="15">
         <v>0.35517</v>
       </c>
       <c r="M43" s="15">
         <v>0.34095</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E44" s="15">
         <v>10080045954</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.16532</v>
       </c>
       <c r="L44" s="15">
         <v>0.14327</v>
       </c>
       <c r="M44" s="15">
         <v>0.13776</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E45" s="15">
         <v>10080067630</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.26356</v>
       </c>
       <c r="L45" s="15">
         <v>0.21963</v>
       </c>
       <c r="M45" s="15">
         <v>0.21084</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.26252</v>
       </c>
       <c r="L46" s="15">
         <v>0.26252</v>
       </c>
       <c r="M46" s="15">
         <v>0.26252</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E47" s="15">
         <v>10080067159</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>200</v>
       </c>
       <c r="K47" s="15">
         <v>0.32747</v>
       </c>
       <c r="L47" s="15">
         <v>0.2838</v>
       </c>
       <c r="M47" s="15">
         <v>0.27289</v>
       </c>
       <c r="N47" s="15">
-        <v>286</v>
+        <v>339</v>
       </c>
       <c r="O47" s="15">
-        <v>650</v>
-[...3 lines deleted...]
-      </c>
+        <v>770</v>
+      </c>
+      <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.56105</v>
       </c>
       <c r="L48" s="15">
         <v>0.47056</v>
       </c>
       <c r="M48" s="15">
         <v>0.45247</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E49" s="15">
         <v>10080058824</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.48413</v>
       </c>
       <c r="L49" s="15">
         <v>0.35027</v>
       </c>
       <c r="M49" s="15">
         <v>0.30565</v>
       </c>
       <c r="N49" s="15">
-        <v>1936</v>
+        <v>1584</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.13783</v>
       </c>
       <c r="L50" s="15">
         <v>0.1156</v>
       </c>
       <c r="M50" s="15">
         <v>0.11115</v>
       </c>
       <c r="N50" s="15">
         <v>2</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15" t="s">
-        <v>53</v>
+        <v>136</v>
       </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E51" s="15">
         <v>10080075111</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
@@ -3560,51 +3552,51 @@
       </c>
       <c r="E53" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="J53" s="15">
         <v>120</v>
       </c>
       <c r="K53" s="15">
         <v>0.6667999999999999</v>
       </c>
       <c r="L53" s="15">
         <v>0.57789</v>
       </c>
       <c r="M53" s="15">
         <v>0.55566</v>
       </c>
       <c r="N53" s="15">
-        <v>16506</v>
+        <v>11838</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E54" s="15">
         <v>10080050195</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3636,51 +3628,51 @@
       <c r="D55" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.04</v>
       </c>
       <c r="L55" s="15">
         <v>0.04</v>
       </c>
       <c r="M55" s="15">
         <v>0.04</v>
       </c>
       <c r="N55" s="15">
-        <v>637</v>
+        <v>694</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I56" s="15"/>
@@ -3749,51 +3741,51 @@
       <c r="D58" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.07507999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.06507</v>
       </c>
       <c r="M58" s="15">
         <v>0.06256</v>
       </c>
       <c r="N58" s="15">
-        <v>678</v>
+        <v>182</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
@@ -3971,90 +3963,90 @@
       <c r="D64" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.08688</v>
       </c>
       <c r="L64" s="15">
         <v>0.07530000000000001</v>
       </c>
       <c r="M64" s="15">
         <v>0.07240000000000001</v>
       </c>
       <c r="N64" s="15">
-        <v>600</v>
+        <v>480</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.19</v>
       </c>
       <c r="L65" s="15">
         <v>0.14</v>
       </c>
       <c r="M65" s="15">
         <v>0.13</v>
       </c>
       <c r="N65" s="15">
-        <v>887</v>
+        <v>747</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E66" s="15">
         <v>10080075875</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
@@ -4265,51 +4257,51 @@
       <c r="D72" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.06617000000000001</v>
       </c>
       <c r="L72" s="15">
         <v>0.05734</v>
       </c>
       <c r="M72" s="15">
         <v>0.05514</v>
       </c>
       <c r="N72" s="15">
-        <v>8320</v>
+        <v>9490</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
@@ -4384,51 +4376,51 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>202</v>
       </c>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.22121</v>
       </c>
       <c r="L75" s="15">
         <v>0.19171</v>
       </c>
       <c r="M75" s="15">
         <v>0.18434</v>
       </c>
       <c r="N75" s="15">
-        <v>18439</v>
+        <v>13370</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I76" s="15"/>
@@ -4612,90 +4604,90 @@
       </c>
       <c r="E81" s="15">
         <v>10080034730</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>215</v>
       </c>
       <c r="I81" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.16</v>
       </c>
       <c r="L81" s="15">
         <v>0.16</v>
       </c>
       <c r="M81" s="15">
         <v>0.16</v>
       </c>
       <c r="N81" s="15">
-        <v>888</v>
+        <v>909</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E82" s="15">
         <v>10080054252</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.12</v>
       </c>
       <c r="L82" s="15">
         <v>0.12</v>
       </c>
       <c r="M82" s="15">
         <v>0.12</v>
       </c>
       <c r="N82" s="15">
-        <v>8471</v>
+        <v>9091</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E83" s="15">
         <v>10080064187</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I83" s="15"/>
@@ -4725,129 +4717,129 @@
         <v>225</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E84" s="15">
         <v>10080072856</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15"/>
       <c r="K84" s="15">
         <v>0.05652</v>
       </c>
       <c r="L84" s="15">
         <v>0.04898</v>
       </c>
       <c r="M84" s="15">
         <v>0.0471</v>
       </c>
       <c r="N84" s="15">
-        <v>528</v>
+        <v>688</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E85" s="15">
         <v>10080073036</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>500</v>
       </c>
       <c r="K85" s="15">
         <v>0.08522</v>
       </c>
       <c r="L85" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="M85" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="N85" s="15">
-        <v>662</v>
+        <v>750</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E86" s="15">
         <v>10080050008</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>500</v>
       </c>
       <c r="K86" s="15">
         <v>0.09657</v>
       </c>
       <c r="L86" s="15">
         <v>0.08369</v>
       </c>
       <c r="M86" s="15">
         <v>0.08048</v>
       </c>
       <c r="N86" s="15">
-        <v>553</v>
+        <v>498</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E87" s="15">
         <v>10080032306</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I87" s="15"/>
@@ -4994,129 +4986,129 @@
       </c>
       <c r="E91" s="15">
         <v>10080029134</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>244</v>
       </c>
       <c r="J91" s="15">
         <v>100</v>
       </c>
       <c r="K91" s="15">
         <v>0.23221</v>
       </c>
       <c r="L91" s="15">
         <v>0.23221</v>
       </c>
       <c r="M91" s="15">
         <v>0.23221</v>
       </c>
       <c r="N91" s="15">
-        <v>4165</v>
+        <v>3665</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E92" s="15">
         <v>10080050046</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>100</v>
       </c>
       <c r="K92" s="15">
         <v>0.33407</v>
       </c>
       <c r="L92" s="15">
         <v>0.28952</v>
       </c>
       <c r="M92" s="15">
         <v>0.27839</v>
       </c>
       <c r="N92" s="15">
-        <v>2966</v>
+        <v>2531</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E93" s="15">
         <v>10080050045</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>100</v>
       </c>
       <c r="K93" s="15">
         <v>0.27214</v>
       </c>
       <c r="L93" s="15">
         <v>0.2603</v>
       </c>
       <c r="M93" s="15">
         <v>0.2603</v>
       </c>
       <c r="N93" s="15">
-        <v>3223</v>
+        <v>3683</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
@@ -5146,51 +5138,51 @@
       <c r="D95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E95" s="15">
         <v>10080041982</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>100</v>
       </c>
       <c r="K95" s="15">
         <v>0.27216</v>
       </c>
       <c r="L95" s="15">
         <v>0.26033</v>
       </c>
       <c r="M95" s="15">
         <v>0.26033</v>
       </c>
       <c r="N95" s="15">
-        <v>450</v>
+        <v>405</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E96" s="15">
         <v>10080003776</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>256</v>
       </c>
       <c r="I96" s="15"/>
@@ -5224,51 +5216,51 @@
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>260</v>
       </c>
       <c r="J97" s="15">
         <v>100</v>
       </c>
       <c r="K97" s="15">
         <v>0.27093</v>
       </c>
       <c r="L97" s="15">
         <v>0.27093</v>
       </c>
       <c r="M97" s="15">
         <v>0.27093</v>
       </c>
       <c r="N97" s="15">
-        <v>331</v>
+        <v>515</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E98" s="15">
         <v>10080017924</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I98" s="15" t="s">
@@ -5302,51 +5294,51 @@
         <v>264</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>0.35423</v>
       </c>
       <c r="L99" s="15">
         <v>0.29518</v>
       </c>
       <c r="M99" s="15">
         <v>0.28337</v>
       </c>
       <c r="N99" s="15">
-        <v>1027</v>
+        <v>1094</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>267</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I100" s="15"/>
@@ -5380,51 +5372,51 @@
       </c>
       <c r="E101" s="15" t="s">
         <v>272</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>273</v>
       </c>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>0.36363</v>
       </c>
       <c r="L101" s="15">
         <v>0.30498</v>
       </c>
       <c r="M101" s="15">
         <v>0.29325</v>
       </c>
       <c r="N101" s="15">
-        <v>1460</v>
+        <v>1296</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E102" s="15">
         <v>10080017925</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I102" s="15" t="s">
@@ -5534,58 +5526,56 @@
       <c r="D105" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E105" s="15">
         <v>10080055378</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20444</v>
       </c>
       <c r="L105" s="15">
         <v>0.17718</v>
       </c>
       <c r="M105" s="15">
         <v>0.17036</v>
       </c>
       <c r="N105" s="15">
-        <v>14066</v>
+        <v>14063</v>
       </c>
       <c r="O105" s="15">
         <v>8900</v>
       </c>
-      <c r="P105" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E106" s="15">
         <v>10080066031</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
@@ -5614,51 +5604,51 @@
       <c r="D107" s="15" t="s">
         <v>288</v>
       </c>
       <c r="E107" s="15">
         <v>10080028184</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>289</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1600</v>
       </c>
       <c r="K107" s="15">
         <v>0.38</v>
       </c>
       <c r="L107" s="15">
         <v>0.38</v>
       </c>
       <c r="M107" s="15">
         <v>0.38</v>
       </c>
       <c r="N107" s="15">
-        <v>773</v>
+        <v>864</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>290</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>291</v>
       </c>
       <c r="E108" s="15">
         <v>10080049796</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>42</v>
       </c>
       <c r="I108" s="15"/>
@@ -5803,90 +5793,90 @@
       <c r="D112" s="15" t="s">
         <v>303</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>304</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>100</v>
       </c>
       <c r="K112" s="15">
         <v>0.9065</v>
       </c>
       <c r="L112" s="15">
         <v>0.84984</v>
       </c>
       <c r="M112" s="15">
         <v>0.82151</v>
       </c>
       <c r="N112" s="15">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>305</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E113" s="15">
         <v>10080027190</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>100</v>
       </c>
       <c r="K113" s="15">
         <v>1.56</v>
       </c>
       <c r="L113" s="15">
         <v>1.31</v>
       </c>
       <c r="M113" s="15">
         <v>1.26</v>
       </c>
       <c r="N113" s="15">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I114" s="15"/>
@@ -5918,51 +5908,51 @@
       <c r="D115" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E115" s="15">
         <v>10080027193</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>100</v>
       </c>
       <c r="K115" s="15">
         <v>1.89</v>
       </c>
       <c r="L115" s="15">
         <v>1</v>
       </c>
       <c r="M115" s="15">
         <v>0.8545</v>
       </c>
       <c r="N115" s="15">
-        <v>351</v>
+        <v>328</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E116" s="15">
         <v>10080027192</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>46</v>
       </c>
       <c r="I116" s="15"/>
@@ -6111,209 +6101,209 @@
       <c r="D120" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E120" s="15">
         <v>10080002812</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>322</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>200</v>
       </c>
       <c r="K120" s="15">
         <v>0.62814</v>
       </c>
       <c r="L120" s="15">
         <v>0.60597</v>
       </c>
       <c r="M120" s="15">
         <v>0.5838</v>
       </c>
       <c r="N120" s="15">
-        <v>918</v>
+        <v>633</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>329</v>
       </c>
       <c r="I121" s="15" t="s">
         <v>330</v>
       </c>
       <c r="J121" s="15">
         <v>240</v>
       </c>
       <c r="K121" s="15">
         <v>6.53</v>
       </c>
       <c r="L121" s="15">
         <v>5.47</v>
       </c>
       <c r="M121" s="15">
         <v>5.26</v>
       </c>
       <c r="N121" s="15">
-        <v>1085</v>
+        <v>1071</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E122" s="15" t="s">
         <v>333</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>334</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1</v>
       </c>
       <c r="K122" s="15">
         <v>0.15</v>
       </c>
       <c r="L122" s="15">
         <v>0.15</v>
       </c>
       <c r="M122" s="15">
         <v>0.15</v>
       </c>
       <c r="N122" s="15">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>337</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>334</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>72</v>
       </c>
       <c r="K123" s="15">
         <v>0.13</v>
       </c>
       <c r="L123" s="15">
         <v>0.13</v>
       </c>
       <c r="M123" s="15">
         <v>0.13</v>
       </c>
       <c r="N123" s="15">
-        <v>1354</v>
+        <v>1230</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>339</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>340</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>334</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>216</v>
       </c>
       <c r="K124" s="15">
         <v>0.2</v>
       </c>
       <c r="L124" s="15">
         <v>0.2</v>
       </c>
       <c r="M124" s="15">
         <v>0.2</v>
       </c>
       <c r="N124" s="15">
-        <v>8978</v>
+        <v>10854</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14"/>
       <c r="C125" s="15"/>
       <c r="D125" s="15"/>
       <c r="E125" s="15"/>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15"/>
       <c r="I125" s="15"/>
       <c r="J125" s="15"/>
       <c r="K125" s="15"/>
       <c r="L125" s="15"/>
       <c r="M125" s="15"/>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
     </row>
   </sheetData>