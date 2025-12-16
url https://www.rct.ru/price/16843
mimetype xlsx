--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1035,51 +1035,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.012</v>
       </c>
       <c r="L9" s="15">
         <v>0.012</v>
       </c>
       <c r="M9" s="15">
         <v>0.012</v>
       </c>
       <c r="N9" s="15">
-        <v>1701</v>
+        <v>1546</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
@@ -1177,88 +1177,88 @@
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.035</v>
       </c>
       <c r="L13" s="15">
         <v>0.035</v>
       </c>
       <c r="M13" s="15">
         <v>0.035</v>
       </c>
       <c r="N13" s="15">
-        <v>561</v>
+        <v>588</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.09</v>
       </c>
       <c r="L14" s="15">
         <v>0.09</v>
       </c>
       <c r="M14" s="15">
         <v>0.09</v>
       </c>
       <c r="N14" s="15">
-        <v>2080</v>
+        <v>1984</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
@@ -1321,88 +1321,88 @@
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.035</v>
       </c>
       <c r="L17" s="15">
         <v>0.035</v>
       </c>
       <c r="M17" s="15">
         <v>0.035</v>
       </c>
       <c r="N17" s="15">
-        <v>3750</v>
+        <v>3300</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.025</v>
       </c>
       <c r="L18" s="15">
         <v>0.025</v>
       </c>
       <c r="M18" s="15">
         <v>0.025</v>
       </c>
       <c r="N18" s="15">
-        <v>419</v>
+        <v>461</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>