--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1035,51 +1035,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.012</v>
       </c>
       <c r="L9" s="15">
         <v>0.012</v>
       </c>
       <c r="M9" s="15">
         <v>0.012</v>
       </c>
       <c r="N9" s="15">
-        <v>1546</v>
+        <v>1218</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
@@ -1177,88 +1177,88 @@
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.035</v>
       </c>
       <c r="L13" s="15">
         <v>0.035</v>
       </c>
       <c r="M13" s="15">
         <v>0.035</v>
       </c>
       <c r="N13" s="15">
-        <v>588</v>
+        <v>739</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.09</v>
       </c>
       <c r="L14" s="15">
         <v>0.09</v>
       </c>
       <c r="M14" s="15">
         <v>0.09</v>
       </c>
       <c r="N14" s="15">
-        <v>1984</v>
+        <v>2400</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
@@ -1321,88 +1321,88 @@
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.035</v>
       </c>
       <c r="L17" s="15">
         <v>0.035</v>
       </c>
       <c r="M17" s="15">
         <v>0.035</v>
       </c>
       <c r="N17" s="15">
-        <v>3300</v>
+        <v>3000</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.025</v>
       </c>
       <c r="L18" s="15">
         <v>0.025</v>
       </c>
       <c r="M18" s="15">
         <v>0.025</v>
       </c>
       <c r="N18" s="15">
-        <v>461</v>
+        <v>533</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>