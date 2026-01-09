--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1035,51 +1035,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.012</v>
       </c>
       <c r="L9" s="15">
         <v>0.012</v>
       </c>
       <c r="M9" s="15">
         <v>0.012</v>
       </c>
       <c r="N9" s="15">
-        <v>1218</v>
+        <v>1237</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
@@ -1177,88 +1177,88 @@
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.035</v>
       </c>
       <c r="L13" s="15">
         <v>0.035</v>
       </c>
       <c r="M13" s="15">
         <v>0.035</v>
       </c>
       <c r="N13" s="15">
-        <v>739</v>
+        <v>561</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.09</v>
       </c>
       <c r="L14" s="15">
         <v>0.09</v>
       </c>
       <c r="M14" s="15">
         <v>0.09</v>
       </c>
       <c r="N14" s="15">
-        <v>2400</v>
+        <v>2432</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
@@ -1358,51 +1358,51 @@
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.025</v>
       </c>
       <c r="L18" s="15">
         <v>0.025</v>
       </c>
       <c r="M18" s="15">
         <v>0.025</v>
       </c>
       <c r="N18" s="15">
-        <v>533</v>
+        <v>359</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>