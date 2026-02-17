--- v3 (2026-01-09)
+++ v4 (2026-02-17)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>17.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1035,51 +1035,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.012</v>
       </c>
       <c r="L9" s="15">
         <v>0.012</v>
       </c>
       <c r="M9" s="15">
         <v>0.012</v>
       </c>
       <c r="N9" s="15">
-        <v>1237</v>
+        <v>1314</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
@@ -1177,88 +1177,88 @@
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.035</v>
       </c>
       <c r="L13" s="15">
         <v>0.035</v>
       </c>
       <c r="M13" s="15">
         <v>0.035</v>
       </c>
       <c r="N13" s="15">
-        <v>561</v>
+        <v>641</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.09</v>
       </c>
       <c r="L14" s="15">
         <v>0.09</v>
       </c>
       <c r="M14" s="15">
         <v>0.09</v>
       </c>
       <c r="N14" s="15">
-        <v>2432</v>
+        <v>2688</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
@@ -1321,88 +1321,88 @@
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.035</v>
       </c>
       <c r="L17" s="15">
         <v>0.035</v>
       </c>
       <c r="M17" s="15">
         <v>0.035</v>
       </c>
       <c r="N17" s="15">
-        <v>3000</v>
+        <v>4350</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.025</v>
       </c>
       <c r="L18" s="15">
         <v>0.025</v>
       </c>
       <c r="M18" s="15">
         <v>0.025</v>
       </c>
       <c r="N18" s="15">
-        <v>359</v>
+        <v>324</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>