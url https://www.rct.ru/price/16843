--- v4 (2026-02-17)
+++ v5 (2026-03-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1035,51 +1035,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.012</v>
       </c>
       <c r="L9" s="15">
         <v>0.012</v>
       </c>
       <c r="M9" s="15">
         <v>0.012</v>
       </c>
       <c r="N9" s="15">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
@@ -1177,88 +1177,88 @@
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.035</v>
       </c>
       <c r="L13" s="15">
         <v>0.035</v>
       </c>
       <c r="M13" s="15">
         <v>0.035</v>
       </c>
       <c r="N13" s="15">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.09</v>
       </c>
       <c r="L14" s="15">
         <v>0.09</v>
       </c>
       <c r="M14" s="15">
         <v>0.09</v>
       </c>
       <c r="N14" s="15">
-        <v>2688</v>
+        <v>2368</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
@@ -1321,88 +1321,88 @@
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.035</v>
       </c>
       <c r="L17" s="15">
         <v>0.035</v>
       </c>
       <c r="M17" s="15">
         <v>0.035</v>
       </c>
       <c r="N17" s="15">
-        <v>4350</v>
+        <v>3450</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.025</v>
       </c>
       <c r="L18" s="15">
         <v>0.025</v>
       </c>
       <c r="M18" s="15">
         <v>0.025</v>
       </c>
       <c r="N18" s="15">
-        <v>324</v>
+        <v>434</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>