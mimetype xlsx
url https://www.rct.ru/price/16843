--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1035,51 +1035,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15"/>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.012</v>
       </c>
       <c r="L9" s="15">
         <v>0.012</v>
       </c>
       <c r="M9" s="15">
         <v>0.012</v>
       </c>
       <c r="N9" s="15">
-        <v>1317</v>
+        <v>1336</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>200</v>
@@ -1177,88 +1177,88 @@
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.035</v>
       </c>
       <c r="L13" s="15">
         <v>0.035</v>
       </c>
       <c r="M13" s="15">
         <v>0.035</v>
       </c>
       <c r="N13" s="15">
-        <v>652</v>
+        <v>661</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15"/>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.09</v>
       </c>
       <c r="L14" s="15">
         <v>0.09</v>
       </c>
       <c r="M14" s="15">
         <v>0.09</v>
       </c>
       <c r="N14" s="15">
-        <v>2368</v>
+        <v>2656</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
@@ -1321,88 +1321,88 @@
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.035</v>
       </c>
       <c r="L17" s="15">
         <v>0.035</v>
       </c>
       <c r="M17" s="15">
         <v>0.035</v>
       </c>
       <c r="N17" s="15">
-        <v>3450</v>
+        <v>4051</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.025</v>
       </c>
       <c r="L18" s="15">
         <v>0.025</v>
       </c>
       <c r="M18" s="15">
         <v>0.025</v>
       </c>
       <c r="N18" s="15">
-        <v>434</v>
+        <v>314</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1</v>