--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1638,51 +1638,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.126</v>
       </c>
       <c r="L14" s="15">
         <v>0.126</v>
       </c>
       <c r="M14" s="15">
         <v>0.126</v>
       </c>
       <c r="N14" s="15">
-        <v>1525</v>
+        <v>1268</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -2815,51 +2815,51 @@
       <c r="D45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E45" s="15">
         <v>10080038781</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.23164</v>
       </c>
       <c r="L45" s="15">
         <v>0.23164</v>
       </c>
       <c r="M45" s="15">
         <v>0.23164</v>
       </c>
       <c r="N45" s="15">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>38</v>