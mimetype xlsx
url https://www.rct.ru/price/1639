--- v1 (2025-12-15)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>15.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1638,51 +1638,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.126</v>
       </c>
       <c r="L14" s="15">
         <v>0.126</v>
       </c>
       <c r="M14" s="15">
         <v>0.126</v>
       </c>
       <c r="N14" s="15">
-        <v>1268</v>
+        <v>1406</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>