--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1638,51 +1638,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.126</v>
       </c>
       <c r="L14" s="15">
         <v>0.126</v>
       </c>
       <c r="M14" s="15">
         <v>0.126</v>
       </c>
       <c r="N14" s="15">
-        <v>1406</v>
+        <v>1466</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -2815,51 +2815,51 @@
       <c r="D45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E45" s="15">
         <v>10080038781</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.23164</v>
       </c>
       <c r="L45" s="15">
         <v>0.23164</v>
       </c>
       <c r="M45" s="15">
         <v>0.23164</v>
       </c>
       <c r="N45" s="15">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>38</v>