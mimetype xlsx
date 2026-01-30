--- v3 (2026-01-09)
+++ v4 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -347,50 +347,53 @@
     <t>74AC245DWR</t>
   </si>
   <si>
     <t>Микросхема 74AC245DWR</t>
   </si>
   <si>
     <t>SO20</t>
   </si>
   <si>
     <t>74AC273N (74AC273PC)</t>
   </si>
   <si>
     <t>Микросхема 74AC273N (74AC273PC)</t>
   </si>
   <si>
     <t>10-00037326</t>
   </si>
   <si>
     <t>SN74AC32DR</t>
   </si>
   <si>
     <t>74AC32DR</t>
   </si>
   <si>
     <t>UT-00089623</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SN74AC32DR TI, </t>
   </si>
   <si>
     <t>74AC373N (MC74AC373N)</t>
   </si>
   <si>
     <t>Микросхема 74AC373N (MC74AC373N)</t>
   </si>
   <si>
     <t>SN74AC373N</t>
   </si>
   <si>
     <t>74AC373N (SN74AC373N)</t>
   </si>
   <si>
     <t>74AC373N (кр1554ир22)</t>
   </si>
   <si>
     <t>Микросхема 74AC373N (кр1554ир22)</t>
   </si>
   <si>
     <t>10-00037327</t>
   </si>
   <si>
     <t>74AC374N DC9915</t>
   </si>
@@ -1638,51 +1641,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.126</v>
       </c>
       <c r="L14" s="15">
         <v>0.126</v>
       </c>
       <c r="M14" s="15">
         <v>0.126</v>
       </c>
       <c r="N14" s="15">
-        <v>1466</v>
+        <v>1446</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -2423,1344 +2426,1346 @@
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>35</v>
       </c>
-      <c r="I35" s="15"/>
+      <c r="I35" s="15" t="s">
+        <v>111</v>
+      </c>
       <c r="J35" s="15">
         <v>2500</v>
       </c>
       <c r="K35" s="15">
         <v>0.19013</v>
       </c>
       <c r="L35" s="15">
         <v>0.19013</v>
       </c>
       <c r="M35" s="15">
         <v>0.19013</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E36" s="15">
         <v>10080064833</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>1.4</v>
       </c>
       <c r="L36" s="15">
         <v>1.16</v>
       </c>
       <c r="M36" s="15">
         <v>1.12</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E37" s="15">
         <v>10080068635</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>20</v>
       </c>
       <c r="K37" s="15">
         <v>1.7</v>
       </c>
       <c r="L37" s="15">
         <v>1.43</v>
       </c>
       <c r="M37" s="15">
         <v>1.37</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>0.30791</v>
       </c>
       <c r="L38" s="15">
         <v>0.27096</v>
       </c>
       <c r="M38" s="15">
         <v>0.24633</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.3695</v>
       </c>
       <c r="L39" s="15">
         <v>0.33255</v>
       </c>
       <c r="M39" s="15">
         <v>0.30791</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>90</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1</v>
       </c>
       <c r="K40" s="15">
         <v>0.43108</v>
       </c>
       <c r="L40" s="15">
         <v>0.3695</v>
       </c>
       <c r="M40" s="15">
         <v>0.34486</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E41" s="15">
         <v>10080033763</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.37023</v>
       </c>
       <c r="L41" s="15">
         <v>0.29856</v>
       </c>
       <c r="M41" s="15">
         <v>0.28663</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E42" s="15">
         <v>10000005547</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>2500</v>
       </c>
       <c r="K42" s="15">
         <v>0.28328</v>
       </c>
       <c r="L42" s="15">
         <v>0.27219</v>
       </c>
       <c r="M42" s="15">
         <v>0.26234</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E43" s="15">
         <v>10080056880</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>2500</v>
       </c>
       <c r="K43" s="15">
         <v>0.29468</v>
       </c>
       <c r="L43" s="15">
         <v>0.24556</v>
       </c>
       <c r="M43" s="15">
         <v>0.23574</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E44" s="15">
         <v>10080054210</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.36993</v>
       </c>
       <c r="L44" s="15">
         <v>0.30334</v>
       </c>
       <c r="M44" s="15">
         <v>0.29101</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080038781</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.23164</v>
       </c>
       <c r="L45" s="15">
         <v>0.23164</v>
       </c>
       <c r="M45" s="15">
         <v>0.23164</v>
       </c>
       <c r="N45" s="15">
-        <v>271</v>
+        <v>153</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>2500</v>
       </c>
       <c r="K46" s="15">
         <v>1.17</v>
       </c>
       <c r="L46" s="15">
         <v>0.97506</v>
       </c>
       <c r="M46" s="15">
         <v>0.93605</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E47" s="15">
         <v>10080035597</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.30984</v>
       </c>
       <c r="L47" s="15">
         <v>0.25407</v>
       </c>
       <c r="M47" s="15">
         <v>0.24374</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>97</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>2000</v>
       </c>
       <c r="K48" s="15">
         <v>3.03</v>
       </c>
       <c r="L48" s="15">
         <v>2.54</v>
       </c>
       <c r="M48" s="15">
         <v>2.45</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E49" s="15">
         <v>10080036594</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>0.24837</v>
       </c>
       <c r="L49" s="15">
         <v>0.2003</v>
       </c>
       <c r="M49" s="15">
         <v>0.19228</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>45</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>2500</v>
       </c>
       <c r="K50" s="15">
         <v>0.79673</v>
       </c>
       <c r="L50" s="15">
         <v>0.66823</v>
       </c>
       <c r="M50" s="15">
         <v>0.64253</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E51" s="15">
         <v>10080055460</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>62</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>2500</v>
       </c>
       <c r="K51" s="15">
         <v>0.28093</v>
       </c>
       <c r="L51" s="15">
         <v>0.22656</v>
       </c>
       <c r="M51" s="15">
         <v>0.2175</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.30182</v>
       </c>
       <c r="L52" s="15">
         <v>0.25314</v>
       </c>
       <c r="M52" s="15">
         <v>0.2434</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E53" s="15">
         <v>10080050035</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>55</v>
       </c>
       <c r="K53" s="15">
         <v>0.3245</v>
       </c>
       <c r="L53" s="15">
         <v>0.26609</v>
       </c>
       <c r="M53" s="15">
         <v>0.25528</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>55</v>
       </c>
       <c r="K54" s="15">
         <v>0.38116</v>
       </c>
       <c r="L54" s="15">
         <v>0.31968</v>
       </c>
       <c r="M54" s="15">
         <v>0.30738</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2500</v>
       </c>
       <c r="K55" s="15">
         <v>0.29593</v>
       </c>
       <c r="L55" s="15">
         <v>0.2482</v>
       </c>
       <c r="M55" s="15">
         <v>0.23865</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E56" s="15">
         <v>10080041170</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.18685</v>
       </c>
       <c r="L56" s="15">
         <v>0.15321</v>
       </c>
       <c r="M56" s="15">
         <v>0.147</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>2500</v>
       </c>
       <c r="K57" s="15">
         <v>0.91403</v>
       </c>
       <c r="L57" s="15">
         <v>0.76169</v>
       </c>
       <c r="M57" s="15">
         <v>0.73123</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E58" s="15">
         <v>10080045995</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>38</v>
       </c>
       <c r="K58" s="15">
         <v>0.57337</v>
       </c>
       <c r="L58" s="15">
         <v>0.4624</v>
       </c>
       <c r="M58" s="15">
         <v>0.4439</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E59" s="15">
         <v>10080070470</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>38</v>
       </c>
       <c r="K59" s="15">
         <v>0.62287</v>
       </c>
       <c r="L59" s="15">
         <v>0.51905</v>
       </c>
       <c r="M59" s="15">
         <v>0.4983</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E60" s="15">
         <v>10080056891</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>38</v>
       </c>
       <c r="K60" s="15">
         <v>0.5672</v>
       </c>
       <c r="L60" s="15">
         <v>0.47266</v>
       </c>
       <c r="M60" s="15">
         <v>0.45376</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E61" s="15">
         <v>10080040432</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.8852100000000001</v>
       </c>
       <c r="L61" s="15">
         <v>0.8852100000000001</v>
       </c>
       <c r="M61" s="15">
         <v>0.8852100000000001</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>2000</v>
       </c>
       <c r="K62" s="15">
         <v>0.80899</v>
       </c>
       <c r="L62" s="15">
         <v>0.6785</v>
       </c>
       <c r="M62" s="15">
         <v>0.65241</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>25</v>
       </c>
       <c r="K63" s="15">
         <v>0.75975</v>
       </c>
       <c r="L63" s="15">
         <v>0.63722</v>
       </c>
       <c r="M63" s="15">
         <v>0.6127</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E64" s="15">
         <v>10080044457</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>2000</v>
       </c>
       <c r="K64" s="15">
         <v>0.68468</v>
       </c>
       <c r="L64" s="15">
         <v>0.5614400000000001</v>
       </c>
       <c r="M64" s="15">
         <v>0.53861</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E65" s="15">
         <v>10080070105</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.84332</v>
       </c>
       <c r="L65" s="15">
         <v>0.70277</v>
       </c>
       <c r="M65" s="15">
         <v>0.67466</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E66" s="15">
         <v>10080059273</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
         <v>0.42933</v>
       </c>
       <c r="L66" s="15">
         <v>0.34624</v>
       </c>
       <c r="M66" s="15">
         <v>0.33238</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E67" s="15">
         <v>10080074147</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>0.39785</v>
       </c>
       <c r="L67" s="15">
         <v>0.33156</v>
       </c>
       <c r="M67" s="15">
         <v>0.31829</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>101</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>2000</v>
       </c>
       <c r="K68" s="15">
         <v>0.86433</v>
       </c>
       <c r="L68" s="15">
         <v>0.72492</v>
       </c>
       <c r="M68" s="15">
         <v>0.69704</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>2000</v>
       </c>
       <c r="K69" s="15">
         <v>1.06</v>
       </c>
       <c r="L69" s="15">
         <v>0.88503</v>
       </c>
       <c r="M69" s="15">
         <v>0.85099</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14"/>
@@ -3820,317 +3825,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>