--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1641,51 +1641,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.126</v>
       </c>
       <c r="L14" s="15">
         <v>0.126</v>
       </c>
       <c r="M14" s="15">
         <v>0.126</v>
       </c>
       <c r="N14" s="15">
-        <v>1446</v>
+        <v>1525</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -2820,51 +2820,51 @@
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080038781</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.23164</v>
       </c>
       <c r="L45" s="15">
         <v>0.23164</v>
       </c>
       <c r="M45" s="15">
         <v>0.23164</v>
       </c>
       <c r="N45" s="15">
-        <v>153</v>
+        <v>135</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>38</v>