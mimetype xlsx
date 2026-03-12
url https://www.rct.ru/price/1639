--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="224">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1641,51 +1641,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.126</v>
       </c>
       <c r="L14" s="15">
         <v>0.126</v>
       </c>
       <c r="M14" s="15">
         <v>0.126</v>
       </c>
       <c r="N14" s="15">
-        <v>1525</v>
+        <v>1188</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -2820,51 +2820,51 @@
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080038781</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.23164</v>
       </c>
       <c r="L45" s="15">
         <v>0.23164</v>
       </c>
       <c r="M45" s="15">
         <v>0.23164</v>
       </c>
       <c r="N45" s="15">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>45</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>38</v>