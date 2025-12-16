--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1814,250 +1814,252 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080059045</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.00668</v>
       </c>
       <c r="L9" s="15">
         <v>0.00484</v>
       </c>
       <c r="M9" s="15">
         <v>0.00422</v>
       </c>
       <c r="N9" s="15">
-        <v>47921</v>
-[...1 lines deleted...]
-      <c r="O9" s="15"/>
+        <v>50359</v>
+      </c>
+      <c r="O9" s="15">
+        <v>17000</v>
+      </c>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080035639</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00746</v>
       </c>
       <c r="L10" s="15">
         <v>0.0054</v>
       </c>
       <c r="M10" s="15">
         <v>0.00471</v>
       </c>
       <c r="N10" s="15">
-        <v>2606</v>
+        <v>2528</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10080059047</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
       </c>
       <c r="K11" s="15">
         <v>0.00877</v>
       </c>
       <c r="L11" s="15">
         <v>0.00634</v>
       </c>
       <c r="M11" s="15">
         <v>0.00553</v>
       </c>
       <c r="N11" s="15">
-        <v>100099</v>
+        <v>129068</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080035640</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.01029</v>
       </c>
       <c r="L12" s="15">
         <v>0.00744</v>
       </c>
       <c r="M12" s="15">
         <v>0.00649</v>
       </c>
       <c r="N12" s="15">
-        <v>15973</v>
+        <v>17723</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080059048</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.01167</v>
       </c>
       <c r="L13" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="M13" s="15">
         <v>0.00737</v>
       </c>
       <c r="N13" s="15">
-        <v>89805</v>
+        <v>88761</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080061267</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.01458</v>
       </c>
       <c r="L14" s="15">
         <v>0.01055</v>
       </c>
       <c r="M14" s="15">
         <v>0.009209999999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>2079</v>
+        <v>2277</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080035642</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I15" s="15" t="s">
@@ -2134,447 +2136,447 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.01463</v>
       </c>
       <c r="L17" s="15">
         <v>0.01058</v>
       </c>
       <c r="M17" s="15">
         <v>0.00923</v>
       </c>
       <c r="N17" s="15">
-        <v>15079</v>
+        <v>13807</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080064443</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>45</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.01664</v>
       </c>
       <c r="L18" s="15">
         <v>0.01204</v>
       </c>
       <c r="M18" s="15">
         <v>0.01051</v>
       </c>
       <c r="N18" s="15">
-        <v>1152</v>
+        <v>1395</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080059050</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.01753</v>
       </c>
       <c r="L19" s="15">
         <v>0.01269</v>
       </c>
       <c r="M19" s="15">
         <v>0.01107</v>
       </c>
       <c r="N19" s="15">
-        <v>21426</v>
+        <v>20799</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080035643</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.02177</v>
       </c>
       <c r="L20" s="15">
         <v>0.01575</v>
       </c>
       <c r="M20" s="15">
         <v>0.01374</v>
       </c>
       <c r="N20" s="15">
-        <v>6484</v>
+        <v>6411</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080047943</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.08024000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.04763</v>
       </c>
       <c r="M21" s="15">
         <v>0.04012</v>
       </c>
       <c r="N21" s="15">
-        <v>3490</v>
+        <v>4035</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="15">
         <v>10080059262</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.02042</v>
       </c>
       <c r="L22" s="15">
         <v>0.01477</v>
       </c>
       <c r="M22" s="15">
         <v>0.01289</v>
       </c>
       <c r="N22" s="15">
-        <v>3036</v>
+        <v>3763</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10080059263</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.02335</v>
       </c>
       <c r="L23" s="15">
         <v>0.01689</v>
       </c>
       <c r="M23" s="15">
         <v>0.01474</v>
       </c>
       <c r="N23" s="15">
-        <v>4456</v>
+        <v>4378</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.02914</v>
       </c>
       <c r="L24" s="15">
         <v>0.02109</v>
       </c>
       <c r="M24" s="15">
         <v>0.0184</v>
       </c>
       <c r="N24" s="15">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080064363</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.02584</v>
       </c>
       <c r="L25" s="15">
         <v>0.0187</v>
       </c>
       <c r="M25" s="15">
         <v>0.01632</v>
       </c>
       <c r="N25" s="15">
-        <v>3803</v>
+        <v>4099</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080059107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02958</v>
       </c>
       <c r="L26" s="15">
         <v>0.0214</v>
       </c>
       <c r="M26" s="15">
         <v>0.01867</v>
       </c>
       <c r="N26" s="15">
-        <v>358</v>
+        <v>443</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E27" s="15">
         <v>10080059264</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.02923</v>
       </c>
       <c r="L27" s="15">
         <v>0.02115</v>
       </c>
       <c r="M27" s="15">
         <v>0.01845</v>
       </c>
       <c r="N27" s="15">
-        <v>4766</v>
+        <v>5457</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E28" s="15">
         <v>10080059108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I28" s="15"/>
@@ -2684,129 +2686,129 @@
       <c r="D31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="15">
         <v>10000001814</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03505</v>
       </c>
       <c r="L31" s="15">
         <v>0.02536</v>
       </c>
       <c r="M31" s="15">
         <v>0.02213</v>
       </c>
       <c r="N31" s="15">
-        <v>1713</v>
+        <v>2346</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="15">
         <v>10080016543</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.17428</v>
       </c>
       <c r="L32" s="15">
         <v>0.13941</v>
       </c>
       <c r="M32" s="15">
         <v>0.13067</v>
       </c>
       <c r="N32" s="15">
-        <v>844</v>
+        <v>863</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="15">
         <v>10000014676</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.06137</v>
       </c>
       <c r="L33" s="15">
         <v>0.0444</v>
       </c>
       <c r="M33" s="15">
         <v>0.03874</v>
       </c>
       <c r="N33" s="15">
-        <v>7916</v>
+        <v>10065</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="15">
         <v>10080016544</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
@@ -2838,90 +2840,90 @@
       <c r="D35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E35" s="15">
         <v>10080059109</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.07376000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.04379</v>
       </c>
       <c r="M35" s="15">
         <v>0.03688</v>
       </c>
       <c r="N35" s="15">
-        <v>4771</v>
+        <v>5226</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15">
         <v>10080059051</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L36" s="15">
         <v>0.04858</v>
       </c>
       <c r="M36" s="15">
         <v>0.04239</v>
       </c>
       <c r="N36" s="15">
-        <v>1628</v>
+        <v>1379</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E37" s="15">
         <v>10080018293</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="15"/>
@@ -2953,51 +2955,51 @@
       <c r="D38" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.17379</v>
       </c>
       <c r="L38" s="15">
         <v>0.13906</v>
       </c>
       <c r="M38" s="15">
         <v>0.13032</v>
       </c>
       <c r="N38" s="15">
-        <v>3887</v>
+        <v>3407</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
@@ -3027,51 +3029,51 @@
       <c r="D40" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E40" s="15">
         <v>10080016546</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.16923</v>
       </c>
       <c r="L40" s="15">
         <v>0.13537</v>
       </c>
       <c r="M40" s="15">
         <v>0.12698</v>
       </c>
       <c r="N40" s="15">
-        <v>1819</v>
+        <v>2062</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
@@ -3101,51 +3103,51 @@
       <c r="D42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.19422</v>
       </c>
       <c r="L42" s="15">
         <v>0.15543</v>
       </c>
       <c r="M42" s="15">
         <v>0.14571</v>
       </c>
       <c r="N42" s="15">
-        <v>3121</v>
+        <v>2312</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
@@ -3325,51 +3327,51 @@
       <c r="D48" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E48" s="15">
         <v>10000001424</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>2000</v>
       </c>
       <c r="K48" s="15">
         <v>0.01044</v>
       </c>
       <c r="L48" s="15">
         <v>0.00755</v>
       </c>
       <c r="M48" s="15">
         <v>0.00659</v>
       </c>
       <c r="N48" s="15">
-        <v>118436</v>
+        <v>136282</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="I49" s="15"/>
@@ -3401,90 +3403,90 @@
       <c r="D50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E50" s="15">
         <v>10000006746</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>2000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01623</v>
       </c>
       <c r="L50" s="15">
         <v>0.01174</v>
       </c>
       <c r="M50" s="15">
         <v>0.01025</v>
       </c>
       <c r="N50" s="15">
-        <v>37758</v>
+        <v>46108</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E51" s="15">
         <v>10000001774</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>2000</v>
       </c>
       <c r="K51" s="15">
         <v>0.01573</v>
       </c>
       <c r="L51" s="15">
         <v>0.01138</v>
       </c>
       <c r="M51" s="15">
         <v>0.00993</v>
       </c>
       <c r="N51" s="15">
-        <v>37863</v>
+        <v>35459</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>124</v>
       </c>
       <c r="I52" s="15"/>
@@ -3553,51 +3555,51 @@
       <c r="D54" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E54" s="15">
         <v>10000008857</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>2000</v>
       </c>
       <c r="K54" s="15">
         <v>0.05082</v>
       </c>
       <c r="L54" s="15">
         <v>0.02332</v>
       </c>
       <c r="M54" s="15">
         <v>0.02057</v>
       </c>
       <c r="N54" s="15">
-        <v>20013</v>
+        <v>18163</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E55" s="15">
         <v>10080016746</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I55" s="15"/>
@@ -3629,51 +3631,51 @@
       <c r="D56" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E56" s="15">
         <v>10000001425</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
         <v>0.02101</v>
       </c>
       <c r="L56" s="15">
         <v>0.0152</v>
       </c>
       <c r="M56" s="15">
         <v>0.01326</v>
       </c>
       <c r="N56" s="15">
-        <v>26802</v>
+        <v>23538</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>124</v>
       </c>
       <c r="I57" s="15"/>
@@ -3705,53 +3707,55 @@
       <c r="D58" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E58" s="15">
         <v>10000008858</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03075</v>
       </c>
       <c r="L58" s="15">
         <v>0.02225</v>
       </c>
       <c r="M58" s="15">
         <v>0.01941</v>
       </c>
       <c r="N58" s="15">
-        <v>1060</v>
-[...1 lines deleted...]
-      <c r="O58" s="15"/>
+        <v>378</v>
+      </c>
+      <c r="O58" s="15">
+        <v>5760</v>
+      </c>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E59" s="15">
         <v>10080011015</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
@@ -3855,129 +3859,131 @@
       <c r="D62" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E62" s="15">
         <v>10000001732</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.02611</v>
       </c>
       <c r="L62" s="15">
         <v>0.01889</v>
       </c>
       <c r="M62" s="15">
         <v>0.01648</v>
       </c>
       <c r="N62" s="15">
-        <v>7112</v>
-[...1 lines deleted...]
-      <c r="O62" s="15"/>
+        <v>4494</v>
+      </c>
+      <c r="O62" s="15">
+        <v>6100</v>
+      </c>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.05666</v>
       </c>
       <c r="L63" s="15">
         <v>0.0308</v>
       </c>
       <c r="M63" s="15">
         <v>0.02832</v>
       </c>
       <c r="N63" s="15">
-        <v>1247</v>
+        <v>975</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E64" s="15">
         <v>10000005925</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.04062</v>
       </c>
       <c r="L64" s="15">
         <v>0.02939</v>
       </c>
       <c r="M64" s="15">
         <v>0.02565</v>
       </c>
       <c r="N64" s="15">
-        <v>2463</v>
+        <v>1744</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E65" s="15">
         <v>10080011016</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I65" s="15"/>
@@ -4048,51 +4054,51 @@
       <c r="D67" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E67" s="15">
         <v>10000001426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.03123</v>
       </c>
       <c r="L67" s="15">
         <v>0.02259</v>
       </c>
       <c r="M67" s="15">
         <v>0.01971</v>
       </c>
       <c r="N67" s="15">
-        <v>21753</v>
+        <v>22742</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>124</v>
       </c>
       <c r="I68" s="15"/>
@@ -4124,51 +4130,51 @@
       <c r="D69" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E69" s="15">
         <v>10000008859</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.04861</v>
       </c>
       <c r="L69" s="15">
         <v>0.03517</v>
       </c>
       <c r="M69" s="15">
         <v>0.03069</v>
       </c>
       <c r="N69" s="15">
-        <v>2711</v>
+        <v>1859</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E70" s="15">
         <v>10080011017</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I70" s="15"/>
@@ -4200,207 +4206,207 @@
       <c r="D71" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E71" s="15">
         <v>10000006422</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.03648</v>
       </c>
       <c r="L71" s="15">
         <v>0.02639</v>
       </c>
       <c r="M71" s="15">
         <v>0.02303</v>
       </c>
       <c r="N71" s="15">
-        <v>3563</v>
+        <v>4531</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E72" s="15">
         <v>10000007293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.1478</v>
       </c>
       <c r="L72" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M72" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N72" s="15">
-        <v>9333</v>
+        <v>8860</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E73" s="15">
         <v>10080015955</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.1478</v>
       </c>
       <c r="L73" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M73" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>30078</v>
+        <v>22201</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E74" s="15">
         <v>10000001427</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.04173</v>
       </c>
       <c r="L74" s="15">
         <v>0.03019</v>
       </c>
       <c r="M74" s="15">
         <v>0.02635</v>
       </c>
       <c r="N74" s="15">
-        <v>2238</v>
+        <v>3021</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E75" s="15">
         <v>10000008860</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.06464</v>
       </c>
       <c r="L75" s="15">
         <v>0.04677</v>
       </c>
       <c r="M75" s="15">
         <v>0.04081</v>
       </c>
       <c r="N75" s="15">
-        <v>2396</v>
+        <v>1981</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>182</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I76" s="15"/>
@@ -4432,90 +4438,90 @@
       <c r="D77" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E77" s="15">
         <v>10000014681</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.04718</v>
       </c>
       <c r="L77" s="15">
         <v>0.03413</v>
       </c>
       <c r="M77" s="15">
         <v>0.02978</v>
       </c>
       <c r="N77" s="15">
-        <v>4167</v>
+        <v>3334</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.07513</v>
       </c>
       <c r="L78" s="15">
         <v>0.06035</v>
       </c>
       <c r="M78" s="15">
         <v>0.05666</v>
       </c>
       <c r="N78" s="15">
-        <v>3081</v>
+        <v>3184</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
@@ -4545,51 +4551,51 @@
       <c r="D80" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.07343</v>
       </c>
       <c r="L80" s="15">
         <v>0.05313</v>
       </c>
       <c r="M80" s="15">
         <v>0.04636</v>
       </c>
       <c r="N80" s="15">
-        <v>557</v>
+        <v>686</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E81" s="15">
         <v>10080035717</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I81" s="15"/>
@@ -4621,90 +4627,92 @@
       <c r="D82" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E82" s="15">
         <v>10000001428</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.05212</v>
       </c>
       <c r="L82" s="15">
         <v>0.03771</v>
       </c>
       <c r="M82" s="15">
         <v>0.03291</v>
       </c>
       <c r="N82" s="15">
-        <v>4796</v>
+        <v>5847</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E83" s="15">
         <v>10000014684</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
         <v>0.08114</v>
       </c>
       <c r="L83" s="15">
         <v>0.0587</v>
       </c>
       <c r="M83" s="15">
         <v>0.05122</v>
       </c>
       <c r="N83" s="15"/>
-      <c r="O83" s="15"/>
+      <c r="O83" s="15">
+        <v>1680</v>
+      </c>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E84" s="15">
         <v>10080012589</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
@@ -4808,51 +4816,51 @@
       <c r="D87" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E87" s="15">
         <v>10000014685</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.0533</v>
       </c>
       <c r="L87" s="15">
         <v>0.03856</v>
       </c>
       <c r="M87" s="15">
         <v>0.03365</v>
       </c>
       <c r="N87" s="15">
-        <v>4729</v>
+        <v>5261</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="15"/>
@@ -4873,138 +4881,138 @@
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>500</v>
       </c>
       <c r="K89" s="15">
-        <v>0.05552</v>
+        <v>0.04935</v>
       </c>
       <c r="L89" s="15">
-        <v>0.04899</v>
+        <v>0.04277</v>
       </c>
       <c r="M89" s="15">
-        <v>0.04409</v>
+        <v>0.04113</v>
       </c>
       <c r="N89" s="15">
-        <v>400</v>
+        <v>320</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.15765</v>
       </c>
       <c r="L90" s="15">
         <v>0.10222</v>
       </c>
       <c r="M90" s="15">
         <v>0.07882</v>
       </c>
       <c r="N90" s="15">
-        <v>1647</v>
+        <v>1577</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E91" s="15">
         <v>10000001775</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.15765</v>
       </c>
       <c r="L91" s="15">
         <v>0.10222</v>
       </c>
       <c r="M91" s="15">
         <v>0.07882</v>
       </c>
       <c r="N91" s="15">
-        <v>1128</v>
+        <v>809</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="15"/>
@@ -5034,51 +5042,51 @@
       <c r="D93" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E93" s="15">
         <v>10080016958</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.08867</v>
       </c>
       <c r="L93" s="15">
         <v>0.06415</v>
       </c>
       <c r="M93" s="15">
         <v>0.05598</v>
       </c>
       <c r="N93" s="15">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>223</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>224</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>225</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="15"/>
@@ -5108,90 +5116,90 @@
         <v>226</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E95" s="15">
         <v>10000014688</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.07894</v>
       </c>
       <c r="L95" s="15">
         <v>0.05712</v>
       </c>
       <c r="M95" s="15">
         <v>0.04984</v>
       </c>
       <c r="N95" s="15">
-        <v>1925</v>
+        <v>1553</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>230</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.04927</v>
       </c>
       <c r="L96" s="15">
         <v>0.04187</v>
       </c>
       <c r="M96" s="15">
         <v>0.03449</v>
       </c>
       <c r="N96" s="15">
-        <v>3046</v>
+        <v>2724</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
@@ -5225,51 +5233,51 @@
       <c r="D98" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E98" s="15">
         <v>10000014689</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>500</v>
       </c>
       <c r="K98" s="15">
         <v>0.1528</v>
       </c>
       <c r="L98" s="15">
         <v>0.08362</v>
       </c>
       <c r="M98" s="15">
         <v>0.07513</v>
       </c>
       <c r="N98" s="15">
-        <v>754</v>
+        <v>698</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I99" s="15"/>
@@ -5327,60 +5335,60 @@
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
-        <v>0.10519</v>
+        <v>0.04521</v>
       </c>
       <c r="L101" s="15">
-        <v>0.07611</v>
+        <v>0.04521</v>
       </c>
       <c r="M101" s="15">
-        <v>0.06641</v>
+        <v>0.04521</v>
       </c>
       <c r="N101" s="15">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E102" s="15">
         <v>10080016962</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I102" s="15"/>
@@ -5412,90 +5420,90 @@
       <c r="D103" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E103" s="15">
         <v>10000014691</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.09064</v>
       </c>
       <c r="L103" s="15">
         <v>0.06558</v>
       </c>
       <c r="M103" s="15">
         <v>0.05722</v>
       </c>
       <c r="N103" s="15">
-        <v>1653</v>
+        <v>1228</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06281</v>
       </c>
       <c r="M104" s="15">
         <v>0.05173</v>
       </c>
       <c r="N104" s="15">
-        <v>260</v>
+        <v>232</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="15"/>
@@ -5562,90 +5570,90 @@
       <c r="D107" s="15" t="s">
         <v>259</v>
       </c>
       <c r="E107" s="15">
         <v>10000001776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.08971</v>
       </c>
       <c r="L107" s="15">
         <v>0.0649</v>
       </c>
       <c r="M107" s="15">
         <v>0.05664</v>
       </c>
       <c r="N107" s="15">
-        <v>1135</v>
+        <v>1081</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.12267</v>
       </c>
       <c r="L108" s="15">
         <v>0.09815</v>
       </c>
       <c r="M108" s="15">
         <v>0.092</v>
       </c>
       <c r="N108" s="15">
-        <v>8755</v>
+        <v>8129</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>263</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>264</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>265</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="15"/>
@@ -5675,51 +5683,51 @@
       <c r="D110" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.04927</v>
       </c>
       <c r="L110" s="15">
         <v>0.04187</v>
       </c>
       <c r="M110" s="15">
         <v>0.03449</v>
       </c>
       <c r="N110" s="15">
-        <v>3820</v>
+        <v>2648</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>269</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>270</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>271</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="15"/>
@@ -5749,51 +5757,51 @@
       <c r="D112" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.04927</v>
       </c>
       <c r="L112" s="15">
         <v>0.04187</v>
       </c>
       <c r="M112" s="15">
         <v>0.03449</v>
       </c>
       <c r="N112" s="15">
-        <v>2650</v>
+        <v>2530</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>275</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>277</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="15"/>
@@ -5862,51 +5870,51 @@
       <c r="D115" s="15" t="s">
         <v>282</v>
       </c>
       <c r="E115" s="15">
         <v>10000001733</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>500</v>
       </c>
       <c r="K115" s="15">
         <v>0.18451</v>
       </c>
       <c r="L115" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.08757</v>
       </c>
       <c r="N115" s="15">
-        <v>233</v>
+        <v>73</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>283</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>284</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>285</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="15"/>
@@ -5936,90 +5944,90 @@
       <c r="D117" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.10437</v>
       </c>
       <c r="L117" s="15">
         <v>0.09045</v>
       </c>
       <c r="M117" s="15">
         <v>0.08698</v>
       </c>
       <c r="N117" s="15">
-        <v>345</v>
+        <v>412</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.08622</v>
       </c>
       <c r="L118" s="15">
         <v>0.07328</v>
       </c>
       <c r="M118" s="15">
         <v>0.06035</v>
       </c>
       <c r="N118" s="15">
-        <v>4848</v>
+        <v>5198</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="15"/>
@@ -6049,51 +6057,51 @@
       <c r="D120" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.04927</v>
       </c>
       <c r="L120" s="15">
         <v>0.04187</v>
       </c>
       <c r="M120" s="15">
         <v>0.03449</v>
       </c>
       <c r="N120" s="15">
-        <v>2950</v>
+        <v>3687</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>300</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I121" s="15"/>
@@ -6162,51 +6170,51 @@
       <c r="D123" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.20335</v>
       </c>
       <c r="L123" s="15">
         <v>0.11129</v>
       </c>
       <c r="M123" s="15">
         <v>0.09998</v>
       </c>
       <c r="N123" s="15">
-        <v>1448</v>
+        <v>1465</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="15"/>
@@ -6236,168 +6244,168 @@
       <c r="D125" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>312</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L125" s="15">
         <v>0.06281</v>
       </c>
       <c r="M125" s="15">
         <v>0.05173</v>
       </c>
       <c r="N125" s="15">
-        <v>1221</v>
+        <v>1369</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>313</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>250</v>
       </c>
       <c r="K126" s="15">
         <v>0.18934</v>
       </c>
       <c r="L126" s="15">
         <v>0.13699</v>
       </c>
       <c r="M126" s="15">
         <v>0.11953</v>
       </c>
       <c r="N126" s="15">
-        <v>288</v>
+        <v>256</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>316</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>10000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00516</v>
       </c>
       <c r="L127" s="15">
         <v>0.00374</v>
       </c>
       <c r="M127" s="15">
         <v>0.00326</v>
       </c>
       <c r="N127" s="15">
-        <v>55702</v>
+        <v>61899</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>317</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E128" s="15">
         <v>10000002684</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>9000</v>
       </c>
       <c r="K128" s="15">
         <v>0.0069</v>
       </c>
       <c r="L128" s="15">
         <v>0.00499</v>
       </c>
       <c r="M128" s="15">
         <v>0.00436</v>
       </c>
       <c r="N128" s="15">
-        <v>1715454</v>
+        <v>1586516</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15"/>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15"/>
       <c r="L129" s="15"/>
       <c r="M129" s="15"/>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
     </row>
   </sheetData>