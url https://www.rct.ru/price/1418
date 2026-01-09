--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="346">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -104,50 +104,53 @@
     <t>Свободный остаток</t>
   </si>
   <si>
     <t>Ожидается</t>
   </si>
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>шаг 2,54 мм тип HU</t>
   </si>
   <si>
     <t>I-DS1070-SCV02</t>
   </si>
   <si>
     <t>гнездо питания на кабель 2.54мм / HU-02 корпус (I-DS1070-SCV02)</t>
   </si>
   <si>
     <t>CONNFLY</t>
+  </si>
+  <si>
+    <t>03.05.2026</t>
   </si>
   <si>
     <t>L-KLS1-2.54-02-H</t>
   </si>
   <si>
     <t xml:space="preserve">гнездо питания на кабель 2.54мм / HU-02 корпус (L-KLS1-2.54-02-H) </t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>I-DS1070-SCV03</t>
   </si>
   <si>
     <t xml:space="preserve">гнездо питания на кабель 2.54мм / HU-03 корпус (DS1070-3FCV/I-DS1070-SCV03) </t>
   </si>
   <si>
     <t>L-KLS1-2.54-03-H</t>
   </si>
   <si>
     <t>гнездо питания на кабель 2.54мм / HU-03 корпус (L-KLS1-2.54-03-H)</t>
   </si>
   <si>
     <t>I-DS1070-SCV04</t>
   </si>
@@ -1805,4607 +1808,4615 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080059045</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.00668</v>
+        <v>0.00458</v>
       </c>
       <c r="L9" s="15">
-        <v>0.00484</v>
+        <v>0.00397</v>
       </c>
       <c r="M9" s="15">
-        <v>0.00422</v>
+        <v>0.00381</v>
       </c>
       <c r="N9" s="15">
-        <v>50359</v>
+        <v>48847</v>
       </c>
       <c r="O9" s="15">
-        <v>17000</v>
-[...1 lines deleted...]
-      <c r="P9" s="15"/>
+        <v>17400</v>
+      </c>
+      <c r="P9" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080035639</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
-        <v>0.00746</v>
+        <v>0.00506</v>
       </c>
       <c r="L10" s="15">
-        <v>0.0054</v>
+        <v>0.00438</v>
       </c>
       <c r="M10" s="15">
-        <v>0.00471</v>
+        <v>0.00421</v>
       </c>
       <c r="N10" s="15">
-        <v>2528</v>
+        <v>2334</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080059047</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
       </c>
       <c r="K11" s="15">
-        <v>0.00877</v>
+        <v>0.006</v>
       </c>
       <c r="L11" s="15">
-        <v>0.00634</v>
+        <v>0.0052</v>
       </c>
       <c r="M11" s="15">
-        <v>0.00553</v>
+        <v>0.005</v>
       </c>
       <c r="N11" s="15">
-        <v>129068</v>
+        <v>123267</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080035640</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.01029</v>
+        <v>0.00722</v>
       </c>
       <c r="L12" s="15">
-        <v>0.00744</v>
+        <v>0.00625</v>
       </c>
       <c r="M12" s="15">
-        <v>0.00649</v>
+        <v>0.00601</v>
       </c>
       <c r="N12" s="15">
-        <v>17723</v>
+        <v>15020</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080059048</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
-        <v>0.01167</v>
+        <v>0.008</v>
       </c>
       <c r="L13" s="15">
-        <v>0.008449999999999999</v>
+        <v>0.00693</v>
       </c>
       <c r="M13" s="15">
-        <v>0.00737</v>
+        <v>0.00666</v>
       </c>
       <c r="N13" s="15">
-        <v>88761</v>
+        <v>86064</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080061267</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.01458</v>
+        <v>0.00992</v>
       </c>
       <c r="L14" s="15">
-        <v>0.01055</v>
+        <v>0.00859</v>
       </c>
       <c r="M14" s="15">
-        <v>0.009209999999999999</v>
+        <v>0.00826</v>
       </c>
       <c r="N14" s="15">
-        <v>2277</v>
+        <v>2376</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080035642</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.05778</v>
       </c>
       <c r="L15" s="15">
         <v>0.0343</v>
       </c>
       <c r="M15" s="15">
         <v>0.0289</v>
       </c>
       <c r="N15" s="15">
         <v>7</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080059049</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.01849</v>
       </c>
       <c r="L16" s="15">
         <v>0.0117</v>
       </c>
       <c r="M16" s="15">
         <v>0.01094</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.01463</v>
+        <v>0.0102</v>
       </c>
       <c r="L17" s="15">
-        <v>0.01058</v>
+        <v>0.008840000000000001</v>
       </c>
       <c r="M17" s="15">
-        <v>0.00923</v>
+        <v>0.008500000000000001</v>
       </c>
       <c r="N17" s="15">
-        <v>13807</v>
+        <v>13262</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080064443</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.01664</v>
+        <v>0.01148</v>
       </c>
       <c r="L18" s="15">
-        <v>0.01204</v>
+        <v>0.009950000000000001</v>
       </c>
       <c r="M18" s="15">
-        <v>0.01051</v>
+        <v>0.009560000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>1395</v>
+        <v>1233</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10080059050</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.01753</v>
+        <v>0.012</v>
       </c>
       <c r="L19" s="15">
-        <v>0.01269</v>
+        <v>0.0104</v>
       </c>
       <c r="M19" s="15">
-        <v>0.01107</v>
+        <v>0.01</v>
       </c>
       <c r="N19" s="15">
-        <v>20799</v>
+        <v>19552</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080035643</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.02177</v>
+        <v>0.01503</v>
       </c>
       <c r="L20" s="15">
-        <v>0.01575</v>
+        <v>0.01303</v>
       </c>
       <c r="M20" s="15">
-        <v>0.01374</v>
+        <v>0.01253</v>
       </c>
       <c r="N20" s="15">
-        <v>6411</v>
+        <v>5173</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E21" s="15">
         <v>10080047943</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.08024000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.04763</v>
       </c>
       <c r="M21" s="15">
         <v>0.04012</v>
       </c>
       <c r="N21" s="15">
-        <v>4035</v>
+        <v>4417</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10080059262</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
-        <v>0.02042</v>
+        <v>0.01361</v>
       </c>
       <c r="L22" s="15">
-        <v>0.01477</v>
+        <v>0.01179</v>
       </c>
       <c r="M22" s="15">
-        <v>0.01289</v>
+        <v>0.01134</v>
       </c>
       <c r="N22" s="15">
-        <v>3763</v>
+        <v>2908</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080059263</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.02335</v>
+        <v>0.01557</v>
       </c>
       <c r="L23" s="15">
-        <v>0.01689</v>
+        <v>0.01349</v>
       </c>
       <c r="M23" s="15">
-        <v>0.01474</v>
+        <v>0.01298</v>
       </c>
       <c r="N23" s="15">
-        <v>4378</v>
+        <v>4748</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.02914</v>
+        <v>0.0203</v>
       </c>
       <c r="L24" s="15">
-        <v>0.02109</v>
+        <v>0.01759</v>
       </c>
       <c r="M24" s="15">
-        <v>0.0184</v>
+        <v>0.01691</v>
       </c>
       <c r="N24" s="15">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080064363</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.02584</v>
+        <v>0.01788</v>
       </c>
       <c r="L25" s="15">
-        <v>0.0187</v>
+        <v>0.0155</v>
       </c>
       <c r="M25" s="15">
-        <v>0.01632</v>
+        <v>0.0149</v>
       </c>
       <c r="N25" s="15">
-        <v>4099</v>
+        <v>3506</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080059107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.02958</v>
+        <v>0.02006</v>
       </c>
       <c r="L26" s="15">
-        <v>0.0214</v>
+        <v>0.01738</v>
       </c>
       <c r="M26" s="15">
-        <v>0.01867</v>
+        <v>0.01671</v>
       </c>
       <c r="N26" s="15">
-        <v>443</v>
+        <v>358</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10080059264</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.02923</v>
+        <v>0.02001</v>
       </c>
       <c r="L27" s="15">
-        <v>0.02115</v>
+        <v>0.01734</v>
       </c>
       <c r="M27" s="15">
-        <v>0.01845</v>
+        <v>0.01668</v>
       </c>
       <c r="N27" s="15">
-        <v>5457</v>
+        <v>4904</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E28" s="15">
         <v>10080059108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.0476</v>
       </c>
       <c r="L28" s="15">
         <v>0.02827</v>
       </c>
       <c r="M28" s="15">
         <v>0.02381</v>
       </c>
       <c r="N28" s="15">
         <v>2</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E29" s="15">
         <v>10080059265</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.03151</v>
+        <v>0.02181</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0228</v>
+        <v>0.0189</v>
       </c>
       <c r="M29" s="15">
-        <v>0.01989</v>
+        <v>0.01818</v>
       </c>
       <c r="N29" s="15">
-        <v>3564</v>
+        <v>3861</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E30" s="15">
         <v>10080064444</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.04477</v>
       </c>
       <c r="L30" s="15">
         <v>0.02892</v>
       </c>
       <c r="M30" s="15">
         <v>0.02705</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10000001814</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.03505</v>
+        <v>0.02384</v>
       </c>
       <c r="L31" s="15">
-        <v>0.02536</v>
+        <v>0.02066</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02213</v>
+        <v>0.01986</v>
       </c>
       <c r="N31" s="15">
-        <v>2346</v>
+        <v>1974</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E32" s="15">
         <v>10080016543</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.17428</v>
       </c>
       <c r="L32" s="15">
         <v>0.13941</v>
       </c>
       <c r="M32" s="15">
         <v>0.13067</v>
       </c>
       <c r="N32" s="15">
-        <v>863</v>
+        <v>719</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10000014676</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.06137</v>
+        <v>0.0407</v>
       </c>
       <c r="L33" s="15">
-        <v>0.0444</v>
+        <v>0.03527</v>
       </c>
       <c r="M33" s="15">
-        <v>0.03874</v>
+        <v>0.03391</v>
       </c>
       <c r="N33" s="15">
-        <v>10065</v>
+        <v>7351</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E34" s="15">
         <v>10080016544</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.13253</v>
       </c>
       <c r="L34" s="15">
         <v>0.10604</v>
       </c>
       <c r="M34" s="15">
         <v>0.09939000000000001</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080059109</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.07376000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.04379</v>
       </c>
       <c r="M35" s="15">
         <v>0.03688</v>
       </c>
       <c r="N35" s="15">
-        <v>5226</v>
+        <v>4847</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080059051</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
-        <v>0.06714000000000001</v>
+        <v>0.04565</v>
       </c>
       <c r="L36" s="15">
-        <v>0.04858</v>
+        <v>0.03956</v>
       </c>
       <c r="M36" s="15">
-        <v>0.04239</v>
+        <v>0.03804</v>
       </c>
       <c r="N36" s="15">
-        <v>1379</v>
+        <v>1831</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080018293</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.0505</v>
       </c>
       <c r="L37" s="15">
         <v>0.04681</v>
       </c>
       <c r="M37" s="15">
         <v>0.04557</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.17379</v>
       </c>
       <c r="L38" s="15">
         <v>0.13906</v>
       </c>
       <c r="M38" s="15">
         <v>0.13032</v>
       </c>
       <c r="N38" s="15">
-        <v>3407</v>
+        <v>3359</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.31531</v>
       </c>
       <c r="L39" s="15">
         <v>0.19953</v>
       </c>
       <c r="M39" s="15">
         <v>0.15765</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E40" s="15">
         <v>10080016546</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.16923</v>
       </c>
       <c r="L40" s="15">
         <v>0.13537</v>
       </c>
       <c r="M40" s="15">
         <v>0.12698</v>
       </c>
       <c r="N40" s="15">
-        <v>2062</v>
+        <v>1849</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.33255</v>
       </c>
       <c r="L41" s="15">
         <v>0.21061</v>
       </c>
       <c r="M41" s="15">
         <v>0.16628</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.19422</v>
       </c>
       <c r="L42" s="15">
         <v>0.15543</v>
       </c>
       <c r="M42" s="15">
         <v>0.14571</v>
       </c>
       <c r="N42" s="15">
-        <v>2312</v>
+        <v>2427</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.33994</v>
       </c>
       <c r="L43" s="15">
         <v>0.21554</v>
       </c>
       <c r="M43" s="15">
         <v>0.16997</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E44" s="15">
         <v>10080016548</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.26382</v>
       </c>
       <c r="L44" s="15">
         <v>0.15665</v>
       </c>
       <c r="M44" s="15">
         <v>0.13191</v>
       </c>
       <c r="N44" s="15">
         <v>14</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E45" s="15">
         <v>10080064445</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
-        <v>0.11225</v>
+        <v>0.05534</v>
       </c>
       <c r="L45" s="15">
-        <v>0.06665</v>
+        <v>0.04796</v>
       </c>
       <c r="M45" s="15">
-        <v>0.05612</v>
+        <v>0.04611</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E46" s="15">
         <v>10000014680</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.2954</v>
       </c>
       <c r="L46" s="15">
         <v>0.16616</v>
       </c>
       <c r="M46" s="15">
         <v>0.14771</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E47" s="15">
         <v>10080016745</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.02217</v>
       </c>
       <c r="L47" s="15">
         <v>0.01232</v>
       </c>
       <c r="M47" s="15">
         <v>0.01109</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E48" s="15">
         <v>10000001424</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>2000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.01044</v>
+        <v>0.00722</v>
       </c>
       <c r="L48" s="15">
-        <v>0.00755</v>
+        <v>0.00625</v>
       </c>
       <c r="M48" s="15">
-        <v>0.00659</v>
+        <v>0.00601</v>
       </c>
       <c r="N48" s="15">
-        <v>136282</v>
+        <v>99312</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="L49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="M49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="N49" s="15">
         <v>2</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E50" s="15">
         <v>10000006746</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>2000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.01623</v>
+        <v>0.01077</v>
       </c>
       <c r="L50" s="15">
-        <v>0.01174</v>
+        <v>0.00933</v>
       </c>
       <c r="M50" s="15">
-        <v>0.01025</v>
+        <v>0.00898</v>
       </c>
       <c r="N50" s="15">
-        <v>46108</v>
+        <v>39938</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E51" s="15">
         <v>10000001774</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>2000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.01573</v>
+        <v>0.0108</v>
       </c>
       <c r="L51" s="15">
-        <v>0.01138</v>
+        <v>0.00936</v>
       </c>
       <c r="M51" s="15">
-        <v>0.00993</v>
+        <v>0.008999999999999999</v>
       </c>
       <c r="N51" s="15">
-        <v>35459</v>
+        <v>24258</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.0184</v>
       </c>
       <c r="L52" s="15">
         <v>0.0184</v>
       </c>
       <c r="M52" s="15">
         <v>0.0184</v>
       </c>
       <c r="N52" s="15">
         <v>2</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E53" s="15">
         <v>10080010644</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>2000</v>
       </c>
       <c r="K53" s="15">
         <v>0.06158</v>
       </c>
       <c r="L53" s="15">
         <v>0.03326</v>
       </c>
       <c r="M53" s="15">
         <v>0.0308</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E54" s="15">
         <v>10000008857</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>2000</v>
       </c>
       <c r="K54" s="15">
         <v>0.05082</v>
       </c>
       <c r="L54" s="15">
         <v>0.02332</v>
       </c>
       <c r="M54" s="15">
         <v>0.02057</v>
       </c>
       <c r="N54" s="15">
-        <v>18163</v>
+        <v>19264</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E55" s="15">
         <v>10080016746</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2000</v>
       </c>
       <c r="K55" s="15">
         <v>0.04681</v>
       </c>
       <c r="L55" s="15">
         <v>0.02586</v>
       </c>
       <c r="M55" s="15">
         <v>0.0234</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E56" s="15">
         <v>10000001425</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.02101</v>
+        <v>0.01395</v>
       </c>
       <c r="L56" s="15">
-        <v>0.0152</v>
+        <v>0.01209</v>
       </c>
       <c r="M56" s="15">
-        <v>0.01326</v>
+        <v>0.01163</v>
       </c>
       <c r="N56" s="15">
-        <v>23538</v>
+        <v>19328</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.0187</v>
       </c>
       <c r="L57" s="15">
         <v>0.0187</v>
       </c>
       <c r="M57" s="15">
         <v>0.0187</v>
       </c>
       <c r="N57" s="15">
         <v>2</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E58" s="15">
         <v>10000008858</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.03075</v>
+        <v>0.02126</v>
       </c>
       <c r="L58" s="15">
-        <v>0.02225</v>
+        <v>0.01842</v>
       </c>
       <c r="M58" s="15">
-        <v>0.01941</v>
+        <v>0.01771</v>
       </c>
       <c r="N58" s="15">
-        <v>378</v>
+        <v>952</v>
       </c>
       <c r="O58" s="15">
-        <v>5760</v>
-[...1 lines deleted...]
-      <c r="P58" s="15"/>
+        <v>4960</v>
+      </c>
+      <c r="P58" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E59" s="15">
         <v>10080011015</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
       </c>
       <c r="K59" s="15">
         <v>0.08622</v>
       </c>
       <c r="L59" s="15">
         <v>0.04557</v>
       </c>
       <c r="M59" s="15">
         <v>0.04311</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15">
         <v>0.0159</v>
       </c>
       <c r="L60" s="15">
         <v>0.0159</v>
       </c>
       <c r="M60" s="15">
         <v>0.0159</v>
       </c>
       <c r="N60" s="15">
         <v>2</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E61" s="15">
         <v>10080035715</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.05123</v>
       </c>
       <c r="L61" s="15">
         <v>0.02722</v>
       </c>
       <c r="M61" s="15">
         <v>0.02322</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E62" s="15">
         <v>10000001732</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.02611</v>
+        <v>0.01805</v>
       </c>
       <c r="L62" s="15">
-        <v>0.01889</v>
+        <v>0.01564</v>
       </c>
       <c r="M62" s="15">
-        <v>0.01648</v>
+        <v>0.01504</v>
       </c>
       <c r="N62" s="15">
-        <v>4494</v>
+        <v>5906</v>
       </c>
       <c r="O62" s="15">
-        <v>6100</v>
-[...1 lines deleted...]
-      <c r="P62" s="15"/>
+        <v>8600</v>
+      </c>
+      <c r="P62" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.05666</v>
       </c>
       <c r="L63" s="15">
         <v>0.0308</v>
       </c>
       <c r="M63" s="15">
         <v>0.02832</v>
       </c>
       <c r="N63" s="15">
-        <v>975</v>
+        <v>1161</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E64" s="15">
         <v>10000005925</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.04062</v>
+        <v>0.02835</v>
       </c>
       <c r="L64" s="15">
-        <v>0.02939</v>
+        <v>0.02457</v>
       </c>
       <c r="M64" s="15">
-        <v>0.02565</v>
+        <v>0.02363</v>
       </c>
       <c r="N64" s="15">
-        <v>1744</v>
+        <v>2159</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E65" s="15">
         <v>10080011016</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.10345</v>
       </c>
       <c r="L65" s="15">
         <v>0.05666</v>
       </c>
       <c r="M65" s="15">
         <v>0.05173</v>
       </c>
       <c r="N65" s="15">
         <v>84</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E66" s="15">
         <v>10080035716</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.05912</v>
       </c>
       <c r="L66" s="15">
         <v>0.03141</v>
       </c>
       <c r="M66" s="15">
         <v>0.0268</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E67" s="15">
         <v>10000001426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.03123</v>
+        <v>0.02093</v>
       </c>
       <c r="L67" s="15">
-        <v>0.02259</v>
+        <v>0.01814</v>
       </c>
       <c r="M67" s="15">
-        <v>0.01971</v>
+        <v>0.01744</v>
       </c>
       <c r="N67" s="15">
-        <v>22742</v>
+        <v>27332</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.0296</v>
       </c>
       <c r="L68" s="15">
         <v>0.0296</v>
       </c>
       <c r="M68" s="15">
         <v>0.0296</v>
       </c>
       <c r="N68" s="15">
         <v>1</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E69" s="15">
         <v>10000008859</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.04861</v>
+        <v>0.03233</v>
       </c>
       <c r="L69" s="15">
-        <v>0.03517</v>
+        <v>0.02802</v>
       </c>
       <c r="M69" s="15">
-        <v>0.03069</v>
+        <v>0.02694</v>
       </c>
       <c r="N69" s="15">
-        <v>1859</v>
+        <v>2681</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E70" s="15">
         <v>10080011017</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.12563</v>
       </c>
       <c r="L70" s="15">
         <v>0.06775</v>
       </c>
       <c r="M70" s="15">
         <v>0.06281</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E71" s="15">
         <v>10000006422</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.03648</v>
+        <v>0.0252</v>
       </c>
       <c r="L71" s="15">
-        <v>0.02639</v>
+        <v>0.02184</v>
       </c>
       <c r="M71" s="15">
-        <v>0.02303</v>
+        <v>0.021</v>
       </c>
       <c r="N71" s="15">
-        <v>4531</v>
+        <v>4022</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E72" s="15">
         <v>10000007293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.1478</v>
       </c>
       <c r="L72" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M72" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N72" s="15">
-        <v>8860</v>
+        <v>10160</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E73" s="15">
         <v>10080015955</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.1478</v>
       </c>
       <c r="L73" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M73" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>22201</v>
+        <v>29720</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E74" s="15">
         <v>10000001427</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.04173</v>
+        <v>0.02883</v>
       </c>
       <c r="L74" s="15">
-        <v>0.03019</v>
+        <v>0.02499</v>
       </c>
       <c r="M74" s="15">
-        <v>0.02635</v>
+        <v>0.02403</v>
       </c>
       <c r="N74" s="15">
-        <v>3021</v>
+        <v>2184</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E75" s="15">
         <v>10000008860</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.06464</v>
+        <v>0.04466</v>
       </c>
       <c r="L75" s="15">
-        <v>0.04677</v>
+        <v>0.0387</v>
       </c>
       <c r="M75" s="15">
-        <v>0.04081</v>
+        <v>0.03721</v>
       </c>
       <c r="N75" s="15">
-        <v>1981</v>
+        <v>2300</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.05543</v>
       </c>
       <c r="L76" s="15">
         <v>0.04434</v>
       </c>
       <c r="M76" s="15">
         <v>0.04187</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E77" s="15">
         <v>10000014681</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.04718</v>
+        <v>0.03242</v>
       </c>
       <c r="L77" s="15">
-        <v>0.03413</v>
+        <v>0.02809</v>
       </c>
       <c r="M77" s="15">
-        <v>0.02978</v>
+        <v>0.02701</v>
       </c>
       <c r="N77" s="15">
-        <v>3334</v>
+        <v>4688</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.07513</v>
       </c>
       <c r="L78" s="15">
         <v>0.06035</v>
       </c>
       <c r="M78" s="15">
         <v>0.05666</v>
       </c>
       <c r="N78" s="15">
-        <v>3184</v>
+        <v>3492</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.1946</v>
       </c>
       <c r="L79" s="15">
         <v>0.11947</v>
       </c>
       <c r="M79" s="15">
         <v>0.0973</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.07343</v>
+        <v>0.05145</v>
       </c>
       <c r="L80" s="15">
-        <v>0.05313</v>
+        <v>0.04459</v>
       </c>
       <c r="M80" s="15">
-        <v>0.04636</v>
+        <v>0.04288</v>
       </c>
       <c r="N80" s="15">
-        <v>686</v>
+        <v>323</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E81" s="15">
         <v>10080035717</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L81" s="15">
         <v>0.05235</v>
       </c>
       <c r="M81" s="15">
         <v>0.04465</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E82" s="15">
         <v>10000001428</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.05212</v>
+        <v>0.03647</v>
       </c>
       <c r="L82" s="15">
-        <v>0.03771</v>
+        <v>0.0316</v>
       </c>
       <c r="M82" s="15">
-        <v>0.03291</v>
+        <v>0.03039</v>
       </c>
       <c r="N82" s="15">
-        <v>5847</v>
+        <v>4270</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E83" s="15">
         <v>10000014684</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
-        <v>0.08114</v>
+        <v>0.05642</v>
       </c>
       <c r="L83" s="15">
-        <v>0.0587</v>
+        <v>0.04889</v>
       </c>
       <c r="M83" s="15">
-        <v>0.05122</v>
+        <v>0.04701</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15">
-        <v>1680</v>
-[...1 lines deleted...]
-      <c r="P83" s="15"/>
+        <v>1640</v>
+      </c>
+      <c r="P83" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E84" s="15">
         <v>10080012589</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07899</v>
       </c>
       <c r="L84" s="15">
         <v>0.05175</v>
       </c>
       <c r="M84" s="15">
         <v>0.04494</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.0324</v>
       </c>
       <c r="L85" s="15">
         <v>0.0324</v>
       </c>
       <c r="M85" s="15">
         <v>0.0324</v>
       </c>
       <c r="N85" s="15">
         <v>1</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E86" s="15">
         <v>10080016748</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.13056</v>
       </c>
       <c r="L86" s="15">
         <v>0.08375</v>
       </c>
       <c r="M86" s="15">
         <v>0.06526999999999999</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E87" s="15">
         <v>10000014685</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.0533</v>
+        <v>0.03465</v>
       </c>
       <c r="L87" s="15">
-        <v>0.03856</v>
+        <v>0.03003</v>
       </c>
       <c r="M87" s="15">
-        <v>0.03365</v>
+        <v>0.02888</v>
       </c>
       <c r="N87" s="15">
-        <v>5261</v>
+        <v>4375</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.21678</v>
       </c>
       <c r="L88" s="15">
         <v>0.13917</v>
       </c>
       <c r="M88" s="15">
         <v>0.10839</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>500</v>
       </c>
       <c r="K89" s="15">
         <v>0.04935</v>
       </c>
       <c r="L89" s="15">
         <v>0.04277</v>
       </c>
       <c r="M89" s="15">
         <v>0.04113</v>
       </c>
       <c r="N89" s="15">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.15765</v>
       </c>
       <c r="L90" s="15">
         <v>0.10222</v>
       </c>
       <c r="M90" s="15">
         <v>0.07882</v>
       </c>
       <c r="N90" s="15">
-        <v>1577</v>
+        <v>1902</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E91" s="15">
         <v>10000001775</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.15765</v>
       </c>
       <c r="L91" s="15">
         <v>0.10222</v>
       </c>
       <c r="M91" s="15">
         <v>0.07882</v>
       </c>
       <c r="N91" s="15">
-        <v>809</v>
+        <v>1088</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.17983</v>
       </c>
       <c r="L92" s="15">
         <v>0.11577</v>
       </c>
       <c r="M92" s="15">
         <v>0.08991</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E93" s="15">
         <v>10080016958</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
-        <v>0.08867</v>
+        <v>0.05235</v>
       </c>
       <c r="L93" s="15">
-        <v>0.06415</v>
+        <v>0.04537</v>
       </c>
       <c r="M93" s="15">
-        <v>0.05598</v>
+        <v>0.04363</v>
       </c>
       <c r="N93" s="15">
-        <v>484</v>
+        <v>363</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>250</v>
       </c>
       <c r="K94" s="15">
         <v>0.09829</v>
       </c>
       <c r="L94" s="15">
         <v>0.07858</v>
       </c>
       <c r="M94" s="15">
         <v>0.07378</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E95" s="15">
         <v>10000014688</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
-        <v>0.07894</v>
+        <v>0.05489</v>
       </c>
       <c r="L95" s="15">
-        <v>0.05712</v>
+        <v>0.04757</v>
       </c>
       <c r="M95" s="15">
-        <v>0.04984</v>
+        <v>0.04574</v>
       </c>
       <c r="N95" s="15">
-        <v>1553</v>
+        <v>1619</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.04927</v>
       </c>
       <c r="L96" s="15">
         <v>0.04187</v>
       </c>
       <c r="M96" s="15">
         <v>0.03449</v>
       </c>
       <c r="N96" s="15">
-        <v>2724</v>
+        <v>2580</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.20446</v>
       </c>
       <c r="L97" s="15">
         <v>0.13056</v>
       </c>
       <c r="M97" s="15">
         <v>0.10222</v>
       </c>
       <c r="N97" s="15">
         <v>67</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E98" s="15">
         <v>10000014689</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>500</v>
       </c>
       <c r="K98" s="15">
-        <v>0.1528</v>
+        <v>0.05148</v>
       </c>
       <c r="L98" s="15">
-        <v>0.08362</v>
+        <v>0.04462</v>
       </c>
       <c r="M98" s="15">
-        <v>0.07513</v>
+        <v>0.0429</v>
       </c>
       <c r="N98" s="15">
-        <v>698</v>
+        <v>791</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>250</v>
       </c>
       <c r="K99" s="15">
         <v>0.06158</v>
       </c>
       <c r="L99" s="15">
         <v>0.05235</v>
       </c>
       <c r="M99" s="15">
         <v>0.04311</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>0.22662</v>
       </c>
       <c r="L100" s="15">
         <v>0.14657</v>
       </c>
       <c r="M100" s="15">
         <v>0.11331</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.04521</v>
       </c>
       <c r="L101" s="15">
         <v>0.04521</v>
       </c>
       <c r="M101" s="15">
         <v>0.04521</v>
       </c>
       <c r="N101" s="15">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E102" s="15">
         <v>10080016962</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.11061</v>
       </c>
       <c r="L102" s="15">
         <v>0.08844</v>
       </c>
       <c r="M102" s="15">
         <v>0.08302</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E103" s="15">
         <v>10000014691</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
-        <v>0.09064</v>
+        <v>0.06303</v>
       </c>
       <c r="L103" s="15">
-        <v>0.06558</v>
+        <v>0.05463</v>
       </c>
       <c r="M103" s="15">
-        <v>0.05722</v>
+        <v>0.05253</v>
       </c>
       <c r="N103" s="15">
-        <v>1228</v>
+        <v>865</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06281</v>
       </c>
       <c r="M104" s="15">
         <v>0.05173</v>
       </c>
       <c r="N104" s="15">
-        <v>232</v>
+        <v>257</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>0.2685</v>
       </c>
       <c r="L105" s="15">
         <v>0.17243</v>
       </c>
       <c r="M105" s="15">
         <v>0.13425</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>0.0546</v>
       </c>
       <c r="L106" s="15">
         <v>0.0546</v>
       </c>
       <c r="M106" s="15">
         <v>0.0546</v>
       </c>
       <c r="N106" s="15">
         <v>2</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E107" s="15">
         <v>10000001776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
-        <v>0.08971</v>
+        <v>0.0615</v>
       </c>
       <c r="L107" s="15">
-        <v>0.0649</v>
+        <v>0.0533</v>
       </c>
       <c r="M107" s="15">
-        <v>0.05664</v>
+        <v>0.05125</v>
       </c>
       <c r="N107" s="15">
-        <v>1081</v>
+        <v>1513</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.12267</v>
       </c>
       <c r="L108" s="15">
         <v>0.09815</v>
       </c>
       <c r="M108" s="15">
         <v>0.092</v>
       </c>
       <c r="N108" s="15">
-        <v>8129</v>
+        <v>9130</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>0.28574</v>
       </c>
       <c r="L109" s="15">
         <v>0.18352</v>
       </c>
       <c r="M109" s="15">
         <v>0.14288</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.04927</v>
       </c>
       <c r="L110" s="15">
         <v>0.04187</v>
       </c>
       <c r="M110" s="15">
         <v>0.03449</v>
       </c>
       <c r="N110" s="15">
-        <v>2648</v>
+        <v>2778</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>0.24141</v>
       </c>
       <c r="L111" s="15">
         <v>0.15272</v>
       </c>
       <c r="M111" s="15">
         <v>0.1207</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.04927</v>
       </c>
       <c r="L112" s="15">
         <v>0.04187</v>
       </c>
       <c r="M112" s="15">
         <v>0.03449</v>
       </c>
       <c r="N112" s="15">
-        <v>2530</v>
+        <v>3333</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>0.26111</v>
       </c>
       <c r="L113" s="15">
         <v>0.16874</v>
       </c>
       <c r="M113" s="15">
         <v>0.13056</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08622</v>
       </c>
       <c r="L114" s="15">
         <v>0.07328</v>
       </c>
       <c r="M114" s="15">
         <v>0.06035</v>
       </c>
       <c r="N114" s="15">
         <v>1</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E115" s="15">
         <v>10000001733</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>500</v>
       </c>
       <c r="K115" s="15">
         <v>0.18451</v>
       </c>
       <c r="L115" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.08757</v>
       </c>
       <c r="N115" s="15">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.27836</v>
       </c>
       <c r="L116" s="15">
         <v>0.17983</v>
       </c>
       <c r="M116" s="15">
         <v>0.13917</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.10437</v>
       </c>
       <c r="L117" s="15">
         <v>0.09045</v>
       </c>
       <c r="M117" s="15">
         <v>0.08698</v>
       </c>
       <c r="N117" s="15">
-        <v>412</v>
+        <v>383</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.08622</v>
       </c>
       <c r="L118" s="15">
         <v>0.07328</v>
       </c>
       <c r="M118" s="15">
         <v>0.06035</v>
       </c>
       <c r="N118" s="15">
-        <v>5198</v>
+        <v>4322</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15"/>
       <c r="K119" s="15">
         <v>0.27836</v>
       </c>
       <c r="L119" s="15">
         <v>0.17612</v>
       </c>
       <c r="M119" s="15">
         <v>0.13917</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.04927</v>
       </c>
       <c r="L120" s="15">
         <v>0.04187</v>
       </c>
       <c r="M120" s="15">
         <v>0.03449</v>
       </c>
       <c r="N120" s="15">
-        <v>3687</v>
+        <v>3470</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.2956</v>
       </c>
       <c r="L121" s="15">
         <v>0.19091</v>
       </c>
       <c r="M121" s="15">
         <v>0.1478</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L122" s="15">
         <v>0.08375</v>
       </c>
       <c r="M122" s="15">
         <v>0.06898</v>
       </c>
       <c r="N122" s="15">
         <v>21</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
-        <v>0.20335</v>
+        <v>0.07625999999999999</v>
       </c>
       <c r="L123" s="15">
-        <v>0.11129</v>
+        <v>0.06609</v>
       </c>
       <c r="M123" s="15">
-        <v>0.09998</v>
+        <v>0.06355</v>
       </c>
       <c r="N123" s="15">
-        <v>1465</v>
+        <v>1218</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.33501</v>
       </c>
       <c r="L124" s="15">
         <v>0.21554</v>
       </c>
       <c r="M124" s="15">
         <v>0.16751</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L125" s="15">
         <v>0.06281</v>
       </c>
       <c r="M125" s="15">
         <v>0.05173</v>
       </c>
       <c r="N125" s="15">
-        <v>1369</v>
+        <v>1535</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>250</v>
       </c>
       <c r="K126" s="15">
         <v>0.18934</v>
       </c>
       <c r="L126" s="15">
         <v>0.13699</v>
       </c>
       <c r="M126" s="15">
         <v>0.11953</v>
       </c>
       <c r="N126" s="15">
-        <v>256</v>
+        <v>352</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>10000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.00516</v>
+        <v>0.00357</v>
       </c>
       <c r="L127" s="15">
-        <v>0.00374</v>
+        <v>0.00309</v>
       </c>
       <c r="M127" s="15">
-        <v>0.00326</v>
+        <v>0.00298</v>
       </c>
       <c r="N127" s="15">
-        <v>61899</v>
+        <v>40848</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E128" s="15">
         <v>10000002684</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>9000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.0069</v>
+        <v>0.0048</v>
       </c>
       <c r="L128" s="15">
-        <v>0.00499</v>
+        <v>0.00416</v>
       </c>
       <c r="M128" s="15">
-        <v>0.00436</v>
+        <v>0.004</v>
       </c>
       <c r="N128" s="15">
-        <v>1586516</v>
+        <v>1193366</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15"/>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15"/>
       <c r="L129" s="15"/>
       <c r="M129" s="15"/>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
     </row>
   </sheetData>
@@ -6448,317 +6459,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>