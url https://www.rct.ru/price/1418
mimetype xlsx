--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="347">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -106,51 +106,51 @@
   <si>
     <t>Ожидается</t>
   </si>
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>шаг 2,54 мм тип HU</t>
   </si>
   <si>
     <t>I-DS1070-SCV02</t>
   </si>
   <si>
     <t>гнездо питания на кабель 2.54мм / HU-02 корпус (I-DS1070-SCV02)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
-    <t>03.05.2026</t>
+    <t>02.04.2026</t>
   </si>
   <si>
     <t>L-KLS1-2.54-02-H</t>
   </si>
   <si>
     <t xml:space="preserve">гнездо питания на кабель 2.54мм / HU-02 корпус (L-KLS1-2.54-02-H) </t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>I-DS1070-SCV03</t>
   </si>
   <si>
     <t xml:space="preserve">гнездо питания на кабель 2.54мм / HU-03 корпус (DS1070-3FCV/I-DS1070-SCV03) </t>
   </si>
   <si>
     <t>L-KLS1-2.54-03-H</t>
   </si>
   <si>
     <t>гнездо питания на кабель 2.54мм / HU-03 корпус (L-KLS1-2.54-03-H)</t>
   </si>
   <si>
     <t>I-DS1070-SCV04</t>
   </si>
@@ -361,50 +361,53 @@
   <si>
     <t>HU-19</t>
   </si>
   <si>
     <t>питания 2,54мм мама на кабель / HU-19</t>
   </si>
   <si>
     <t>10-00059486</t>
   </si>
   <si>
     <t>I-DS1070-SCV19</t>
   </si>
   <si>
     <t>питания 2,54мм мама на кабель / HU-19 корпус (I-DS1070-SCV19)</t>
   </si>
   <si>
     <t>10-00059529</t>
   </si>
   <si>
     <t>L-KLS1-2.54-20-H</t>
   </si>
   <si>
     <t>питания 2,54мм мама на кабель / HU-20 (254H-20) (21-01-2207) (PW11-20F) (KLS1-2.54-20-H)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-2.54-20-H KLS, </t>
+  </si>
+  <si>
     <t>питания 2,54мм мама на кабель / HU-20 корпус (KLS1-2.54-20-H)</t>
   </si>
   <si>
     <t>I-DS1070-SCV20</t>
   </si>
   <si>
     <t>питания 2,54мм мама на кабель / HU-20 корпус (I-DS1070-SCV20)</t>
   </si>
   <si>
     <t>WF-02 (254W-02S) (22-27-2021) (PW11-02M)</t>
   </si>
   <si>
     <t>вилка на плату 2.54 мм / WF-02 (254W-02S) (22-27-2021) (PW11-02M)</t>
   </si>
   <si>
     <t>DS1070-2MVV6</t>
   </si>
   <si>
     <t>вилка на плату 2.54 мм / WF-02 (DS1070-2MVV6)</t>
   </si>
   <si>
     <t>WF-02R</t>
   </si>
   <si>
     <t>вилка на плату 2.54 мм угловая / WF-02R</t>
@@ -956,50 +959,53 @@
     <t>DS1070-20MVV6</t>
   </si>
   <si>
     <t>питания 2,54мм папа на плату / WF-20 (DS1070-20MVV6)</t>
   </si>
   <si>
     <t>10-00059571</t>
   </si>
   <si>
     <t>DS1070-20MRV6</t>
   </si>
   <si>
     <t>питания 2,54мм папа на плату прямой угол / WF-20R (DS1070-20MRV6)</t>
   </si>
   <si>
     <t>10-00059572</t>
   </si>
   <si>
     <t>L-KLS1-2.54-20-R</t>
   </si>
   <si>
     <t>питания 2,54мм папа на плату прямой угол / WF-20R (L-KLS1-2.54-20-R)</t>
   </si>
   <si>
     <t>10-00059510</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS1-2.54-20-R KLS, </t>
   </si>
   <si>
     <t>UT-00134747</t>
   </si>
   <si>
     <t>L-KLS1-2.54-T</t>
   </si>
   <si>
     <t>Контакты / Контакты HU TERMINALS (L-KLS1-2.54-T)</t>
   </si>
   <si>
     <t>UT-00095300</t>
   </si>
   <si>
     <t>T-DS1070-SC600</t>
   </si>
   <si>
     <t>Контакты / Контакты HU TERMINALS (T-DS1070-SC600)</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
@@ -1808,222 +1814,222 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080059045</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.00458</v>
+        <v>0.00423</v>
       </c>
       <c r="L9" s="15">
-        <v>0.00397</v>
+        <v>0.00367</v>
       </c>
       <c r="M9" s="15">
-        <v>0.00381</v>
+        <v>0.00353</v>
       </c>
       <c r="N9" s="15">
-        <v>48847</v>
+        <v>41866</v>
       </c>
       <c r="O9" s="15">
-        <v>17400</v>
+        <v>16201</v>
       </c>
       <c r="P9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080035639</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00506</v>
       </c>
       <c r="L10" s="15">
         <v>0.00438</v>
       </c>
       <c r="M10" s="15">
         <v>0.00421</v>
       </c>
       <c r="N10" s="15">
-        <v>2334</v>
+        <v>2567</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080059047</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
       </c>
       <c r="K11" s="15">
         <v>0.006</v>
       </c>
       <c r="L11" s="15">
         <v>0.0052</v>
       </c>
       <c r="M11" s="15">
         <v>0.005</v>
       </c>
       <c r="N11" s="15">
-        <v>123267</v>
+        <v>86600</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080035640</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.00722</v>
       </c>
       <c r="L12" s="15">
         <v>0.00625</v>
       </c>
       <c r="M12" s="15">
         <v>0.00601</v>
       </c>
       <c r="N12" s="15">
-        <v>15020</v>
+        <v>14304</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080059048</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008</v>
       </c>
       <c r="L13" s="15">
         <v>0.00693</v>
       </c>
       <c r="M13" s="15">
         <v>0.00666</v>
       </c>
       <c r="N13" s="15">
-        <v>86064</v>
+        <v>60268</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080061267</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -2141,447 +2147,445 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0102</v>
       </c>
       <c r="L17" s="15">
         <v>0.008840000000000001</v>
       </c>
       <c r="M17" s="15">
         <v>0.008500000000000001</v>
       </c>
       <c r="N17" s="15">
-        <v>13262</v>
+        <v>14405</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080064443</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.01148</v>
       </c>
       <c r="L18" s="15">
         <v>0.009950000000000001</v>
       </c>
       <c r="M18" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>1233</v>
+        <v>1251</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10080059050</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.012</v>
       </c>
       <c r="L19" s="15">
         <v>0.0104</v>
       </c>
       <c r="M19" s="15">
         <v>0.01</v>
       </c>
       <c r="N19" s="15">
-        <v>19552</v>
+        <v>13317</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080035643</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.01503</v>
       </c>
       <c r="L20" s="15">
         <v>0.01303</v>
       </c>
       <c r="M20" s="15">
         <v>0.01253</v>
       </c>
       <c r="N20" s="15">
-        <v>5173</v>
+        <v>6338</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E21" s="15">
         <v>10080047943</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.08024000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.04763</v>
       </c>
       <c r="M21" s="15">
         <v>0.04012</v>
       </c>
       <c r="N21" s="15">
-        <v>4417</v>
+        <v>4122</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10080059262</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01361</v>
       </c>
       <c r="L22" s="15">
         <v>0.01179</v>
       </c>
       <c r="M22" s="15">
         <v>0.01134</v>
       </c>
       <c r="N22" s="15">
-        <v>2908</v>
+        <v>3079</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080059263</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.01557</v>
       </c>
       <c r="L23" s="15">
         <v>0.01349</v>
       </c>
       <c r="M23" s="15">
         <v>0.01298</v>
       </c>
       <c r="N23" s="15">
-        <v>4748</v>
+        <v>4583</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0203</v>
       </c>
       <c r="L24" s="15">
         <v>0.01759</v>
       </c>
       <c r="M24" s="15">
         <v>0.01691</v>
       </c>
       <c r="N24" s="15">
-        <v>260</v>
+        <v>283</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080064363</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01788</v>
       </c>
       <c r="L25" s="15">
         <v>0.0155</v>
       </c>
       <c r="M25" s="15">
         <v>0.0149</v>
       </c>
       <c r="N25" s="15">
-        <v>3506</v>
+        <v>2590</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080059107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02006</v>
       </c>
       <c r="L26" s="15">
         <v>0.01738</v>
       </c>
       <c r="M26" s="15">
         <v>0.01671</v>
       </c>
-      <c r="N26" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10080059264</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.02001</v>
       </c>
       <c r="L27" s="15">
         <v>0.01734</v>
       </c>
       <c r="M27" s="15">
         <v>0.01668</v>
       </c>
       <c r="N27" s="15">
-        <v>4904</v>
+        <v>6148</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E28" s="15">
         <v>10080059108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I28" s="15"/>
@@ -2615,51 +2619,51 @@
       <c r="D29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E29" s="15">
         <v>10080059265</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02181</v>
       </c>
       <c r="L29" s="15">
         <v>0.0189</v>
       </c>
       <c r="M29" s="15">
         <v>0.01818</v>
       </c>
       <c r="N29" s="15">
-        <v>3861</v>
+        <v>4158</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E30" s="15">
         <v>10080064444</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
@@ -2691,129 +2695,129 @@
       <c r="D31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10000001814</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.02384</v>
       </c>
       <c r="L31" s="15">
         <v>0.02066</v>
       </c>
       <c r="M31" s="15">
         <v>0.01986</v>
       </c>
       <c r="N31" s="15">
-        <v>1974</v>
+        <v>1109</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E32" s="15">
         <v>10080016543</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.17428</v>
       </c>
       <c r="L32" s="15">
         <v>0.13941</v>
       </c>
       <c r="M32" s="15">
         <v>0.13067</v>
       </c>
       <c r="N32" s="15">
-        <v>719</v>
+        <v>594</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10000014676</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.0407</v>
       </c>
       <c r="L33" s="15">
         <v>0.03527</v>
       </c>
       <c r="M33" s="15">
         <v>0.03391</v>
       </c>
       <c r="N33" s="15">
-        <v>7351</v>
+        <v>8255</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E34" s="15">
         <v>10080016544</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I34" s="15"/>
@@ -2845,90 +2849,90 @@
       <c r="D35" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080059109</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.07376000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.04379</v>
       </c>
       <c r="M35" s="15">
         <v>0.03688</v>
       </c>
       <c r="N35" s="15">
-        <v>4847</v>
+        <v>5605</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080059051</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.04565</v>
       </c>
       <c r="L36" s="15">
         <v>0.03956</v>
       </c>
       <c r="M36" s="15">
         <v>0.03804</v>
       </c>
       <c r="N36" s="15">
-        <v>1831</v>
+        <v>1808</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080018293</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I37" s="15"/>
@@ -3034,51 +3038,51 @@
       <c r="D40" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E40" s="15">
         <v>10080016546</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.16923</v>
       </c>
       <c r="L40" s="15">
         <v>0.13537</v>
       </c>
       <c r="M40" s="15">
         <v>0.12698</v>
       </c>
       <c r="N40" s="15">
-        <v>1849</v>
+        <v>2062</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
@@ -3108,51 +3112,51 @@
       <c r="D42" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.19422</v>
       </c>
       <c r="L42" s="15">
         <v>0.15543</v>
       </c>
       <c r="M42" s="15">
         <v>0.14571</v>
       </c>
       <c r="N42" s="15">
-        <v>2427</v>
+        <v>3236</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
@@ -3168,3255 +3172,3263 @@
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E44" s="15">
         <v>10080016548</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I44" s="15"/>
+      <c r="I44" s="15" t="s">
+        <v>115</v>
+      </c>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.26382</v>
       </c>
       <c r="L44" s="15">
         <v>0.15665</v>
       </c>
       <c r="M44" s="15">
         <v>0.13191</v>
       </c>
       <c r="N44" s="15">
         <v>14</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E45" s="15">
         <v>10080064445</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I45" s="15"/>
+      <c r="I45" s="15" t="s">
+        <v>115</v>
+      </c>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.05534</v>
       </c>
       <c r="L45" s="15">
         <v>0.04796</v>
       </c>
       <c r="M45" s="15">
         <v>0.04611</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E46" s="15">
         <v>10000014680</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.2954</v>
       </c>
       <c r="L46" s="15">
         <v>0.16616</v>
       </c>
       <c r="M46" s="15">
         <v>0.14771</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080016745</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.02217</v>
       </c>
       <c r="L47" s="15">
         <v>0.01232</v>
       </c>
       <c r="M47" s="15">
         <v>0.01109</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10000001424</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>2000</v>
       </c>
       <c r="K48" s="15">
         <v>0.00722</v>
       </c>
       <c r="L48" s="15">
         <v>0.00625</v>
       </c>
       <c r="M48" s="15">
         <v>0.00601</v>
       </c>
       <c r="N48" s="15">
-        <v>99312</v>
+        <v>117562</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="L49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="M49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="N49" s="15">
         <v>2</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E50" s="15">
         <v>10000006746</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>2000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01077</v>
       </c>
       <c r="L50" s="15">
         <v>0.00933</v>
       </c>
       <c r="M50" s="15">
         <v>0.00898</v>
       </c>
       <c r="N50" s="15">
-        <v>39938</v>
+        <v>28406</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E51" s="15">
         <v>10000001774</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>2000</v>
       </c>
       <c r="K51" s="15">
         <v>0.0108</v>
       </c>
       <c r="L51" s="15">
         <v>0.00936</v>
       </c>
       <c r="M51" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N51" s="15">
-        <v>24258</v>
+        <v>25401</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.0184</v>
       </c>
       <c r="L52" s="15">
         <v>0.0184</v>
       </c>
       <c r="M52" s="15">
         <v>0.0184</v>
       </c>
       <c r="N52" s="15">
         <v>2</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E53" s="15">
         <v>10080010644</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>2000</v>
       </c>
       <c r="K53" s="15">
         <v>0.06158</v>
       </c>
       <c r="L53" s="15">
         <v>0.03326</v>
       </c>
       <c r="M53" s="15">
         <v>0.0308</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E54" s="15">
         <v>10000008857</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>2000</v>
       </c>
       <c r="K54" s="15">
         <v>0.05082</v>
       </c>
       <c r="L54" s="15">
         <v>0.02332</v>
       </c>
       <c r="M54" s="15">
         <v>0.02057</v>
       </c>
       <c r="N54" s="15">
-        <v>19264</v>
+        <v>22016</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E55" s="15">
         <v>10080016746</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2000</v>
       </c>
       <c r="K55" s="15">
         <v>0.04681</v>
       </c>
       <c r="L55" s="15">
         <v>0.02586</v>
       </c>
       <c r="M55" s="15">
         <v>0.0234</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E56" s="15">
         <v>10000001425</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
         <v>0.01395</v>
       </c>
       <c r="L56" s="15">
         <v>0.01209</v>
       </c>
       <c r="M56" s="15">
         <v>0.01163</v>
       </c>
       <c r="N56" s="15">
-        <v>19328</v>
+        <v>4579</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.0187</v>
       </c>
       <c r="L57" s="15">
         <v>0.0187</v>
       </c>
       <c r="M57" s="15">
         <v>0.0187</v>
       </c>
       <c r="N57" s="15">
         <v>2</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E58" s="15">
         <v>10000008858</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.02126</v>
       </c>
       <c r="L58" s="15">
         <v>0.01842</v>
       </c>
       <c r="M58" s="15">
         <v>0.01771</v>
       </c>
       <c r="N58" s="15">
-        <v>952</v>
+        <v>1126</v>
       </c>
       <c r="O58" s="15">
-        <v>4960</v>
+        <v>6320</v>
       </c>
       <c r="P58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E59" s="15">
         <v>10080011015</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
       </c>
       <c r="K59" s="15">
         <v>0.08622</v>
       </c>
       <c r="L59" s="15">
         <v>0.04557</v>
       </c>
       <c r="M59" s="15">
         <v>0.04311</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15">
         <v>0.0159</v>
       </c>
       <c r="L60" s="15">
         <v>0.0159</v>
       </c>
       <c r="M60" s="15">
         <v>0.0159</v>
       </c>
       <c r="N60" s="15">
         <v>2</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E61" s="15">
         <v>10080035715</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.05123</v>
       </c>
       <c r="L61" s="15">
         <v>0.02722</v>
       </c>
       <c r="M61" s="15">
         <v>0.02322</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E62" s="15">
         <v>10000001732</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01805</v>
       </c>
       <c r="L62" s="15">
         <v>0.01564</v>
       </c>
       <c r="M62" s="15">
         <v>0.01504</v>
       </c>
       <c r="N62" s="15">
-        <v>5906</v>
+        <v>4198</v>
       </c>
       <c r="O62" s="15">
-        <v>8600</v>
+        <v>8900</v>
       </c>
       <c r="P62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.05666</v>
       </c>
       <c r="L63" s="15">
         <v>0.0308</v>
       </c>
       <c r="M63" s="15">
         <v>0.02832</v>
       </c>
       <c r="N63" s="15">
-        <v>1161</v>
+        <v>946</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E64" s="15">
         <v>10000005925</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.02835</v>
       </c>
       <c r="L64" s="15">
         <v>0.02457</v>
       </c>
       <c r="M64" s="15">
         <v>0.02363</v>
       </c>
       <c r="N64" s="15">
-        <v>2159</v>
+        <v>2308</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E65" s="15">
         <v>10080011016</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.10345</v>
       </c>
       <c r="L65" s="15">
         <v>0.05666</v>
       </c>
       <c r="M65" s="15">
         <v>0.05173</v>
       </c>
       <c r="N65" s="15">
         <v>84</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E66" s="15">
         <v>10080035716</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.05912</v>
       </c>
       <c r="L66" s="15">
         <v>0.03141</v>
       </c>
       <c r="M66" s="15">
         <v>0.0268</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E67" s="15">
         <v>10000001426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.02093</v>
       </c>
       <c r="L67" s="15">
         <v>0.01814</v>
       </c>
       <c r="M67" s="15">
         <v>0.01744</v>
       </c>
       <c r="N67" s="15">
-        <v>27332</v>
+        <v>24220</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.0296</v>
       </c>
       <c r="L68" s="15">
         <v>0.0296</v>
       </c>
       <c r="M68" s="15">
         <v>0.0296</v>
       </c>
       <c r="N68" s="15">
         <v>1</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E69" s="15">
         <v>10000008859</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.03233</v>
       </c>
       <c r="L69" s="15">
         <v>0.02802</v>
       </c>
       <c r="M69" s="15">
         <v>0.02694</v>
       </c>
       <c r="N69" s="15">
-        <v>2681</v>
+        <v>2446</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E70" s="15">
         <v>10080011017</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.12563</v>
       </c>
       <c r="L70" s="15">
         <v>0.06775</v>
       </c>
       <c r="M70" s="15">
         <v>0.06281</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E71" s="15">
         <v>10000006422</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.0252</v>
       </c>
       <c r="L71" s="15">
         <v>0.02184</v>
       </c>
       <c r="M71" s="15">
         <v>0.021</v>
       </c>
       <c r="N71" s="15">
-        <v>4022</v>
+        <v>4217</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E72" s="15">
         <v>10000007293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.1478</v>
       </c>
       <c r="L72" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M72" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N72" s="15">
-        <v>10160</v>
+        <v>7679</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E73" s="15">
         <v>10080015955</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.1478</v>
       </c>
       <c r="L73" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M73" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N73" s="15">
         <v>29720</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E74" s="15">
         <v>10000001427</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02883</v>
       </c>
       <c r="L74" s="15">
         <v>0.02499</v>
       </c>
       <c r="M74" s="15">
         <v>0.02403</v>
       </c>
       <c r="N74" s="15">
-        <v>2184</v>
+        <v>1999</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E75" s="15">
         <v>10000008860</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04466</v>
       </c>
       <c r="L75" s="15">
         <v>0.0387</v>
       </c>
       <c r="M75" s="15">
         <v>0.03721</v>
       </c>
       <c r="N75" s="15">
-        <v>2300</v>
+        <v>2236</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.05543</v>
       </c>
       <c r="L76" s="15">
         <v>0.04434</v>
       </c>
       <c r="M76" s="15">
         <v>0.04187</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E77" s="15">
         <v>10000014681</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.03242</v>
       </c>
       <c r="L77" s="15">
         <v>0.02809</v>
       </c>
       <c r="M77" s="15">
         <v>0.02701</v>
       </c>
       <c r="N77" s="15">
-        <v>4688</v>
+        <v>3594</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.07513</v>
       </c>
       <c r="L78" s="15">
         <v>0.06035</v>
       </c>
       <c r="M78" s="15">
         <v>0.05666</v>
       </c>
       <c r="N78" s="15">
-        <v>3492</v>
+        <v>3543</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.1946</v>
       </c>
       <c r="L79" s="15">
         <v>0.11947</v>
       </c>
       <c r="M79" s="15">
         <v>0.0973</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.05145</v>
       </c>
       <c r="L80" s="15">
         <v>0.04459</v>
       </c>
       <c r="M80" s="15">
         <v>0.04288</v>
       </c>
       <c r="N80" s="15">
-        <v>323</v>
+        <v>485</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E81" s="15">
         <v>10080035717</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L81" s="15">
         <v>0.05235</v>
       </c>
       <c r="M81" s="15">
         <v>0.04465</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E82" s="15">
         <v>10000001428</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.03647</v>
       </c>
       <c r="L82" s="15">
         <v>0.0316</v>
       </c>
       <c r="M82" s="15">
         <v>0.03039</v>
       </c>
       <c r="N82" s="15">
-        <v>4270</v>
+        <v>797</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E83" s="15">
         <v>10000014684</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
-        <v>0.05642</v>
+        <v>0.06164</v>
       </c>
       <c r="L83" s="15">
-        <v>0.04889</v>
+        <v>0.05342</v>
       </c>
       <c r="M83" s="15">
-        <v>0.04701</v>
+        <v>0.05136</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15">
-        <v>1640</v>
+        <v>1300</v>
       </c>
       <c r="P83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E84" s="15">
         <v>10080012589</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07899</v>
       </c>
       <c r="L84" s="15">
         <v>0.05175</v>
       </c>
       <c r="M84" s="15">
         <v>0.04494</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.0324</v>
       </c>
       <c r="L85" s="15">
         <v>0.0324</v>
       </c>
       <c r="M85" s="15">
         <v>0.0324</v>
       </c>
       <c r="N85" s="15">
         <v>1</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E86" s="15">
         <v>10080016748</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.13056</v>
       </c>
       <c r="L86" s="15">
         <v>0.08375</v>
       </c>
       <c r="M86" s="15">
         <v>0.06526999999999999</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E87" s="15">
         <v>10000014685</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03465</v>
       </c>
       <c r="L87" s="15">
         <v>0.03003</v>
       </c>
       <c r="M87" s="15">
         <v>0.02888</v>
       </c>
       <c r="N87" s="15">
-        <v>4375</v>
+        <v>4611</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.21678</v>
       </c>
       <c r="L88" s="15">
         <v>0.13917</v>
       </c>
       <c r="M88" s="15">
         <v>0.10839</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>500</v>
       </c>
       <c r="K89" s="15">
         <v>0.04935</v>
       </c>
       <c r="L89" s="15">
         <v>0.04277</v>
       </c>
       <c r="M89" s="15">
         <v>0.04113</v>
       </c>
       <c r="N89" s="15">
-        <v>315</v>
+        <v>335</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.15765</v>
       </c>
       <c r="L90" s="15">
         <v>0.10222</v>
       </c>
       <c r="M90" s="15">
         <v>0.07882</v>
       </c>
       <c r="N90" s="15">
-        <v>1902</v>
+        <v>1740</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E91" s="15">
         <v>10000001775</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.15765</v>
       </c>
       <c r="L91" s="15">
         <v>0.10222</v>
       </c>
       <c r="M91" s="15">
         <v>0.07882</v>
       </c>
       <c r="N91" s="15">
-        <v>1088</v>
+        <v>1166</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.17983</v>
       </c>
       <c r="L92" s="15">
         <v>0.11577</v>
       </c>
       <c r="M92" s="15">
         <v>0.08991</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E93" s="15">
         <v>10080016958</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.05235</v>
       </c>
       <c r="L93" s="15">
         <v>0.04537</v>
       </c>
       <c r="M93" s="15">
         <v>0.04363</v>
       </c>
       <c r="N93" s="15">
-        <v>363</v>
+        <v>423</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>250</v>
       </c>
       <c r="K94" s="15">
         <v>0.09829</v>
       </c>
       <c r="L94" s="15">
         <v>0.07858</v>
       </c>
       <c r="M94" s="15">
         <v>0.07378</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E95" s="15">
         <v>10000014688</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.05489</v>
       </c>
       <c r="L95" s="15">
         <v>0.04757</v>
       </c>
       <c r="M95" s="15">
         <v>0.04574</v>
       </c>
       <c r="N95" s="15">
-        <v>1619</v>
+        <v>1663</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.04927</v>
       </c>
       <c r="L96" s="15">
         <v>0.04187</v>
       </c>
       <c r="M96" s="15">
         <v>0.03449</v>
       </c>
       <c r="N96" s="15">
-        <v>2580</v>
+        <v>2186</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.20446</v>
       </c>
       <c r="L97" s="15">
         <v>0.13056</v>
       </c>
       <c r="M97" s="15">
         <v>0.10222</v>
       </c>
       <c r="N97" s="15">
         <v>67</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E98" s="15">
         <v>10000014689</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>500</v>
       </c>
       <c r="K98" s="15">
         <v>0.05148</v>
       </c>
       <c r="L98" s="15">
         <v>0.04462</v>
       </c>
       <c r="M98" s="15">
         <v>0.0429</v>
       </c>
       <c r="N98" s="15">
-        <v>791</v>
+        <v>717</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>250</v>
       </c>
       <c r="K99" s="15">
         <v>0.06158</v>
       </c>
       <c r="L99" s="15">
         <v>0.05235</v>
       </c>
       <c r="M99" s="15">
         <v>0.04311</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>0.22662</v>
       </c>
       <c r="L100" s="15">
         <v>0.14657</v>
       </c>
       <c r="M100" s="15">
         <v>0.11331</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.04521</v>
       </c>
       <c r="L101" s="15">
         <v>0.04521</v>
       </c>
       <c r="M101" s="15">
         <v>0.04521</v>
       </c>
       <c r="N101" s="15">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E102" s="15">
         <v>10080016962</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.11061</v>
       </c>
       <c r="L102" s="15">
         <v>0.08844</v>
       </c>
       <c r="M102" s="15">
         <v>0.08302</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E103" s="15">
         <v>10000014691</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.06303</v>
       </c>
       <c r="L103" s="15">
         <v>0.05463</v>
       </c>
       <c r="M103" s="15">
         <v>0.05253</v>
       </c>
       <c r="N103" s="15">
-        <v>865</v>
+        <v>949</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06281</v>
       </c>
       <c r="M104" s="15">
         <v>0.05173</v>
       </c>
       <c r="N104" s="15">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>0.2685</v>
       </c>
       <c r="L105" s="15">
         <v>0.17243</v>
       </c>
       <c r="M105" s="15">
         <v>0.13425</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>0.0546</v>
       </c>
       <c r="L106" s="15">
         <v>0.0546</v>
       </c>
       <c r="M106" s="15">
         <v>0.0546</v>
       </c>
       <c r="N106" s="15">
         <v>2</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E107" s="15">
         <v>10000001776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.0615</v>
       </c>
       <c r="L107" s="15">
         <v>0.0533</v>
       </c>
       <c r="M107" s="15">
         <v>0.05125</v>
       </c>
       <c r="N107" s="15">
-        <v>1513</v>
+        <v>1207</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.12267</v>
       </c>
       <c r="L108" s="15">
         <v>0.09815</v>
       </c>
       <c r="M108" s="15">
         <v>0.092</v>
       </c>
       <c r="N108" s="15">
-        <v>9130</v>
+        <v>8505</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>0.28574</v>
       </c>
       <c r="L109" s="15">
         <v>0.18352</v>
       </c>
       <c r="M109" s="15">
         <v>0.14288</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.04927</v>
       </c>
       <c r="L110" s="15">
         <v>0.04187</v>
       </c>
       <c r="M110" s="15">
         <v>0.03449</v>
       </c>
       <c r="N110" s="15">
-        <v>2778</v>
+        <v>3342</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>0.24141</v>
       </c>
       <c r="L111" s="15">
         <v>0.15272</v>
       </c>
       <c r="M111" s="15">
         <v>0.1207</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.04927</v>
       </c>
       <c r="L112" s="15">
         <v>0.04187</v>
       </c>
       <c r="M112" s="15">
         <v>0.03449</v>
       </c>
       <c r="N112" s="15">
-        <v>3333</v>
+        <v>3534</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>0.26111</v>
       </c>
       <c r="L113" s="15">
         <v>0.16874</v>
       </c>
       <c r="M113" s="15">
         <v>0.13056</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08622</v>
       </c>
       <c r="L114" s="15">
         <v>0.07328</v>
       </c>
       <c r="M114" s="15">
         <v>0.06035</v>
       </c>
       <c r="N114" s="15">
         <v>1</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E115" s="15">
         <v>10000001733</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>500</v>
       </c>
       <c r="K115" s="15">
         <v>0.18451</v>
       </c>
       <c r="L115" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.08757</v>
       </c>
       <c r="N115" s="15">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.27836</v>
       </c>
       <c r="L116" s="15">
         <v>0.17983</v>
       </c>
       <c r="M116" s="15">
         <v>0.13917</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.10437</v>
       </c>
       <c r="L117" s="15">
         <v>0.09045</v>
       </c>
       <c r="M117" s="15">
         <v>0.08698</v>
       </c>
       <c r="N117" s="15">
-        <v>383</v>
+        <v>397</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.08622</v>
       </c>
       <c r="L118" s="15">
         <v>0.07328</v>
       </c>
       <c r="M118" s="15">
         <v>0.06035</v>
       </c>
       <c r="N118" s="15">
-        <v>4322</v>
+        <v>4088</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15"/>
       <c r="K119" s="15">
         <v>0.27836</v>
       </c>
       <c r="L119" s="15">
         <v>0.17612</v>
       </c>
       <c r="M119" s="15">
         <v>0.13917</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.04927</v>
       </c>
       <c r="L120" s="15">
         <v>0.04187</v>
       </c>
       <c r="M120" s="15">
         <v>0.03449</v>
       </c>
       <c r="N120" s="15">
-        <v>3470</v>
+        <v>3904</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.2956</v>
       </c>
       <c r="L121" s="15">
         <v>0.19091</v>
       </c>
       <c r="M121" s="15">
         <v>0.1478</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L122" s="15">
         <v>0.08375</v>
       </c>
       <c r="M122" s="15">
         <v>0.06898</v>
       </c>
       <c r="N122" s="15">
         <v>21</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.07625999999999999</v>
       </c>
       <c r="L123" s="15">
         <v>0.06609</v>
       </c>
       <c r="M123" s="15">
         <v>0.06355</v>
       </c>
       <c r="N123" s="15">
-        <v>1218</v>
+        <v>1307</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.33501</v>
       </c>
       <c r="L124" s="15">
         <v>0.21554</v>
       </c>
       <c r="M124" s="15">
         <v>0.16751</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I125" s="15"/>
+      <c r="I125" s="15" t="s">
+        <v>315</v>
+      </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L125" s="15">
         <v>0.06281</v>
       </c>
       <c r="M125" s="15">
         <v>0.05173</v>
       </c>
       <c r="N125" s="15">
-        <v>1535</v>
+        <v>1350</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>33</v>
       </c>
-      <c r="I126" s="15"/>
+      <c r="I126" s="15" t="s">
+        <v>315</v>
+      </c>
       <c r="J126" s="15">
         <v>250</v>
       </c>
       <c r="K126" s="15">
         <v>0.18934</v>
       </c>
       <c r="L126" s="15">
         <v>0.13699</v>
       </c>
       <c r="M126" s="15">
         <v>0.11953</v>
       </c>
       <c r="N126" s="15">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>10000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00357</v>
       </c>
       <c r="L127" s="15">
         <v>0.00309</v>
       </c>
       <c r="M127" s="15">
         <v>0.00298</v>
       </c>
       <c r="N127" s="15">
-        <v>40848</v>
+        <v>39329</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E128" s="15">
         <v>10000002684</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>9000</v>
       </c>
       <c r="K128" s="15">
         <v>0.0048</v>
       </c>
       <c r="L128" s="15">
         <v>0.00416</v>
       </c>
       <c r="M128" s="15">
         <v>0.004</v>
       </c>
       <c r="N128" s="15">
-        <v>1193366</v>
+        <v>1385451</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15"/>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15"/>
       <c r="L129" s="15"/>
       <c r="M129" s="15"/>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
     </row>
   </sheetData>
@@ -6459,317 +6471,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>