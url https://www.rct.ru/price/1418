--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="349">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -104,53 +104,50 @@
     <t>Свободный остаток</t>
   </si>
   <si>
     <t>Ожидается</t>
   </si>
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>шаг 2,54 мм тип HU</t>
   </si>
   <si>
     <t>I-DS1070-SCV02</t>
   </si>
   <si>
     <t>гнездо питания на кабель 2.54мм / HU-02 корпус (I-DS1070-SCV02)</t>
   </si>
   <si>
     <t>CONNFLY</t>
-  </si>
-[...1 lines deleted...]
-    <t>02.04.2026</t>
   </si>
   <si>
     <t>L-KLS1-2.54-02-H</t>
   </si>
   <si>
     <t xml:space="preserve">гнездо питания на кабель 2.54мм / HU-02 корпус (L-KLS1-2.54-02-H) </t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>I-DS1070-SCV03</t>
   </si>
   <si>
     <t xml:space="preserve">гнездо питания на кабель 2.54мм / HU-03 корпус (DS1070-3FCV/I-DS1070-SCV03) </t>
   </si>
   <si>
     <t>L-KLS1-2.54-03-H</t>
   </si>
   <si>
     <t>гнездо питания на кабель 2.54мм / HU-03 корпус (L-KLS1-2.54-03-H)</t>
   </si>
   <si>
     <t>I-DS1070-SCV04</t>
   </si>
@@ -1823,4612 +1820,4604 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080059045</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.00423</v>
       </c>
       <c r="L9" s="15">
         <v>0.00367</v>
       </c>
       <c r="M9" s="15">
         <v>0.00353</v>
       </c>
       <c r="N9" s="15">
-        <v>41866</v>
+        <v>29162</v>
       </c>
       <c r="O9" s="15">
-        <v>16201</v>
-[...3 lines deleted...]
-      </c>
+        <v>15600</v>
+      </c>
+      <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" s="15" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080035639</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00506</v>
       </c>
       <c r="L10" s="15">
         <v>0.00438</v>
       </c>
       <c r="M10" s="15">
         <v>0.00421</v>
       </c>
       <c r="N10" s="15">
-        <v>2567</v>
+        <v>2847</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080059047</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
       </c>
       <c r="K11" s="15">
         <v>0.006</v>
       </c>
       <c r="L11" s="15">
         <v>0.0052</v>
       </c>
       <c r="M11" s="15">
         <v>0.005</v>
       </c>
       <c r="N11" s="15">
-        <v>86600</v>
+        <v>82568</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="15" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080035640</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.00722</v>
       </c>
       <c r="L12" s="15">
         <v>0.00625</v>
       </c>
       <c r="M12" s="15">
         <v>0.00601</v>
       </c>
       <c r="N12" s="15">
-        <v>14304</v>
+        <v>15556</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080059048</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008</v>
       </c>
       <c r="L13" s="15">
         <v>0.00693</v>
       </c>
       <c r="M13" s="15">
         <v>0.00666</v>
       </c>
       <c r="N13" s="15">
-        <v>60268</v>
+        <v>64575</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080061267</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.00992</v>
       </c>
       <c r="L14" s="15">
         <v>0.00859</v>
       </c>
       <c r="M14" s="15">
         <v>0.00826</v>
       </c>
       <c r="N14" s="15">
-        <v>2376</v>
+        <v>2838</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080035642</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.05778</v>
       </c>
       <c r="L15" s="15">
         <v>0.0343</v>
       </c>
       <c r="M15" s="15">
         <v>0.0289</v>
       </c>
       <c r="N15" s="15">
         <v>7</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080059049</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.01849</v>
       </c>
       <c r="L16" s="15">
         <v>0.0117</v>
       </c>
       <c r="M16" s="15">
         <v>0.01094</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>49</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0102</v>
       </c>
       <c r="L17" s="15">
         <v>0.008840000000000001</v>
       </c>
       <c r="M17" s="15">
         <v>0.008500000000000001</v>
       </c>
       <c r="N17" s="15">
-        <v>14405</v>
+        <v>10927</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080064443</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.01148</v>
       </c>
       <c r="L18" s="15">
         <v>0.009950000000000001</v>
       </c>
       <c r="M18" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>1251</v>
+        <v>927</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E19" s="15">
         <v>10080059050</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.012</v>
       </c>
       <c r="L19" s="15">
         <v>0.0104</v>
       </c>
       <c r="M19" s="15">
         <v>0.01</v>
       </c>
       <c r="N19" s="15">
-        <v>13317</v>
+        <v>17336</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E20" s="15">
         <v>10080035643</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.01503</v>
       </c>
       <c r="L20" s="15">
         <v>0.01303</v>
       </c>
       <c r="M20" s="15">
         <v>0.01253</v>
       </c>
       <c r="N20" s="15">
-        <v>6338</v>
+        <v>5974</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E21" s="15">
         <v>10080047943</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.08024000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.04763</v>
       </c>
       <c r="M21" s="15">
         <v>0.04012</v>
       </c>
       <c r="N21" s="15">
-        <v>4122</v>
+        <v>3572</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10080059262</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01361</v>
       </c>
       <c r="L22" s="15">
         <v>0.01179</v>
       </c>
       <c r="M22" s="15">
         <v>0.01134</v>
       </c>
       <c r="N22" s="15">
-        <v>3079</v>
+        <v>3421</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10080059263</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.01557</v>
       </c>
       <c r="L23" s="15">
         <v>0.01349</v>
       </c>
       <c r="M23" s="15">
         <v>0.01298</v>
       </c>
       <c r="N23" s="15">
-        <v>4583</v>
+        <v>5131</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0203</v>
       </c>
       <c r="L24" s="15">
         <v>0.01759</v>
       </c>
       <c r="M24" s="15">
         <v>0.01691</v>
       </c>
       <c r="N24" s="15">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080064363</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01788</v>
       </c>
       <c r="L25" s="15">
         <v>0.0155</v>
       </c>
       <c r="M25" s="15">
         <v>0.0149</v>
       </c>
       <c r="N25" s="15">
-        <v>2590</v>
+        <v>3318</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080059107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.02006</v>
       </c>
       <c r="L26" s="15">
         <v>0.01738</v>
       </c>
       <c r="M26" s="15">
         <v>0.01671</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10080059264</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.02001</v>
       </c>
       <c r="L27" s="15">
         <v>0.01734</v>
       </c>
       <c r="M27" s="15">
         <v>0.01668</v>
       </c>
       <c r="N27" s="15">
-        <v>6148</v>
+        <v>5038</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E28" s="15">
         <v>10080059108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.0476</v>
       </c>
       <c r="L28" s="15">
         <v>0.02827</v>
       </c>
       <c r="M28" s="15">
         <v>0.02381</v>
       </c>
       <c r="N28" s="15">
         <v>2</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E29" s="15">
         <v>10080059265</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02181</v>
       </c>
       <c r="L29" s="15">
         <v>0.0189</v>
       </c>
       <c r="M29" s="15">
         <v>0.01818</v>
       </c>
       <c r="N29" s="15">
-        <v>4158</v>
+        <v>3156</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E30" s="15">
         <v>10080064444</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.04477</v>
       </c>
       <c r="L30" s="15">
         <v>0.02892</v>
       </c>
       <c r="M30" s="15">
         <v>0.02705</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E31" s="15">
         <v>10000001814</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.02384</v>
       </c>
       <c r="L31" s="15">
         <v>0.02066</v>
       </c>
       <c r="M31" s="15">
         <v>0.01986</v>
       </c>
       <c r="N31" s="15">
-        <v>1109</v>
+        <v>962</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E32" s="15">
         <v>10080016543</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.17428</v>
       </c>
       <c r="L32" s="15">
         <v>0.13941</v>
       </c>
       <c r="M32" s="15">
         <v>0.13067</v>
       </c>
       <c r="N32" s="15">
-        <v>594</v>
+        <v>815</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E33" s="15">
         <v>10000014676</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.0407</v>
       </c>
       <c r="L33" s="15">
         <v>0.03527</v>
       </c>
       <c r="M33" s="15">
         <v>0.03391</v>
       </c>
       <c r="N33" s="15">
-        <v>8255</v>
+        <v>9257</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="E34" s="15">
         <v>10080016544</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.13253</v>
       </c>
       <c r="L34" s="15">
         <v>0.10604</v>
       </c>
       <c r="M34" s="15">
         <v>0.09939000000000001</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E35" s="15">
         <v>10080059109</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.07376000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.04379</v>
       </c>
       <c r="M35" s="15">
         <v>0.03688</v>
       </c>
       <c r="N35" s="15">
-        <v>5605</v>
+        <v>5868</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E36" s="15">
         <v>10080059051</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.04565</v>
       </c>
       <c r="L36" s="15">
         <v>0.03956</v>
       </c>
       <c r="M36" s="15">
         <v>0.03804</v>
       </c>
       <c r="N36" s="15">
-        <v>1808</v>
+        <v>1944</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E37" s="15">
         <v>10080018293</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.0505</v>
       </c>
       <c r="L37" s="15">
         <v>0.04681</v>
       </c>
       <c r="M37" s="15">
         <v>0.04557</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.17379</v>
       </c>
       <c r="L38" s="15">
         <v>0.13906</v>
       </c>
       <c r="M38" s="15">
         <v>0.13032</v>
       </c>
       <c r="N38" s="15">
-        <v>3359</v>
+        <v>3263</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.31531</v>
       </c>
       <c r="L39" s="15">
         <v>0.19953</v>
       </c>
       <c r="M39" s="15">
         <v>0.15765</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E40" s="15">
         <v>10080016546</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.16923</v>
       </c>
       <c r="L40" s="15">
         <v>0.13537</v>
       </c>
       <c r="M40" s="15">
         <v>0.12698</v>
       </c>
       <c r="N40" s="15">
-        <v>2062</v>
+        <v>1967</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.33255</v>
       </c>
       <c r="L41" s="15">
         <v>0.21061</v>
       </c>
       <c r="M41" s="15">
         <v>0.16628</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.19422</v>
       </c>
       <c r="L42" s="15">
         <v>0.15543</v>
       </c>
       <c r="M42" s="15">
         <v>0.14571</v>
       </c>
       <c r="N42" s="15">
-        <v>3236</v>
+        <v>3159</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.33994</v>
       </c>
       <c r="L43" s="15">
         <v>0.21554</v>
       </c>
       <c r="M43" s="15">
         <v>0.16997</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E44" s="15">
         <v>10080016548</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.26382</v>
       </c>
       <c r="L44" s="15">
         <v>0.15665</v>
       </c>
       <c r="M44" s="15">
         <v>0.13191</v>
       </c>
       <c r="N44" s="15">
         <v>14</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E45" s="15">
         <v>10080064445</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J45" s="15">
         <v>500</v>
       </c>
       <c r="K45" s="15">
         <v>0.05534</v>
       </c>
       <c r="L45" s="15">
         <v>0.04796</v>
       </c>
       <c r="M45" s="15">
         <v>0.04611</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E46" s="15">
         <v>10000014680</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>500</v>
       </c>
       <c r="K46" s="15">
         <v>0.2954</v>
       </c>
       <c r="L46" s="15">
         <v>0.16616</v>
       </c>
       <c r="M46" s="15">
         <v>0.14771</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080016745</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.02217</v>
       </c>
       <c r="L47" s="15">
         <v>0.01232</v>
       </c>
       <c r="M47" s="15">
         <v>0.01109</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10000001424</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>2000</v>
       </c>
       <c r="K48" s="15">
         <v>0.00722</v>
       </c>
       <c r="L48" s="15">
         <v>0.00625</v>
       </c>
       <c r="M48" s="15">
         <v>0.00601</v>
       </c>
       <c r="N48" s="15">
-        <v>117562</v>
+        <v>94743</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="L49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="M49" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="N49" s="15">
         <v>2</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E50" s="15">
         <v>10000006746</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>2000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01077</v>
       </c>
       <c r="L50" s="15">
         <v>0.00933</v>
       </c>
       <c r="M50" s="15">
         <v>0.00898</v>
       </c>
       <c r="N50" s="15">
-        <v>28406</v>
+        <v>35623</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E51" s="15">
         <v>10000001774</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>2000</v>
       </c>
       <c r="K51" s="15">
         <v>0.0108</v>
       </c>
       <c r="L51" s="15">
         <v>0.00936</v>
       </c>
       <c r="M51" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N51" s="15">
-        <v>25401</v>
+        <v>15422</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.0184</v>
       </c>
       <c r="L52" s="15">
         <v>0.0184</v>
       </c>
       <c r="M52" s="15">
         <v>0.0184</v>
       </c>
       <c r="N52" s="15">
         <v>2</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E53" s="15">
         <v>10080010644</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>2000</v>
       </c>
       <c r="K53" s="15">
         <v>0.06158</v>
       </c>
       <c r="L53" s="15">
         <v>0.03326</v>
       </c>
       <c r="M53" s="15">
         <v>0.0308</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E54" s="15">
         <v>10000008857</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>2000</v>
       </c>
       <c r="K54" s="15">
         <v>0.05082</v>
       </c>
       <c r="L54" s="15">
         <v>0.02332</v>
       </c>
       <c r="M54" s="15">
         <v>0.02057</v>
       </c>
       <c r="N54" s="15">
-        <v>22016</v>
+        <v>23418</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E55" s="15">
         <v>10080016746</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>2000</v>
       </c>
       <c r="K55" s="15">
         <v>0.04681</v>
       </c>
       <c r="L55" s="15">
         <v>0.02586</v>
       </c>
       <c r="M55" s="15">
         <v>0.0234</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E56" s="15">
         <v>10000001425</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
         <v>0.01395</v>
       </c>
       <c r="L56" s="15">
         <v>0.01209</v>
       </c>
       <c r="M56" s="15">
         <v>0.01163</v>
       </c>
       <c r="N56" s="15">
-        <v>4579</v>
+        <v>1547</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.0187</v>
       </c>
       <c r="L57" s="15">
         <v>0.0187</v>
       </c>
       <c r="M57" s="15">
         <v>0.0187</v>
       </c>
       <c r="N57" s="15">
         <v>2</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E58" s="15">
         <v>10000008858</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.02126</v>
       </c>
       <c r="L58" s="15">
         <v>0.01842</v>
       </c>
       <c r="M58" s="15">
         <v>0.01771</v>
       </c>
       <c r="N58" s="15">
-        <v>1126</v>
+        <v>898</v>
       </c>
       <c r="O58" s="15">
-        <v>6320</v>
-[...3 lines deleted...]
-      </c>
+        <v>5040</v>
+      </c>
+      <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E59" s="15">
         <v>10080011015</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>2000</v>
       </c>
       <c r="K59" s="15">
         <v>0.08622</v>
       </c>
       <c r="L59" s="15">
         <v>0.04557</v>
       </c>
       <c r="M59" s="15">
         <v>0.04311</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15"/>
       <c r="K60" s="15">
         <v>0.0159</v>
       </c>
       <c r="L60" s="15">
         <v>0.0159</v>
       </c>
       <c r="M60" s="15">
         <v>0.0159</v>
       </c>
       <c r="N60" s="15">
         <v>2</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E61" s="15">
         <v>10080035715</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.05123</v>
       </c>
       <c r="L61" s="15">
         <v>0.02722</v>
       </c>
       <c r="M61" s="15">
         <v>0.02322</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E62" s="15">
         <v>10000001732</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01805</v>
       </c>
       <c r="L62" s="15">
         <v>0.01564</v>
       </c>
       <c r="M62" s="15">
         <v>0.01504</v>
       </c>
       <c r="N62" s="15">
-        <v>4198</v>
+        <v>3252</v>
       </c>
       <c r="O62" s="15">
-        <v>8900</v>
-[...3 lines deleted...]
-      </c>
+        <v>6900</v>
+      </c>
+      <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>154</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.05666</v>
       </c>
       <c r="L63" s="15">
         <v>0.0308</v>
       </c>
       <c r="M63" s="15">
         <v>0.02832</v>
       </c>
       <c r="N63" s="15">
-        <v>946</v>
+        <v>1090</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E64" s="15">
         <v>10000005925</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.02835</v>
       </c>
       <c r="L64" s="15">
         <v>0.02457</v>
       </c>
       <c r="M64" s="15">
         <v>0.02363</v>
       </c>
       <c r="N64" s="15">
-        <v>2308</v>
+        <v>2033</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E65" s="15">
         <v>10080011016</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.10345</v>
       </c>
       <c r="L65" s="15">
         <v>0.05666</v>
       </c>
       <c r="M65" s="15">
         <v>0.05173</v>
       </c>
       <c r="N65" s="15">
         <v>84</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E66" s="15">
         <v>10080035716</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.05912</v>
       </c>
       <c r="L66" s="15">
         <v>0.03141</v>
       </c>
       <c r="M66" s="15">
         <v>0.0268</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E67" s="15">
         <v>10000001426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.02093</v>
       </c>
       <c r="L67" s="15">
         <v>0.01814</v>
       </c>
       <c r="M67" s="15">
         <v>0.01744</v>
       </c>
       <c r="N67" s="15">
-        <v>24220</v>
+        <v>21310</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.0296</v>
       </c>
       <c r="L68" s="15">
         <v>0.0296</v>
       </c>
       <c r="M68" s="15">
         <v>0.0296</v>
       </c>
       <c r="N68" s="15">
         <v>1</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E69" s="15">
         <v>10000008859</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.03233</v>
       </c>
       <c r="L69" s="15">
         <v>0.02802</v>
       </c>
       <c r="M69" s="15">
         <v>0.02694</v>
       </c>
       <c r="N69" s="15">
-        <v>2446</v>
+        <v>1945</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E70" s="15">
         <v>10080011017</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.12563</v>
       </c>
       <c r="L70" s="15">
         <v>0.06775</v>
       </c>
       <c r="M70" s="15">
         <v>0.06281</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E71" s="15">
         <v>10000006422</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.0252</v>
       </c>
       <c r="L71" s="15">
         <v>0.02184</v>
       </c>
       <c r="M71" s="15">
         <v>0.021</v>
       </c>
       <c r="N71" s="15">
-        <v>4217</v>
+        <v>4115</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E72" s="15">
         <v>10000007293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.1478</v>
       </c>
       <c r="L72" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M72" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N72" s="15">
-        <v>7679</v>
+        <v>7561</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E73" s="15">
         <v>10080015955</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.1478</v>
       </c>
       <c r="L73" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M73" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N73" s="15">
         <v>29720</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E74" s="15">
         <v>10000001427</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02883</v>
       </c>
       <c r="L74" s="15">
         <v>0.02499</v>
       </c>
       <c r="M74" s="15">
         <v>0.02403</v>
       </c>
       <c r="N74" s="15">
-        <v>1999</v>
+        <v>1895</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E75" s="15">
         <v>10000008860</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04466</v>
       </c>
       <c r="L75" s="15">
         <v>0.0387</v>
       </c>
       <c r="M75" s="15">
         <v>0.03721</v>
       </c>
       <c r="N75" s="15">
-        <v>2236</v>
+        <v>2426</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.05543</v>
       </c>
       <c r="L76" s="15">
         <v>0.04434</v>
       </c>
       <c r="M76" s="15">
         <v>0.04187</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E77" s="15">
         <v>10000014681</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.03242</v>
       </c>
       <c r="L77" s="15">
         <v>0.02809</v>
       </c>
       <c r="M77" s="15">
         <v>0.02701</v>
       </c>
       <c r="N77" s="15">
-        <v>3594</v>
+        <v>4055</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.07513</v>
       </c>
       <c r="L78" s="15">
         <v>0.06035</v>
       </c>
       <c r="M78" s="15">
         <v>0.05666</v>
       </c>
       <c r="N78" s="15">
-        <v>3543</v>
+        <v>3389</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.1946</v>
       </c>
       <c r="L79" s="15">
         <v>0.11947</v>
       </c>
       <c r="M79" s="15">
         <v>0.0973</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.05145</v>
       </c>
       <c r="L80" s="15">
         <v>0.04459</v>
       </c>
       <c r="M80" s="15">
         <v>0.04288</v>
       </c>
       <c r="N80" s="15">
-        <v>485</v>
+        <v>436</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E81" s="15">
         <v>10080035717</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L81" s="15">
         <v>0.05235</v>
       </c>
       <c r="M81" s="15">
         <v>0.04465</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E82" s="15">
         <v>10000001428</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.03647</v>
       </c>
       <c r="L82" s="15">
         <v>0.0316</v>
       </c>
       <c r="M82" s="15">
         <v>0.03039</v>
       </c>
       <c r="N82" s="15">
-        <v>797</v>
+        <v>5113</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E83" s="15">
         <v>10000014684</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
         <v>0.06164</v>
       </c>
       <c r="L83" s="15">
         <v>0.05342</v>
       </c>
       <c r="M83" s="15">
         <v>0.05136</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15">
-        <v>1300</v>
-[...3 lines deleted...]
-      </c>
+        <v>1400</v>
+      </c>
+      <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E84" s="15">
         <v>10080012589</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.07899</v>
       </c>
       <c r="L84" s="15">
         <v>0.05175</v>
       </c>
       <c r="M84" s="15">
         <v>0.04494</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>0.0324</v>
       </c>
       <c r="L85" s="15">
         <v>0.0324</v>
       </c>
       <c r="M85" s="15">
         <v>0.0324</v>
       </c>
       <c r="N85" s="15">
         <v>1</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E86" s="15">
         <v>10080016748</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>1000</v>
       </c>
       <c r="K86" s="15">
         <v>0.13056</v>
       </c>
       <c r="L86" s="15">
         <v>0.08375</v>
       </c>
       <c r="M86" s="15">
         <v>0.06526999999999999</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E87" s="15">
         <v>10000014685</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03465</v>
       </c>
       <c r="L87" s="15">
         <v>0.03003</v>
       </c>
       <c r="M87" s="15">
         <v>0.02888</v>
       </c>
       <c r="N87" s="15">
-        <v>4611</v>
+        <v>3889</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>0.21678</v>
       </c>
       <c r="L88" s="15">
         <v>0.13917</v>
       </c>
       <c r="M88" s="15">
         <v>0.10839</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>500</v>
       </c>
       <c r="K89" s="15">
         <v>0.04935</v>
       </c>
       <c r="L89" s="15">
         <v>0.04277</v>
       </c>
       <c r="M89" s="15">
         <v>0.04113</v>
       </c>
       <c r="N89" s="15">
-        <v>335</v>
+        <v>385</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.15765</v>
       </c>
       <c r="L90" s="15">
         <v>0.10222</v>
       </c>
       <c r="M90" s="15">
         <v>0.07882</v>
       </c>
       <c r="N90" s="15">
-        <v>1740</v>
+        <v>1554</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E91" s="15">
         <v>10000001775</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.15765</v>
       </c>
       <c r="L91" s="15">
         <v>0.10222</v>
       </c>
       <c r="M91" s="15">
         <v>0.07882</v>
       </c>
       <c r="N91" s="15">
-        <v>1166</v>
+        <v>1122</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.17983</v>
       </c>
       <c r="L92" s="15">
         <v>0.11577</v>
       </c>
       <c r="M92" s="15">
         <v>0.08991</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E93" s="15">
         <v>10080016958</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.05235</v>
       </c>
       <c r="L93" s="15">
         <v>0.04537</v>
       </c>
       <c r="M93" s="15">
         <v>0.04363</v>
       </c>
       <c r="N93" s="15">
-        <v>423</v>
+        <v>330</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>250</v>
       </c>
       <c r="K94" s="15">
         <v>0.09829</v>
       </c>
       <c r="L94" s="15">
         <v>0.07858</v>
       </c>
       <c r="M94" s="15">
         <v>0.07378</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="E95" s="15">
         <v>10000014688</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.05489</v>
       </c>
       <c r="L95" s="15">
         <v>0.04757</v>
       </c>
       <c r="M95" s="15">
         <v>0.04574</v>
       </c>
       <c r="N95" s="15">
-        <v>1663</v>
+        <v>1851</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.04927</v>
       </c>
       <c r="L96" s="15">
         <v>0.04187</v>
       </c>
       <c r="M96" s="15">
         <v>0.03449</v>
       </c>
       <c r="N96" s="15">
-        <v>2186</v>
+        <v>2258</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>233</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>500</v>
       </c>
       <c r="K97" s="15">
         <v>0.20446</v>
       </c>
       <c r="L97" s="15">
         <v>0.13056</v>
       </c>
       <c r="M97" s="15">
         <v>0.10222</v>
       </c>
       <c r="N97" s="15">
         <v>67</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E98" s="15">
         <v>10000014689</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>500</v>
       </c>
       <c r="K98" s="15">
         <v>0.05148</v>
       </c>
       <c r="L98" s="15">
         <v>0.04462</v>
       </c>
       <c r="M98" s="15">
         <v>0.0429</v>
       </c>
       <c r="N98" s="15">
         <v>717</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>250</v>
       </c>
       <c r="K99" s="15">
         <v>0.06158</v>
       </c>
       <c r="L99" s="15">
         <v>0.05235</v>
       </c>
       <c r="M99" s="15">
         <v>0.04311</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>0.22662</v>
       </c>
       <c r="L100" s="15">
         <v>0.14657</v>
       </c>
       <c r="M100" s="15">
         <v>0.11331</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D101" s="15" t="s">
+      <c r="E101" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.04521</v>
       </c>
       <c r="L101" s="15">
         <v>0.04521</v>
       </c>
       <c r="M101" s="15">
         <v>0.04521</v>
       </c>
       <c r="N101" s="15">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E102" s="15">
         <v>10080016962</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.11061</v>
       </c>
       <c r="L102" s="15">
         <v>0.08844</v>
       </c>
       <c r="M102" s="15">
         <v>0.08302</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E103" s="15">
         <v>10000014691</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.06303</v>
       </c>
       <c r="L103" s="15">
         <v>0.05463</v>
       </c>
       <c r="M103" s="15">
         <v>0.05253</v>
       </c>
       <c r="N103" s="15">
-        <v>949</v>
+        <v>888</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06281</v>
       </c>
       <c r="M104" s="15">
         <v>0.05173</v>
       </c>
       <c r="N104" s="15">
-        <v>235</v>
+        <v>251</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>0.2685</v>
       </c>
       <c r="L105" s="15">
         <v>0.17243</v>
       </c>
       <c r="M105" s="15">
         <v>0.13425</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>0.0546</v>
       </c>
       <c r="L106" s="15">
         <v>0.0546</v>
       </c>
       <c r="M106" s="15">
         <v>0.0546</v>
       </c>
       <c r="N106" s="15">
         <v>2</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E107" s="15">
         <v>10000001776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.0615</v>
       </c>
       <c r="L107" s="15">
         <v>0.0533</v>
       </c>
       <c r="M107" s="15">
         <v>0.05125</v>
       </c>
       <c r="N107" s="15">
-        <v>1207</v>
+        <v>1099</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>262</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.12267</v>
       </c>
       <c r="L108" s="15">
         <v>0.09815</v>
       </c>
       <c r="M108" s="15">
         <v>0.092</v>
       </c>
       <c r="N108" s="15">
-        <v>8505</v>
+        <v>9755</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>265</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>0.28574</v>
       </c>
       <c r="L109" s="15">
         <v>0.18352</v>
       </c>
       <c r="M109" s="15">
         <v>0.14288</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>268</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.04927</v>
       </c>
       <c r="L110" s="15">
         <v>0.04187</v>
       </c>
       <c r="M110" s="15">
         <v>0.03449</v>
       </c>
       <c r="N110" s="15">
-        <v>3342</v>
+        <v>2691</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="D111" s="15" t="s">
+      <c r="E111" s="15" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>0.24141</v>
       </c>
       <c r="L111" s="15">
         <v>0.15272</v>
       </c>
       <c r="M111" s="15">
         <v>0.1207</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.04927</v>
       </c>
       <c r="L112" s="15">
         <v>0.04187</v>
       </c>
       <c r="M112" s="15">
         <v>0.03449</v>
       </c>
       <c r="N112" s="15">
-        <v>3534</v>
+        <v>2691</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>277</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>0.26111</v>
       </c>
       <c r="L113" s="15">
         <v>0.16874</v>
       </c>
       <c r="M113" s="15">
         <v>0.13056</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08622</v>
       </c>
       <c r="L114" s="15">
         <v>0.07328</v>
       </c>
       <c r="M114" s="15">
         <v>0.06035</v>
       </c>
       <c r="N114" s="15">
         <v>1</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="E115" s="15">
         <v>10000001733</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>500</v>
       </c>
       <c r="K115" s="15">
         <v>0.18451</v>
       </c>
       <c r="L115" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.08757</v>
       </c>
       <c r="N115" s="15">
-        <v>92</v>
+        <v>70</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.27836</v>
       </c>
       <c r="L116" s="15">
         <v>0.17983</v>
       </c>
       <c r="M116" s="15">
         <v>0.13917</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.10437</v>
       </c>
       <c r="L117" s="15">
         <v>0.09045</v>
       </c>
       <c r="M117" s="15">
         <v>0.08698</v>
       </c>
       <c r="N117" s="15">
-        <v>397</v>
+        <v>297</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>291</v>
       </c>
-      <c r="D118" s="15" t="s">
+      <c r="E118" s="15" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.08622</v>
       </c>
       <c r="L118" s="15">
         <v>0.07328</v>
       </c>
       <c r="M118" s="15">
         <v>0.06035</v>
       </c>
       <c r="N118" s="15">
-        <v>4088</v>
+        <v>5081</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="D119" s="15" t="s">
+      <c r="E119" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15"/>
       <c r="K119" s="15">
         <v>0.27836</v>
       </c>
       <c r="L119" s="15">
         <v>0.17612</v>
       </c>
       <c r="M119" s="15">
         <v>0.13917</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.04927</v>
       </c>
       <c r="L120" s="15">
         <v>0.04187</v>
       </c>
       <c r="M120" s="15">
         <v>0.03449</v>
       </c>
       <c r="N120" s="15">
-        <v>3904</v>
+        <v>2733</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.2956</v>
       </c>
       <c r="L121" s="15">
         <v>0.19091</v>
       </c>
       <c r="M121" s="15">
         <v>0.1478</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>500</v>
       </c>
       <c r="K122" s="15">
         <v>0.09853000000000001</v>
       </c>
       <c r="L122" s="15">
         <v>0.08375</v>
       </c>
       <c r="M122" s="15">
         <v>0.06898</v>
       </c>
       <c r="N122" s="15">
         <v>21</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>305</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>306</v>
       </c>
-      <c r="D123" s="15" t="s">
+      <c r="E123" s="15" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.07625999999999999</v>
       </c>
       <c r="L123" s="15">
         <v>0.06609</v>
       </c>
       <c r="M123" s="15">
         <v>0.06355</v>
       </c>
       <c r="N123" s="15">
-        <v>1307</v>
+        <v>1589</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>309</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="E124" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.33501</v>
       </c>
       <c r="L124" s="15">
         <v>0.21554</v>
       </c>
       <c r="M124" s="15">
         <v>0.16751</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L125" s="15">
         <v>0.06281</v>
       </c>
       <c r="M125" s="15">
         <v>0.05173</v>
       </c>
       <c r="N125" s="15">
-        <v>1350</v>
+        <v>1554</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="D126" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E126" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="J126" s="15">
         <v>250</v>
       </c>
       <c r="K126" s="15">
         <v>0.18934</v>
       </c>
       <c r="L126" s="15">
         <v>0.13699</v>
       </c>
       <c r="M126" s="15">
         <v>0.11953</v>
       </c>
       <c r="N126" s="15">
-        <v>340</v>
+        <v>360</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>10000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00357</v>
       </c>
       <c r="L127" s="15">
         <v>0.00309</v>
       </c>
       <c r="M127" s="15">
         <v>0.00298</v>
       </c>
       <c r="N127" s="15">
-        <v>39329</v>
+        <v>24328</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="E128" s="15">
         <v>10000002684</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>9000</v>
       </c>
       <c r="K128" s="15">
         <v>0.0048</v>
       </c>
       <c r="L128" s="15">
         <v>0.00416</v>
       </c>
       <c r="M128" s="15">
         <v>0.004</v>
       </c>
       <c r="N128" s="15">
-        <v>1385451</v>
+        <v>1352726</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15"/>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15"/>
       <c r="L129" s="15"/>
       <c r="M129" s="15"/>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
     </row>
   </sheetData>
@@ -6471,317 +6460,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>330</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>338</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>