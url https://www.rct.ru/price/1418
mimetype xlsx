--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="348">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1820,131 +1820,131 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080059045</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.00423</v>
       </c>
       <c r="L9" s="15">
         <v>0.00367</v>
       </c>
       <c r="M9" s="15">
         <v>0.00353</v>
       </c>
       <c r="N9" s="15">
-        <v>29162</v>
+        <v>23615</v>
       </c>
       <c r="O9" s="15">
-        <v>15600</v>
+        <v>15000</v>
       </c>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080035639</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.00506</v>
       </c>
       <c r="L10" s="15">
         <v>0.00438</v>
       </c>
       <c r="M10" s="15">
         <v>0.00421</v>
       </c>
       <c r="N10" s="15">
-        <v>2847</v>
+        <v>2102</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10080059047</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
       </c>
       <c r="K11" s="15">
         <v>0.006</v>
       </c>
       <c r="L11" s="15">
         <v>0.0052</v>
       </c>
       <c r="M11" s="15">
         <v>0.005</v>
       </c>
       <c r="N11" s="15">
-        <v>82568</v>
+        <v>78313</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10080035640</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I12" s="15"/>
@@ -1980,92 +1980,92 @@
       </c>
       <c r="E13" s="15">
         <v>10080059048</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.008</v>
       </c>
       <c r="L13" s="15">
         <v>0.00693</v>
       </c>
       <c r="M13" s="15">
         <v>0.00666</v>
       </c>
       <c r="N13" s="15">
-        <v>64575</v>
+        <v>58638</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080061267</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.00992</v>
       </c>
       <c r="L14" s="15">
         <v>0.00859</v>
       </c>
       <c r="M14" s="15">
         <v>0.00826</v>
       </c>
       <c r="N14" s="15">
-        <v>2838</v>
+        <v>2343</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080035642</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I15" s="15" t="s">
@@ -2142,369 +2142,369 @@
       </c>
       <c r="E17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0102</v>
       </c>
       <c r="L17" s="15">
         <v>0.008840000000000001</v>
       </c>
       <c r="M17" s="15">
         <v>0.008500000000000001</v>
       </c>
       <c r="N17" s="15">
-        <v>10927</v>
+        <v>15090</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080064443</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>45</v>
       </c>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.01148</v>
       </c>
       <c r="L18" s="15">
         <v>0.009950000000000001</v>
       </c>
       <c r="M18" s="15">
         <v>0.009560000000000001</v>
       </c>
       <c r="N18" s="15">
-        <v>927</v>
+        <v>1015</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080059050</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.012</v>
       </c>
       <c r="L19" s="15">
         <v>0.0104</v>
       </c>
       <c r="M19" s="15">
         <v>0.01</v>
       </c>
       <c r="N19" s="15">
-        <v>17336</v>
+        <v>16632</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080035643</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.01503</v>
       </c>
       <c r="L20" s="15">
         <v>0.01303</v>
       </c>
       <c r="M20" s="15">
         <v>0.01253</v>
       </c>
       <c r="N20" s="15">
-        <v>5974</v>
+        <v>5246</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080047943</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.08024000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.04763</v>
       </c>
       <c r="M21" s="15">
         <v>0.04012</v>
       </c>
       <c r="N21" s="15">
-        <v>3572</v>
+        <v>3776</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="15">
         <v>10080059262</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.01361</v>
       </c>
       <c r="L22" s="15">
         <v>0.01179</v>
       </c>
       <c r="M22" s="15">
         <v>0.01134</v>
       </c>
       <c r="N22" s="15">
-        <v>3421</v>
+        <v>3253</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10080059263</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.01557</v>
       </c>
       <c r="L23" s="15">
         <v>0.01349</v>
       </c>
       <c r="M23" s="15">
         <v>0.01298</v>
       </c>
       <c r="N23" s="15">
-        <v>5131</v>
+        <v>3960</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0203</v>
       </c>
       <c r="L24" s="15">
         <v>0.01759</v>
       </c>
       <c r="M24" s="15">
         <v>0.01691</v>
       </c>
       <c r="N24" s="15">
-        <v>286</v>
+        <v>273</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080064363</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01788</v>
       </c>
       <c r="L25" s="15">
         <v>0.0155</v>
       </c>
       <c r="M25" s="15">
         <v>0.0149</v>
       </c>
       <c r="N25" s="15">
-        <v>3318</v>
+        <v>3162</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080059107</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I26" s="15"/>
@@ -2614,51 +2614,51 @@
       <c r="D29" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="15">
         <v>10080059265</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02181</v>
       </c>
       <c r="L29" s="15">
         <v>0.0189</v>
       </c>
       <c r="M29" s="15">
         <v>0.01818</v>
       </c>
       <c r="N29" s="15">
-        <v>3156</v>
+        <v>3797</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E30" s="15">
         <v>10080064444</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I30" s="15"/>
@@ -2690,129 +2690,129 @@
       <c r="D31" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="15">
         <v>10000001814</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.02384</v>
       </c>
       <c r="L31" s="15">
         <v>0.02066</v>
       </c>
       <c r="M31" s="15">
         <v>0.01986</v>
       </c>
       <c r="N31" s="15">
-        <v>962</v>
+        <v>746</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E32" s="15">
         <v>10080016543</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.17428</v>
       </c>
       <c r="L32" s="15">
         <v>0.13941</v>
       </c>
       <c r="M32" s="15">
         <v>0.13067</v>
       </c>
       <c r="N32" s="15">
-        <v>815</v>
+        <v>767</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E33" s="15">
         <v>10000014676</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.0407</v>
       </c>
       <c r="L33" s="15">
         <v>0.03527</v>
       </c>
       <c r="M33" s="15">
         <v>0.03391</v>
       </c>
       <c r="N33" s="15">
-        <v>9257</v>
+        <v>9595</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E34" s="15">
         <v>10080016544</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="15"/>
@@ -2844,90 +2844,90 @@
       <c r="D35" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E35" s="15">
         <v>10080059109</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.07376000000000001</v>
       </c>
       <c r="L35" s="15">
         <v>0.04379</v>
       </c>
       <c r="M35" s="15">
         <v>0.03688</v>
       </c>
       <c r="N35" s="15">
-        <v>5868</v>
+        <v>5718</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E36" s="15">
         <v>10080059051</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>500</v>
       </c>
       <c r="K36" s="15">
         <v>0.04565</v>
       </c>
       <c r="L36" s="15">
         <v>0.03956</v>
       </c>
       <c r="M36" s="15">
         <v>0.03804</v>
       </c>
       <c r="N36" s="15">
-        <v>1944</v>
+        <v>2012</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E37" s="15">
         <v>10080018293</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="15"/>
@@ -2959,51 +2959,51 @@
       <c r="D38" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.17379</v>
       </c>
       <c r="L38" s="15">
         <v>0.13906</v>
       </c>
       <c r="M38" s="15">
         <v>0.13032</v>
       </c>
       <c r="N38" s="15">
-        <v>3263</v>
+        <v>4079</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
@@ -3033,51 +3033,51 @@
       <c r="D40" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E40" s="15">
         <v>10080016546</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.16923</v>
       </c>
       <c r="L40" s="15">
         <v>0.13537</v>
       </c>
       <c r="M40" s="15">
         <v>0.12698</v>
       </c>
       <c r="N40" s="15">
-        <v>1967</v>
+        <v>1694</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
@@ -3107,51 +3107,51 @@
       <c r="D42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.19422</v>
       </c>
       <c r="L42" s="15">
         <v>0.15543</v>
       </c>
       <c r="M42" s="15">
         <v>0.14571</v>
       </c>
       <c r="N42" s="15">
-        <v>3159</v>
+        <v>3082</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
@@ -3335,51 +3335,51 @@
       <c r="D48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E48" s="15">
         <v>10000001424</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>2000</v>
       </c>
       <c r="K48" s="15">
         <v>0.00722</v>
       </c>
       <c r="L48" s="15">
         <v>0.00625</v>
       </c>
       <c r="M48" s="15">
         <v>0.00601</v>
       </c>
       <c r="N48" s="15">
-        <v>94743</v>
+        <v>115715</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="I49" s="15"/>
@@ -3411,128 +3411,126 @@
       <c r="D50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="15">
         <v>10000006746</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>2000</v>
       </c>
       <c r="K50" s="15">
         <v>0.01077</v>
       </c>
       <c r="L50" s="15">
         <v>0.00933</v>
       </c>
       <c r="M50" s="15">
         <v>0.00898</v>
       </c>
       <c r="N50" s="15">
-        <v>35623</v>
+        <v>34248</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E51" s="15">
         <v>10000001774</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>2000</v>
       </c>
       <c r="K51" s="15">
         <v>0.0108</v>
       </c>
       <c r="L51" s="15">
         <v>0.00936</v>
       </c>
       <c r="M51" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N51" s="15">
-        <v>15422</v>
+        <v>14177</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>125</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.0184</v>
       </c>
       <c r="L52" s="15">
         <v>0.0184</v>
       </c>
       <c r="M52" s="15">
         <v>0.0184</v>
       </c>
-      <c r="N52" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E53" s="15">
         <v>10080010644</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
@@ -3563,51 +3561,51 @@
       <c r="D54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E54" s="15">
         <v>10000008857</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>2000</v>
       </c>
       <c r="K54" s="15">
         <v>0.05082</v>
       </c>
       <c r="L54" s="15">
         <v>0.02332</v>
       </c>
       <c r="M54" s="15">
         <v>0.02057</v>
       </c>
       <c r="N54" s="15">
-        <v>23418</v>
+        <v>16913</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E55" s="15">
         <v>10080016746</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I55" s="15"/>
@@ -3638,53 +3636,51 @@
       </c>
       <c r="D56" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E56" s="15">
         <v>10000001425</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
         <v>0.01395</v>
       </c>
       <c r="L56" s="15">
         <v>0.01209</v>
       </c>
       <c r="M56" s="15">
         <v>0.01163</v>
       </c>
-      <c r="N56" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>125</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
@@ -3715,54 +3711,54 @@
       <c r="D58" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E58" s="15">
         <v>10000008858</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.02126</v>
       </c>
       <c r="L58" s="15">
         <v>0.01842</v>
       </c>
       <c r="M58" s="15">
         <v>0.01771</v>
       </c>
       <c r="N58" s="15">
-        <v>898</v>
+        <v>1091</v>
       </c>
       <c r="O58" s="15">
-        <v>5040</v>
+        <v>7120</v>
       </c>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E59" s="15">
         <v>10080011015</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
@@ -3867,131 +3863,131 @@
       <c r="D62" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E62" s="15">
         <v>10000001732</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01805</v>
       </c>
       <c r="L62" s="15">
         <v>0.01564</v>
       </c>
       <c r="M62" s="15">
         <v>0.01504</v>
       </c>
       <c r="N62" s="15">
-        <v>3252</v>
+        <v>1395</v>
       </c>
       <c r="O62" s="15">
-        <v>6900</v>
+        <v>6300</v>
       </c>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.05666</v>
       </c>
       <c r="L63" s="15">
         <v>0.0308</v>
       </c>
       <c r="M63" s="15">
         <v>0.02832</v>
       </c>
       <c r="N63" s="15">
-        <v>1090</v>
+        <v>989</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E64" s="15">
         <v>10000005925</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.02835</v>
       </c>
       <c r="L64" s="15">
         <v>0.02457</v>
       </c>
       <c r="M64" s="15">
         <v>0.02363</v>
       </c>
       <c r="N64" s="15">
-        <v>2033</v>
+        <v>2253</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E65" s="15">
         <v>10080011016</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I65" s="15"/>
@@ -4062,51 +4058,51 @@
       <c r="D67" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E67" s="15">
         <v>10000001426</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.02093</v>
       </c>
       <c r="L67" s="15">
         <v>0.01814</v>
       </c>
       <c r="M67" s="15">
         <v>0.01744</v>
       </c>
       <c r="N67" s="15">
-        <v>21310</v>
+        <v>20985</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>125</v>
       </c>
       <c r="I68" s="15"/>
@@ -4138,51 +4134,51 @@
       <c r="D69" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E69" s="15">
         <v>10000008859</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.03233</v>
       </c>
       <c r="L69" s="15">
         <v>0.02802</v>
       </c>
       <c r="M69" s="15">
         <v>0.02694</v>
       </c>
       <c r="N69" s="15">
-        <v>1945</v>
+        <v>1974</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E70" s="15">
         <v>10080011017</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I70" s="15"/>
@@ -4214,207 +4210,207 @@
       <c r="D71" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E71" s="15">
         <v>10000006422</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.0252</v>
       </c>
       <c r="L71" s="15">
         <v>0.02184</v>
       </c>
       <c r="M71" s="15">
         <v>0.021</v>
       </c>
       <c r="N71" s="15">
-        <v>4115</v>
+        <v>3465</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E72" s="15">
         <v>10000007293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.1478</v>
       </c>
       <c r="L72" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M72" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N72" s="15">
-        <v>7561</v>
+        <v>8860</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E73" s="15">
         <v>10080015955</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.1478</v>
       </c>
       <c r="L73" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M73" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>29720</v>
+        <v>32227</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E74" s="15">
         <v>10000001427</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02883</v>
       </c>
       <c r="L74" s="15">
         <v>0.02499</v>
       </c>
       <c r="M74" s="15">
         <v>0.02403</v>
       </c>
       <c r="N74" s="15">
-        <v>1895</v>
+        <v>1737</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E75" s="15">
         <v>10000008860</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04466</v>
       </c>
       <c r="L75" s="15">
         <v>0.0387</v>
       </c>
       <c r="M75" s="15">
         <v>0.03721</v>
       </c>
       <c r="N75" s="15">
-        <v>2426</v>
+        <v>2811</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I76" s="15"/>
@@ -4446,51 +4442,51 @@
       <c r="D77" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E77" s="15">
         <v>10000014681</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.03242</v>
       </c>
       <c r="L77" s="15">
         <v>0.02809</v>
       </c>
       <c r="M77" s="15">
         <v>0.02701</v>
       </c>
       <c r="N77" s="15">
-        <v>4055</v>
+        <v>4107</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I78" s="15"/>
@@ -4559,51 +4555,51 @@
       <c r="D80" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>1000</v>
       </c>
       <c r="K80" s="15">
         <v>0.05145</v>
       </c>
       <c r="L80" s="15">
         <v>0.04459</v>
       </c>
       <c r="M80" s="15">
         <v>0.04288</v>
       </c>
       <c r="N80" s="15">
-        <v>436</v>
+        <v>464</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E81" s="15">
         <v>10080035717</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I81" s="15"/>
@@ -4635,91 +4631,91 @@
       <c r="D82" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E82" s="15">
         <v>10000001428</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.03647</v>
       </c>
       <c r="L82" s="15">
         <v>0.0316</v>
       </c>
       <c r="M82" s="15">
         <v>0.03039</v>
       </c>
       <c r="N82" s="15">
-        <v>5113</v>
+        <v>5310</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E83" s="15">
         <v>10000014684</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>500</v>
       </c>
       <c r="K83" s="15">
         <v>0.06164</v>
       </c>
       <c r="L83" s="15">
         <v>0.05342</v>
       </c>
       <c r="M83" s="15">
         <v>0.05136</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15">
-        <v>1400</v>
+        <v>1240</v>
       </c>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E84" s="15">
         <v>10080012589</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
@@ -4824,51 +4820,51 @@
       <c r="D87" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E87" s="15">
         <v>10000014685</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03465</v>
       </c>
       <c r="L87" s="15">
         <v>0.03003</v>
       </c>
       <c r="M87" s="15">
         <v>0.02888</v>
       </c>
       <c r="N87" s="15">
-        <v>3889</v>
+        <v>4890</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="15"/>
@@ -4898,129 +4894,129 @@
       <c r="D89" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>213</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>500</v>
       </c>
       <c r="K89" s="15">
         <v>0.04935</v>
       </c>
       <c r="L89" s="15">
         <v>0.04277</v>
       </c>
       <c r="M89" s="15">
         <v>0.04113</v>
       </c>
       <c r="N89" s="15">
-        <v>385</v>
+        <v>450</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.15765</v>
       </c>
       <c r="L90" s="15">
         <v>0.10222</v>
       </c>
       <c r="M90" s="15">
         <v>0.07882</v>
       </c>
       <c r="N90" s="15">
-        <v>1554</v>
+        <v>1455</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E91" s="15">
         <v>10000001775</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1000</v>
       </c>
       <c r="K91" s="15">
         <v>0.15765</v>
       </c>
       <c r="L91" s="15">
         <v>0.10222</v>
       </c>
       <c r="M91" s="15">
         <v>0.07882</v>
       </c>
       <c r="N91" s="15">
-        <v>1122</v>
+        <v>1018</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I92" s="15"/>
@@ -5050,51 +5046,51 @@
       <c r="D93" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E93" s="15">
         <v>10080016958</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.05235</v>
       </c>
       <c r="L93" s="15">
         <v>0.04537</v>
       </c>
       <c r="M93" s="15">
         <v>0.04363</v>
       </c>
       <c r="N93" s="15">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I94" s="15"/>
@@ -5124,90 +5120,90 @@
         <v>227</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E95" s="15">
         <v>10000014688</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.05489</v>
       </c>
       <c r="L95" s="15">
         <v>0.04757</v>
       </c>
       <c r="M95" s="15">
         <v>0.04574</v>
       </c>
       <c r="N95" s="15">
-        <v>1851</v>
+        <v>1568</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>500</v>
       </c>
       <c r="K96" s="15">
         <v>0.04927</v>
       </c>
       <c r="L96" s="15">
         <v>0.04187</v>
       </c>
       <c r="M96" s="15">
         <v>0.03449</v>
       </c>
       <c r="N96" s="15">
-        <v>2258</v>
+        <v>2939</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15"/>
@@ -5241,51 +5237,51 @@
       <c r="D98" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E98" s="15">
         <v>10000014689</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>500</v>
       </c>
       <c r="K98" s="15">
         <v>0.05148</v>
       </c>
       <c r="L98" s="15">
         <v>0.04462</v>
       </c>
       <c r="M98" s="15">
         <v>0.0429</v>
       </c>
       <c r="N98" s="15">
-        <v>717</v>
+        <v>837</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>239</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I99" s="15"/>
@@ -5352,51 +5348,51 @@
       <c r="D101" s="15" t="s">
         <v>244</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>245</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.04521</v>
       </c>
       <c r="L101" s="15">
         <v>0.04521</v>
       </c>
       <c r="M101" s="15">
         <v>0.04521</v>
       </c>
       <c r="N101" s="15">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E102" s="15">
         <v>10080016962</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I102" s="15"/>
@@ -5428,90 +5424,90 @@
       <c r="D103" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E103" s="15">
         <v>10000014691</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.06303</v>
       </c>
       <c r="L103" s="15">
         <v>0.05463</v>
       </c>
       <c r="M103" s="15">
         <v>0.05253</v>
       </c>
       <c r="N103" s="15">
-        <v>888</v>
+        <v>1050</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.06281</v>
       </c>
       <c r="M104" s="15">
         <v>0.05173</v>
       </c>
       <c r="N104" s="15">
-        <v>251</v>
+        <v>201</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="15"/>
@@ -5578,90 +5574,90 @@
       <c r="D107" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E107" s="15">
         <v>10000001776</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.0615</v>
       </c>
       <c r="L107" s="15">
         <v>0.0533</v>
       </c>
       <c r="M107" s="15">
         <v>0.05125</v>
       </c>
       <c r="N107" s="15">
-        <v>1099</v>
+        <v>1081</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>500</v>
       </c>
       <c r="K108" s="15">
         <v>0.12267</v>
       </c>
       <c r="L108" s="15">
         <v>0.09815</v>
       </c>
       <c r="M108" s="15">
         <v>0.092</v>
       </c>
       <c r="N108" s="15">
-        <v>9755</v>
+        <v>8630</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="15"/>
@@ -5691,51 +5687,51 @@
       <c r="D110" s="15" t="s">
         <v>268</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>269</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>500</v>
       </c>
       <c r="K110" s="15">
         <v>0.04927</v>
       </c>
       <c r="L110" s="15">
         <v>0.04187</v>
       </c>
       <c r="M110" s="15">
         <v>0.03449</v>
       </c>
       <c r="N110" s="15">
-        <v>2691</v>
+        <v>3733</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>272</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="15"/>
@@ -5765,51 +5761,51 @@
       <c r="D112" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>275</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>500</v>
       </c>
       <c r="K112" s="15">
         <v>0.04927</v>
       </c>
       <c r="L112" s="15">
         <v>0.04187</v>
       </c>
       <c r="M112" s="15">
         <v>0.03449</v>
       </c>
       <c r="N112" s="15">
-        <v>2691</v>
+        <v>2570</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="15"/>
@@ -5878,51 +5874,51 @@
       <c r="D115" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E115" s="15">
         <v>10000001733</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>500</v>
       </c>
       <c r="K115" s="15">
         <v>0.18451</v>
       </c>
       <c r="L115" s="15">
         <v>0.09680999999999999</v>
       </c>
       <c r="M115" s="15">
         <v>0.08757</v>
       </c>
       <c r="N115" s="15">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>286</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="15"/>
@@ -5952,90 +5948,90 @@
       <c r="D117" s="15" t="s">
         <v>288</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>289</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.10437</v>
       </c>
       <c r="L117" s="15">
         <v>0.09045</v>
       </c>
       <c r="M117" s="15">
         <v>0.08698</v>
       </c>
       <c r="N117" s="15">
-        <v>297</v>
+        <v>335</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>290</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>291</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>292</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>500</v>
       </c>
       <c r="K118" s="15">
         <v>0.08622</v>
       </c>
       <c r="L118" s="15">
         <v>0.07328</v>
       </c>
       <c r="M118" s="15">
         <v>0.06035</v>
       </c>
       <c r="N118" s="15">
-        <v>5081</v>
+        <v>3796</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>295</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I119" s="15"/>
@@ -6178,51 +6174,51 @@
       <c r="D123" s="15" t="s">
         <v>306</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>307</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.07625999999999999</v>
       </c>
       <c r="L123" s="15">
         <v>0.06609</v>
       </c>
       <c r="M123" s="15">
         <v>0.06355</v>
       </c>
       <c r="N123" s="15">
-        <v>1589</v>
+        <v>1360</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>308</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>309</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>310</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I124" s="15"/>
@@ -6254,170 +6250,170 @@
       </c>
       <c r="E125" s="15" t="s">
         <v>313</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>314</v>
       </c>
       <c r="J125" s="15">
         <v>500</v>
       </c>
       <c r="K125" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="L125" s="15">
         <v>0.06281</v>
       </c>
       <c r="M125" s="15">
         <v>0.05173</v>
       </c>
       <c r="N125" s="15">
-        <v>1554</v>
+        <v>1239</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>311</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>312</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>314</v>
       </c>
       <c r="J126" s="15">
         <v>250</v>
       </c>
       <c r="K126" s="15">
         <v>0.18934</v>
       </c>
       <c r="L126" s="15">
         <v>0.13699</v>
       </c>
       <c r="M126" s="15">
         <v>0.11953</v>
       </c>
       <c r="N126" s="15">
-        <v>360</v>
+        <v>248</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>10000</v>
       </c>
       <c r="K127" s="15">
         <v>0.00357</v>
       </c>
       <c r="L127" s="15">
         <v>0.00309</v>
       </c>
       <c r="M127" s="15">
         <v>0.00298</v>
       </c>
       <c r="N127" s="15">
-        <v>24328</v>
+        <v>22027</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E128" s="15">
         <v>10000002684</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>9000</v>
       </c>
       <c r="K128" s="15">
         <v>0.0048</v>
       </c>
       <c r="L128" s="15">
         <v>0.00416</v>
       </c>
       <c r="M128" s="15">
         <v>0.004</v>
       </c>
       <c r="N128" s="15">
-        <v>1352726</v>
+        <v>1294278</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15"/>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15"/>
       <c r="L129" s="15"/>
       <c r="M129" s="15"/>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
     </row>
   </sheetData>