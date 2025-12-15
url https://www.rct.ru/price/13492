--- v0 (2025-12-05)
+++ v1 (2025-12-15)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>15.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -568,51 +568,51 @@
   <si>
     <t>DS1048-25AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin. на защелках. / DP-25CB (DS1048-25AP1S1-B)</t>
   </si>
   <si>
     <t xml:space="preserve">DS1048-25AP1S CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS1-DBX-25-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin, вывод кабеля под углом 45гр / DP-25CR (L-KLS1-DBX-25-G)</t>
   </si>
   <si>
     <t>DS1045-37AP1S1-A</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, ABS / DP-37C (DS1045-37AP1S1-A)</t>
   </si>
   <si>
     <t>UT-00123416</t>
   </si>
   <si>
-    <t>02.03.2026</t>
+    <t>05.03.2026</t>
   </si>
   <si>
     <t>DS1045-37AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (DS1045-37AP1S1-B)</t>
   </si>
   <si>
     <t>KLS1-DB-37P-S</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (KLS1-DB-37P-S)</t>
   </si>
   <si>
     <t>10-00060004</t>
   </si>
   <si>
     <t>L-KLS1-DBX-37-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, вывод кабеля под углом 45гр, пластик, цвет серый, без винтов / DP-37CR (L-KLS1-DBX-37-G)</t>
   </si>
   <si>
     <t>DS1045-50PA1-B</t>
   </si>
@@ -1743,51 +1743,53 @@
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080057167</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>200</v>
       </c>
       <c r="K12" s="15">
         <v>0.16379</v>
       </c>
       <c r="L12" s="15">
         <v>0.1185</v>
       </c>
       <c r="M12" s="15">
         <v>0.10341</v>
       </c>
       <c r="N12" s="15"/>
-      <c r="O12" s="15"/>
+      <c r="O12" s="15">
+        <v>4500</v>
+      </c>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080017314</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
@@ -1854,51 +1856,51 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080057604</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>200</v>
       </c>
       <c r="K15" s="15">
         <v>0.15236</v>
       </c>
       <c r="L15" s="15">
         <v>0.13204</v>
       </c>
       <c r="M15" s="15">
         <v>0.12696</v>
       </c>
       <c r="N15" s="15">
-        <v>944</v>
+        <v>967</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080027472</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1965,51 +1967,51 @@
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080046420</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.1634</v>
       </c>
       <c r="L18" s="15">
         <v>0.14161</v>
       </c>
       <c r="M18" s="15">
         <v>0.13616</v>
       </c>
       <c r="N18" s="15">
-        <v>801</v>
+        <v>1103</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080017238</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -2278,131 +2280,133 @@
       <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10080026920</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>2.14</v>
       </c>
       <c r="L27" s="15">
         <v>1.55</v>
       </c>
       <c r="M27" s="15">
         <v>1.35</v>
       </c>
       <c r="N27" s="15">
-        <v>318</v>
-[...1 lines deleted...]
-      <c r="O27" s="15"/>
+        <v>297</v>
+      </c>
+      <c r="O27" s="15">
+        <v>350</v>
+      </c>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080053108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>50</v>
       </c>
       <c r="K28" s="15">
         <v>1.3</v>
       </c>
       <c r="L28" s="15">
         <v>0.93757</v>
       </c>
       <c r="M28" s="15">
         <v>0.81814</v>
       </c>
       <c r="N28" s="15">
-        <v>1323</v>
+        <v>1265</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080019214</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>75</v>
       </c>
       <c r="K29" s="15">
         <v>2.58</v>
       </c>
       <c r="L29" s="15">
         <v>1.86</v>
       </c>
       <c r="M29" s="15">
         <v>1.63</v>
       </c>
       <c r="N29" s="15">
-        <v>236</v>
+        <v>268</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10080017263</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
@@ -2469,170 +2473,172 @@
       <c r="D32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10080019215</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>50</v>
       </c>
       <c r="K32" s="15">
         <v>3.19</v>
       </c>
       <c r="L32" s="15">
         <v>2.31</v>
       </c>
       <c r="M32" s="15">
         <v>2.01</v>
       </c>
       <c r="N32" s="15">
-        <v>601</v>
+        <v>389</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>50</v>
       </c>
       <c r="K33" s="15">
         <v>3.7</v>
       </c>
       <c r="L33" s="15">
         <v>2.68</v>
       </c>
       <c r="M33" s="15">
         <v>2.34</v>
       </c>
-      <c r="N33" s="15">
-[...2 lines deleted...]
-      <c r="O33" s="15"/>
+      <c r="N33" s="15"/>
+      <c r="O33" s="15">
+        <v>100</v>
+      </c>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10000008646</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.40633</v>
       </c>
       <c r="L34" s="15">
         <v>0.29398</v>
       </c>
       <c r="M34" s="15">
         <v>0.25653</v>
       </c>
       <c r="N34" s="15">
-        <v>1297</v>
-[...1 lines deleted...]
-      <c r="O34" s="15"/>
+        <v>1235</v>
+      </c>
+      <c r="O34" s="15">
+        <v>1360</v>
+      </c>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15">
         <v>10000008645</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.45051</v>
       </c>
       <c r="L35" s="15">
         <v>0.32595</v>
       </c>
       <c r="M35" s="15">
         <v>0.28443</v>
       </c>
       <c r="N35" s="15">
-        <v>3308</v>
+        <v>3894</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2664,51 +2670,51 @@
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10000008644</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.6160600000000001</v>
       </c>
       <c r="L37" s="15">
         <v>0.44572</v>
       </c>
       <c r="M37" s="15">
         <v>0.38894</v>
       </c>
       <c r="N37" s="15">
-        <v>719</v>
+        <v>519</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E38" s="15">
         <v>10080016525</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="15"/>
@@ -2814,51 +2820,53 @@
       </c>
       <c r="E41" s="15">
         <v>10000008642</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>50</v>
       </c>
       <c r="K41" s="15">
         <v>0.91604</v>
       </c>
       <c r="L41" s="15">
         <v>0.66276</v>
       </c>
       <c r="M41" s="15">
         <v>0.57833</v>
       </c>
       <c r="N41" s="15">
         <v>49</v>
       </c>
-      <c r="O41" s="15"/>
+      <c r="O41" s="15">
+        <v>249</v>
+      </c>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>100</v>
@@ -2964,129 +2972,133 @@
       <c r="D45" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E45" s="15">
         <v>10080018027</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.55754</v>
       </c>
       <c r="L45" s="15">
         <v>0.40338</v>
       </c>
       <c r="M45" s="15">
         <v>0.35199</v>
       </c>
       <c r="N45" s="15">
-        <v>1551</v>
-[...1 lines deleted...]
-      <c r="O45" s="15"/>
+        <v>825</v>
+      </c>
+      <c r="O45" s="15">
+        <v>1800</v>
+      </c>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E46" s="15">
         <v>10080036442</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.41348</v>
       </c>
       <c r="L46" s="15">
         <v>0.35835</v>
       </c>
       <c r="M46" s="15">
         <v>0.34456</v>
       </c>
       <c r="N46" s="15">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="O46" s="15"/>
+        <v>724</v>
+      </c>
+      <c r="O46" s="15">
+        <v>1800</v>
+      </c>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080027769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>50</v>
       </c>
       <c r="K47" s="15">
         <v>0.74329</v>
       </c>
       <c r="L47" s="15">
         <v>0.53777</v>
       </c>
       <c r="M47" s="15">
         <v>0.46927</v>
       </c>
       <c r="N47" s="15">
-        <v>296</v>
+        <v>256</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080017315</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
@@ -3116,92 +3128,94 @@
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15">
         <v>10080033046</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>1.03</v>
       </c>
       <c r="L49" s="15">
         <v>0.74426</v>
       </c>
       <c r="M49" s="15">
         <v>0.64945</v>
       </c>
       <c r="N49" s="15">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E50" s="15">
         <v>10080018028</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.2663</v>
       </c>
       <c r="L50" s="15">
         <v>0.23079</v>
       </c>
       <c r="M50" s="15">
         <v>0.22191</v>
       </c>
       <c r="N50" s="15">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="O50" s="15"/>
+        <v>369</v>
+      </c>
+      <c r="O50" s="15">
+        <v>1700</v>
+      </c>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.8794</v>
       </c>
@@ -3227,92 +3241,92 @@
       <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E52" s="15">
         <v>10000014374</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55424</v>
       </c>
       <c r="L52" s="15">
         <v>0.16011</v>
       </c>
       <c r="M52" s="15">
         <v>0.16011</v>
       </c>
       <c r="N52" s="15">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E53" s="15">
         <v>10080015700</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>134</v>
       </c>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>0.24339</v>
       </c>
       <c r="L53" s="15">
         <v>0.17609</v>
       </c>
       <c r="M53" s="15">
         <v>0.15366</v>
       </c>
       <c r="N53" s="15">
-        <v>751</v>
+        <v>968</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3346,51 +3360,51 @@
       <c r="D55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E55" s="15">
         <v>10080052352</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>100</v>
       </c>
       <c r="K55" s="15">
         <v>0.23311</v>
       </c>
       <c r="L55" s="15">
         <v>0.15272</v>
       </c>
       <c r="M55" s="15">
         <v>0.13766</v>
       </c>
       <c r="N55" s="15">
-        <v>240</v>
+        <v>229</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
@@ -3422,51 +3436,51 @@
       <c r="D57" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10000014369</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.36929</v>
       </c>
       <c r="L57" s="15">
         <v>0.26718</v>
       </c>
       <c r="M57" s="15">
         <v>0.23315</v>
       </c>
       <c r="N57" s="15">
-        <v>732</v>
+        <v>897</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10080010495</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3500,213 +3514,215 @@
       <c r="D59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.16104</v>
       </c>
       <c r="L59" s="15">
         <v>0.11651</v>
       </c>
       <c r="M59" s="15">
         <v>0.10167</v>
       </c>
       <c r="N59" s="15">
-        <v>12746</v>
-[...1 lines deleted...]
-      <c r="O59" s="15"/>
+        <v>11843</v>
+      </c>
+      <c r="O59" s="15">
+        <v>4051</v>
+      </c>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>800</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10000000548</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.15674</v>
       </c>
       <c r="L60" s="15">
         <v>0.1134</v>
       </c>
       <c r="M60" s="15">
         <v>0.09896000000000001</v>
       </c>
       <c r="N60" s="15">
-        <v>107768</v>
+        <v>132957</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E61" s="15">
         <v>10080053329</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>141</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.20118</v>
       </c>
       <c r="L61" s="15">
         <v>0.14555</v>
       </c>
       <c r="M61" s="15">
         <v>0.12701</v>
       </c>
       <c r="N61" s="15">
-        <v>2046</v>
+        <v>1832</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E62" s="15">
         <v>10080032359</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>100</v>
       </c>
       <c r="K62" s="15">
         <v>0.20693</v>
       </c>
       <c r="L62" s="15">
         <v>0.17934</v>
       </c>
       <c r="M62" s="15">
         <v>0.17244</v>
       </c>
       <c r="N62" s="15">
-        <v>1097</v>
+        <v>823</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E63" s="15">
         <v>10080017265</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.83453</v>
       </c>
       <c r="L63" s="15">
         <v>0.72326</v>
       </c>
       <c r="M63" s="15">
         <v>0.6954399999999999</v>
       </c>
       <c r="N63" s="15">
-        <v>3529</v>
+        <v>4026</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E64" s="15">
         <v>10080010496</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
@@ -3738,53 +3754,55 @@
       <c r="D65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E65" s="15">
         <v>10000005856</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.19595</v>
       </c>
       <c r="L65" s="15">
         <v>0.14177</v>
       </c>
       <c r="M65" s="15">
         <v>0.12371</v>
       </c>
       <c r="N65" s="15">
-        <v>5669</v>
-[...1 lines deleted...]
-      <c r="O65" s="15"/>
+        <v>4120</v>
+      </c>
+      <c r="O65" s="15">
+        <v>12600</v>
+      </c>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
@@ -3812,92 +3830,92 @@
       <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10000001409</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>50</v>
       </c>
       <c r="K67" s="15">
         <v>0.23499</v>
       </c>
       <c r="L67" s="15">
         <v>0.17002</v>
       </c>
       <c r="M67" s="15">
         <v>0.14836</v>
       </c>
       <c r="N67" s="15">
-        <v>7612</v>
+        <v>5252</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="J68" s="15">
         <v>50</v>
       </c>
       <c r="K68" s="15">
         <v>0.2429</v>
       </c>
       <c r="L68" s="15">
         <v>0.21051</v>
       </c>
       <c r="M68" s="15">
         <v>0.20241</v>
       </c>
       <c r="N68" s="15">
-        <v>790</v>
+        <v>760</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E69" s="15">
         <v>10080033047</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
@@ -3931,133 +3949,133 @@
       <c r="D70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E70" s="15">
         <v>10080039120</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>50</v>
       </c>
       <c r="K70" s="15">
         <v>2.11</v>
       </c>
       <c r="L70" s="15">
         <v>1.4</v>
       </c>
       <c r="M70" s="15">
         <v>1.22</v>
       </c>
       <c r="N70" s="15">
-        <v>675</v>
+        <v>729</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>50</v>
       </c>
       <c r="K71" s="15">
         <v>0.36445</v>
       </c>
       <c r="L71" s="15">
         <v>0.26368</v>
       </c>
       <c r="M71" s="15">
         <v>0.23009</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>8900</v>
+        <v>13400</v>
       </c>
       <c r="P71" s="15" t="s">
         <v>184</v>
       </c>
       <c r="Q71" s="15">
         <v>400</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E72" s="15">
         <v>10000001827</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>50</v>
       </c>
       <c r="K72" s="15">
         <v>0.25328</v>
       </c>
       <c r="L72" s="15">
         <v>0.21951</v>
       </c>
       <c r="M72" s="15">
         <v>0.21106</v>
       </c>
       <c r="N72" s="15">
-        <v>4574</v>
+        <v>4912</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
@@ -4089,131 +4107,133 @@
       <c r="D74" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E74" s="15">
         <v>10080017317</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>2</v>
       </c>
       <c r="L74" s="15">
         <v>1.45</v>
       </c>
       <c r="M74" s="15">
         <v>1.26</v>
       </c>
       <c r="N74" s="15">
-        <v>2328</v>
+        <v>2441</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E75" s="15">
         <v>10000008786</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>50</v>
       </c>
       <c r="K75" s="15">
         <v>0.52218</v>
       </c>
       <c r="L75" s="15">
         <v>0.45256</v>
       </c>
       <c r="M75" s="15">
         <v>0.43515</v>
       </c>
       <c r="N75" s="15">
-        <v>2123</v>
+        <v>1673</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E76" s="15">
         <v>10000004552</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.27333</v>
       </c>
       <c r="L76" s="15">
         <v>0.19776</v>
       </c>
       <c r="M76" s="15">
         <v>0.17257</v>
       </c>
       <c r="N76" s="15">
-        <v>10727</v>
-[...1 lines deleted...]
-      <c r="O76" s="15"/>
+        <v>11506</v>
+      </c>
+      <c r="O76" s="15">
+        <v>12900</v>
+      </c>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
@@ -4245,51 +4265,51 @@
       <c r="D78" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E78" s="15">
         <v>10000010437</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.30352</v>
       </c>
       <c r="L78" s="15">
         <v>0.2196</v>
       </c>
       <c r="M78" s="15">
         <v>0.19162</v>
       </c>
       <c r="N78" s="15">
-        <v>3086</v>
+        <v>2361</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E79" s="15">
         <v>10080011005</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
@@ -4351,60 +4371,60 @@
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E81" s="15">
         <v>10080075355</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
-        <v>0.28127</v>
+        <v>0.24974</v>
       </c>
       <c r="L81" s="15">
-        <v>0.24818</v>
+        <v>0.21644</v>
       </c>
       <c r="M81" s="15">
-        <v>0.22336</v>
+        <v>0.20811</v>
       </c>
       <c r="N81" s="15">
-        <v>2455</v>
+        <v>2484</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E82" s="15">
         <v>10080010614</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
@@ -4436,90 +4456,90 @@
       <c r="D83" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E83" s="15">
         <v>10000008641</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>50</v>
       </c>
       <c r="K83" s="15">
         <v>0.33456</v>
       </c>
       <c r="L83" s="15">
         <v>0.28995</v>
       </c>
       <c r="M83" s="15">
         <v>0.2788</v>
       </c>
       <c r="N83" s="15">
-        <v>2999</v>
+        <v>3804</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>213</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>40</v>
       </c>
       <c r="K84" s="15">
-        <v>0.32314</v>
+        <v>0.28691</v>
       </c>
       <c r="L84" s="15">
-        <v>0.28512</v>
+        <v>0.24865</v>
       </c>
       <c r="M84" s="15">
-        <v>0.25661</v>
+        <v>0.23909</v>
       </c>
       <c r="N84" s="15">
-        <v>4588</v>
+        <v>4092</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E85" s="15">
         <v>10080042696</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
@@ -4549,54 +4569,54 @@
       <c r="D86" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E86" s="15">
         <v>10080065885</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>3.52</v>
       </c>
       <c r="L86" s="15">
         <v>3.05</v>
       </c>
       <c r="M86" s="15">
         <v>2.94</v>
       </c>
       <c r="N86" s="15">
-        <v>730</v>
+        <v>650</v>
       </c>
       <c r="O86" s="15">
-        <v>1460</v>
+        <v>1950</v>
       </c>
       <c r="P86" s="15" t="s">
         <v>184</v>
       </c>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
@@ -4629,51 +4649,51 @@
       <c r="D88" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>70</v>
       </c>
       <c r="K88" s="15">
         <v>4.29</v>
       </c>
       <c r="L88" s="15">
         <v>3.1</v>
       </c>
       <c r="M88" s="15">
         <v>2.71</v>
       </c>
       <c r="N88" s="15">
-        <v>384</v>
+        <v>540</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
@@ -4924,54 +4944,54 @@
         <v>245</v>
       </c>
       <c r="E96" s="15">
         <v>10080076397</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>246</v>
       </c>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.03869</v>
       </c>
       <c r="L96" s="15">
         <v>0.03353</v>
       </c>
       <c r="M96" s="15">
         <v>0.03224</v>
       </c>
-      <c r="N96" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N96" s="15">
+        <v>620</v>
+      </c>
+      <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>247</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>246</v>
       </c>
@@ -4994,62 +5014,62 @@
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E98" s="15">
         <v>10080031298</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.04553</v>
+        <v>0.04044</v>
       </c>
       <c r="L98" s="15">
-        <v>0.04017</v>
+        <v>0.03505</v>
       </c>
       <c r="M98" s="15">
-        <v>0.03615</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.0337</v>
+      </c>
+      <c r="N98" s="15">
+        <v>670</v>
+      </c>
+      <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2000</v>