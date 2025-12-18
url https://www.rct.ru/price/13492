--- v1 (2025-12-15)
+++ v2 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>15.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,50 +136,53 @@
   <si>
     <t>UT-00139331</t>
   </si>
   <si>
     <t>Amphenol</t>
   </si>
   <si>
     <t>DF-09C</t>
   </si>
   <si>
     <t>корпус разъема 9конт для шлейфа / DF-09C</t>
   </si>
   <si>
     <t>10-00060030</t>
   </si>
   <si>
     <t>DS1045-22-09BPQ</t>
   </si>
   <si>
     <t>корпус разъема 9конт для шлейфа / DF-09C (DS1045-22-09BPQ)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
+    <t>03.05.2026</t>
+  </si>
+  <si>
     <t xml:space="preserve">DF-09CB </t>
   </si>
   <si>
     <t xml:space="preserve">корпус разъема 9конт для шлейфа, неразборный / DF-09CB </t>
   </si>
   <si>
     <t>DF-15C</t>
   </si>
   <si>
     <t>корпус разъема 15конт для шлейфа / DF-15C</t>
   </si>
   <si>
     <t>DS1045-22-15BPQ</t>
   </si>
   <si>
     <t>корпус разъема 15конт для шлейфа / DF-15C (DS1045-22-15BPQ)</t>
   </si>
   <si>
     <t xml:space="preserve">DF-15CB </t>
   </si>
   <si>
     <t xml:space="preserve">корпус разъема 15конт для шлейфа, неразборный / DF-15CB </t>
   </si>
   <si>
     <t>DF-25C</t>
@@ -568,51 +571,51 @@
   <si>
     <t>DS1048-25AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin. на защелках. / DP-25CB (DS1048-25AP1S1-B)</t>
   </si>
   <si>
     <t xml:space="preserve">DS1048-25AP1S CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS1-DBX-25-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin, вывод кабеля под углом 45гр / DP-25CR (L-KLS1-DBX-25-G)</t>
   </si>
   <si>
     <t>DS1045-37AP1S1-A</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, ABS / DP-37C (DS1045-37AP1S1-A)</t>
   </si>
   <si>
     <t>UT-00123416</t>
   </si>
   <si>
-    <t>05.03.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>DS1045-37AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (DS1045-37AP1S1-B)</t>
   </si>
   <si>
     <t>KLS1-DB-37P-S</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (KLS1-DB-37P-S)</t>
   </si>
   <si>
     <t>10-00060004</t>
   </si>
   <si>
     <t>L-KLS1-DBX-37-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, вывод кабеля под углом 45гр, пластик, цвет серый, без винтов / DP-37CR (L-KLS1-DBX-37-G)</t>
   </si>
   <si>
     <t>DS1045-50PA1-B</t>
   </si>
@@ -1744,3465 +1747,3487 @@
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080057167</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>200</v>
       </c>
       <c r="K12" s="15">
         <v>0.16379</v>
       </c>
       <c r="L12" s="15">
         <v>0.1185</v>
       </c>
       <c r="M12" s="15">
         <v>0.10341</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>4500</v>
-[...1 lines deleted...]
-      <c r="P12" s="15"/>
+        <v>3100</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080017314</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.19706</v>
       </c>
       <c r="L13" s="15">
         <v>0.1047</v>
       </c>
       <c r="M13" s="15">
         <v>0.0893</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014363</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.33255</v>
       </c>
       <c r="L14" s="15">
         <v>0.16011</v>
       </c>
       <c r="M14" s="15">
         <v>0.16011</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080057604</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>200</v>
       </c>
       <c r="K15" s="15">
         <v>0.15236</v>
       </c>
       <c r="L15" s="15">
         <v>0.13204</v>
       </c>
       <c r="M15" s="15">
         <v>0.12696</v>
       </c>
       <c r="N15" s="15">
-        <v>967</v>
+        <v>910</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080027472</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.13056</v>
       </c>
       <c r="L16" s="15">
         <v>0.04804</v>
       </c>
       <c r="M16" s="15">
         <v>0.04804</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.54562</v>
       </c>
       <c r="L17" s="15">
         <v>0.436</v>
       </c>
       <c r="M17" s="15">
         <v>0.40891</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080046420</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.1634</v>
       </c>
       <c r="L18" s="15">
         <v>0.14161</v>
       </c>
       <c r="M18" s="15">
         <v>0.13616</v>
       </c>
       <c r="N18" s="15">
-        <v>1103</v>
+        <v>1142</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080017238</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>50</v>
       </c>
       <c r="K19" s="15">
         <v>0.31408</v>
       </c>
       <c r="L19" s="15">
         <v>0.11208</v>
       </c>
       <c r="M19" s="15">
         <v>0.11208</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080017010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
         <v>0.7291299999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.32023</v>
       </c>
       <c r="M20" s="15">
         <v>0.32023</v>
       </c>
       <c r="N20" s="15">
         <v>15</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>1.13</v>
       </c>
       <c r="L21" s="15">
         <v>0.5758</v>
       </c>
       <c r="M21" s="15">
         <v>0.56533</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>1.53</v>
       </c>
       <c r="L22" s="15">
         <v>0.78518</v>
       </c>
       <c r="M22" s="15">
         <v>0.76424</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>1.19</v>
       </c>
       <c r="L23" s="15">
         <v>0.60721</v>
       </c>
       <c r="M23" s="15">
         <v>0.59673</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>1.57</v>
       </c>
       <c r="L24" s="15">
         <v>0.80611</v>
       </c>
       <c r="M24" s="15">
         <v>0.78518</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>1.21</v>
       </c>
       <c r="L25" s="15">
         <v>0.62814</v>
       </c>
       <c r="M25" s="15">
         <v>0.60721</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>1.63</v>
       </c>
       <c r="L26" s="15">
         <v>0.83752</v>
       </c>
       <c r="M26" s="15">
         <v>0.81659</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10080026920</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>2.14</v>
       </c>
       <c r="L27" s="15">
         <v>1.55</v>
       </c>
       <c r="M27" s="15">
         <v>1.35</v>
       </c>
       <c r="N27" s="15">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="O27" s="15">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="P27" s="15"/>
+        <v>345</v>
+      </c>
+      <c r="P27" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080053108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J28" s="15">
         <v>50</v>
       </c>
       <c r="K28" s="15">
         <v>1.3</v>
       </c>
       <c r="L28" s="15">
         <v>0.93757</v>
       </c>
       <c r="M28" s="15">
         <v>0.81814</v>
       </c>
       <c r="N28" s="15">
-        <v>1265</v>
+        <v>1059</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10080019214</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>75</v>
       </c>
       <c r="K29" s="15">
         <v>2.58</v>
       </c>
       <c r="L29" s="15">
         <v>1.86</v>
       </c>
       <c r="M29" s="15">
         <v>1.63</v>
       </c>
       <c r="N29" s="15">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080017263</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15">
         <v>1.74</v>
       </c>
       <c r="L30" s="15">
         <v>1.5</v>
       </c>
       <c r="M30" s="15">
         <v>1.45</v>
       </c>
       <c r="N30" s="15">
         <v>32</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080018274</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>2.22</v>
       </c>
       <c r="L31" s="15">
         <v>1.44</v>
       </c>
       <c r="M31" s="15">
         <v>1.44</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080019215</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>50</v>
       </c>
       <c r="K32" s="15">
         <v>3.19</v>
       </c>
       <c r="L32" s="15">
         <v>2.31</v>
       </c>
       <c r="M32" s="15">
         <v>2.01</v>
       </c>
       <c r="N32" s="15">
-        <v>389</v>
+        <v>493</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>50</v>
       </c>
       <c r="K33" s="15">
         <v>3.7</v>
       </c>
       <c r="L33" s="15">
         <v>2.68</v>
       </c>
       <c r="M33" s="15">
         <v>2.34</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15">
         <v>100</v>
       </c>
-      <c r="P33" s="15"/>
+      <c r="P33" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q33" s="15">
         <v>200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E34" s="15">
         <v>10000008646</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.40633</v>
       </c>
       <c r="L34" s="15">
         <v>0.29398</v>
       </c>
       <c r="M34" s="15">
         <v>0.25653</v>
       </c>
       <c r="N34" s="15">
-        <v>1235</v>
+        <v>1308</v>
       </c>
       <c r="O34" s="15">
-        <v>1360</v>
-[...1 lines deleted...]
-      <c r="P34" s="15"/>
+        <v>1440</v>
+      </c>
+      <c r="P34" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E35" s="15">
         <v>10000008645</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.45051</v>
       </c>
       <c r="L35" s="15">
         <v>0.32595</v>
       </c>
       <c r="M35" s="15">
         <v>0.28443</v>
       </c>
       <c r="N35" s="15">
-        <v>3894</v>
+        <v>4748</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.45571</v>
       </c>
       <c r="L36" s="15">
         <v>0.36457</v>
       </c>
       <c r="M36" s="15">
         <v>0.3424</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E37" s="15">
         <v>10000008644</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.6160600000000001</v>
       </c>
       <c r="L37" s="15">
         <v>0.44572</v>
       </c>
       <c r="M37" s="15">
         <v>0.38894</v>
       </c>
       <c r="N37" s="15">
-        <v>519</v>
+        <v>719</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E38" s="15">
         <v>10080016525</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>50</v>
       </c>
       <c r="K38" s="15">
         <v>0.59119</v>
       </c>
       <c r="L38" s="15">
         <v>0.38181</v>
       </c>
       <c r="M38" s="15">
         <v>0.33871</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>2.84</v>
       </c>
       <c r="L39" s="15">
         <v>2.27</v>
       </c>
       <c r="M39" s="15">
         <v>2.18</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E40" s="15">
         <v>10080017012</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>50</v>
       </c>
       <c r="K40" s="15">
         <v>0.62814</v>
       </c>
       <c r="L40" s="15">
         <v>0.2882</v>
       </c>
       <c r="M40" s="15">
         <v>0.2882</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E41" s="15">
         <v>10000008642</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>50</v>
       </c>
       <c r="K41" s="15">
         <v>0.91604</v>
       </c>
       <c r="L41" s="15">
         <v>0.66276</v>
       </c>
       <c r="M41" s="15">
         <v>0.57833</v>
       </c>
       <c r="N41" s="15">
         <v>49</v>
       </c>
       <c r="O41" s="15">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="P41" s="15"/>
+        <v>186</v>
+      </c>
+      <c r="P41" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>100</v>
       </c>
       <c r="K42" s="15">
         <v>1.11</v>
       </c>
       <c r="L42" s="15">
         <v>0.61583</v>
       </c>
       <c r="M42" s="15">
         <v>0.55424</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E43" s="15">
         <v>10080017013</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>20</v>
       </c>
       <c r="K43" s="15">
-        <v>2.14</v>
+        <v>1.48</v>
       </c>
       <c r="L43" s="15">
-        <v>1.55</v>
+        <v>1.28</v>
       </c>
       <c r="M43" s="15">
-        <v>1.35</v>
+        <v>1.23</v>
       </c>
       <c r="N43" s="15">
         <v>95</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E44" s="15">
         <v>10080017264</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>50</v>
       </c>
       <c r="K44" s="15">
         <v>0.63306</v>
       </c>
       <c r="L44" s="15">
         <v>0.24018</v>
       </c>
       <c r="M44" s="15">
         <v>0.24018</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E45" s="15">
         <v>10080018027</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.55754</v>
       </c>
       <c r="L45" s="15">
         <v>0.40338</v>
       </c>
       <c r="M45" s="15">
         <v>0.35199</v>
       </c>
       <c r="N45" s="15">
-        <v>825</v>
+        <v>866</v>
       </c>
       <c r="O45" s="15">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="P45" s="15"/>
+        <v>1890</v>
+      </c>
+      <c r="P45" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E46" s="15">
         <v>10080036442</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.41348</v>
       </c>
       <c r="L46" s="15">
         <v>0.35835</v>
       </c>
       <c r="M46" s="15">
         <v>0.34456</v>
       </c>
       <c r="N46" s="15">
-        <v>724</v>
+        <v>673</v>
       </c>
       <c r="O46" s="15">
-        <v>1800</v>
-[...1 lines deleted...]
-      <c r="P46" s="15"/>
+        <v>1680</v>
+      </c>
+      <c r="P46" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E47" s="15">
         <v>10080027769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>50</v>
       </c>
       <c r="K47" s="15">
         <v>0.74329</v>
       </c>
       <c r="L47" s="15">
         <v>0.53777</v>
       </c>
       <c r="M47" s="15">
         <v>0.46927</v>
       </c>
       <c r="N47" s="15">
-        <v>256</v>
+        <v>272</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E48" s="15">
         <v>10080017315</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>1.16</v>
       </c>
       <c r="L48" s="15">
         <v>0.64046</v>
       </c>
       <c r="M48" s="15">
         <v>0.64046</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E49" s="15">
         <v>10080033046</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>1.03</v>
       </c>
       <c r="L49" s="15">
         <v>0.74426</v>
       </c>
       <c r="M49" s="15">
         <v>0.64945</v>
       </c>
       <c r="N49" s="15">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E50" s="15">
         <v>10080018028</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.2663</v>
       </c>
       <c r="L50" s="15">
         <v>0.23079</v>
       </c>
       <c r="M50" s="15">
         <v>0.22191</v>
       </c>
       <c r="N50" s="15">
-        <v>369</v>
+        <v>321</v>
       </c>
       <c r="O50" s="15">
-        <v>1700</v>
-[...1 lines deleted...]
-      <c r="P50" s="15"/>
+        <v>1480</v>
+      </c>
+      <c r="P50" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.8794</v>
       </c>
       <c r="L51" s="15">
         <v>0.48158</v>
       </c>
       <c r="M51" s="15">
         <v>0.4397</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E52" s="15">
         <v>10000014374</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55424</v>
       </c>
       <c r="L52" s="15">
         <v>0.16011</v>
       </c>
       <c r="M52" s="15">
         <v>0.16011</v>
       </c>
       <c r="N52" s="15">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E53" s="15">
         <v>10080015700</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>0.24339</v>
       </c>
       <c r="L53" s="15">
         <v>0.17609</v>
       </c>
       <c r="M53" s="15">
         <v>0.15366</v>
       </c>
       <c r="N53" s="15">
-        <v>968</v>
+        <v>1005</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.33255</v>
       </c>
       <c r="L54" s="15">
         <v>0.22416</v>
       </c>
       <c r="M54" s="15">
         <v>0.20323</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10080052352</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>100</v>
       </c>
       <c r="K55" s="15">
         <v>0.23311</v>
       </c>
       <c r="L55" s="15">
         <v>0.15272</v>
       </c>
       <c r="M55" s="15">
         <v>0.13766</v>
       </c>
       <c r="N55" s="15">
-        <v>229</v>
+        <v>207</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>50</v>
       </c>
       <c r="K56" s="15">
         <v>0.32603</v>
       </c>
       <c r="L56" s="15">
         <v>0.21735</v>
       </c>
       <c r="M56" s="15">
         <v>0.19924</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E57" s="15">
         <v>10000014369</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.36929</v>
       </c>
       <c r="L57" s="15">
         <v>0.26718</v>
       </c>
       <c r="M57" s="15">
         <v>0.23315</v>
       </c>
       <c r="N57" s="15">
-        <v>897</v>
+        <v>874</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E58" s="15">
         <v>10080010495</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>0.27836</v>
       </c>
       <c r="L58" s="15">
         <v>0.14411</v>
       </c>
       <c r="M58" s="15">
         <v>0.13917</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.16104</v>
       </c>
       <c r="L59" s="15">
         <v>0.11651</v>
       </c>
       <c r="M59" s="15">
         <v>0.10167</v>
       </c>
       <c r="N59" s="15">
-        <v>11843</v>
+        <v>12720</v>
       </c>
       <c r="O59" s="15">
-        <v>4051</v>
-[...1 lines deleted...]
-      <c r="P59" s="15"/>
+        <v>4350</v>
+      </c>
+      <c r="P59" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q59" s="15">
         <v>800</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10000000548</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.15674</v>
       </c>
       <c r="L60" s="15">
         <v>0.1134</v>
       </c>
       <c r="M60" s="15">
         <v>0.09896000000000001</v>
       </c>
       <c r="N60" s="15">
-        <v>132957</v>
+        <v>138182</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080053329</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.20118</v>
       </c>
       <c r="L61" s="15">
         <v>0.14555</v>
       </c>
       <c r="M61" s="15">
         <v>0.12701</v>
       </c>
       <c r="N61" s="15">
-        <v>1832</v>
+        <v>2290</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080032359</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>100</v>
       </c>
       <c r="K62" s="15">
         <v>0.20693</v>
       </c>
       <c r="L62" s="15">
         <v>0.17934</v>
       </c>
       <c r="M62" s="15">
         <v>0.17244</v>
       </c>
       <c r="N62" s="15">
-        <v>823</v>
+        <v>972</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080017265</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.83453</v>
       </c>
       <c r="L63" s="15">
         <v>0.72326</v>
       </c>
       <c r="M63" s="15">
         <v>0.6954399999999999</v>
       </c>
       <c r="N63" s="15">
-        <v>4026</v>
+        <v>4076</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E64" s="15">
         <v>10080010496</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.1478</v>
       </c>
       <c r="L64" s="15">
         <v>0.13917</v>
       </c>
       <c r="M64" s="15">
         <v>0.13425</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E65" s="15">
         <v>10000005856</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.19595</v>
       </c>
       <c r="L65" s="15">
         <v>0.14177</v>
       </c>
       <c r="M65" s="15">
         <v>0.12371</v>
       </c>
       <c r="N65" s="15">
-        <v>4120</v>
+        <v>5308</v>
       </c>
       <c r="O65" s="15">
-        <v>12600</v>
-[...1 lines deleted...]
-      <c r="P65" s="15"/>
+        <v>17800</v>
+      </c>
+      <c r="P65" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
         <v>0.79811</v>
       </c>
       <c r="L66" s="15">
         <v>0.44956</v>
       </c>
       <c r="M66" s="15">
         <v>0.39905</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E67" s="15">
         <v>10000001409</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>50</v>
       </c>
       <c r="K67" s="15">
         <v>0.23499</v>
       </c>
       <c r="L67" s="15">
         <v>0.17002</v>
       </c>
       <c r="M67" s="15">
         <v>0.14836</v>
       </c>
       <c r="N67" s="15">
-        <v>5252</v>
+        <v>6463</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J68" s="15">
         <v>50</v>
       </c>
       <c r="K68" s="15">
         <v>0.2429</v>
       </c>
       <c r="L68" s="15">
         <v>0.21051</v>
       </c>
       <c r="M68" s="15">
         <v>0.20241</v>
       </c>
       <c r="N68" s="15">
-        <v>760</v>
+        <v>860</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080033047</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J69" s="15">
         <v>50</v>
       </c>
       <c r="K69" s="15">
         <v>0.37378</v>
       </c>
       <c r="L69" s="15">
         <v>0.21686</v>
       </c>
       <c r="M69" s="15">
         <v>0.19545</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E70" s="15">
         <v>10080039120</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>50</v>
       </c>
       <c r="K70" s="15">
         <v>2.11</v>
       </c>
       <c r="L70" s="15">
         <v>1.4</v>
       </c>
       <c r="M70" s="15">
         <v>1.22</v>
       </c>
       <c r="N70" s="15">
-        <v>729</v>
+        <v>756</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>50</v>
       </c>
       <c r="K71" s="15">
         <v>0.36445</v>
       </c>
       <c r="L71" s="15">
         <v>0.26368</v>
       </c>
       <c r="M71" s="15">
         <v>0.23009</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>13400</v>
+        <v>13200</v>
       </c>
       <c r="P71" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="Q71" s="15">
         <v>400</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E72" s="15">
         <v>10000001827</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>50</v>
       </c>
       <c r="K72" s="15">
         <v>0.25328</v>
       </c>
       <c r="L72" s="15">
         <v>0.21951</v>
       </c>
       <c r="M72" s="15">
         <v>0.21106</v>
       </c>
       <c r="N72" s="15">
-        <v>4912</v>
+        <v>4520</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
         <v>0.59365</v>
       </c>
       <c r="L73" s="15">
         <v>0.30545</v>
       </c>
       <c r="M73" s="15">
         <v>0.29683</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E74" s="15">
         <v>10080017317</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>2</v>
       </c>
       <c r="L74" s="15">
         <v>1.45</v>
       </c>
       <c r="M74" s="15">
         <v>1.26</v>
       </c>
       <c r="N74" s="15">
-        <v>2441</v>
+        <v>3079</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E75" s="15">
         <v>10000008786</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>50</v>
       </c>
       <c r="K75" s="15">
         <v>0.52218</v>
       </c>
       <c r="L75" s="15">
         <v>0.45256</v>
       </c>
       <c r="M75" s="15">
         <v>0.43515</v>
       </c>
       <c r="N75" s="15">
-        <v>1673</v>
+        <v>1948</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E76" s="15">
         <v>10000004552</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.27333</v>
       </c>
       <c r="L76" s="15">
         <v>0.19776</v>
       </c>
       <c r="M76" s="15">
         <v>0.17257</v>
       </c>
       <c r="N76" s="15">
-        <v>11506</v>
+        <v>8160</v>
       </c>
       <c r="O76" s="15">
-        <v>12900</v>
-[...1 lines deleted...]
-      <c r="P76" s="15"/>
+        <v>10050</v>
+      </c>
+      <c r="P76" s="15" t="s">
+        <v>40</v>
+      </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.19265</v>
       </c>
       <c r="L77" s="15">
         <v>0.13938</v>
       </c>
       <c r="M77" s="15">
         <v>0.12162</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15">
         <v>10000</v>
       </c>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E78" s="15">
         <v>10000010437</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.30352</v>
       </c>
       <c r="L78" s="15">
         <v>0.2196</v>
       </c>
       <c r="M78" s="15">
         <v>0.19162</v>
       </c>
       <c r="N78" s="15">
-        <v>2361</v>
+        <v>2475</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E79" s="15">
         <v>10080011005</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.30299</v>
       </c>
       <c r="L79" s="15">
         <v>0.19214</v>
       </c>
       <c r="M79" s="15">
         <v>0.18475</v>
       </c>
       <c r="N79" s="15">
         <v>22</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E80" s="15">
         <v>10000008643</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.55154</v>
       </c>
       <c r="L80" s="15">
         <v>0.29301</v>
       </c>
       <c r="M80" s="15">
         <v>0.24991</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E81" s="15">
         <v>10080075355</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
         <v>0.24974</v>
       </c>
       <c r="L81" s="15">
         <v>0.21644</v>
       </c>
       <c r="M81" s="15">
         <v>0.20811</v>
       </c>
       <c r="N81" s="15">
-        <v>2484</v>
+        <v>2343</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E82" s="15">
         <v>10080010614</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>50</v>
       </c>
       <c r="K82" s="15">
         <v>0.19199</v>
       </c>
       <c r="L82" s="15">
         <v>0.19199</v>
       </c>
       <c r="M82" s="15">
         <v>0.19199</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E83" s="15">
         <v>10000008641</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>50</v>
       </c>
       <c r="K83" s="15">
         <v>0.33456</v>
       </c>
       <c r="L83" s="15">
         <v>0.28995</v>
       </c>
       <c r="M83" s="15">
         <v>0.2788</v>
       </c>
       <c r="N83" s="15">
-        <v>3804</v>
+        <v>3446</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>40</v>
       </c>
       <c r="K84" s="15">
         <v>0.28691</v>
       </c>
       <c r="L84" s="15">
         <v>0.24865</v>
       </c>
       <c r="M84" s="15">
         <v>0.23909</v>
       </c>
       <c r="N84" s="15">
-        <v>4092</v>
+        <v>3638</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E85" s="15">
         <v>10080042696</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>12.84</v>
       </c>
       <c r="L85" s="15">
         <v>7.7</v>
       </c>
       <c r="M85" s="15">
         <v>6.85</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E86" s="15">
         <v>10080065885</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>3.52</v>
       </c>
       <c r="L86" s="15">
         <v>3.05</v>
       </c>
       <c r="M86" s="15">
         <v>2.94</v>
       </c>
       <c r="N86" s="15">
-        <v>650</v>
+        <v>810</v>
       </c>
       <c r="O86" s="15">
-        <v>1950</v>
+        <v>2670</v>
       </c>
       <c r="P86" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
         <v>5.97</v>
       </c>
       <c r="L87" s="15">
         <v>4.32</v>
       </c>
       <c r="M87" s="15">
         <v>3.77</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>70</v>
       </c>
       <c r="K88" s="15">
         <v>4.29</v>
       </c>
       <c r="L88" s="15">
         <v>3.1</v>
       </c>
       <c r="M88" s="15">
         <v>2.71</v>
       </c>
       <c r="N88" s="15">
-        <v>540</v>
+        <v>528</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>50</v>
       </c>
       <c r="K89" s="15">
         <v>0.2</v>
       </c>
       <c r="L89" s="15">
         <v>0.2</v>
       </c>
       <c r="M89" s="15">
         <v>0.2</v>
       </c>
       <c r="N89" s="15">
         <v>3</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E90" s="15">
         <v>10000004696</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J90" s="15">
         <v>50</v>
       </c>
       <c r="K90" s="15">
         <v>0.73899</v>
       </c>
       <c r="L90" s="15">
         <v>0.43108</v>
       </c>
       <c r="M90" s="15">
         <v>0.3695</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15"/>
       <c r="I91" s="15"/>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>1.47</v>
       </c>
       <c r="L91" s="15">
         <v>0.78518</v>
       </c>
       <c r="M91" s="15">
         <v>0.73284</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15"/>
       <c r="I92" s="15"/>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>1.47</v>
       </c>
       <c r="L92" s="15">
         <v>0.78518</v>
       </c>
       <c r="M92" s="15">
         <v>0.73284</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.02527</v>
       </c>
       <c r="L93" s="15">
         <v>0.02119</v>
       </c>
       <c r="M93" s="15">
         <v>0.02038</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E94" s="15">
         <v>10080017266</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>1.04</v>
       </c>
       <c r="L94" s="15">
         <v>0.40029</v>
       </c>
       <c r="M94" s="15">
         <v>0.40029</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
         <v>0.07258000000000001</v>
       </c>
       <c r="L95" s="15">
         <v>0.0425</v>
       </c>
       <c r="M95" s="15">
         <v>0.0384</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E96" s="15">
         <v>10080076397</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.03869</v>
       </c>
       <c r="L96" s="15">
         <v>0.03353</v>
       </c>
       <c r="M96" s="15">
         <v>0.03224</v>
       </c>
       <c r="N96" s="15">
-        <v>620</v>
+        <v>720</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.05512</v>
       </c>
       <c r="L97" s="15">
         <v>0.03988</v>
       </c>
       <c r="M97" s="15">
         <v>0.0348</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E98" s="15">
         <v>10080031298</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04044</v>
       </c>
       <c r="L98" s="15">
         <v>0.03505</v>
       </c>
       <c r="M98" s="15">
         <v>0.0337</v>
       </c>
       <c r="N98" s="15">
-        <v>670</v>
+        <v>645</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2000</v>
       </c>
       <c r="K99" s="15">
         <v>0.05846</v>
       </c>
       <c r="L99" s="15">
         <v>0.0423</v>
       </c>
       <c r="M99" s="15">
         <v>0.03691</v>
       </c>
       <c r="N99" s="15">
         <v>31</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>50</v>
       </c>
       <c r="K100" s="15">
         <v>1.05</v>
       </c>
       <c r="L100" s="15">
         <v>1.05</v>
       </c>
       <c r="M100" s="15">
         <v>1.05</v>
       </c>
       <c r="N100" s="15">
         <v>1</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15">
         <v>1000</v>
       </c>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E101" s="15">
         <v>10080043010</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>3.6</v>
       </c>
       <c r="L101" s="15">
         <v>2.95</v>
       </c>
       <c r="M101" s="15">
         <v>2.83</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>2.08</v>
       </c>
       <c r="L102" s="15">
         <v>1.75</v>
       </c>
       <c r="M102" s="15">
         <v>1.68</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14"/>
@@ -5262,317 +5287,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>