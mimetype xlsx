--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -571,51 +571,51 @@
   <si>
     <t>DS1048-25AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin. на защелках. / DP-25CB (DS1048-25AP1S1-B)</t>
   </si>
   <si>
     <t xml:space="preserve">DS1048-25AP1S CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS1-DBX-25-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin, вывод кабеля под углом 45гр / DP-25CR (L-KLS1-DBX-25-G)</t>
   </si>
   <si>
     <t>DS1045-37AP1S1-A</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, ABS / DP-37C (DS1045-37AP1S1-A)</t>
   </si>
   <si>
     <t>UT-00123416</t>
   </si>
   <si>
-    <t>12.03.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>DS1045-37AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (DS1045-37AP1S1-B)</t>
   </si>
   <si>
     <t>KLS1-DB-37P-S</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (KLS1-DB-37P-S)</t>
   </si>
   <si>
     <t>10-00060004</t>
   </si>
   <si>
     <t>L-KLS1-DBX-37-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, вывод кабеля под углом 45гр, пластик, цвет серый, без винтов / DP-37CR (L-KLS1-DBX-37-G)</t>
   </si>
   <si>
     <t>DS1045-50PA1-B</t>
   </si>
@@ -758,50 +758,53 @@
     <t>10-00059983</t>
   </si>
   <si>
     <t>H2-25PTT</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin, пластиковый без расширения. Черный. / H2-25PTT</t>
   </si>
   <si>
     <t>HR-9F</t>
   </si>
   <si>
     <t>(заглушка для DB-9F) / HR-9F</t>
   </si>
   <si>
     <t>10-00059975</t>
   </si>
   <si>
     <t>L-KLS8-0326-DB-F-09</t>
   </si>
   <si>
     <t>(заглушка для DB-9F) / HR-9F (L-KLS8-0326-DB-F-09)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0326-DB-F-09 KLS, </t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>UT-00141395</t>
   </si>
   <si>
     <t>L-KLS8-0326-DB-M-09</t>
   </si>
   <si>
     <t>(заглушка для DB-9M) / HR-9M (L-KLS8-0326-DB-M-09)</t>
   </si>
   <si>
     <t>UT-00134721</t>
   </si>
   <si>
     <t>L-KLS1-DBA-09P-L</t>
   </si>
   <si>
     <t>кожух D-SUB 9pin прямой, цинковый сплав, длинные винты (сталь) / KLS1-DBA-09P-L</t>
   </si>
   <si>
     <t>10-00059970</t>
   </si>
   <si>
     <t>L-KLS1-DBXM-50P-L</t>
   </si>
@@ -1737,61 +1740,61 @@
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080057167</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>200</v>
       </c>
       <c r="K12" s="15">
-        <v>0.16379</v>
+        <v>0.11336</v>
       </c>
       <c r="L12" s="15">
-        <v>0.1185</v>
+        <v>0.09823999999999999</v>
       </c>
       <c r="M12" s="15">
-        <v>0.10341</v>
+        <v>0.09446</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>3100</v>
+        <v>3300</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080017314</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
@@ -1861,51 +1864,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080057604</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>200</v>
       </c>
       <c r="K15" s="15">
         <v>0.15236</v>
       </c>
       <c r="L15" s="15">
         <v>0.13204</v>
       </c>
       <c r="M15" s="15">
         <v>0.12696</v>
       </c>
       <c r="N15" s="15">
-        <v>910</v>
+        <v>921</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080027472</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1972,51 +1975,51 @@
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080046420</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.1634</v>
       </c>
       <c r="L18" s="15">
         <v>0.14161</v>
       </c>
       <c r="M18" s="15">
         <v>0.13616</v>
       </c>
       <c r="N18" s="15">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080017238</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -2276,144 +2279,144 @@
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10080026920</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
-        <v>2.14</v>
+        <v>1.42</v>
       </c>
       <c r="L27" s="15">
-        <v>1.55</v>
+        <v>1.23</v>
       </c>
       <c r="M27" s="15">
-        <v>1.35</v>
+        <v>1.19</v>
       </c>
       <c r="N27" s="15">
-        <v>293</v>
+        <v>378</v>
       </c>
       <c r="O27" s="15">
-        <v>345</v>
+        <v>450</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080053108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J28" s="15">
         <v>50</v>
       </c>
       <c r="K28" s="15">
-        <v>1.3</v>
+        <v>0.87135</v>
       </c>
       <c r="L28" s="15">
-        <v>0.93757</v>
+        <v>0.75517</v>
       </c>
       <c r="M28" s="15">
-        <v>0.81814</v>
+        <v>0.7261300000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>1059</v>
+        <v>941</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10080019214</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>75</v>
       </c>
       <c r="K29" s="15">
-        <v>2.58</v>
+        <v>1.81</v>
       </c>
       <c r="L29" s="15">
-        <v>1.86</v>
+        <v>1.57</v>
       </c>
       <c r="M29" s="15">
-        <v>1.63</v>
+        <v>1.51</v>
       </c>
       <c r="N29" s="15">
-        <v>254</v>
+        <v>229</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080017263</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
@@ -2471,185 +2474,185 @@
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080019215</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>50</v>
       </c>
       <c r="K32" s="15">
-        <v>3.19</v>
+        <v>2.22</v>
       </c>
       <c r="L32" s="15">
-        <v>2.31</v>
+        <v>1.92</v>
       </c>
       <c r="M32" s="15">
-        <v>2.01</v>
+        <v>1.85</v>
       </c>
       <c r="N32" s="15">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>50</v>
       </c>
       <c r="K33" s="15">
-        <v>3.7</v>
+        <v>2.56</v>
       </c>
       <c r="L33" s="15">
-        <v>2.68</v>
+        <v>2.22</v>
       </c>
       <c r="M33" s="15">
-        <v>2.34</v>
+        <v>2.14</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15">
         <v>100</v>
       </c>
       <c r="P33" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q33" s="15">
         <v>200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="15">
         <v>10000008646</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
-        <v>0.40633</v>
+        <v>0.2729</v>
       </c>
       <c r="L34" s="15">
-        <v>0.29398</v>
+        <v>0.23651</v>
       </c>
       <c r="M34" s="15">
-        <v>0.25653</v>
+        <v>0.22741</v>
       </c>
       <c r="N34" s="15">
-        <v>1308</v>
+        <v>1590</v>
       </c>
       <c r="O34" s="15">
-        <v>1440</v>
+        <v>1800</v>
       </c>
       <c r="P34" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="15">
         <v>10000008645</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
-        <v>0.45051</v>
+        <v>0.30069</v>
       </c>
       <c r="L35" s="15">
-        <v>0.32595</v>
+        <v>0.2606</v>
       </c>
       <c r="M35" s="15">
-        <v>0.28443</v>
+        <v>0.25058</v>
       </c>
       <c r="N35" s="15">
-        <v>4748</v>
+        <v>4069</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2672,60 +2675,60 @@
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E37" s="15">
         <v>10000008644</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
-        <v>0.6160600000000001</v>
+        <v>0.42638</v>
       </c>
       <c r="L37" s="15">
-        <v>0.44572</v>
+        <v>0.36953</v>
       </c>
       <c r="M37" s="15">
-        <v>0.38894</v>
+        <v>0.35531</v>
       </c>
       <c r="N37" s="15">
-        <v>719</v>
+        <v>539</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E38" s="15">
         <v>10080016525</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="15"/>
@@ -2820,63 +2823,63 @@
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="15">
         <v>10000008642</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>50</v>
       </c>
       <c r="K41" s="15">
-        <v>0.91604</v>
+        <v>0.62709</v>
       </c>
       <c r="L41" s="15">
-        <v>0.66276</v>
+        <v>0.54348</v>
       </c>
       <c r="M41" s="15">
-        <v>0.57833</v>
+        <v>0.52258</v>
       </c>
       <c r="N41" s="15">
         <v>49</v>
       </c>
       <c r="O41" s="15">
-        <v>186</v>
+        <v>234</v>
       </c>
       <c r="P41" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
@@ -2976,146 +2979,146 @@
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E45" s="15">
         <v>10080018027</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
-        <v>0.55754</v>
+        <v>0.37172</v>
       </c>
       <c r="L45" s="15">
-        <v>0.40338</v>
+        <v>0.32215</v>
       </c>
       <c r="M45" s="15">
-        <v>0.35199</v>
+        <v>0.30976</v>
       </c>
       <c r="N45" s="15">
-        <v>866</v>
+        <v>962</v>
       </c>
       <c r="O45" s="15">
-        <v>1890</v>
+        <v>2100</v>
       </c>
       <c r="P45" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E46" s="15">
         <v>10080036442</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.41348</v>
       </c>
       <c r="L46" s="15">
         <v>0.35835</v>
       </c>
       <c r="M46" s="15">
         <v>0.34456</v>
       </c>
       <c r="N46" s="15">
-        <v>673</v>
+        <v>569</v>
       </c>
       <c r="O46" s="15">
-        <v>1680</v>
+        <v>1420</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E47" s="15">
         <v>10080027769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>50</v>
       </c>
       <c r="K47" s="15">
-        <v>0.74329</v>
+        <v>0.50423</v>
       </c>
       <c r="L47" s="15">
-        <v>0.53777</v>
+        <v>0.437</v>
       </c>
       <c r="M47" s="15">
-        <v>0.46927</v>
+        <v>0.42019</v>
       </c>
       <c r="N47" s="15">
-        <v>272</v>
+        <v>336</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E48" s="15">
         <v>10080017315</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
@@ -3136,102 +3139,102 @@
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E49" s="15">
         <v>10080033046</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
-        <v>1.03</v>
+        <v>0.71552</v>
       </c>
       <c r="L49" s="15">
-        <v>0.74426</v>
+        <v>0.6201100000000001</v>
       </c>
       <c r="M49" s="15">
-        <v>0.64945</v>
+        <v>0.59626</v>
       </c>
       <c r="N49" s="15">
-        <v>147</v>
+        <v>111</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="15">
         <v>10080018028</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
-        <v>0.2663</v>
+        <v>0.26639</v>
       </c>
       <c r="L50" s="15">
-        <v>0.23079</v>
+        <v>0.23087</v>
       </c>
       <c r="M50" s="15">
-        <v>0.22191</v>
+        <v>0.22199</v>
       </c>
       <c r="N50" s="15">
-        <v>321</v>
+        <v>369</v>
       </c>
       <c r="O50" s="15">
-        <v>1480</v>
+        <v>1700</v>
       </c>
       <c r="P50" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
@@ -3260,92 +3263,92 @@
       <c r="D52" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E52" s="15">
         <v>10000014374</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55424</v>
       </c>
       <c r="L52" s="15">
         <v>0.16011</v>
       </c>
       <c r="M52" s="15">
         <v>0.16011</v>
       </c>
       <c r="N52" s="15">
-        <v>143</v>
+        <v>109</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E53" s="15">
         <v>10080015700</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>135</v>
       </c>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
-        <v>0.24339</v>
+        <v>0.1442</v>
       </c>
       <c r="L53" s="15">
-        <v>0.17609</v>
+        <v>0.12497</v>
       </c>
       <c r="M53" s="15">
-        <v>0.15366</v>
+        <v>0.12016</v>
       </c>
       <c r="N53" s="15">
-        <v>1005</v>
+        <v>763</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3379,51 +3382,51 @@
       <c r="D55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10080052352</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>100</v>
       </c>
       <c r="K55" s="15">
         <v>0.23311</v>
       </c>
       <c r="L55" s="15">
         <v>0.15272</v>
       </c>
       <c r="M55" s="15">
         <v>0.13766</v>
       </c>
       <c r="N55" s="15">
-        <v>207</v>
+        <v>243</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
@@ -3446,60 +3449,60 @@
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E57" s="15">
         <v>10000014369</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
-        <v>0.36929</v>
+        <v>0.26186</v>
       </c>
       <c r="L57" s="15">
-        <v>0.26718</v>
+        <v>0.22694</v>
       </c>
       <c r="M57" s="15">
-        <v>0.23315</v>
+        <v>0.21821</v>
       </c>
       <c r="N57" s="15">
-        <v>874</v>
+        <v>732</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E58" s="15">
         <v>10080010495</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3524,226 +3527,226 @@
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
-        <v>0.16104</v>
+        <v>0.11186</v>
       </c>
       <c r="L59" s="15">
-        <v>0.11651</v>
+        <v>0.09694</v>
       </c>
       <c r="M59" s="15">
-        <v>0.10167</v>
+        <v>0.09321</v>
       </c>
       <c r="N59" s="15">
-        <v>12720</v>
+        <v>9503</v>
       </c>
       <c r="O59" s="15">
-        <v>4350</v>
+        <v>3250</v>
       </c>
       <c r="P59" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q59" s="15">
         <v>800</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10000000548</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
-        <v>0.15674</v>
+        <v>0.10824</v>
       </c>
       <c r="L60" s="15">
-        <v>0.1134</v>
+        <v>0.09381</v>
       </c>
       <c r="M60" s="15">
-        <v>0.09896000000000001</v>
+        <v>0.0902</v>
       </c>
       <c r="N60" s="15">
-        <v>138182</v>
+        <v>105994</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080053329</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.20118</v>
       </c>
       <c r="L61" s="15">
         <v>0.14555</v>
       </c>
       <c r="M61" s="15">
         <v>0.12701</v>
       </c>
       <c r="N61" s="15">
-        <v>2290</v>
+        <v>1863</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080032359</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>100</v>
       </c>
       <c r="K62" s="15">
-        <v>0.20693</v>
+        <v>0.20699</v>
       </c>
       <c r="L62" s="15">
-        <v>0.17934</v>
+        <v>0.17939</v>
       </c>
       <c r="M62" s="15">
-        <v>0.17244</v>
+        <v>0.17249</v>
       </c>
       <c r="N62" s="15">
-        <v>972</v>
+        <v>873</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080017265</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.83453</v>
       </c>
       <c r="L63" s="15">
         <v>0.72326</v>
       </c>
       <c r="M63" s="15">
         <v>0.6954399999999999</v>
       </c>
       <c r="N63" s="15">
-        <v>4076</v>
+        <v>3816</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E64" s="15">
         <v>10080010496</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
@@ -3766,63 +3769,63 @@
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E65" s="15">
         <v>10000005856</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
-        <v>0.19595</v>
+        <v>0.13446</v>
       </c>
       <c r="L65" s="15">
-        <v>0.14177</v>
+        <v>0.11653</v>
       </c>
       <c r="M65" s="15">
-        <v>0.12371</v>
+        <v>0.11205</v>
       </c>
       <c r="N65" s="15">
-        <v>5308</v>
+        <v>4951</v>
       </c>
       <c r="O65" s="15">
-        <v>17800</v>
+        <v>16600</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
@@ -3844,101 +3847,101 @@
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E67" s="15">
         <v>10000001409</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>50</v>
       </c>
       <c r="K67" s="15">
-        <v>0.23499</v>
+        <v>0.16283</v>
       </c>
       <c r="L67" s="15">
-        <v>0.17002</v>
+        <v>0.14112</v>
       </c>
       <c r="M67" s="15">
-        <v>0.14836</v>
+        <v>0.13569</v>
       </c>
       <c r="N67" s="15">
-        <v>6463</v>
+        <v>6422</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>176</v>
       </c>
       <c r="J68" s="15">
         <v>50</v>
       </c>
       <c r="K68" s="15">
         <v>0.2429</v>
       </c>
       <c r="L68" s="15">
         <v>0.21051</v>
       </c>
       <c r="M68" s="15">
         <v>0.20241</v>
       </c>
       <c r="N68" s="15">
-        <v>860</v>
+        <v>900</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080033047</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
@@ -3963,142 +3966,142 @@
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E70" s="15">
         <v>10080039120</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>50</v>
       </c>
       <c r="K70" s="15">
-        <v>2.11</v>
+        <v>1.14</v>
       </c>
       <c r="L70" s="15">
-        <v>1.4</v>
+        <v>0.9842</v>
       </c>
       <c r="M70" s="15">
-        <v>1.22</v>
+        <v>0.94635</v>
       </c>
       <c r="N70" s="15">
-        <v>756</v>
+        <v>666</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>50</v>
       </c>
       <c r="K71" s="15">
-        <v>0.36445</v>
+        <v>0.242</v>
       </c>
       <c r="L71" s="15">
-        <v>0.26368</v>
+        <v>0.20973</v>
       </c>
       <c r="M71" s="15">
-        <v>0.23009</v>
+        <v>0.20166</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>13200</v>
+        <v>15800</v>
       </c>
       <c r="P71" s="15" t="s">
         <v>185</v>
       </c>
       <c r="Q71" s="15">
         <v>400</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E72" s="15">
         <v>10000001827</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>50</v>
       </c>
       <c r="K72" s="15">
-        <v>0.25328</v>
+        <v>0.25337</v>
       </c>
       <c r="L72" s="15">
-        <v>0.21951</v>
+        <v>0.21958</v>
       </c>
       <c r="M72" s="15">
-        <v>0.21106</v>
+        <v>0.21114</v>
       </c>
       <c r="N72" s="15">
-        <v>4520</v>
+        <v>2957</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
@@ -4121,220 +4124,220 @@
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E74" s="15">
         <v>10080017317</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
-        <v>2</v>
+        <v>1.42</v>
       </c>
       <c r="L74" s="15">
-        <v>1.45</v>
+        <v>1.23</v>
       </c>
       <c r="M74" s="15">
-        <v>1.26</v>
+        <v>1.19</v>
       </c>
       <c r="N74" s="15">
-        <v>3079</v>
+        <v>2816</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E75" s="15">
         <v>10000008786</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>50</v>
       </c>
       <c r="K75" s="15">
-        <v>0.52218</v>
+        <v>0.5223</v>
       </c>
       <c r="L75" s="15">
-        <v>0.45256</v>
+        <v>0.45266</v>
       </c>
       <c r="M75" s="15">
-        <v>0.43515</v>
+        <v>0.43525</v>
       </c>
       <c r="N75" s="15">
-        <v>1948</v>
+        <v>1599</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E76" s="15">
         <v>10000004552</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
-        <v>0.27333</v>
+        <v>0.18447</v>
       </c>
       <c r="L76" s="15">
-        <v>0.19776</v>
+        <v>0.15987</v>
       </c>
       <c r="M76" s="15">
-        <v>0.17257</v>
+        <v>0.15373</v>
       </c>
       <c r="N76" s="15">
-        <v>8160</v>
+        <v>9743</v>
       </c>
       <c r="O76" s="15">
-        <v>10050</v>
+        <v>12000</v>
       </c>
       <c r="P76" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
-        <v>0.19265</v>
+        <v>0.11664</v>
       </c>
       <c r="L77" s="15">
-        <v>0.13938</v>
+        <v>0.10109</v>
       </c>
       <c r="M77" s="15">
-        <v>0.12162</v>
+        <v>0.09719999999999999</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15">
         <v>10000</v>
       </c>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E78" s="15">
         <v>10000010437</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
-        <v>0.30352</v>
+        <v>0.20492</v>
       </c>
       <c r="L78" s="15">
-        <v>0.2196</v>
+        <v>0.17759</v>
       </c>
       <c r="M78" s="15">
-        <v>0.19162</v>
+        <v>0.17076</v>
       </c>
       <c r="N78" s="15">
-        <v>2475</v>
+        <v>3017</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E79" s="15">
         <v>10080011005</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
@@ -4405,51 +4408,51 @@
       <c r="D81" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E81" s="15">
         <v>10080075355</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
         <v>0.24974</v>
       </c>
       <c r="L81" s="15">
         <v>0.21644</v>
       </c>
       <c r="M81" s="15">
         <v>0.20811</v>
       </c>
       <c r="N81" s="15">
-        <v>2343</v>
+        <v>2245</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E82" s="15">
         <v>10080010614</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
@@ -4481,90 +4484,90 @@
       <c r="D83" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E83" s="15">
         <v>10000008641</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>50</v>
       </c>
       <c r="K83" s="15">
         <v>0.33456</v>
       </c>
       <c r="L83" s="15">
         <v>0.28995</v>
       </c>
       <c r="M83" s="15">
         <v>0.2788</v>
       </c>
       <c r="N83" s="15">
-        <v>3446</v>
+        <v>3938</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>212</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>40</v>
       </c>
       <c r="K84" s="15">
         <v>0.28691</v>
       </c>
       <c r="L84" s="15">
         <v>0.24865</v>
       </c>
       <c r="M84" s="15">
         <v>0.23909</v>
       </c>
       <c r="N84" s="15">
-        <v>3638</v>
+        <v>3778</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E85" s="15">
         <v>10080042696</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
@@ -4585,140 +4588,140 @@
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E86" s="15">
         <v>10080065885</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
-        <v>3.52</v>
+        <v>3.64</v>
       </c>
       <c r="L86" s="15">
-        <v>3.05</v>
+        <v>3.16</v>
       </c>
       <c r="M86" s="15">
-        <v>2.94</v>
+        <v>3.03</v>
       </c>
       <c r="N86" s="15">
-        <v>810</v>
+        <v>774</v>
       </c>
       <c r="O86" s="15">
-        <v>2670</v>
+        <v>2550</v>
       </c>
       <c r="P86" s="15" t="s">
         <v>185</v>
       </c>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
-        <v>5.97</v>
+        <v>3.64</v>
       </c>
       <c r="L87" s="15">
-        <v>4.32</v>
+        <v>3.15</v>
       </c>
       <c r="M87" s="15">
-        <v>3.77</v>
+        <v>3.03</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>70</v>
       </c>
       <c r="K88" s="15">
-        <v>4.29</v>
+        <v>2.97</v>
       </c>
       <c r="L88" s="15">
-        <v>3.1</v>
+        <v>2.57</v>
       </c>
       <c r="M88" s="15">
-        <v>2.71</v>
+        <v>2.47</v>
       </c>
       <c r="N88" s="15">
-        <v>528</v>
+        <v>462</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
@@ -4961,273 +4964,281 @@
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E96" s="15">
         <v>10080076397</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.03869</v>
+        <v>0.04077</v>
       </c>
       <c r="L96" s="15">
-        <v>0.03353</v>
+        <v>0.03533</v>
       </c>
       <c r="M96" s="15">
-        <v>0.03224</v>
+        <v>0.03398</v>
       </c>
       <c r="N96" s="15">
-        <v>720</v>
-[...2 lines deleted...]
-      <c r="P96" s="15"/>
+        <v>870</v>
+      </c>
+      <c r="O96" s="15">
+        <v>870</v>
+      </c>
+      <c r="P96" s="15" t="s">
+        <v>248</v>
+      </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.05512</v>
       </c>
       <c r="L97" s="15">
         <v>0.03988</v>
       </c>
       <c r="M97" s="15">
         <v>0.0348</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E98" s="15">
         <v>10080031298</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.04044</v>
+        <v>0.0393</v>
       </c>
       <c r="L98" s="15">
-        <v>0.03505</v>
+        <v>0.03406</v>
       </c>
       <c r="M98" s="15">
-        <v>0.0337</v>
+        <v>0.03275</v>
       </c>
       <c r="N98" s="15">
-        <v>645</v>
-[...2 lines deleted...]
-      <c r="P98" s="15"/>
+        <v>704</v>
+      </c>
+      <c r="O98" s="15">
+        <v>2520</v>
+      </c>
+      <c r="P98" s="15" t="s">
+        <v>248</v>
+      </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>2000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.05846</v>
+        <v>0.04041</v>
       </c>
       <c r="L99" s="15">
-        <v>0.0423</v>
+        <v>0.03502</v>
       </c>
       <c r="M99" s="15">
-        <v>0.03691</v>
+        <v>0.03368</v>
       </c>
       <c r="N99" s="15">
         <v>31</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>50</v>
       </c>
       <c r="K100" s="15">
         <v>1.05</v>
       </c>
       <c r="L100" s="15">
         <v>1.05</v>
       </c>
       <c r="M100" s="15">
         <v>1.05</v>
       </c>
       <c r="N100" s="15">
         <v>1</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15">
         <v>1000</v>
       </c>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E101" s="15">
         <v>10080043010</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>3.6</v>
       </c>
       <c r="L101" s="15">
         <v>2.95</v>
       </c>
       <c r="M101" s="15">
         <v>2.83</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>2.08</v>
       </c>
       <c r="L102" s="15">
         <v>1.75</v>
       </c>
       <c r="M102" s="15">
         <v>1.68</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14"/>
@@ -5287,317 +5298,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>