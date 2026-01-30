--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -136,51 +136,51 @@
   <si>
     <t>UT-00139331</t>
   </si>
   <si>
     <t>Amphenol</t>
   </si>
   <si>
     <t>DF-09C</t>
   </si>
   <si>
     <t>корпус разъема 9конт для шлейфа / DF-09C</t>
   </si>
   <si>
     <t>10-00060030</t>
   </si>
   <si>
     <t>DS1045-22-09BPQ</t>
   </si>
   <si>
     <t>корпус разъема 9конт для шлейфа / DF-09C (DS1045-22-09BPQ)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
-    <t>03.05.2026</t>
+    <t>02.04.2026</t>
   </si>
   <si>
     <t xml:space="preserve">DF-09CB </t>
   </si>
   <si>
     <t xml:space="preserve">корпус разъема 9конт для шлейфа, неразборный / DF-09CB </t>
   </si>
   <si>
     <t>DF-15C</t>
   </si>
   <si>
     <t>корпус разъема 15конт для шлейфа / DF-15C</t>
   </si>
   <si>
     <t>DS1045-22-15BPQ</t>
   </si>
   <si>
     <t>корпус разъема 15конт для шлейфа / DF-15C (DS1045-22-15BPQ)</t>
   </si>
   <si>
     <t xml:space="preserve">DF-15CB </t>
   </si>
   <si>
     <t xml:space="preserve">корпус разъема 15конт для шлейфа, неразборный / DF-15CB </t>
   </si>
@@ -571,53 +571,50 @@
   <si>
     <t>DS1048-25AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin. на защелках. / DP-25CB (DS1048-25AP1S1-B)</t>
   </si>
   <si>
     <t xml:space="preserve">DS1048-25AP1S CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS1-DBX-25-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin, вывод кабеля под углом 45гр / DP-25CR (L-KLS1-DBX-25-G)</t>
   </si>
   <si>
     <t>DS1045-37AP1S1-A</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, ABS / DP-37C (DS1045-37AP1S1-A)</t>
   </si>
   <si>
     <t>UT-00123416</t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS1045-37AP1S1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (DS1045-37AP1S1-B)</t>
   </si>
   <si>
     <t>KLS1-DB-37P-S</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin / DP-37C (KLS1-DB-37P-S)</t>
   </si>
   <si>
     <t>10-00060004</t>
   </si>
   <si>
     <t>L-KLS1-DBX-37-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, вывод кабеля под углом 45гр, пластик, цвет серый, без винтов / DP-37CR (L-KLS1-DBX-37-G)</t>
   </si>
   <si>
     <t>DS1045-50PA1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 50 pin / DP-50C (DS1045-50PA1-B)</t>
@@ -661,50 +658,53 @@
   <si>
     <t>корпус для D-SUB разьема 25 pin с удл.винтами серый / DPT-25C (KLS1-DB-25P-L-G)</t>
   </si>
   <si>
     <t>KLS1-DB-25P-L</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin с удл.винтами / DPT-25C (KLS1-DB-25P-L)</t>
   </si>
   <si>
     <t>DS1045-37AP1L1-B</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin с удл.винтами / DPT-37C (DS1045-37AP1L1-B)</t>
   </si>
   <si>
     <t>L-KLS1-DB-37P-L-G</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin с удл.винтами / DPT-37C (KLS1-DB-37P-L-G)</t>
   </si>
   <si>
     <t>10-00060006</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-DB-37P-L-G KLS, </t>
+  </si>
+  <si>
     <t>DS1047-02-37M2AS</t>
   </si>
   <si>
     <t>металлизированный корпус угловой 45° для D-SUB разьема 37 pin, тип A / DS1047-02-37M2AS</t>
   </si>
   <si>
     <t>DS1047-03-09M2S</t>
   </si>
   <si>
     <t>Металлический корпус для D-SUB разьема 09 pin / DS1047-03-09M2S</t>
   </si>
   <si>
     <t>DS1047-06-25M1</t>
   </si>
   <si>
     <t>кожух для D-SUB 25, угловой, длинные болты UNC #4-40, цинковый сплав / DS1047-06-25M1</t>
   </si>
   <si>
     <t>UT-00118476</t>
   </si>
   <si>
     <t>DS1049-09M1</t>
   </si>
   <si>
     <t>кожух прямой для D-SUB разъема 9pin, металл., длинные винты, с логоn / DS1049-09M1</t>
@@ -760,60 +760,63 @@
   <si>
     <t>H2-25PTT</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin, пластиковый без расширения. Черный. / H2-25PTT</t>
   </si>
   <si>
     <t>HR-9F</t>
   </si>
   <si>
     <t>(заглушка для DB-9F) / HR-9F</t>
   </si>
   <si>
     <t>10-00059975</t>
   </si>
   <si>
     <t>L-KLS8-0326-DB-F-09</t>
   </si>
   <si>
     <t>(заглушка для DB-9F) / HR-9F (L-KLS8-0326-DB-F-09)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0326-DB-F-09 KLS, </t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>UT-00141395</t>
   </si>
   <si>
     <t>L-KLS8-0326-DB-M-09</t>
   </si>
   <si>
     <t>(заглушка для DB-9M) / HR-9M (L-KLS8-0326-DB-M-09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS8-0326-DB-M-09 KLS, </t>
   </si>
   <si>
     <t>UT-00134721</t>
   </si>
   <si>
     <t>L-KLS1-DBA-09P-L</t>
   </si>
   <si>
     <t>кожух D-SUB 9pin прямой, цинковый сплав, длинные винты (сталь) / KLS1-DBA-09P-L</t>
   </si>
   <si>
     <t>10-00059970</t>
   </si>
   <si>
     <t>L-KLS1-DBXM-50P-L</t>
   </si>
   <si>
     <t>Металлический корпус для D-SUB разьема 50 pin. Боковой ввод с уплотнителем. / KLS1-DBXM-50P-L (D45ZK50-K) (L-KLS1-DBXM-50P-L)</t>
   </si>
   <si>
     <t>L-KLS1-DBXCC-37P-L-B-9</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 37 pin, вывод кабеля под углом 45гр / L-KLS1-DBXCC-37P-L-B-9</t>
   </si>
@@ -1740,61 +1743,61 @@
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080057167</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>200</v>
       </c>
       <c r="K12" s="15">
-        <v>0.11336</v>
+        <v>0.11829</v>
       </c>
       <c r="L12" s="15">
-        <v>0.09823999999999999</v>
+        <v>0.10252</v>
       </c>
       <c r="M12" s="15">
-        <v>0.09446</v>
+        <v>0.09858</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>3300</v>
+        <v>4350</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080017314</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
@@ -1864,51 +1867,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080057604</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>200</v>
       </c>
       <c r="K15" s="15">
         <v>0.15236</v>
       </c>
       <c r="L15" s="15">
         <v>0.13204</v>
       </c>
       <c r="M15" s="15">
         <v>0.12696</v>
       </c>
       <c r="N15" s="15">
-        <v>921</v>
+        <v>944</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080027472</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1975,51 +1978,51 @@
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080046420</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.1634</v>
       </c>
       <c r="L18" s="15">
         <v>0.14161</v>
       </c>
       <c r="M18" s="15">
         <v>0.13616</v>
       </c>
       <c r="N18" s="15">
-        <v>1155</v>
+        <v>1024</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080017238</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -2288,135 +2291,135 @@
       <c r="D27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10080026920</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>1.42</v>
       </c>
       <c r="L27" s="15">
         <v>1.23</v>
       </c>
       <c r="M27" s="15">
         <v>1.19</v>
       </c>
       <c r="N27" s="15">
-        <v>378</v>
+        <v>345</v>
       </c>
       <c r="O27" s="15">
-        <v>450</v>
+        <v>410</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080053108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J28" s="15">
         <v>50</v>
       </c>
       <c r="K28" s="15">
         <v>0.87135</v>
       </c>
       <c r="L28" s="15">
         <v>0.75517</v>
       </c>
       <c r="M28" s="15">
         <v>0.7261300000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>941</v>
+        <v>972</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10080019214</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>75</v>
       </c>
       <c r="K29" s="15">
         <v>1.81</v>
       </c>
       <c r="L29" s="15">
         <v>1.57</v>
       </c>
       <c r="M29" s="15">
         <v>1.51</v>
       </c>
       <c r="N29" s="15">
-        <v>229</v>
+        <v>300</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080017263</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
@@ -2483,176 +2486,176 @@
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080019215</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>50</v>
       </c>
       <c r="K32" s="15">
         <v>2.22</v>
       </c>
       <c r="L32" s="15">
         <v>1.92</v>
       </c>
       <c r="M32" s="15">
         <v>1.85</v>
       </c>
       <c r="N32" s="15">
-        <v>483</v>
+        <v>351</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>50</v>
       </c>
       <c r="K33" s="15">
-        <v>2.56</v>
+        <v>2.69</v>
       </c>
       <c r="L33" s="15">
-        <v>2.22</v>
+        <v>2.33</v>
       </c>
       <c r="M33" s="15">
-        <v>2.14</v>
+        <v>2.24</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15">
         <v>100</v>
       </c>
       <c r="P33" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q33" s="15">
         <v>200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="15">
         <v>10000008646</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.2729</v>
       </c>
       <c r="L34" s="15">
         <v>0.23651</v>
       </c>
       <c r="M34" s="15">
         <v>0.22741</v>
       </c>
       <c r="N34" s="15">
-        <v>1590</v>
+        <v>1230</v>
       </c>
       <c r="O34" s="15">
-        <v>1800</v>
+        <v>1400</v>
       </c>
       <c r="P34" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="15">
         <v>10000008645</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.30069</v>
       </c>
       <c r="L35" s="15">
         <v>0.2606</v>
       </c>
       <c r="M35" s="15">
         <v>0.25058</v>
       </c>
       <c r="N35" s="15">
-        <v>4069</v>
+        <v>3692</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2684,51 +2687,51 @@
       <c r="D37" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E37" s="15">
         <v>10000008644</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.42638</v>
       </c>
       <c r="L37" s="15">
         <v>0.36953</v>
       </c>
       <c r="M37" s="15">
         <v>0.35531</v>
       </c>
       <c r="N37" s="15">
-        <v>539</v>
+        <v>561</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E38" s="15">
         <v>10080016525</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="15"/>
@@ -2832,54 +2835,54 @@
       <c r="D41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E41" s="15">
         <v>10000008642</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>50</v>
       </c>
       <c r="K41" s="15">
         <v>0.62709</v>
       </c>
       <c r="L41" s="15">
         <v>0.54348</v>
       </c>
       <c r="M41" s="15">
         <v>0.52258</v>
       </c>
       <c r="N41" s="15">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="O41" s="15">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="P41" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
@@ -2988,137 +2991,137 @@
       <c r="D45" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E45" s="15">
         <v>10080018027</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.37172</v>
       </c>
       <c r="L45" s="15">
         <v>0.32215</v>
       </c>
       <c r="M45" s="15">
         <v>0.30976</v>
       </c>
       <c r="N45" s="15">
-        <v>962</v>
+        <v>1196</v>
       </c>
       <c r="O45" s="15">
-        <v>2100</v>
+        <v>2610</v>
       </c>
       <c r="P45" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E46" s="15">
         <v>10080036442</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
-        <v>0.41348</v>
+        <v>0.41189</v>
       </c>
       <c r="L46" s="15">
-        <v>0.35835</v>
+        <v>0.35697</v>
       </c>
       <c r="M46" s="15">
-        <v>0.34456</v>
+        <v>0.34324</v>
       </c>
       <c r="N46" s="15">
-        <v>569</v>
+        <v>521</v>
       </c>
       <c r="O46" s="15">
-        <v>1420</v>
+        <v>1600</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E47" s="15">
         <v>10080027769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>50</v>
       </c>
       <c r="K47" s="15">
         <v>0.50423</v>
       </c>
       <c r="L47" s="15">
         <v>0.437</v>
       </c>
       <c r="M47" s="15">
         <v>0.42019</v>
       </c>
       <c r="N47" s="15">
-        <v>336</v>
+        <v>252</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E48" s="15">
         <v>10080017315</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
@@ -3148,93 +3151,93 @@
       <c r="D49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E49" s="15">
         <v>10080033046</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.71552</v>
       </c>
       <c r="L49" s="15">
         <v>0.6201100000000001</v>
       </c>
       <c r="M49" s="15">
         <v>0.59626</v>
       </c>
       <c r="N49" s="15">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="15">
         <v>10080018028</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
-        <v>0.26639</v>
+        <v>0.22389</v>
       </c>
       <c r="L50" s="15">
-        <v>0.23087</v>
+        <v>0.19404</v>
       </c>
       <c r="M50" s="15">
-        <v>0.22199</v>
+        <v>0.18658</v>
       </c>
       <c r="N50" s="15">
-        <v>369</v>
+        <v>386</v>
       </c>
       <c r="O50" s="15">
-        <v>1700</v>
+        <v>1780</v>
       </c>
       <c r="P50" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
@@ -3263,92 +3266,92 @@
       <c r="D52" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E52" s="15">
         <v>10000014374</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55424</v>
       </c>
       <c r="L52" s="15">
         <v>0.16011</v>
       </c>
       <c r="M52" s="15">
         <v>0.16011</v>
       </c>
       <c r="N52" s="15">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E53" s="15">
         <v>10080015700</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>135</v>
       </c>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>0.1442</v>
       </c>
       <c r="L53" s="15">
         <v>0.12497</v>
       </c>
       <c r="M53" s="15">
         <v>0.12016</v>
       </c>
       <c r="N53" s="15">
-        <v>763</v>
+        <v>738</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3382,51 +3385,51 @@
       <c r="D55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10080052352</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>100</v>
       </c>
       <c r="K55" s="15">
         <v>0.23311</v>
       </c>
       <c r="L55" s="15">
         <v>0.15272</v>
       </c>
       <c r="M55" s="15">
         <v>0.13766</v>
       </c>
       <c r="N55" s="15">
-        <v>243</v>
+        <v>164</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
@@ -3458,51 +3461,51 @@
       <c r="D57" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E57" s="15">
         <v>10000014369</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.26186</v>
       </c>
       <c r="L57" s="15">
         <v>0.22694</v>
       </c>
       <c r="M57" s="15">
         <v>0.21821</v>
       </c>
       <c r="N57" s="15">
-        <v>732</v>
+        <v>708</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E58" s="15">
         <v>10080010495</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3527,187 +3530,187 @@
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
-        <v>0.11186</v>
+        <v>0.14</v>
       </c>
       <c r="L59" s="15">
-        <v>0.09694</v>
+        <v>0.09702</v>
       </c>
       <c r="M59" s="15">
-        <v>0.09321</v>
+        <v>0.08890000000000001</v>
       </c>
       <c r="N59" s="15">
-        <v>9503</v>
+        <v>9180</v>
       </c>
       <c r="O59" s="15">
-        <v>3250</v>
+        <v>3150</v>
       </c>
       <c r="P59" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q59" s="15">
         <v>800</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10000000548</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
-        <v>0.10824</v>
+        <v>0.135</v>
       </c>
       <c r="L60" s="15">
         <v>0.09381</v>
       </c>
       <c r="M60" s="15">
-        <v>0.0902</v>
+        <v>0.0856</v>
       </c>
       <c r="N60" s="15">
-        <v>105994</v>
+        <v>102529</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080053329</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.20118</v>
       </c>
       <c r="L61" s="15">
         <v>0.14555</v>
       </c>
       <c r="M61" s="15">
         <v>0.12701</v>
       </c>
       <c r="N61" s="15">
-        <v>1863</v>
+        <v>2541</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080032359</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>100</v>
       </c>
       <c r="K62" s="15">
         <v>0.20699</v>
       </c>
       <c r="L62" s="15">
         <v>0.17939</v>
       </c>
       <c r="M62" s="15">
         <v>0.17249</v>
       </c>
       <c r="N62" s="15">
-        <v>873</v>
+        <v>935</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080017265</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
@@ -3769,63 +3772,63 @@
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E65" s="15">
         <v>10000005856</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
-        <v>0.13446</v>
+        <v>0.13211</v>
       </c>
       <c r="L65" s="15">
-        <v>0.11653</v>
+        <v>0.11449</v>
       </c>
       <c r="M65" s="15">
-        <v>0.11205</v>
+        <v>0.11009</v>
       </c>
       <c r="N65" s="15">
-        <v>4951</v>
+        <v>805</v>
       </c>
       <c r="O65" s="15">
-        <v>16600</v>
+        <v>12400</v>
       </c>
       <c r="P65" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
@@ -3856,92 +3859,92 @@
       <c r="D67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E67" s="15">
         <v>10000001409</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>50</v>
       </c>
       <c r="K67" s="15">
         <v>0.16283</v>
       </c>
       <c r="L67" s="15">
         <v>0.14112</v>
       </c>
       <c r="M67" s="15">
         <v>0.13569</v>
       </c>
       <c r="N67" s="15">
-        <v>6422</v>
+        <v>6629</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>176</v>
       </c>
       <c r="J68" s="15">
         <v>50</v>
       </c>
       <c r="K68" s="15">
         <v>0.2429</v>
       </c>
       <c r="L68" s="15">
         <v>0.21051</v>
       </c>
       <c r="M68" s="15">
         <v>0.20241</v>
       </c>
       <c r="N68" s="15">
-        <v>900</v>
+        <v>850</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080033047</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
@@ -3975,599 +3978,601 @@
       <c r="D70" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E70" s="15">
         <v>10080039120</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>50</v>
       </c>
       <c r="K70" s="15">
         <v>1.14</v>
       </c>
       <c r="L70" s="15">
         <v>0.9842</v>
       </c>
       <c r="M70" s="15">
         <v>0.94635</v>
       </c>
       <c r="N70" s="15">
-        <v>666</v>
+        <v>592</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>50</v>
       </c>
       <c r="K71" s="15">
-        <v>0.242</v>
+        <v>0.25559</v>
       </c>
       <c r="L71" s="15">
-        <v>0.20973</v>
+        <v>0.22151</v>
       </c>
       <c r="M71" s="15">
-        <v>0.20166</v>
+        <v>0.21299</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15">
-        <v>15800</v>
+        <v>12600</v>
       </c>
       <c r="P71" s="15" t="s">
-        <v>185</v>
+        <v>40</v>
       </c>
       <c r="Q71" s="15">
         <v>400</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E72" s="15">
         <v>10000001827</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>50</v>
       </c>
       <c r="K72" s="15">
         <v>0.25337</v>
       </c>
       <c r="L72" s="15">
         <v>0.21958</v>
       </c>
       <c r="M72" s="15">
         <v>0.21114</v>
       </c>
       <c r="N72" s="15">
-        <v>2957</v>
+        <v>2553</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
         <v>0.59365</v>
       </c>
       <c r="L73" s="15">
         <v>0.30545</v>
       </c>
       <c r="M73" s="15">
         <v>0.29683</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="E74" s="15">
         <v>10080017317</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>1.42</v>
       </c>
       <c r="L74" s="15">
         <v>1.23</v>
       </c>
       <c r="M74" s="15">
         <v>1.19</v>
       </c>
       <c r="N74" s="15">
-        <v>2816</v>
+        <v>2741</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E75" s="15">
         <v>10000008786</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>50</v>
       </c>
       <c r="K75" s="15">
         <v>0.5223</v>
       </c>
       <c r="L75" s="15">
         <v>0.45266</v>
       </c>
       <c r="M75" s="15">
         <v>0.43525</v>
       </c>
       <c r="N75" s="15">
-        <v>1599</v>
+        <v>2198</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="E76" s="15">
         <v>10000004552</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
-        <v>0.18447</v>
+        <v>0.18434</v>
       </c>
       <c r="L76" s="15">
-        <v>0.15987</v>
+        <v>0.15976</v>
       </c>
       <c r="M76" s="15">
-        <v>0.15373</v>
+        <v>0.15361</v>
       </c>
       <c r="N76" s="15">
-        <v>9743</v>
+        <v>9843</v>
       </c>
       <c r="O76" s="15">
-        <v>12000</v>
+        <v>12450</v>
       </c>
       <c r="P76" s="15" t="s">
         <v>40</v>
       </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.11664</v>
       </c>
       <c r="L77" s="15">
         <v>0.10109</v>
       </c>
       <c r="M77" s="15">
         <v>0.09719999999999999</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15">
         <v>10000</v>
       </c>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E78" s="15">
         <v>10000010437</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.20492</v>
       </c>
       <c r="L78" s="15">
         <v>0.17759</v>
       </c>
       <c r="M78" s="15">
         <v>0.17076</v>
       </c>
       <c r="N78" s="15">
-        <v>3017</v>
+        <v>2631</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E79" s="15">
         <v>10080011005</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.30299</v>
       </c>
       <c r="L79" s="15">
         <v>0.19214</v>
       </c>
       <c r="M79" s="15">
         <v>0.18475</v>
       </c>
       <c r="N79" s="15">
         <v>22</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="E80" s="15">
         <v>10000008643</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.55154</v>
       </c>
       <c r="L80" s="15">
         <v>0.29301</v>
       </c>
       <c r="M80" s="15">
         <v>0.24991</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E81" s="15">
         <v>10080075355</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
         <v>0.24974</v>
       </c>
       <c r="L81" s="15">
         <v>0.21644</v>
       </c>
       <c r="M81" s="15">
         <v>0.20811</v>
       </c>
       <c r="N81" s="15">
-        <v>2245</v>
+        <v>1974</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E82" s="15">
         <v>10080010614</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>50</v>
       </c>
       <c r="K82" s="15">
         <v>0.19199</v>
       </c>
       <c r="L82" s="15">
         <v>0.19199</v>
       </c>
       <c r="M82" s="15">
         <v>0.19199</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E83" s="15">
         <v>10000008641</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>50</v>
       </c>
       <c r="K83" s="15">
         <v>0.33456</v>
       </c>
       <c r="L83" s="15">
         <v>0.28995</v>
       </c>
       <c r="M83" s="15">
         <v>0.2788</v>
       </c>
       <c r="N83" s="15">
-        <v>3938</v>
+        <v>4028</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I84" s="15"/>
+      <c r="I84" s="15" t="s">
+        <v>214</v>
+      </c>
       <c r="J84" s="15">
         <v>40</v>
       </c>
       <c r="K84" s="15">
         <v>0.28691</v>
       </c>
       <c r="L84" s="15">
         <v>0.24865</v>
       </c>
       <c r="M84" s="15">
         <v>0.23909</v>
       </c>
       <c r="N84" s="15">
-        <v>3778</v>
+        <v>3871</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E85" s="15">
         <v>10080042696</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
@@ -4597,57 +4602,57 @@
       <c r="D86" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E86" s="15">
         <v>10080065885</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>3.64</v>
       </c>
       <c r="L86" s="15">
         <v>3.16</v>
       </c>
       <c r="M86" s="15">
         <v>3.03</v>
       </c>
       <c r="N86" s="15">
-        <v>774</v>
+        <v>558</v>
       </c>
       <c r="O86" s="15">
-        <v>2550</v>
+        <v>1890</v>
       </c>
       <c r="P86" s="15" t="s">
-        <v>185</v>
+        <v>40</v>
       </c>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>200</v>
@@ -4677,51 +4682,51 @@
       <c r="D88" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>70</v>
       </c>
       <c r="K88" s="15">
         <v>2.97</v>
       </c>
       <c r="L88" s="15">
         <v>2.57</v>
       </c>
       <c r="M88" s="15">
         <v>2.47</v>
       </c>
       <c r="N88" s="15">
-        <v>462</v>
+        <v>420</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
@@ -4973,54 +4978,54 @@
       </c>
       <c r="E96" s="15">
         <v>10080076397</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.04077</v>
       </c>
       <c r="L96" s="15">
         <v>0.03533</v>
       </c>
       <c r="M96" s="15">
         <v>0.03398</v>
       </c>
       <c r="N96" s="15">
-        <v>870</v>
+        <v>729</v>
       </c>
       <c r="O96" s="15">
-        <v>870</v>
+        <v>810</v>
       </c>
       <c r="P96" s="15" t="s">
         <v>248</v>
       </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
@@ -5041,204 +5046,208 @@
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E98" s="15">
         <v>10080031298</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I98" s="15"/>
+      <c r="I98" s="15" t="s">
+        <v>252</v>
+      </c>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.0393</v>
       </c>
       <c r="L98" s="15">
         <v>0.03406</v>
       </c>
       <c r="M98" s="15">
         <v>0.03275</v>
       </c>
       <c r="N98" s="15">
-        <v>704</v>
+        <v>540</v>
       </c>
       <c r="O98" s="15">
-        <v>2520</v>
+        <v>2011</v>
       </c>
       <c r="P98" s="15" t="s">
         <v>248</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I99" s="15"/>
+      <c r="I99" s="15" t="s">
+        <v>252</v>
+      </c>
       <c r="J99" s="15">
         <v>2000</v>
       </c>
       <c r="K99" s="15">
         <v>0.04041</v>
       </c>
       <c r="L99" s="15">
         <v>0.03502</v>
       </c>
       <c r="M99" s="15">
         <v>0.03368</v>
       </c>
       <c r="N99" s="15">
         <v>31</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>50</v>
       </c>
       <c r="K100" s="15">
         <v>1.05</v>
       </c>
       <c r="L100" s="15">
         <v>1.05</v>
       </c>
       <c r="M100" s="15">
         <v>1.05</v>
       </c>
       <c r="N100" s="15">
         <v>1</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15">
         <v>1000</v>
       </c>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E101" s="15">
         <v>10080043010</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>3.6</v>
       </c>
       <c r="L101" s="15">
         <v>2.95</v>
       </c>
       <c r="M101" s="15">
         <v>2.83</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>2.08</v>
       </c>
       <c r="L102" s="15">
         <v>1.75</v>
       </c>
       <c r="M102" s="15">
         <v>1.68</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14"/>
@@ -5298,317 +5307,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>