--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -134,53 +134,50 @@
     <t>кожух угловой (45°) для D-SUB 9pin, пластик чёрный / 8655PHRA0901LF</t>
   </si>
   <si>
     <t>UT-00139331</t>
   </si>
   <si>
     <t>Amphenol</t>
   </si>
   <si>
     <t>DF-09C</t>
   </si>
   <si>
     <t>корпус разъема 9конт для шлейфа / DF-09C</t>
   </si>
   <si>
     <t>10-00060030</t>
   </si>
   <si>
     <t>DS1045-22-09BPQ</t>
   </si>
   <si>
     <t>корпус разъема 9конт для шлейфа / DF-09C (DS1045-22-09BPQ)</t>
   </si>
   <si>
     <t>CONNFLY</t>
-  </si>
-[...1 lines deleted...]
-    <t>02.04.2026</t>
   </si>
   <si>
     <t xml:space="preserve">DF-09CB </t>
   </si>
   <si>
     <t xml:space="preserve">корпус разъема 9конт для шлейфа, неразборный / DF-09CB </t>
   </si>
   <si>
     <t>DF-15C</t>
   </si>
   <si>
     <t>корпус разъема 15конт для шлейфа / DF-15C</t>
   </si>
   <si>
     <t>DS1045-22-15BPQ</t>
   </si>
   <si>
     <t>корпус разъема 15конт для шлейфа / DF-15C (DS1045-22-15BPQ)</t>
   </si>
   <si>
     <t xml:space="preserve">DF-15CB </t>
   </si>
   <si>
     <t xml:space="preserve">корпус разъема 15конт для шлейфа, неразборный / DF-15CB </t>
   </si>
@@ -1753,3501 +1750,3477 @@
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080057167</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>200</v>
       </c>
       <c r="K12" s="15">
         <v>0.11829</v>
       </c>
       <c r="L12" s="15">
         <v>0.10252</v>
       </c>
       <c r="M12" s="15">
         <v>0.09858</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>4350</v>
-[...3 lines deleted...]
-      </c>
+        <v>3850</v>
+      </c>
+      <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E13" s="15">
         <v>10080017314</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.19706</v>
       </c>
       <c r="L13" s="15">
         <v>0.1047</v>
       </c>
       <c r="M13" s="15">
         <v>0.0893</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>42</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E14" s="15">
         <v>10000014363</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.33255</v>
       </c>
       <c r="L14" s="15">
         <v>0.16011</v>
       </c>
       <c r="M14" s="15">
         <v>0.16011</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>44</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080057604</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>200</v>
       </c>
       <c r="K15" s="15">
         <v>0.15236</v>
       </c>
       <c r="L15" s="15">
         <v>0.13204</v>
       </c>
       <c r="M15" s="15">
         <v>0.12696</v>
       </c>
       <c r="N15" s="15">
-        <v>944</v>
+        <v>749</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080027472</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.13056</v>
       </c>
       <c r="L16" s="15">
         <v>0.04804</v>
       </c>
       <c r="M16" s="15">
         <v>0.04804</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.54562</v>
       </c>
       <c r="L17" s="15">
         <v>0.436</v>
       </c>
       <c r="M17" s="15">
         <v>0.40891</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080046420</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.1634</v>
       </c>
       <c r="L18" s="15">
         <v>0.14161</v>
       </c>
       <c r="M18" s="15">
         <v>0.13616</v>
       </c>
       <c r="N18" s="15">
-        <v>1024</v>
+        <v>1116</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E19" s="15">
         <v>10080017238</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>50</v>
       </c>
       <c r="K19" s="15">
         <v>0.31408</v>
       </c>
       <c r="L19" s="15">
         <v>0.11208</v>
       </c>
       <c r="M19" s="15">
         <v>0.11208</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E20" s="15">
         <v>10080017010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
         <v>0.7291299999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.32023</v>
       </c>
       <c r="M20" s="15">
         <v>0.32023</v>
       </c>
       <c r="N20" s="15">
         <v>15</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
         <v>1.13</v>
       </c>
       <c r="L21" s="15">
         <v>0.5758</v>
       </c>
       <c r="M21" s="15">
         <v>0.56533</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="15"/>
       <c r="K22" s="15">
         <v>1.53</v>
       </c>
       <c r="L22" s="15">
         <v>0.78518</v>
       </c>
       <c r="M22" s="15">
         <v>0.76424</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>1.19</v>
       </c>
       <c r="L23" s="15">
         <v>0.60721</v>
       </c>
       <c r="M23" s="15">
         <v>0.59673</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>1.57</v>
       </c>
       <c r="L24" s="15">
         <v>0.80611</v>
       </c>
       <c r="M24" s="15">
         <v>0.78518</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>1.21</v>
       </c>
       <c r="L25" s="15">
         <v>0.62814</v>
       </c>
       <c r="M25" s="15">
         <v>0.60721</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="15"/>
       <c r="K26" s="15">
         <v>1.63</v>
       </c>
       <c r="L26" s="15">
         <v>0.83752</v>
       </c>
       <c r="M26" s="15">
         <v>0.81659</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10080026920</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>1.42</v>
       </c>
       <c r="L27" s="15">
         <v>1.23</v>
       </c>
       <c r="M27" s="15">
         <v>1.19</v>
       </c>
       <c r="N27" s="15">
-        <v>345</v>
+        <v>256</v>
       </c>
       <c r="O27" s="15">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>330</v>
+      </c>
+      <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080053108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>50</v>
       </c>
       <c r="K28" s="15">
         <v>0.87135</v>
       </c>
       <c r="L28" s="15">
         <v>0.75517</v>
       </c>
       <c r="M28" s="15">
         <v>0.7261300000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>972</v>
+        <v>764</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10080019214</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>75</v>
       </c>
       <c r="K29" s="15">
         <v>1.81</v>
       </c>
       <c r="L29" s="15">
         <v>1.57</v>
       </c>
       <c r="M29" s="15">
         <v>1.51</v>
       </c>
       <c r="N29" s="15">
-        <v>300</v>
+        <v>272</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080017263</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15">
         <v>1.74</v>
       </c>
       <c r="L30" s="15">
         <v>1.5</v>
       </c>
       <c r="M30" s="15">
         <v>1.45</v>
       </c>
-      <c r="N30" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080018274</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>2.22</v>
       </c>
       <c r="L31" s="15">
         <v>1.44</v>
       </c>
       <c r="M31" s="15">
         <v>1.44</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10080019215</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>50</v>
       </c>
       <c r="K32" s="15">
         <v>2.22</v>
       </c>
       <c r="L32" s="15">
         <v>1.92</v>
       </c>
       <c r="M32" s="15">
         <v>1.85</v>
       </c>
       <c r="N32" s="15">
-        <v>351</v>
+        <v>267</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>50</v>
       </c>
       <c r="K33" s="15">
         <v>2.69</v>
       </c>
       <c r="L33" s="15">
         <v>2.33</v>
       </c>
       <c r="M33" s="15">
         <v>2.24</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15">
         <v>100</v>
       </c>
-      <c r="P33" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E34" s="15">
         <v>10000008646</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.2729</v>
       </c>
       <c r="L34" s="15">
         <v>0.23651</v>
       </c>
       <c r="M34" s="15">
         <v>0.22741</v>
       </c>
       <c r="N34" s="15">
-        <v>1230</v>
+        <v>1159</v>
       </c>
       <c r="O34" s="15">
-        <v>1400</v>
-[...3 lines deleted...]
-      </c>
+        <v>1320</v>
+      </c>
+      <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E35" s="15">
         <v>10000008645</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.30069</v>
       </c>
       <c r="L35" s="15">
         <v>0.2606</v>
       </c>
       <c r="M35" s="15">
         <v>0.25058</v>
       </c>
       <c r="N35" s="15">
-        <v>3692</v>
+        <v>4642</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.45571</v>
       </c>
       <c r="L36" s="15">
         <v>0.36457</v>
       </c>
       <c r="M36" s="15">
         <v>0.3424</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E37" s="15">
         <v>10000008644</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.42638</v>
       </c>
       <c r="L37" s="15">
         <v>0.36953</v>
       </c>
       <c r="M37" s="15">
         <v>0.35531</v>
       </c>
       <c r="N37" s="15">
-        <v>561</v>
+        <v>420</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E38" s="15">
         <v>10080016525</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>50</v>
       </c>
       <c r="K38" s="15">
         <v>0.59119</v>
       </c>
       <c r="L38" s="15">
         <v>0.38181</v>
       </c>
       <c r="M38" s="15">
         <v>0.33871</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>2.84</v>
       </c>
       <c r="L39" s="15">
         <v>2.27</v>
       </c>
       <c r="M39" s="15">
         <v>2.18</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E40" s="15">
         <v>10080017012</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>50</v>
       </c>
       <c r="K40" s="15">
         <v>0.62814</v>
       </c>
       <c r="L40" s="15">
         <v>0.2882</v>
       </c>
       <c r="M40" s="15">
         <v>0.2882</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E41" s="15">
         <v>10000008642</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>50</v>
       </c>
       <c r="K41" s="15">
         <v>0.62709</v>
       </c>
       <c r="L41" s="15">
         <v>0.54348</v>
       </c>
       <c r="M41" s="15">
         <v>0.52258</v>
       </c>
       <c r="N41" s="15">
         <v>39</v>
       </c>
       <c r="O41" s="15">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>100</v>
       </c>
       <c r="K42" s="15">
         <v>1.11</v>
       </c>
       <c r="L42" s="15">
         <v>0.61583</v>
       </c>
       <c r="M42" s="15">
         <v>0.55424</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E43" s="15">
         <v>10080017013</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>20</v>
       </c>
       <c r="K43" s="15">
         <v>1.48</v>
       </c>
       <c r="L43" s="15">
         <v>1.28</v>
       </c>
       <c r="M43" s="15">
         <v>1.23</v>
       </c>
       <c r="N43" s="15">
         <v>95</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="E44" s="15">
         <v>10080017264</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>50</v>
       </c>
       <c r="K44" s="15">
         <v>0.63306</v>
       </c>
       <c r="L44" s="15">
         <v>0.24018</v>
       </c>
       <c r="M44" s="15">
         <v>0.24018</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="E45" s="15">
         <v>10080018027</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.37172</v>
       </c>
       <c r="L45" s="15">
         <v>0.32215</v>
       </c>
       <c r="M45" s="15">
         <v>0.30976</v>
       </c>
       <c r="N45" s="15">
-        <v>1196</v>
+        <v>1210</v>
       </c>
       <c r="O45" s="15">
-        <v>2610</v>
-[...4 lines deleted...]
-      <c r="Q45" s="15"/>
+        <v>2640</v>
+      </c>
+      <c r="P45" s="15"/>
+      <c r="Q45" s="15">
+        <v>1600</v>
+      </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E46" s="15">
         <v>10080036442</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.41189</v>
       </c>
       <c r="L46" s="15">
         <v>0.35697</v>
       </c>
       <c r="M46" s="15">
         <v>0.34324</v>
       </c>
       <c r="N46" s="15">
-        <v>521</v>
+        <v>391</v>
       </c>
       <c r="O46" s="15">
-        <v>1600</v>
-[...3 lines deleted...]
-      </c>
+        <v>1200</v>
+      </c>
+      <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E47" s="15">
         <v>10080027769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>50</v>
       </c>
       <c r="K47" s="15">
         <v>0.50423</v>
       </c>
       <c r="L47" s="15">
         <v>0.437</v>
       </c>
       <c r="M47" s="15">
         <v>0.42019</v>
       </c>
       <c r="N47" s="15">
-        <v>252</v>
+        <v>229</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
-      <c r="Q47" s="15"/>
+      <c r="Q47" s="15">
+        <v>1000</v>
+      </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E48" s="15">
         <v>10080017315</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>1.16</v>
       </c>
       <c r="L48" s="15">
         <v>0.64046</v>
       </c>
       <c r="M48" s="15">
         <v>0.64046</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E49" s="15">
         <v>10080033046</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.71552</v>
       </c>
       <c r="L49" s="15">
         <v>0.6201100000000001</v>
       </c>
       <c r="M49" s="15">
         <v>0.59626</v>
       </c>
       <c r="N49" s="15">
-        <v>108</v>
+        <v>132</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E50" s="15">
         <v>10080018028</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.22389</v>
       </c>
       <c r="L50" s="15">
         <v>0.19404</v>
       </c>
       <c r="M50" s="15">
         <v>0.18658</v>
       </c>
-      <c r="N50" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1780</v>
-[...3 lines deleted...]
-      </c>
+        <v>1240</v>
+      </c>
+      <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.8794</v>
       </c>
       <c r="L51" s="15">
         <v>0.48158</v>
       </c>
       <c r="M51" s="15">
         <v>0.4397</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E52" s="15">
         <v>10000014374</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55424</v>
       </c>
       <c r="L52" s="15">
         <v>0.16011</v>
       </c>
       <c r="M52" s="15">
         <v>0.16011</v>
       </c>
       <c r="N52" s="15">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E53" s="15">
         <v>10080015700</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>0.1442</v>
       </c>
       <c r="L53" s="15">
         <v>0.12497</v>
       </c>
       <c r="M53" s="15">
         <v>0.12016</v>
       </c>
       <c r="N53" s="15">
-        <v>738</v>
+        <v>1000</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.33255</v>
       </c>
       <c r="L54" s="15">
         <v>0.22416</v>
       </c>
       <c r="M54" s="15">
         <v>0.20323</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E55" s="15">
         <v>10080052352</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>100</v>
       </c>
       <c r="K55" s="15">
         <v>0.23311</v>
       </c>
       <c r="L55" s="15">
         <v>0.15272</v>
       </c>
       <c r="M55" s="15">
         <v>0.13766</v>
       </c>
       <c r="N55" s="15">
-        <v>164</v>
+        <v>202</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>50</v>
       </c>
       <c r="K56" s="15">
         <v>0.32603</v>
       </c>
       <c r="L56" s="15">
         <v>0.21735</v>
       </c>
       <c r="M56" s="15">
         <v>0.19924</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E57" s="15">
         <v>10000014369</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.26186</v>
       </c>
       <c r="L57" s="15">
         <v>0.22694</v>
       </c>
       <c r="M57" s="15">
         <v>0.21821</v>
       </c>
       <c r="N57" s="15">
-        <v>708</v>
+        <v>850</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E58" s="15">
         <v>10080010495</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>0.27836</v>
       </c>
       <c r="L58" s="15">
         <v>0.14411</v>
       </c>
       <c r="M58" s="15">
         <v>0.13917</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.14</v>
       </c>
       <c r="L59" s="15">
         <v>0.09702</v>
       </c>
       <c r="M59" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="N59" s="15">
-        <v>9180</v>
+        <v>11042</v>
       </c>
       <c r="O59" s="15">
-        <v>3150</v>
-[...3 lines deleted...]
-      </c>
+        <v>4000</v>
+      </c>
+      <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>800</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10000000548</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.135</v>
       </c>
       <c r="L60" s="15">
         <v>0.09381</v>
       </c>
       <c r="M60" s="15">
         <v>0.0856</v>
       </c>
       <c r="N60" s="15">
-        <v>102529</v>
+        <v>117697</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E61" s="15">
         <v>10080053329</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.20118</v>
       </c>
       <c r="L61" s="15">
         <v>0.14555</v>
       </c>
       <c r="M61" s="15">
         <v>0.12701</v>
       </c>
       <c r="N61" s="15">
-        <v>2541</v>
+        <v>1864</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080032359</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>100</v>
       </c>
       <c r="K62" s="15">
         <v>0.20699</v>
       </c>
       <c r="L62" s="15">
         <v>0.17939</v>
       </c>
       <c r="M62" s="15">
         <v>0.17249</v>
       </c>
       <c r="N62" s="15">
-        <v>935</v>
+        <v>885</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080017265</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.83453</v>
       </c>
       <c r="L63" s="15">
         <v>0.72326</v>
       </c>
       <c r="M63" s="15">
         <v>0.6954399999999999</v>
       </c>
       <c r="N63" s="15">
-        <v>3816</v>
+        <v>3912</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E64" s="15">
         <v>10080010496</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.1478</v>
       </c>
       <c r="L64" s="15">
         <v>0.13917</v>
       </c>
       <c r="M64" s="15">
         <v>0.13425</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="E65" s="15">
         <v>10000005856</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.13211</v>
       </c>
       <c r="L65" s="15">
         <v>0.11449</v>
       </c>
       <c r="M65" s="15">
         <v>0.11009</v>
       </c>
       <c r="N65" s="15">
-        <v>805</v>
+        <v>1156</v>
       </c>
       <c r="O65" s="15">
-        <v>12400</v>
-[...3 lines deleted...]
-      </c>
+        <v>17800</v>
+      </c>
+      <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
       <c r="K66" s="15">
         <v>0.79811</v>
       </c>
       <c r="L66" s="15">
         <v>0.44956</v>
       </c>
       <c r="M66" s="15">
         <v>0.39905</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E67" s="15">
         <v>10000001409</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>50</v>
       </c>
       <c r="K67" s="15">
         <v>0.16283</v>
       </c>
       <c r="L67" s="15">
         <v>0.14112</v>
       </c>
       <c r="M67" s="15">
         <v>0.13569</v>
       </c>
       <c r="N67" s="15">
-        <v>6629</v>
+        <v>5624</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="J68" s="15">
         <v>50</v>
       </c>
       <c r="K68" s="15">
         <v>0.2429</v>
       </c>
       <c r="L68" s="15">
         <v>0.21051</v>
       </c>
       <c r="M68" s="15">
         <v>0.20241</v>
       </c>
       <c r="N68" s="15">
-        <v>850</v>
+        <v>880</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080033047</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="J69" s="15">
         <v>50</v>
       </c>
       <c r="K69" s="15">
         <v>0.37378</v>
       </c>
       <c r="L69" s="15">
         <v>0.21686</v>
       </c>
       <c r="M69" s="15">
         <v>0.19545</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E70" s="15">
         <v>10080039120</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>50</v>
       </c>
       <c r="K70" s="15">
         <v>1.14</v>
       </c>
       <c r="L70" s="15">
         <v>0.9842</v>
       </c>
       <c r="M70" s="15">
         <v>0.94635</v>
       </c>
       <c r="N70" s="15">
         <v>592</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>50</v>
       </c>
       <c r="K71" s="15">
         <v>0.25559</v>
       </c>
       <c r="L71" s="15">
         <v>0.22151</v>
       </c>
       <c r="M71" s="15">
         <v>0.21299</v>
       </c>
-      <c r="N71" s="15"/>
+      <c r="N71" s="15">
+        <v>7956</v>
+      </c>
       <c r="O71" s="15">
-        <v>12600</v>
-[...3 lines deleted...]
-      </c>
+        <v>8900</v>
+      </c>
+      <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>400</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E72" s="15">
         <v>10000001827</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>50</v>
       </c>
       <c r="K72" s="15">
         <v>0.25337</v>
       </c>
       <c r="L72" s="15">
         <v>0.21958</v>
       </c>
       <c r="M72" s="15">
         <v>0.21114</v>
       </c>
       <c r="N72" s="15">
-        <v>2553</v>
+        <v>1880</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
         <v>0.59365</v>
       </c>
       <c r="L73" s="15">
         <v>0.30545</v>
       </c>
       <c r="M73" s="15">
         <v>0.29683</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E74" s="15">
         <v>10080017317</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>1.42</v>
       </c>
       <c r="L74" s="15">
         <v>1.23</v>
       </c>
       <c r="M74" s="15">
         <v>1.19</v>
       </c>
       <c r="N74" s="15">
         <v>2741</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E75" s="15">
         <v>10000008786</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>50</v>
       </c>
       <c r="K75" s="15">
         <v>0.5223</v>
       </c>
       <c r="L75" s="15">
         <v>0.45266</v>
       </c>
       <c r="M75" s="15">
         <v>0.43525</v>
       </c>
       <c r="N75" s="15">
-        <v>2198</v>
+        <v>1752</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E76" s="15">
         <v>10000004552</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.18434</v>
       </c>
       <c r="L76" s="15">
         <v>0.15976</v>
       </c>
       <c r="M76" s="15">
         <v>0.15361</v>
       </c>
       <c r="N76" s="15">
-        <v>9843</v>
+        <v>7026</v>
       </c>
       <c r="O76" s="15">
-        <v>12450</v>
-[...3 lines deleted...]
-      </c>
+        <v>9750</v>
+      </c>
+      <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.11664</v>
       </c>
       <c r="L77" s="15">
         <v>0.10109</v>
       </c>
       <c r="M77" s="15">
         <v>0.09719999999999999</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15">
         <v>10000</v>
       </c>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E78" s="15">
         <v>10000010437</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.20492</v>
       </c>
       <c r="L78" s="15">
         <v>0.17759</v>
       </c>
       <c r="M78" s="15">
         <v>0.17076</v>
       </c>
       <c r="N78" s="15">
-        <v>2631</v>
+        <v>2701</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E79" s="15">
         <v>10080011005</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.30299</v>
       </c>
       <c r="L79" s="15">
         <v>0.19214</v>
       </c>
       <c r="M79" s="15">
         <v>0.18475</v>
       </c>
       <c r="N79" s="15">
         <v>22</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E80" s="15">
         <v>10000008643</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>50</v>
       </c>
       <c r="K80" s="15">
         <v>0.55154</v>
       </c>
       <c r="L80" s="15">
         <v>0.29301</v>
       </c>
       <c r="M80" s="15">
         <v>0.24991</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E81" s="15">
         <v>10080075355</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
         <v>0.24974</v>
       </c>
       <c r="L81" s="15">
         <v>0.21644</v>
       </c>
       <c r="M81" s="15">
         <v>0.20811</v>
       </c>
       <c r="N81" s="15">
-        <v>1974</v>
+        <v>1117</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E82" s="15">
         <v>10080010614</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>50</v>
       </c>
       <c r="K82" s="15">
         <v>0.19199</v>
       </c>
       <c r="L82" s="15">
         <v>0.19199</v>
       </c>
       <c r="M82" s="15">
         <v>0.19199</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E83" s="15">
         <v>10000008641</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>50</v>
       </c>
       <c r="K83" s="15">
         <v>0.33456</v>
       </c>
       <c r="L83" s="15">
         <v>0.28995</v>
       </c>
       <c r="M83" s="15">
         <v>0.2788</v>
       </c>
       <c r="N83" s="15">
-        <v>4028</v>
+        <v>3536</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J84" s="15">
         <v>40</v>
       </c>
       <c r="K84" s="15">
         <v>0.28691</v>
       </c>
       <c r="L84" s="15">
         <v>0.24865</v>
       </c>
       <c r="M84" s="15">
         <v>0.23909</v>
       </c>
       <c r="N84" s="15">
-        <v>3871</v>
+        <v>2938</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="E85" s="15">
         <v>10080042696</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15"/>
       <c r="K85" s="15">
         <v>12.84</v>
       </c>
       <c r="L85" s="15">
         <v>7.7</v>
       </c>
       <c r="M85" s="15">
         <v>6.85</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E86" s="15">
         <v>10080065885</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>3.64</v>
       </c>
       <c r="L86" s="15">
         <v>3.16</v>
       </c>
       <c r="M86" s="15">
         <v>3.03</v>
       </c>
       <c r="N86" s="15">
-        <v>558</v>
+        <v>2395</v>
       </c>
       <c r="O86" s="15">
-        <v>1890</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>200</v>
       </c>
       <c r="K87" s="15">
         <v>3.64</v>
       </c>
       <c r="L87" s="15">
         <v>3.15</v>
       </c>
       <c r="M87" s="15">
         <v>3.03</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>70</v>
       </c>
       <c r="K88" s="15">
         <v>2.97</v>
       </c>
       <c r="L88" s="15">
         <v>2.57</v>
       </c>
       <c r="M88" s="15">
         <v>2.47</v>
       </c>
       <c r="N88" s="15">
-        <v>420</v>
+        <v>462</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>50</v>
       </c>
       <c r="K89" s="15">
         <v>0.2</v>
       </c>
       <c r="L89" s="15">
         <v>0.2</v>
       </c>
       <c r="M89" s="15">
         <v>0.2</v>
       </c>
       <c r="N89" s="15">
         <v>3</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="E90" s="15">
         <v>10000004696</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J90" s="15">
         <v>50</v>
       </c>
       <c r="K90" s="15">
         <v>0.73899</v>
       </c>
       <c r="L90" s="15">
         <v>0.43108</v>
       </c>
       <c r="M90" s="15">
         <v>0.3695</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15"/>
       <c r="I91" s="15"/>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>1.47</v>
       </c>
       <c r="L91" s="15">
         <v>0.78518</v>
       </c>
       <c r="M91" s="15">
         <v>0.73284</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15"/>
       <c r="I92" s="15"/>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>1.47</v>
       </c>
       <c r="L92" s="15">
         <v>0.78518</v>
       </c>
       <c r="M92" s="15">
         <v>0.73284</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1000</v>
       </c>
       <c r="K93" s="15">
         <v>0.02527</v>
       </c>
       <c r="L93" s="15">
         <v>0.02119</v>
       </c>
       <c r="M93" s="15">
         <v>0.02038</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E94" s="15">
         <v>10080017266</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>50</v>
       </c>
       <c r="K94" s="15">
         <v>1.04</v>
       </c>
       <c r="L94" s="15">
         <v>0.40029</v>
       </c>
       <c r="M94" s="15">
         <v>0.40029</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>500</v>
       </c>
       <c r="K95" s="15">
         <v>0.07258000000000001</v>
       </c>
       <c r="L95" s="15">
         <v>0.0425</v>
       </c>
       <c r="M95" s="15">
         <v>0.0384</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E96" s="15">
         <v>10080076397</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.04077</v>
       </c>
       <c r="L96" s="15">
         <v>0.03533</v>
       </c>
       <c r="M96" s="15">
         <v>0.03398</v>
       </c>
       <c r="N96" s="15">
-        <v>729</v>
+        <v>765</v>
       </c>
       <c r="O96" s="15">
-        <v>810</v>
+        <v>850</v>
       </c>
       <c r="P96" s="15" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="D97" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="15" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.05512</v>
       </c>
       <c r="L97" s="15">
         <v>0.03988</v>
       </c>
       <c r="M97" s="15">
         <v>0.0348</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E98" s="15">
         <v>10080031298</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.0393</v>
       </c>
       <c r="L98" s="15">
         <v>0.03406</v>
       </c>
       <c r="M98" s="15">
         <v>0.03275</v>
       </c>
       <c r="N98" s="15">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="O98" s="15">
-        <v>2011</v>
+        <v>1980</v>
       </c>
       <c r="P98" s="15" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D99" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="15" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="J99" s="15">
         <v>2000</v>
       </c>
       <c r="K99" s="15">
         <v>0.04041</v>
       </c>
       <c r="L99" s="15">
         <v>0.03502</v>
       </c>
       <c r="M99" s="15">
         <v>0.03368</v>
       </c>
       <c r="N99" s="15">
         <v>31</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>50</v>
       </c>
       <c r="K100" s="15">
         <v>1.05</v>
       </c>
       <c r="L100" s="15">
         <v>1.05</v>
       </c>
       <c r="M100" s="15">
         <v>1.05</v>
       </c>
       <c r="N100" s="15">
         <v>1</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15">
         <v>1000</v>
       </c>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E101" s="15">
         <v>10080043010</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>3.6</v>
       </c>
       <c r="L101" s="15">
         <v>2.95</v>
       </c>
       <c r="M101" s="15">
         <v>2.83</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>2.08</v>
       </c>
       <c r="L102" s="15">
         <v>1.75</v>
       </c>
       <c r="M102" s="15">
         <v>1.68</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14"/>
@@ -5307,317 +5280,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>270</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>