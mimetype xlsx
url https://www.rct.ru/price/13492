--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="288">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -755,53 +755,50 @@
     <t>10-00059983</t>
   </si>
   <si>
     <t>H2-25PTT</t>
   </si>
   <si>
     <t>корпус для D-SUB разьема 25 pin, пластиковый без расширения. Черный. / H2-25PTT</t>
   </si>
   <si>
     <t>HR-9F</t>
   </si>
   <si>
     <t>(заглушка для DB-9F) / HR-9F</t>
   </si>
   <si>
     <t>10-00059975</t>
   </si>
   <si>
     <t>L-KLS8-0326-DB-F-09</t>
   </si>
   <si>
     <t>(заглушка для DB-9F) / HR-9F (L-KLS8-0326-DB-F-09)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0326-DB-F-09 KLS, </t>
-  </si>
-[...1 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>UT-00141395</t>
   </si>
   <si>
     <t>L-KLS8-0326-DB-M-09</t>
   </si>
   <si>
     <t>(заглушка для DB-9M) / HR-9M (L-KLS8-0326-DB-M-09)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-0326-DB-M-09 KLS, </t>
   </si>
   <si>
     <t>UT-00134721</t>
   </si>
   <si>
     <t>L-KLS1-DBA-09P-L</t>
   </si>
   <si>
     <t>кожух D-SUB 9pin прямой, цинковый сплав, длинные винты (сталь) / KLS1-DBA-09P-L</t>
   </si>
   <si>
     <t>10-00059970</t>
   </si>
@@ -1750,51 +1747,51 @@
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080057167</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>200</v>
       </c>
       <c r="K12" s="15">
         <v>0.11829</v>
       </c>
       <c r="L12" s="15">
         <v>0.10252</v>
       </c>
       <c r="M12" s="15">
         <v>0.09858</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
-        <v>3850</v>
+        <v>3500</v>
       </c>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080017314</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
@@ -1862,51 +1859,51 @@
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080057604</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>200</v>
       </c>
       <c r="K15" s="15">
         <v>0.15236</v>
       </c>
       <c r="L15" s="15">
         <v>0.13204</v>
       </c>
       <c r="M15" s="15">
         <v>0.12696</v>
       </c>
       <c r="N15" s="15">
-        <v>749</v>
+        <v>776</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080027472</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
@@ -1973,51 +1970,51 @@
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080046420</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.1634</v>
       </c>
       <c r="L18" s="15">
         <v>0.14161</v>
       </c>
       <c r="M18" s="15">
         <v>0.13616</v>
       </c>
       <c r="N18" s="15">
-        <v>1116</v>
+        <v>1181</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080017238</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
@@ -2049,51 +2046,51 @@
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080017010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
         <v>0.7291299999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.32023</v>
       </c>
       <c r="M20" s="15">
         <v>0.32023</v>
       </c>
       <c r="N20" s="15">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="15"/>
       <c r="K21" s="15">
@@ -2286,133 +2283,133 @@
       <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10080026920</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>1.42</v>
       </c>
       <c r="L27" s="15">
         <v>1.23</v>
       </c>
       <c r="M27" s="15">
         <v>1.19</v>
       </c>
       <c r="N27" s="15">
-        <v>256</v>
+        <v>248</v>
       </c>
       <c r="O27" s="15">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080053108</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>50</v>
       </c>
       <c r="K28" s="15">
         <v>0.87135</v>
       </c>
       <c r="L28" s="15">
         <v>0.75517</v>
       </c>
       <c r="M28" s="15">
         <v>0.7261300000000001</v>
       </c>
       <c r="N28" s="15">
-        <v>764</v>
+        <v>719</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080019214</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>75</v>
       </c>
       <c r="K29" s="15">
         <v>1.81</v>
       </c>
       <c r="L29" s="15">
         <v>1.57</v>
       </c>
       <c r="M29" s="15">
         <v>1.51</v>
       </c>
       <c r="N29" s="15">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10080017263</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
@@ -2477,51 +2474,51 @@
       <c r="D32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10080019215</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>50</v>
       </c>
       <c r="K32" s="15">
         <v>2.22</v>
       </c>
       <c r="L32" s="15">
         <v>1.92</v>
       </c>
       <c r="M32" s="15">
         <v>1.85</v>
       </c>
       <c r="N32" s="15">
-        <v>267</v>
+        <v>242</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I33" s="15"/>
@@ -2557,92 +2554,92 @@
       <c r="D34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10000008646</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.2729</v>
       </c>
       <c r="L34" s="15">
         <v>0.23651</v>
       </c>
       <c r="M34" s="15">
         <v>0.22741</v>
       </c>
       <c r="N34" s="15">
-        <v>1159</v>
+        <v>1476</v>
       </c>
       <c r="O34" s="15">
-        <v>1320</v>
+        <v>1680</v>
       </c>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E35" s="15">
         <v>10000008645</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.30069</v>
       </c>
       <c r="L35" s="15">
         <v>0.2606</v>
       </c>
       <c r="M35" s="15">
         <v>0.25058</v>
       </c>
       <c r="N35" s="15">
-        <v>4642</v>
+        <v>4536</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
@@ -2674,51 +2671,51 @@
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10000008644</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>50</v>
       </c>
       <c r="K37" s="15">
         <v>0.42638</v>
       </c>
       <c r="L37" s="15">
         <v>0.36953</v>
       </c>
       <c r="M37" s="15">
         <v>0.35531</v>
       </c>
       <c r="N37" s="15">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E38" s="15">
         <v>10080016525</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I38" s="15"/>
@@ -2822,54 +2819,54 @@
       <c r="D41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E41" s="15">
         <v>10000008642</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>50</v>
       </c>
       <c r="K41" s="15">
         <v>0.62709</v>
       </c>
       <c r="L41" s="15">
         <v>0.54348</v>
       </c>
       <c r="M41" s="15">
         <v>0.52258</v>
       </c>
       <c r="N41" s="15">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="O41" s="15">
-        <v>205</v>
+        <v>192</v>
       </c>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
@@ -2976,135 +2973,135 @@
       <c r="D45" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E45" s="15">
         <v>10080018027</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.37172</v>
       </c>
       <c r="L45" s="15">
         <v>0.32215</v>
       </c>
       <c r="M45" s="15">
         <v>0.30976</v>
       </c>
       <c r="N45" s="15">
-        <v>1210</v>
+        <v>1017</v>
       </c>
       <c r="O45" s="15">
-        <v>2640</v>
+        <v>2220</v>
       </c>
       <c r="P45" s="15"/>
       <c r="Q45" s="15">
         <v>1600</v>
       </c>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E46" s="15">
         <v>10080036442</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.41189</v>
       </c>
       <c r="L46" s="15">
         <v>0.35697</v>
       </c>
       <c r="M46" s="15">
         <v>0.34324</v>
       </c>
       <c r="N46" s="15">
-        <v>391</v>
+        <v>476</v>
       </c>
       <c r="O46" s="15">
-        <v>1200</v>
+        <v>1460</v>
       </c>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E47" s="15">
         <v>10080027769</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>50</v>
       </c>
       <c r="K47" s="15">
         <v>0.50423</v>
       </c>
       <c r="L47" s="15">
         <v>0.437</v>
       </c>
       <c r="M47" s="15">
         <v>0.42019</v>
       </c>
       <c r="N47" s="15">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>1000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E48" s="15">
         <v>10080017315</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
@@ -3136,92 +3133,90 @@
       <c r="D49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E49" s="15">
         <v>10080033046</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.71552</v>
       </c>
       <c r="L49" s="15">
         <v>0.6201100000000001</v>
       </c>
       <c r="M49" s="15">
         <v>0.59626</v>
       </c>
       <c r="N49" s="15">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E50" s="15">
         <v>10080018028</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.22389</v>
       </c>
       <c r="L50" s="15">
         <v>0.19404</v>
       </c>
       <c r="M50" s="15">
         <v>0.18658</v>
       </c>
       <c r="N50" s="15"/>
-      <c r="O50" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.8794</v>
       </c>
@@ -3247,92 +3242,92 @@
       <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E52" s="15">
         <v>10000014374</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>50</v>
       </c>
       <c r="K52" s="15">
         <v>0.55424</v>
       </c>
       <c r="L52" s="15">
         <v>0.16011</v>
       </c>
       <c r="M52" s="15">
         <v>0.16011</v>
       </c>
       <c r="N52" s="15">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E53" s="15">
         <v>10080015700</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>134</v>
       </c>
       <c r="J53" s="15">
         <v>50</v>
       </c>
       <c r="K53" s="15">
         <v>0.1442</v>
       </c>
       <c r="L53" s="15">
         <v>0.12497</v>
       </c>
       <c r="M53" s="15">
         <v>0.12016</v>
       </c>
       <c r="N53" s="15">
-        <v>1000</v>
+        <v>614</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3366,51 +3361,51 @@
       <c r="D55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E55" s="15">
         <v>10080052352</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>100</v>
       </c>
       <c r="K55" s="15">
         <v>0.23311</v>
       </c>
       <c r="L55" s="15">
         <v>0.15272</v>
       </c>
       <c r="M55" s="15">
         <v>0.13766</v>
       </c>
       <c r="N55" s="15">
-        <v>202</v>
+        <v>172</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
@@ -3442,51 +3437,51 @@
       <c r="D57" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10000014369</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>50</v>
       </c>
       <c r="K57" s="15">
         <v>0.26186</v>
       </c>
       <c r="L57" s="15">
         <v>0.22694</v>
       </c>
       <c r="M57" s="15">
         <v>0.21821</v>
       </c>
       <c r="N57" s="15">
-        <v>850</v>
+        <v>1051</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10080010495</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3520,215 +3515,215 @@
       <c r="D59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>100</v>
       </c>
       <c r="K59" s="15">
         <v>0.14</v>
       </c>
       <c r="L59" s="15">
         <v>0.09702</v>
       </c>
       <c r="M59" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="N59" s="15">
-        <v>11042</v>
+        <v>3100</v>
       </c>
       <c r="O59" s="15">
-        <v>4000</v>
+        <v>3450</v>
       </c>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>800</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10000000548</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.135</v>
       </c>
       <c r="L60" s="15">
         <v>0.09381</v>
       </c>
       <c r="M60" s="15">
         <v>0.0856</v>
       </c>
       <c r="N60" s="15">
-        <v>117697</v>
+        <v>88112</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E61" s="15">
         <v>10080053329</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>141</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
-        <v>0.20118</v>
+        <v>0.10457</v>
       </c>
       <c r="L61" s="15">
-        <v>0.14555</v>
+        <v>0.09062000000000001</v>
       </c>
       <c r="M61" s="15">
-        <v>0.12701</v>
+        <v>0.08714</v>
       </c>
       <c r="N61" s="15">
-        <v>1864</v>
+        <v>1550</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E62" s="15">
         <v>10080032359</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>100</v>
       </c>
       <c r="K62" s="15">
         <v>0.20699</v>
       </c>
       <c r="L62" s="15">
         <v>0.17939</v>
       </c>
       <c r="M62" s="15">
         <v>0.17249</v>
       </c>
       <c r="N62" s="15">
-        <v>885</v>
+        <v>848</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E63" s="15">
         <v>10080017265</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.83453</v>
       </c>
       <c r="L63" s="15">
         <v>0.72326</v>
       </c>
       <c r="M63" s="15">
         <v>0.6954399999999999</v>
       </c>
       <c r="N63" s="15">
-        <v>3912</v>
+        <v>3483</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E64" s="15">
         <v>10080010496</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
@@ -3760,54 +3755,54 @@
       <c r="D65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E65" s="15">
         <v>10000005856</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>100</v>
       </c>
       <c r="K65" s="15">
         <v>0.13211</v>
       </c>
       <c r="L65" s="15">
         <v>0.11449</v>
       </c>
       <c r="M65" s="15">
         <v>0.11009</v>
       </c>
       <c r="N65" s="15">
-        <v>1156</v>
+        <v>384</v>
       </c>
       <c r="O65" s="15">
-        <v>17800</v>
+        <v>16600</v>
       </c>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15"/>
@@ -3836,92 +3831,92 @@
       <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10000001409</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>50</v>
       </c>
       <c r="K67" s="15">
         <v>0.16283</v>
       </c>
       <c r="L67" s="15">
         <v>0.14112</v>
       </c>
       <c r="M67" s="15">
         <v>0.13569</v>
       </c>
       <c r="N67" s="15">
-        <v>5624</v>
+        <v>6071</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="J68" s="15">
         <v>50</v>
       </c>
       <c r="K68" s="15">
         <v>0.2429</v>
       </c>
       <c r="L68" s="15">
         <v>0.21051</v>
       </c>
       <c r="M68" s="15">
         <v>0.20241</v>
       </c>
       <c r="N68" s="15">
-        <v>880</v>
+        <v>770</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E69" s="15">
         <v>10080033047</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I69" s="15" t="s">
@@ -3955,133 +3950,133 @@
       <c r="D70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E70" s="15">
         <v>10080039120</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>50</v>
       </c>
       <c r="K70" s="15">
         <v>1.14</v>
       </c>
       <c r="L70" s="15">
         <v>0.9842</v>
       </c>
       <c r="M70" s="15">
         <v>0.94635</v>
       </c>
       <c r="N70" s="15">
-        <v>592</v>
+        <v>506</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>50</v>
       </c>
       <c r="K71" s="15">
         <v>0.25559</v>
       </c>
       <c r="L71" s="15">
         <v>0.22151</v>
       </c>
       <c r="M71" s="15">
         <v>0.21299</v>
       </c>
       <c r="N71" s="15">
-        <v>7956</v>
+        <v>5167</v>
       </c>
       <c r="O71" s="15">
-        <v>8900</v>
+        <v>8700</v>
       </c>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>400</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E72" s="15">
         <v>10000001827</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>50</v>
       </c>
       <c r="K72" s="15">
         <v>0.25337</v>
       </c>
       <c r="L72" s="15">
         <v>0.21958</v>
       </c>
       <c r="M72" s="15">
         <v>0.21114</v>
       </c>
       <c r="N72" s="15">
-        <v>1880</v>
+        <v>1987</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
@@ -4113,132 +4108,132 @@
       <c r="D74" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E74" s="15">
         <v>10080017317</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>1.42</v>
       </c>
       <c r="L74" s="15">
         <v>1.23</v>
       </c>
       <c r="M74" s="15">
         <v>1.19</v>
       </c>
       <c r="N74" s="15">
-        <v>2741</v>
+        <v>3191</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E75" s="15">
         <v>10000008786</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>50</v>
       </c>
       <c r="K75" s="15">
         <v>0.5223</v>
       </c>
       <c r="L75" s="15">
         <v>0.45266</v>
       </c>
       <c r="M75" s="15">
         <v>0.43525</v>
       </c>
       <c r="N75" s="15">
-        <v>1752</v>
+        <v>1562</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E76" s="15">
         <v>10000004552</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.18434</v>
       </c>
       <c r="L76" s="15">
         <v>0.15976</v>
       </c>
       <c r="M76" s="15">
         <v>0.15361</v>
       </c>
       <c r="N76" s="15">
-        <v>7026</v>
+        <v>7173</v>
       </c>
       <c r="O76" s="15">
-        <v>9750</v>
+        <v>9150</v>
       </c>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
@@ -4271,51 +4266,51 @@
       <c r="D78" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E78" s="15">
         <v>10000010437</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.20492</v>
       </c>
       <c r="L78" s="15">
         <v>0.17759</v>
       </c>
       <c r="M78" s="15">
         <v>0.17076</v>
       </c>
       <c r="N78" s="15">
-        <v>2701</v>
+        <v>2561</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E79" s="15">
         <v>10080011005</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15"/>
@@ -4386,51 +4381,51 @@
       <c r="D81" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E81" s="15">
         <v>10080075355</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>50</v>
       </c>
       <c r="K81" s="15">
         <v>0.24974</v>
       </c>
       <c r="L81" s="15">
         <v>0.21644</v>
       </c>
       <c r="M81" s="15">
         <v>0.20811</v>
       </c>
       <c r="N81" s="15">
-        <v>1117</v>
+        <v>1259</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>206</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>207</v>
       </c>
       <c r="E82" s="15">
         <v>10080010614</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15"/>
@@ -4462,92 +4457,92 @@
       <c r="D83" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E83" s="15">
         <v>10000008641</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>50</v>
       </c>
       <c r="K83" s="15">
         <v>0.33456</v>
       </c>
       <c r="L83" s="15">
         <v>0.28995</v>
       </c>
       <c r="M83" s="15">
         <v>0.2788</v>
       </c>
       <c r="N83" s="15">
-        <v>3536</v>
+        <v>2864</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>213</v>
       </c>
       <c r="J84" s="15">
         <v>40</v>
       </c>
       <c r="K84" s="15">
         <v>0.28691</v>
       </c>
       <c r="L84" s="15">
         <v>0.24865</v>
       </c>
       <c r="M84" s="15">
         <v>0.23909</v>
       </c>
       <c r="N84" s="15">
-        <v>2938</v>
+        <v>3576</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>214</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E85" s="15">
         <v>10080042696</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I85" s="15"/>
@@ -4577,54 +4572,54 @@
       <c r="D86" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E86" s="15">
         <v>10080065885</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>100</v>
       </c>
       <c r="K86" s="15">
         <v>3.64</v>
       </c>
       <c r="L86" s="15">
         <v>3.16</v>
       </c>
       <c r="M86" s="15">
         <v>3.03</v>
       </c>
       <c r="N86" s="15">
-        <v>2395</v>
+        <v>2321</v>
       </c>
       <c r="O86" s="15">
-        <v>830</v>
+        <v>810</v>
       </c>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
@@ -4655,51 +4650,51 @@
       <c r="D88" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>39</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>70</v>
       </c>
       <c r="K88" s="15">
         <v>2.97</v>
       </c>
       <c r="L88" s="15">
         <v>2.57</v>
       </c>
       <c r="M88" s="15">
         <v>2.47</v>
       </c>
       <c r="N88" s="15">
-        <v>462</v>
+        <v>540</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
@@ -4951,276 +4946,270 @@
       </c>
       <c r="E96" s="15">
         <v>10080076397</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>246</v>
       </c>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.04077</v>
       </c>
       <c r="L96" s="15">
         <v>0.03533</v>
       </c>
       <c r="M96" s="15">
         <v>0.03398</v>
       </c>
       <c r="N96" s="15">
-        <v>765</v>
+        <v>447</v>
       </c>
       <c r="O96" s="15">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>246</v>
       </c>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.05512</v>
       </c>
       <c r="L97" s="15">
         <v>0.03988</v>
       </c>
       <c r="M97" s="15">
         <v>0.0348</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E98" s="15">
         <v>10080031298</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.0393</v>
       </c>
       <c r="L98" s="15">
         <v>0.03406</v>
       </c>
       <c r="M98" s="15">
         <v>0.03275</v>
       </c>
       <c r="N98" s="15">
-        <v>532</v>
+        <v>685</v>
       </c>
       <c r="O98" s="15">
-        <v>1980</v>
-[...3 lines deleted...]
-      </c>
+        <v>2550</v>
+      </c>
+      <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="D99" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E99" s="15" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="J99" s="15">
         <v>2000</v>
       </c>
       <c r="K99" s="15">
         <v>0.04041</v>
       </c>
       <c r="L99" s="15">
         <v>0.03502</v>
       </c>
       <c r="M99" s="15">
         <v>0.03368</v>
       </c>
-      <c r="N99" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>50</v>
       </c>
       <c r="K100" s="15">
         <v>1.05</v>
       </c>
       <c r="L100" s="15">
         <v>1.05</v>
       </c>
       <c r="M100" s="15">
         <v>1.05</v>
       </c>
       <c r="N100" s="15">
         <v>1</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15">
         <v>1000</v>
       </c>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E101" s="15">
         <v>10080043010</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>1000</v>
       </c>
       <c r="K101" s="15">
         <v>3.6</v>
       </c>
       <c r="L101" s="15">
         <v>2.95</v>
       </c>
       <c r="M101" s="15">
         <v>2.83</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15"/>
       <c r="K102" s="15">
         <v>2.08</v>
       </c>
       <c r="L102" s="15">
         <v>1.75</v>
       </c>
       <c r="M102" s="15">
         <v>1.68</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14"/>
@@ -5280,317 +5269,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>269</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>