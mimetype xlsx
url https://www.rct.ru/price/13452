--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1579,53 +1579,51 @@
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080037681</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.13806</v>
       </c>
       <c r="L9" s="15">
         <v>0.09988</v>
       </c>
       <c r="M9" s="15">
         <v>0.08716</v>
       </c>
-      <c r="N9" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080008518</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
@@ -1693,51 +1691,51 @@
       <c r="D12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.12726</v>
       </c>
       <c r="L12" s="15">
         <v>0.11229</v>
       </c>
       <c r="M12" s="15">
         <v>0.10106</v>
       </c>
       <c r="N12" s="15">
-        <v>797</v>
+        <v>229</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080008519</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I13" s="15"/>
@@ -1767,51 +1765,51 @@
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080028648</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.095</v>
       </c>
       <c r="L14" s="15">
         <v>0.095</v>
       </c>
       <c r="M14" s="15">
         <v>0.095</v>
       </c>
       <c r="N14" s="15">
-        <v>1314</v>
+        <v>1254</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
@@ -1841,131 +1839,131 @@
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080007380</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>250</v>
       </c>
       <c r="K16" s="15">
         <v>0.1509</v>
       </c>
       <c r="L16" s="15">
         <v>0.13078</v>
       </c>
       <c r="M16" s="15">
         <v>0.12575</v>
       </c>
       <c r="N16" s="15">
-        <v>1491</v>
+        <v>1875</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>250</v>
       </c>
       <c r="K17" s="15">
         <v>0.24276</v>
       </c>
       <c r="L17" s="15">
         <v>0.1734</v>
       </c>
       <c r="M17" s="15">
         <v>0.15606</v>
       </c>
-      <c r="N17" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N17" s="15">
+        <v>153</v>
+      </c>
+      <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10000003399</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.055</v>
       </c>
       <c r="L18" s="15">
         <v>0.055</v>
       </c>
       <c r="M18" s="15">
         <v>0.055</v>
       </c>
       <c r="N18" s="15">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I19" s="15"/>
@@ -2034,51 +2032,51 @@
       <c r="D21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E21" s="15">
         <v>10080010596</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.045</v>
       </c>
       <c r="L21" s="15">
         <v>0.045</v>
       </c>
       <c r="M21" s="15">
         <v>0.045</v>
       </c>
       <c r="N21" s="15">
-        <v>378</v>
+        <v>357</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="15">
         <v>10080008513</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I22" s="15"/>
@@ -2114,51 +2112,51 @@
       </c>
       <c r="E23" s="15">
         <v>10080037682</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.08634</v>
       </c>
       <c r="L23" s="15">
         <v>0.06247</v>
       </c>
       <c r="M23" s="15">
         <v>0.05451</v>
       </c>
       <c r="N23" s="15">
-        <v>28543</v>
+        <v>213</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15">
         <v>10080008514</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
@@ -2192,51 +2190,51 @@
       </c>
       <c r="E25" s="15">
         <v>10000003230</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.06929</v>
       </c>
       <c r="L25" s="15">
         <v>0.06005</v>
       </c>
       <c r="M25" s="15">
         <v>0.05774</v>
       </c>
       <c r="N25" s="15">
-        <v>19577</v>
+        <v>22568</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E26" s="15">
         <v>10080008515</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2313,51 +2311,51 @@
       </c>
       <c r="E28" s="15">
         <v>10080017181</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.10151</v>
       </c>
       <c r="L28" s="15">
         <v>0.08797000000000001</v>
       </c>
       <c r="M28" s="15">
         <v>0.08459</v>
       </c>
       <c r="N28" s="15">
-        <v>3618</v>
+        <v>4196</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10080008516</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2391,51 +2389,51 @@
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10080017182</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.10794</v>
       </c>
       <c r="L30" s="15">
         <v>0.09354999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.08995</v>
       </c>
       <c r="N30" s="15">
-        <v>1467</v>
+        <v>238</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="15">
         <v>10080008517</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I31" s="15"/>
@@ -2467,90 +2465,90 @@
       <c r="D32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10000014940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.22031</v>
       </c>
       <c r="L32" s="15">
         <v>0.19093</v>
       </c>
       <c r="M32" s="15">
         <v>0.18359</v>
       </c>
       <c r="N32" s="15">
-        <v>10277</v>
+        <v>8245</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E33" s="15">
         <v>10000018920</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.3125</v>
+        <v>0.21578</v>
       </c>
       <c r="L33" s="15">
-        <v>0.2261</v>
+        <v>0.18701</v>
       </c>
       <c r="M33" s="15">
-        <v>0.19729</v>
+        <v>0.17981</v>
       </c>
       <c r="N33" s="15">
-        <v>3660</v>
+        <v>3327</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
@@ -2617,51 +2615,51 @@
       <c r="D36" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E36" s="15">
         <v>10080017185</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.059</v>
       </c>
       <c r="L36" s="15">
         <v>0.039</v>
       </c>
       <c r="M36" s="15">
         <v>0.03568</v>
       </c>
       <c r="N36" s="15">
-        <v>430</v>
+        <v>345</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E37" s="15">
         <v>10080008520</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="15"/>
@@ -2804,51 +2802,51 @@
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15">
         <v>10000014942</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.065</v>
       </c>
       <c r="L41" s="15">
         <v>0.065</v>
       </c>
       <c r="M41" s="15">
         <v>0.065</v>
       </c>
       <c r="N41" s="15">
-        <v>302</v>
+        <v>335</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E42" s="15">
         <v>10000014943</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
@@ -2880,51 +2878,51 @@
       <c r="D43" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E43" s="15">
         <v>10080018296</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.045</v>
       </c>
       <c r="L43" s="15">
         <v>0.045</v>
       </c>
       <c r="M43" s="15">
         <v>0.045</v>
       </c>
       <c r="N43" s="15">
-        <v>98</v>
+        <v>80</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="I44" s="15"/>
@@ -2993,51 +2991,51 @@
       <c r="D46" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10080037683</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.08037999999999999</v>
       </c>
       <c r="L46" s="15">
         <v>0.05815</v>
       </c>
       <c r="M46" s="15">
         <v>0.05074</v>
       </c>
       <c r="N46" s="15">
-        <v>400</v>
+        <v>478</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10000014945</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="15"/>
@@ -3180,92 +3178,90 @@
       <c r="D51" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E51" s="15">
         <v>10000003235</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>250</v>
       </c>
       <c r="K51" s="15">
         <v>0.13776</v>
       </c>
       <c r="L51" s="15">
         <v>0.0984</v>
       </c>
       <c r="M51" s="15">
         <v>0.08856</v>
       </c>
       <c r="N51" s="15">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>697</v>
+      </c>
+      <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E52" s="15">
         <v>10000001163</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>250</v>
       </c>
       <c r="K52" s="15">
         <v>0.13465</v>
       </c>
       <c r="L52" s="15">
         <v>0.09742000000000001</v>
       </c>
       <c r="M52" s="15">
         <v>0.08501</v>
       </c>
       <c r="N52" s="15">
-        <v>923</v>
+        <v>1236</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E53" s="15">
         <v>10080034326</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I53" s="15"/>
@@ -3288,57 +3284,57 @@
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E54" s="15">
         <v>10000016792</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
-        <v>0.19253</v>
+        <v>0.10373</v>
       </c>
       <c r="L54" s="15">
-        <v>0.12614</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="M54" s="15">
-        <v>0.1137</v>
+        <v>0.08644</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>29</v>
       </c>
@@ -3369,92 +3365,92 @@
       <c r="D56" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E56" s="15">
         <v>10080031821</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>250</v>
       </c>
       <c r="K56" s="15">
         <v>0.13246</v>
       </c>
       <c r="L56" s="15">
         <v>0.09583</v>
       </c>
       <c r="M56" s="15">
         <v>0.08362</v>
       </c>
       <c r="N56" s="15">
-        <v>224</v>
+        <v>249</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E57" s="15">
         <v>10000007980</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>250</v>
       </c>
       <c r="K57" s="15">
         <v>0.13203</v>
       </c>
       <c r="L57" s="15">
         <v>0.09431</v>
       </c>
       <c r="M57" s="15">
         <v>0.08487</v>
       </c>
-      <c r="N57" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N57" s="15">
+        <v>4250</v>
+      </c>
+      <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>250</v>
@@ -3486,170 +3482,170 @@
       <c r="D59" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E59" s="15">
         <v>10080006274</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>250</v>
       </c>
       <c r="K59" s="15">
         <v>0.14643</v>
       </c>
       <c r="L59" s="15">
         <v>0.10594</v>
       </c>
       <c r="M59" s="15">
         <v>0.09245</v>
       </c>
       <c r="N59" s="15">
-        <v>2939</v>
+        <v>2665</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E60" s="15">
         <v>10080056587</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>157</v>
       </c>
       <c r="J60" s="15">
         <v>250</v>
       </c>
       <c r="K60" s="15">
         <v>0.17256</v>
       </c>
       <c r="L60" s="15">
         <v>0.12485</v>
       </c>
       <c r="M60" s="15">
         <v>0.10894</v>
       </c>
       <c r="N60" s="15">
-        <v>773</v>
+        <v>413</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>158</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E61" s="15">
         <v>10000008868</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>250</v>
       </c>
       <c r="K61" s="15">
-        <v>0.14261</v>
+        <v>0.09843</v>
       </c>
       <c r="L61" s="15">
-        <v>0.10318</v>
+        <v>0.08531</v>
       </c>
       <c r="M61" s="15">
-        <v>0.09004</v>
+        <v>0.08203000000000001</v>
       </c>
       <c r="N61" s="15">
-        <v>2087</v>
+        <v>2010</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E62" s="15">
         <v>10080006275</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>250</v>
       </c>
       <c r="K62" s="15">
         <v>0.15759</v>
       </c>
       <c r="L62" s="15">
         <v>0.11401</v>
       </c>
       <c r="M62" s="15">
         <v>0.09949</v>
       </c>
       <c r="N62" s="15">
-        <v>177</v>
+        <v>219</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E63" s="15">
         <v>10080056586</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
@@ -3681,174 +3677,170 @@
       <c r="D64" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E64" s="15">
         <v>10000014950</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>250</v>
       </c>
       <c r="K64" s="15">
         <v>0.14459</v>
       </c>
       <c r="L64" s="15">
         <v>0.10328</v>
       </c>
       <c r="M64" s="15">
         <v>0.09295</v>
       </c>
       <c r="N64" s="15">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E65" s="15">
         <v>10080017446</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>200</v>
       </c>
       <c r="K65" s="15">
         <v>0.11236</v>
       </c>
       <c r="L65" s="15">
         <v>0.08129</v>
       </c>
       <c r="M65" s="15">
         <v>0.07094</v>
       </c>
       <c r="N65" s="15">
-        <v>1259</v>
+        <v>1665</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E66" s="15">
         <v>10000016834</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.19706</v>
       </c>
       <c r="L66" s="15">
         <v>0.16751</v>
       </c>
       <c r="M66" s="15">
         <v>0.13794</v>
       </c>
       <c r="N66" s="15">
-        <v>1867</v>
+        <v>1977</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E67" s="15">
         <v>10000008247</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
         <v>0.19639</v>
       </c>
       <c r="L67" s="15">
         <v>0.14028</v>
       </c>
       <c r="M67" s="15">
         <v>0.12625</v>
       </c>
       <c r="N67" s="15">
-        <v>354</v>
-[...3 lines deleted...]
-      </c>
+        <v>598</v>
+      </c>
+      <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E68" s="15">
         <v>10080008522</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>174</v>
       </c>
@@ -3880,51 +3872,51 @@
       <c r="D69" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E69" s="15">
         <v>10000008850</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.07323</v>
       </c>
       <c r="L69" s="15">
         <v>0.06347</v>
       </c>
       <c r="M69" s="15">
         <v>0.06103</v>
       </c>
       <c r="N69" s="15">
-        <v>1004</v>
+        <v>1229</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E70" s="15">
         <v>10000014952</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I70" s="15"/>
@@ -3956,129 +3948,129 @@
       <c r="D71" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E71" s="15">
         <v>10080017492</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
         <v>0.2217</v>
       </c>
       <c r="L71" s="15">
         <v>0.18844</v>
       </c>
       <c r="M71" s="15">
         <v>0.15519</v>
       </c>
       <c r="N71" s="15">
-        <v>1131</v>
+        <v>1001</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E72" s="15">
         <v>10080017493</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.17243</v>
       </c>
       <c r="L72" s="15">
         <v>0.14657</v>
       </c>
       <c r="M72" s="15">
         <v>0.1207</v>
       </c>
       <c r="N72" s="15">
-        <v>174</v>
+        <v>162</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
         <v>0.17243</v>
       </c>
       <c r="L73" s="15">
         <v>0.14657</v>
       </c>
       <c r="M73" s="15">
         <v>0.1207</v>
       </c>
       <c r="N73" s="15">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E74" s="15">
         <v>10080018298</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
@@ -4110,168 +4102,168 @@
       <c r="D75" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E75" s="15">
         <v>10080017447</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.17243</v>
       </c>
       <c r="L75" s="15">
         <v>0.14657</v>
       </c>
       <c r="M75" s="15">
         <v>0.1207</v>
       </c>
       <c r="N75" s="15">
-        <v>1368</v>
+        <v>1672</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E76" s="15">
         <v>10080017448</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>500</v>
       </c>
       <c r="K76" s="15">
         <v>0.055</v>
       </c>
       <c r="L76" s="15">
         <v>0.055</v>
       </c>
       <c r="M76" s="15">
         <v>0.055</v>
       </c>
       <c r="N76" s="15">
-        <v>2830</v>
+        <v>2798</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>194</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>500</v>
       </c>
       <c r="K77" s="15">
         <v>0.055</v>
       </c>
       <c r="L77" s="15">
         <v>0.055</v>
       </c>
       <c r="M77" s="15">
         <v>0.055</v>
       </c>
       <c r="N77" s="15">
-        <v>922</v>
+        <v>861</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
         <v>0.12317</v>
       </c>
       <c r="L78" s="15">
         <v>0.1047</v>
       </c>
       <c r="M78" s="15">
         <v>0.08622</v>
       </c>
       <c r="N78" s="15">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E79" s="15">
         <v>10080038164</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15" t="s">
@@ -4677,51 +4669,51 @@
       <c r="D90" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>300</v>
       </c>
       <c r="K90" s="15">
         <v>0.20537</v>
       </c>
       <c r="L90" s="15">
         <v>0.132</v>
       </c>
       <c r="M90" s="15">
         <v>0.12</v>
       </c>
       <c r="N90" s="15">
-        <v>9976</v>
+        <v>8932</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E91" s="15">
         <v>10080032671</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I91" s="15"/>