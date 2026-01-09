--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>08.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -122,50 +122,53 @@
     <t>L-KLS1-DC-022B-2.0</t>
   </si>
   <si>
     <t>штыревой 2мм (П) на блок с гайкой / DC-022A (L-KLS1-DC-022B-2.0)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DC-022A (RWP-056 2mm)</t>
   </si>
   <si>
     <t>штыревой 2мм (П) на блок с гайкой / DC-022A (RWP-056 2mm)</t>
   </si>
   <si>
     <t>RONGWEI</t>
   </si>
   <si>
     <t>L-KLS1-DC-022B-2.5</t>
   </si>
   <si>
     <t>штыревой 2.5мм (П) на блок c гайкой / DC-022B (L-KLS1-DC-022B-2.5)</t>
   </si>
   <si>
     <t>UT-00134377</t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>DC-022B (RWP-056 2.5mm)</t>
   </si>
   <si>
     <t>штыревой 2.5мм (П) на блок c гайкой / DC-022B (RWP-056 2.5mm)</t>
   </si>
   <si>
     <t>L-KLS1-TDC-010A-B</t>
   </si>
   <si>
     <t>штыревой 1мм (П) на плату / DCJ-W24-13 (L-KLS1-TDC-010A-B)</t>
   </si>
   <si>
     <t>L-KLS1-DCP-03-2.1A</t>
   </si>
   <si>
     <t>штыревой 2.1мм (П) на кабель с амортизатором / DJK-00A (KLS1-DCP-03-2.1A)</t>
   </si>
   <si>
     <t>UT-00089424</t>
   </si>
   <si>
     <t>L-KLS1-DCP-07-2.1A</t>
   </si>
@@ -1571,57 +1574,57 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080037681</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
-        <v>0.13806</v>
+        <v>0.09395000000000001</v>
       </c>
       <c r="L9" s="15">
-        <v>0.09988</v>
+        <v>0.08142000000000001</v>
       </c>
       <c r="M9" s="15">
-        <v>0.08716</v>
+        <v>0.07829</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10080008518</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>32</v>
       </c>
@@ -1682,3139 +1685,3185 @@
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
-        <v>0.12726</v>
+        <v>0.11069</v>
       </c>
       <c r="L12" s="15">
-        <v>0.11229</v>
+        <v>0.09593</v>
       </c>
       <c r="M12" s="15">
-        <v>0.10106</v>
+        <v>0.09224</v>
       </c>
       <c r="N12" s="15">
-        <v>229</v>
-[...2 lines deleted...]
-      <c r="P12" s="15"/>
+        <v>128</v>
+      </c>
+      <c r="O12" s="15">
+        <v>1950</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080008519</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.30327</v>
       </c>
       <c r="L13" s="15">
         <v>0.16118</v>
       </c>
       <c r="M13" s="15">
         <v>0.13745</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10080028648</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.095</v>
       </c>
       <c r="L14" s="15">
         <v>0.095</v>
       </c>
       <c r="M14" s="15">
         <v>0.095</v>
       </c>
       <c r="N14" s="15">
-        <v>1254</v>
+        <v>1374</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.11501</v>
       </c>
       <c r="L15" s="15">
         <v>0.11041</v>
       </c>
       <c r="M15" s="15">
         <v>0.10581</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10080007380</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>250</v>
       </c>
       <c r="K16" s="15">
-        <v>0.1509</v>
+        <v>0.14883</v>
       </c>
       <c r="L16" s="15">
-        <v>0.13078</v>
+        <v>0.12899</v>
       </c>
       <c r="M16" s="15">
-        <v>0.12575</v>
+        <v>0.12403</v>
       </c>
       <c r="N16" s="15">
-        <v>1875</v>
-[...2 lines deleted...]
-      <c r="P16" s="15"/>
+        <v>1768</v>
+      </c>
+      <c r="O16" s="15">
+        <v>1660</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>250</v>
       </c>
       <c r="K17" s="15">
-        <v>0.24276</v>
+        <v>0.17873</v>
       </c>
       <c r="L17" s="15">
-        <v>0.1734</v>
+        <v>0.1549</v>
       </c>
       <c r="M17" s="15">
-        <v>0.15606</v>
+        <v>0.14894</v>
       </c>
       <c r="N17" s="15">
-        <v>153</v>
-[...2 lines deleted...]
-      <c r="P17" s="15"/>
+        <v>165</v>
+      </c>
+      <c r="O17" s="15">
+        <v>198</v>
+      </c>
+      <c r="P17" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10000003399</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.055</v>
       </c>
       <c r="L18" s="15">
         <v>0.055</v>
       </c>
       <c r="M18" s="15">
         <v>0.055</v>
       </c>
       <c r="N18" s="15">
-        <v>133</v>
+        <v>174</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.17204</v>
       </c>
       <c r="L19" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.08081000000000001</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.2956</v>
       </c>
       <c r="L20" s="15">
         <v>0.16628</v>
       </c>
       <c r="M20" s="15">
         <v>0.1478</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080010596</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.045</v>
       </c>
       <c r="L21" s="15">
         <v>0.045</v>
       </c>
       <c r="M21" s="15">
         <v>0.045</v>
       </c>
       <c r="N21" s="15">
-        <v>357</v>
+        <v>315</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E22" s="15">
         <v>10080008513</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.055</v>
       </c>
       <c r="L22" s="15">
         <v>0.055</v>
       </c>
       <c r="M22" s="15">
         <v>0.055</v>
       </c>
       <c r="N22" s="15">
         <v>93</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E23" s="15">
         <v>10080037682</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
-        <v>0.08634</v>
+        <v>0.0579</v>
       </c>
       <c r="L23" s="15">
-        <v>0.06247</v>
+        <v>0.05018</v>
       </c>
       <c r="M23" s="15">
-        <v>0.05451</v>
+        <v>0.04825</v>
       </c>
       <c r="N23" s="15">
-        <v>213</v>
-[...2 lines deleted...]
-      <c r="P23" s="15"/>
+        <v>28204</v>
+      </c>
+      <c r="O23" s="15">
+        <v>18000</v>
+      </c>
+      <c r="P23" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10080008514</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.15233</v>
       </c>
       <c r="L24" s="15">
         <v>0.08092000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.06902</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10000003230</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.06929</v>
       </c>
       <c r="L25" s="15">
         <v>0.06005</v>
       </c>
       <c r="M25" s="15">
         <v>0.05774</v>
       </c>
       <c r="N25" s="15">
-        <v>22568</v>
+        <v>14905</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080008515</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.17122</v>
       </c>
       <c r="L26" s="15">
         <v>0.09096</v>
       </c>
       <c r="M26" s="15">
         <v>0.07758</v>
       </c>
       <c r="N26" s="15">
         <v>2</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10000011215</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.27836</v>
       </c>
       <c r="L27" s="15">
         <v>0.14411</v>
       </c>
       <c r="M27" s="15">
         <v>0.13917</v>
       </c>
       <c r="N27" s="15">
         <v>3</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080017181</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
-        <v>0.10151</v>
+        <v>0.09966</v>
       </c>
       <c r="L28" s="15">
-        <v>0.08797000000000001</v>
+        <v>0.08637</v>
       </c>
       <c r="M28" s="15">
-        <v>0.08459</v>
+        <v>0.08305</v>
       </c>
       <c r="N28" s="15">
-        <v>4196</v>
+        <v>3264</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080008516</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.30086</v>
       </c>
       <c r="L29" s="15">
         <v>0.15982</v>
       </c>
       <c r="M29" s="15">
         <v>0.13633</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080017182</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
-        <v>0.10794</v>
+        <v>0.10608</v>
       </c>
       <c r="L30" s="15">
-        <v>0.09354999999999999</v>
+        <v>0.09193999999999999</v>
       </c>
       <c r="M30" s="15">
-        <v>0.08995</v>
+        <v>0.08840000000000001</v>
       </c>
       <c r="N30" s="15">
-        <v>238</v>
-[...2 lines deleted...]
-      <c r="P30" s="15"/>
+        <v>289</v>
+      </c>
+      <c r="O30" s="15">
+        <v>2700</v>
+      </c>
+      <c r="P30" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10080008517</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.31623</v>
       </c>
       <c r="L31" s="15">
         <v>0.168</v>
       </c>
       <c r="M31" s="15">
         <v>0.1433</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10000014940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.22031</v>
       </c>
       <c r="L32" s="15">
         <v>0.19093</v>
       </c>
       <c r="M32" s="15">
         <v>0.18359</v>
       </c>
       <c r="N32" s="15">
-        <v>8245</v>
+        <v>9243</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E33" s="15">
         <v>10000018920</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.21578</v>
+        <v>0.21563</v>
       </c>
       <c r="L33" s="15">
-        <v>0.18701</v>
+        <v>0.18688</v>
       </c>
       <c r="M33" s="15">
-        <v>0.17981</v>
+        <v>0.17969</v>
       </c>
       <c r="N33" s="15">
-        <v>3327</v>
-[...2 lines deleted...]
-      <c r="P33" s="15"/>
+        <v>995</v>
+      </c>
+      <c r="O33" s="15">
+        <v>6000</v>
+      </c>
+      <c r="P33" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.18967</v>
       </c>
       <c r="L34" s="15">
         <v>0.18352</v>
       </c>
       <c r="M34" s="15">
         <v>0.17735</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.21801</v>
       </c>
       <c r="L35" s="15">
         <v>0.21061</v>
       </c>
       <c r="M35" s="15">
         <v>0.20446</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E36" s="15">
         <v>10080017185</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.059</v>
       </c>
       <c r="L36" s="15">
         <v>0.039</v>
       </c>
       <c r="M36" s="15">
         <v>0.03568</v>
       </c>
       <c r="N36" s="15">
-        <v>345</v>
+        <v>163</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E37" s="15">
         <v>10080008520</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.10863</v>
       </c>
       <c r="L37" s="15">
         <v>0.05542</v>
       </c>
       <c r="M37" s="15">
         <v>0.05432</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.2031</v>
       </c>
       <c r="L38" s="15">
         <v>0.10469</v>
       </c>
       <c r="M38" s="15">
         <v>0.10155</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E39" s="15">
         <v>10080035826</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.07441</v>
+        <v>0.05172</v>
       </c>
       <c r="L39" s="15">
-        <v>0.05384</v>
+        <v>0.04482</v>
       </c>
       <c r="M39" s="15">
-        <v>0.04698</v>
+        <v>0.0431</v>
       </c>
       <c r="N39" s="15"/>
-      <c r="O39" s="15"/>
-      <c r="P39" s="15"/>
+      <c r="O39" s="15">
+        <v>3440</v>
+      </c>
+      <c r="P39" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E40" s="15">
         <v>10080008521</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.12501</v>
       </c>
       <c r="L40" s="15">
         <v>0.06642000000000001</v>
       </c>
       <c r="M40" s="15">
         <v>0.05665</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E41" s="15">
         <v>10000014942</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.065</v>
       </c>
       <c r="L41" s="15">
         <v>0.065</v>
       </c>
       <c r="M41" s="15">
         <v>0.065</v>
       </c>
       <c r="N41" s="15">
-        <v>335</v>
+        <v>364</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E42" s="15">
         <v>10000014943</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.1478</v>
       </c>
       <c r="L42" s="15">
         <v>0.12563</v>
       </c>
       <c r="M42" s="15">
         <v>0.10345</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E43" s="15">
         <v>10080018296</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.045</v>
       </c>
       <c r="L43" s="15">
         <v>0.045</v>
       </c>
       <c r="M43" s="15">
         <v>0.045</v>
       </c>
       <c r="N43" s="15">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.18475</v>
       </c>
       <c r="L44" s="15">
         <v>0.15765</v>
       </c>
       <c r="M44" s="15">
         <v>0.14534</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E45" s="15">
         <v>10000014944</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.13242</v>
       </c>
       <c r="L45" s="15">
         <v>0.07035</v>
       </c>
       <c r="M45" s="15">
         <v>0.06</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E46" s="15">
         <v>10080037683</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.08037999999999999</v>
+        <v>0.05544</v>
       </c>
       <c r="L46" s="15">
-        <v>0.05815</v>
+        <v>0.04805</v>
       </c>
       <c r="M46" s="15">
-        <v>0.05074</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0462</v>
+      </c>
+      <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E47" s="15">
         <v>10000014945</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
-        <v>0.73338</v>
+        <v>0.40364</v>
       </c>
       <c r="L47" s="15">
-        <v>0.48583</v>
+        <v>0.34982</v>
       </c>
       <c r="M47" s="15">
-        <v>0.42394</v>
+        <v>0.33636</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.3695</v>
       </c>
       <c r="L48" s="15">
         <v>0.31408</v>
       </c>
       <c r="M48" s="15">
         <v>0.25865</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>0.59119</v>
       </c>
       <c r="L49" s="15">
         <v>0.33255</v>
       </c>
       <c r="M49" s="15">
         <v>0.2956</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.59119</v>
       </c>
       <c r="L50" s="15">
         <v>0.33255</v>
       </c>
       <c r="M50" s="15">
         <v>0.2956</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E51" s="15">
         <v>10000003235</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>250</v>
       </c>
       <c r="K51" s="15">
-        <v>0.13776</v>
+        <v>0.10194</v>
       </c>
       <c r="L51" s="15">
-        <v>0.0984</v>
+        <v>0.08835</v>
       </c>
       <c r="M51" s="15">
-        <v>0.08856</v>
+        <v>0.08495</v>
       </c>
       <c r="N51" s="15">
-        <v>697</v>
+        <v>676</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E52" s="15">
         <v>10000001163</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>250</v>
       </c>
       <c r="K52" s="15">
         <v>0.13465</v>
       </c>
       <c r="L52" s="15">
         <v>0.09742000000000001</v>
       </c>
       <c r="M52" s="15">
         <v>0.08501</v>
       </c>
       <c r="N52" s="15">
-        <v>1236</v>
+        <v>952</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E53" s="15">
         <v>10080034326</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.77395</v>
       </c>
       <c r="L53" s="15">
         <v>0.50925</v>
       </c>
       <c r="M53" s="15">
         <v>0.48888</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E54" s="15">
         <v>10000016792</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.10373</v>
       </c>
       <c r="L54" s="15">
         <v>0.08989999999999999</v>
       </c>
       <c r="M54" s="15">
         <v>0.08644</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.21997</v>
       </c>
       <c r="L55" s="15">
         <v>0.11689</v>
       </c>
       <c r="M55" s="15">
         <v>0.09965</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E56" s="15">
         <v>10080031821</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>250</v>
       </c>
       <c r="K56" s="15">
-        <v>0.13246</v>
+        <v>0.09468</v>
       </c>
       <c r="L56" s="15">
-        <v>0.09583</v>
+        <v>0.08205999999999999</v>
       </c>
       <c r="M56" s="15">
-        <v>0.08362</v>
+        <v>0.0789</v>
       </c>
       <c r="N56" s="15">
-        <v>249</v>
+        <v>266</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E57" s="15">
         <v>10000007980</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>250</v>
       </c>
       <c r="K57" s="15">
-        <v>0.13203</v>
+        <v>0.09725</v>
       </c>
       <c r="L57" s="15">
-        <v>0.09431</v>
+        <v>0.08427999999999999</v>
       </c>
       <c r="M57" s="15">
-        <v>0.08487</v>
+        <v>0.08104</v>
       </c>
       <c r="N57" s="15">
-        <v>4250</v>
-[...2 lines deleted...]
-      <c r="P57" s="15"/>
+        <v>3480</v>
+      </c>
+      <c r="O57" s="15">
+        <v>13050</v>
+      </c>
+      <c r="P57" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>250</v>
       </c>
       <c r="K58" s="15">
         <v>0.16026</v>
       </c>
       <c r="L58" s="15">
         <v>0.13441</v>
       </c>
       <c r="M58" s="15">
         <v>0.12925</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>1000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E59" s="15">
         <v>10080006274</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>250</v>
       </c>
       <c r="K59" s="15">
-        <v>0.14643</v>
+        <v>0.10443</v>
       </c>
       <c r="L59" s="15">
-        <v>0.10594</v>
+        <v>0.09050999999999999</v>
       </c>
       <c r="M59" s="15">
-        <v>0.09245</v>
+        <v>0.08703</v>
       </c>
       <c r="N59" s="15">
-        <v>2665</v>
-[...2 lines deleted...]
-      <c r="P59" s="15"/>
+        <v>2816</v>
+      </c>
+      <c r="O59" s="15">
+        <v>7400</v>
+      </c>
+      <c r="P59" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E60" s="15">
         <v>10080056587</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J60" s="15">
         <v>250</v>
       </c>
       <c r="K60" s="15">
-        <v>0.17256</v>
+        <v>0.11588</v>
       </c>
       <c r="L60" s="15">
-        <v>0.12485</v>
+        <v>0.10043</v>
       </c>
       <c r="M60" s="15">
-        <v>0.10894</v>
+        <v>0.09656000000000001</v>
       </c>
       <c r="N60" s="15">
-        <v>413</v>
+        <v>462</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E61" s="15">
         <v>10000008868</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>250</v>
       </c>
       <c r="K61" s="15">
         <v>0.09843</v>
       </c>
       <c r="L61" s="15">
         <v>0.08531</v>
       </c>
       <c r="M61" s="15">
         <v>0.08203000000000001</v>
       </c>
       <c r="N61" s="15">
-        <v>2010</v>
-[...2 lines deleted...]
-      <c r="P61" s="15"/>
+        <v>1925</v>
+      </c>
+      <c r="O61" s="15">
+        <v>3550</v>
+      </c>
+      <c r="P61" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E62" s="15">
         <v>10080006275</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>250</v>
       </c>
       <c r="K62" s="15">
-        <v>0.15759</v>
+        <v>0.10574</v>
       </c>
       <c r="L62" s="15">
-        <v>0.11401</v>
+        <v>0.09164</v>
       </c>
       <c r="M62" s="15">
-        <v>0.09949</v>
+        <v>0.08810999999999999</v>
       </c>
       <c r="N62" s="15">
-        <v>219</v>
-[...2 lines deleted...]
-      <c r="P62" s="15"/>
+        <v>195</v>
+      </c>
+      <c r="O62" s="15">
+        <v>740</v>
+      </c>
+      <c r="P62" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E63" s="15">
         <v>10080056586</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>250</v>
       </c>
       <c r="K63" s="15">
         <v>0.11709</v>
       </c>
       <c r="L63" s="15">
         <v>0.10148</v>
       </c>
       <c r="M63" s="15">
         <v>0.09758</v>
       </c>
       <c r="N63" s="15"/>
-      <c r="O63" s="15"/>
-      <c r="P63" s="15"/>
+      <c r="O63" s="15">
+        <v>1050</v>
+      </c>
+      <c r="P63" s="15" t="s">
+        <v>36</v>
+      </c>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E64" s="15">
         <v>10000014950</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>250</v>
       </c>
       <c r="K64" s="15">
-        <v>0.14459</v>
+        <v>0.10587</v>
       </c>
       <c r="L64" s="15">
-        <v>0.10328</v>
+        <v>0.09175</v>
       </c>
       <c r="M64" s="15">
-        <v>0.09295</v>
+        <v>0.08823</v>
       </c>
       <c r="N64" s="15">
-        <v>403</v>
+        <v>502</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E65" s="15">
         <v>10080017446</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>200</v>
       </c>
       <c r="K65" s="15">
-        <v>0.11236</v>
+        <v>0.07695</v>
       </c>
       <c r="L65" s="15">
-        <v>0.08129</v>
+        <v>0.06669</v>
       </c>
       <c r="M65" s="15">
-        <v>0.07094</v>
+        <v>0.06413000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>1665</v>
+        <v>1401</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E66" s="15">
         <v>10000016834</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.19706</v>
       </c>
       <c r="L66" s="15">
         <v>0.16751</v>
       </c>
       <c r="M66" s="15">
         <v>0.13794</v>
       </c>
       <c r="N66" s="15">
-        <v>1977</v>
+        <v>1669</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E67" s="15">
         <v>10000008247</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
-        <v>0.19639</v>
+        <v>0.14498</v>
       </c>
       <c r="L67" s="15">
-        <v>0.14028</v>
+        <v>0.12565</v>
       </c>
       <c r="M67" s="15">
-        <v>0.12625</v>
+        <v>0.12081</v>
       </c>
       <c r="N67" s="15">
-        <v>598</v>
+        <v>617</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E68" s="15">
         <v>10080008522</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
         <v>0.19319</v>
       </c>
       <c r="L68" s="15">
         <v>0.10262</v>
       </c>
       <c r="M68" s="15">
         <v>0.08754000000000001</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E69" s="15">
         <v>10000008850</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.07323</v>
       </c>
       <c r="L69" s="15">
         <v>0.06347</v>
       </c>
       <c r="M69" s="15">
         <v>0.06103</v>
       </c>
       <c r="N69" s="15">
-        <v>1229</v>
+        <v>1304</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E70" s="15">
         <v>10000014952</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.22865</v>
       </c>
       <c r="L70" s="15">
         <v>0.12146</v>
       </c>
       <c r="M70" s="15">
         <v>0.10362</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E71" s="15">
         <v>10080017492</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
         <v>0.2217</v>
       </c>
       <c r="L71" s="15">
         <v>0.18844</v>
       </c>
       <c r="M71" s="15">
         <v>0.15519</v>
       </c>
       <c r="N71" s="15">
-        <v>1001</v>
+        <v>871</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E72" s="15">
         <v>10080017493</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.17243</v>
       </c>
       <c r="L72" s="15">
         <v>0.14657</v>
       </c>
       <c r="M72" s="15">
         <v>0.1207</v>
       </c>
       <c r="N72" s="15">
-        <v>162</v>
+        <v>140</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
         <v>0.17243</v>
       </c>
       <c r="L73" s="15">
         <v>0.14657</v>
       </c>
       <c r="M73" s="15">
         <v>0.1207</v>
       </c>
       <c r="N73" s="15">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E74" s="15">
         <v>10080018298</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>500</v>
       </c>
       <c r="K74" s="15">
         <v>0.12317</v>
       </c>
       <c r="L74" s="15">
         <v>0.1047</v>
       </c>
       <c r="M74" s="15">
         <v>0.08622</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E75" s="15">
         <v>10080017447</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.17243</v>
       </c>
       <c r="L75" s="15">
         <v>0.14657</v>
       </c>
       <c r="M75" s="15">
         <v>0.1207</v>
       </c>
       <c r="N75" s="15">
         <v>1672</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E76" s="15">
         <v>10080017448</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>500</v>
       </c>
       <c r="K76" s="15">
         <v>0.055</v>
       </c>
       <c r="L76" s="15">
         <v>0.055</v>
       </c>
       <c r="M76" s="15">
         <v>0.055</v>
       </c>
       <c r="N76" s="15">
-        <v>2798</v>
+        <v>2669</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>500</v>
       </c>
       <c r="K77" s="15">
         <v>0.055</v>
       </c>
       <c r="L77" s="15">
         <v>0.055</v>
       </c>
       <c r="M77" s="15">
         <v>0.055</v>
       </c>
       <c r="N77" s="15">
-        <v>861</v>
+        <v>768</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
         <v>0.12317</v>
       </c>
       <c r="L78" s="15">
         <v>0.1047</v>
       </c>
       <c r="M78" s="15">
         <v>0.08622</v>
       </c>
       <c r="N78" s="15">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E79" s="15">
         <v>10080038164</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.09223000000000001</v>
       </c>
       <c r="L79" s="15">
         <v>0.07562000000000001</v>
       </c>
       <c r="M79" s="15">
         <v>0.07255</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>0.27096</v>
       </c>
       <c r="L80" s="15">
         <v>0.17243</v>
       </c>
       <c r="M80" s="15">
         <v>0.1478</v>
       </c>
       <c r="N80" s="15">
         <v>2</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>250</v>
       </c>
       <c r="K81" s="15">
-        <v>0.15752</v>
+        <v>0.11271</v>
       </c>
       <c r="L81" s="15">
-        <v>0.11397</v>
+        <v>0.09768</v>
       </c>
       <c r="M81" s="15">
-        <v>0.09945</v>
+        <v>0.09393</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.1726</v>
       </c>
       <c r="L82" s="15">
         <v>0.1249</v>
       </c>
       <c r="M82" s="15">
         <v>0.1089</v>
       </c>
       <c r="N82" s="15">
         <v>2</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>0.21</v>
       </c>
       <c r="L83" s="15">
         <v>0.21</v>
       </c>
       <c r="M83" s="15">
         <v>0.21</v>
       </c>
       <c r="N83" s="15">
         <v>5</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15"/>
       <c r="K84" s="15">
         <v>0.04501</v>
       </c>
       <c r="L84" s="15">
         <v>0.0375</v>
       </c>
       <c r="M84" s="15">
         <v>0.03601</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>500</v>
       </c>
       <c r="K85" s="15">
         <v>0.07732</v>
       </c>
       <c r="L85" s="15">
         <v>0.07732</v>
       </c>
       <c r="M85" s="15">
         <v>0.07732</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
         <v>0.07167</v>
       </c>
       <c r="L86" s="15">
         <v>0.06011</v>
       </c>
       <c r="M86" s="15">
         <v>0.0578</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E87" s="15">
         <v>10080069855</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.24622</v>
       </c>
       <c r="L87" s="15">
         <v>0.20517</v>
       </c>
       <c r="M87" s="15">
         <v>0.19697</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>500</v>
       </c>
       <c r="K88" s="15">
         <v>0.7311</v>
       </c>
       <c r="L88" s="15">
         <v>0.6131799999999999</v>
       </c>
       <c r="M88" s="15">
         <v>0.5896</v>
       </c>
       <c r="N88" s="15">
         <v>13</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>1.31</v>
       </c>
       <c r="L89" s="15">
         <v>1.1</v>
       </c>
       <c r="M89" s="15">
         <v>1.06</v>
       </c>
       <c r="N89" s="15">
         <v>3</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>300</v>
       </c>
       <c r="K90" s="15">
         <v>0.20537</v>
       </c>
       <c r="L90" s="15">
         <v>0.132</v>
       </c>
       <c r="M90" s="15">
         <v>0.12</v>
       </c>
       <c r="N90" s="15">
-        <v>8932</v>
+        <v>7424</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E91" s="15">
         <v>10080032671</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1</v>
       </c>
       <c r="K91" s="15">
         <v>0.18623</v>
       </c>
       <c r="L91" s="15">
         <v>0.09311</v>
       </c>
       <c r="M91" s="15">
         <v>0.08469</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E92" s="15">
         <v>10080032668</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J92" s="15">
         <v>500</v>
       </c>
       <c r="K92" s="15">
         <v>0.21948</v>
       </c>
       <c r="L92" s="15">
         <v>0.10974</v>
       </c>
       <c r="M92" s="15">
         <v>0.09977</v>
       </c>
       <c r="N92" s="15">
         <v>89</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>250</v>
       </c>
       <c r="K93" s="15">
         <v>1.98</v>
       </c>
       <c r="L93" s="15">
         <v>1.66</v>
       </c>
       <c r="M93" s="15">
         <v>1.6</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14"/>
       <c r="C94" s="15"/>
       <c r="D94" s="15"/>
       <c r="E94" s="15"/>
@@ -4871,317 +4920,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>