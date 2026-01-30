--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>08.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -121,54 +121,57 @@
   <si>
     <t>L-KLS1-DC-022B-2.0</t>
   </si>
   <si>
     <t>штыревой 2мм (П) на блок с гайкой / DC-022A (L-KLS1-DC-022B-2.0)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>DC-022A (RWP-056 2mm)</t>
   </si>
   <si>
     <t>штыревой 2мм (П) на блок с гайкой / DC-022A (RWP-056 2mm)</t>
   </si>
   <si>
     <t>RONGWEI</t>
   </si>
   <si>
     <t>L-KLS1-DC-022B-2.5</t>
   </si>
   <si>
     <t>штыревой 2.5мм (П) на блок c гайкой / DC-022B (L-KLS1-DC-022B-2.5)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-DC-022B-2.5 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134377</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>DC-022B (RWP-056 2.5mm)</t>
   </si>
   <si>
     <t>штыревой 2.5мм (П) на блок c гайкой / DC-022B (RWP-056 2.5mm)</t>
   </si>
   <si>
     <t>L-KLS1-TDC-010A-B</t>
   </si>
   <si>
     <t>штыревой 1мм (П) на плату / DCJ-W24-13 (L-KLS1-TDC-010A-B)</t>
   </si>
   <si>
     <t>L-KLS1-DCP-03-2.1A</t>
   </si>
   <si>
     <t>штыревой 2.1мм (П) на кабель с амортизатором / DJK-00A (KLS1-DCP-03-2.1A)</t>
   </si>
   <si>
     <t>UT-00089424</t>
   </si>
   <si>
     <t>L-KLS1-DCP-07-2.1A</t>
   </si>
@@ -1643,3227 +1646,3229 @@
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10080045136</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I11" s="15"/>
+      <c r="I11" s="15" t="s">
+        <v>35</v>
+      </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.09197</v>
       </c>
       <c r="L11" s="15">
         <v>0.07969999999999999</v>
       </c>
       <c r="M11" s="15">
         <v>0.07664</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
-      <c r="I12" s="15"/>
+      <c r="I12" s="15" t="s">
+        <v>35</v>
+      </c>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
-        <v>0.11069</v>
+        <v>0.1077</v>
       </c>
       <c r="L12" s="15">
-        <v>0.09593</v>
+        <v>0.09334000000000001</v>
       </c>
       <c r="M12" s="15">
-        <v>0.09224</v>
+        <v>0.08975</v>
       </c>
       <c r="N12" s="15">
-        <v>128</v>
+        <v>33</v>
       </c>
       <c r="O12" s="15">
-        <v>1950</v>
+        <v>2340</v>
       </c>
       <c r="P12" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080008519</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.30327</v>
       </c>
       <c r="L13" s="15">
         <v>0.16118</v>
       </c>
       <c r="M13" s="15">
         <v>0.13745</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080028648</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.095</v>
       </c>
       <c r="L14" s="15">
         <v>0.095</v>
       </c>
       <c r="M14" s="15">
         <v>0.095</v>
       </c>
       <c r="N14" s="15">
-        <v>1374</v>
+        <v>1772</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.11501</v>
       </c>
       <c r="L15" s="15">
         <v>0.11041</v>
       </c>
       <c r="M15" s="15">
         <v>0.10581</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080007380</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>250</v>
       </c>
       <c r="K16" s="15">
-        <v>0.14883</v>
+        <v>0.14385</v>
       </c>
       <c r="L16" s="15">
-        <v>0.12899</v>
+        <v>0.12467</v>
       </c>
       <c r="M16" s="15">
-        <v>0.12403</v>
+        <v>0.11988</v>
       </c>
       <c r="N16" s="15">
-        <v>1768</v>
+        <v>1549</v>
       </c>
       <c r="O16" s="15">
-        <v>1660</v>
+        <v>1740</v>
       </c>
       <c r="P16" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>250</v>
       </c>
       <c r="K17" s="15">
-        <v>0.17873</v>
+        <v>0.17783</v>
       </c>
       <c r="L17" s="15">
-        <v>0.1549</v>
+        <v>0.15412</v>
       </c>
       <c r="M17" s="15">
-        <v>0.14894</v>
+        <v>0.14819</v>
       </c>
       <c r="N17" s="15">
-        <v>165</v>
+        <v>92</v>
       </c>
       <c r="O17" s="15">
-        <v>198</v>
+        <v>183</v>
       </c>
       <c r="P17" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10000003399</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.055</v>
       </c>
       <c r="L18" s="15">
         <v>0.055</v>
       </c>
       <c r="M18" s="15">
         <v>0.055</v>
       </c>
       <c r="N18" s="15">
         <v>174</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>500</v>
       </c>
       <c r="K19" s="15">
         <v>0.17204</v>
       </c>
       <c r="L19" s="15">
         <v>0.08867999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.08081000000000001</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.2956</v>
       </c>
       <c r="L20" s="15">
         <v>0.16628</v>
       </c>
       <c r="M20" s="15">
         <v>0.1478</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080010596</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.045</v>
       </c>
       <c r="L21" s="15">
         <v>0.045</v>
       </c>
       <c r="M21" s="15">
         <v>0.045</v>
       </c>
       <c r="N21" s="15">
-        <v>315</v>
+        <v>273</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E22" s="15">
         <v>10080008513</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.055</v>
       </c>
       <c r="L22" s="15">
         <v>0.055</v>
       </c>
       <c r="M22" s="15">
         <v>0.055</v>
       </c>
       <c r="N22" s="15">
         <v>93</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10080037682</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0579</v>
       </c>
       <c r="L23" s="15">
         <v>0.05018</v>
       </c>
       <c r="M23" s="15">
         <v>0.04825</v>
       </c>
-      <c r="N23" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N23" s="15"/>
       <c r="O23" s="15">
-        <v>18000</v>
+        <v>13481</v>
       </c>
       <c r="P23" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080008514</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.15233</v>
       </c>
       <c r="L24" s="15">
         <v>0.08092000000000001</v>
       </c>
       <c r="M24" s="15">
         <v>0.06902</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10000003230</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.06929</v>
       </c>
       <c r="L25" s="15">
         <v>0.06005</v>
       </c>
       <c r="M25" s="15">
         <v>0.05774</v>
       </c>
       <c r="N25" s="15">
-        <v>14905</v>
+        <v>17131</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080008515</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.17122</v>
       </c>
       <c r="L26" s="15">
         <v>0.09096</v>
       </c>
       <c r="M26" s="15">
         <v>0.07758</v>
       </c>
       <c r="N26" s="15">
         <v>2</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10000011215</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.27836</v>
       </c>
       <c r="L27" s="15">
         <v>0.14411</v>
       </c>
       <c r="M27" s="15">
         <v>0.13917</v>
       </c>
       <c r="N27" s="15">
         <v>3</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080017181</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.09966</v>
       </c>
       <c r="L28" s="15">
         <v>0.08637</v>
       </c>
       <c r="M28" s="15">
         <v>0.08305</v>
       </c>
       <c r="N28" s="15">
-        <v>3264</v>
+        <v>3108</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10080008516</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.30086</v>
       </c>
       <c r="L29" s="15">
         <v>0.15982</v>
       </c>
       <c r="M29" s="15">
         <v>0.13633</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E30" s="15">
         <v>10080017182</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
-        <v>0.10608</v>
+        <v>0.1055</v>
       </c>
       <c r="L30" s="15">
-        <v>0.09193999999999999</v>
+        <v>0.09143</v>
       </c>
       <c r="M30" s="15">
-        <v>0.08840000000000001</v>
+        <v>0.08791</v>
       </c>
       <c r="N30" s="15">
-        <v>289</v>
+        <v>248</v>
       </c>
       <c r="O30" s="15">
-        <v>2700</v>
+        <v>2310</v>
       </c>
       <c r="P30" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080008517</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.31623</v>
       </c>
       <c r="L31" s="15">
         <v>0.168</v>
       </c>
       <c r="M31" s="15">
         <v>0.1433</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10000014940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.22031</v>
       </c>
       <c r="L32" s="15">
         <v>0.19093</v>
       </c>
       <c r="M32" s="15">
         <v>0.18359</v>
       </c>
       <c r="N32" s="15">
-        <v>9243</v>
+        <v>9124</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E33" s="15">
         <v>10000018920</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
-        <v>0.21563</v>
+        <v>0.21318</v>
       </c>
       <c r="L33" s="15">
-        <v>0.18688</v>
+        <v>0.18476</v>
       </c>
       <c r="M33" s="15">
-        <v>0.17969</v>
+        <v>0.17765</v>
       </c>
       <c r="N33" s="15">
-        <v>995</v>
+        <v>593</v>
       </c>
       <c r="O33" s="15">
-        <v>6000</v>
+        <v>9000</v>
       </c>
       <c r="P33" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
         <v>0.18967</v>
       </c>
       <c r="L34" s="15">
         <v>0.18352</v>
       </c>
       <c r="M34" s="15">
         <v>0.17735</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>500</v>
       </c>
       <c r="K35" s="15">
         <v>0.21801</v>
       </c>
       <c r="L35" s="15">
         <v>0.21061</v>
       </c>
       <c r="M35" s="15">
         <v>0.20446</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E36" s="15">
         <v>10080017185</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.059</v>
       </c>
       <c r="L36" s="15">
         <v>0.039</v>
       </c>
       <c r="M36" s="15">
         <v>0.03568</v>
       </c>
       <c r="N36" s="15">
-        <v>163</v>
+        <v>188</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E37" s="15">
         <v>10080008520</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.10863</v>
       </c>
       <c r="L37" s="15">
         <v>0.05542</v>
       </c>
       <c r="M37" s="15">
         <v>0.05432</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.2031</v>
       </c>
       <c r="L38" s="15">
         <v>0.10469</v>
       </c>
       <c r="M38" s="15">
         <v>0.10155</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E39" s="15">
         <v>10080035826</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.05172</v>
+        <v>0.05694</v>
       </c>
       <c r="L39" s="15">
-        <v>0.04482</v>
+        <v>0.04935</v>
       </c>
       <c r="M39" s="15">
-        <v>0.0431</v>
+        <v>0.04745</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15">
-        <v>3440</v>
+        <v>2880</v>
       </c>
       <c r="P39" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E40" s="15">
         <v>10080008521</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.12501</v>
       </c>
       <c r="L40" s="15">
         <v>0.06642000000000001</v>
       </c>
       <c r="M40" s="15">
         <v>0.05665</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E41" s="15">
         <v>10000014942</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.065</v>
       </c>
       <c r="L41" s="15">
         <v>0.065</v>
       </c>
       <c r="M41" s="15">
         <v>0.065</v>
       </c>
       <c r="N41" s="15">
-        <v>364</v>
+        <v>335</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E42" s="15">
         <v>10000014943</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>500</v>
       </c>
       <c r="K42" s="15">
         <v>0.1478</v>
       </c>
       <c r="L42" s="15">
         <v>0.12563</v>
       </c>
       <c r="M42" s="15">
         <v>0.10345</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E43" s="15">
         <v>10080018296</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.045</v>
       </c>
       <c r="L43" s="15">
         <v>0.045</v>
       </c>
       <c r="M43" s="15">
         <v>0.045</v>
       </c>
       <c r="N43" s="15">
-        <v>92</v>
+        <v>75</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.18475</v>
       </c>
       <c r="L44" s="15">
         <v>0.15765</v>
       </c>
       <c r="M44" s="15">
         <v>0.14534</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E45" s="15">
         <v>10000014944</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.13242</v>
       </c>
       <c r="L45" s="15">
         <v>0.07035</v>
       </c>
       <c r="M45" s="15">
         <v>0.06</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E46" s="15">
         <v>10080037683</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.05544</v>
       </c>
       <c r="L46" s="15">
         <v>0.04805</v>
       </c>
       <c r="M46" s="15">
         <v>0.0462</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E47" s="15">
         <v>10000014945</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>500</v>
       </c>
       <c r="K47" s="15">
         <v>0.40364</v>
       </c>
       <c r="L47" s="15">
         <v>0.34982</v>
       </c>
       <c r="M47" s="15">
         <v>0.33636</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>200</v>
       </c>
       <c r="K48" s="15">
         <v>0.3695</v>
       </c>
       <c r="L48" s="15">
         <v>0.31408</v>
       </c>
       <c r="M48" s="15">
         <v>0.25865</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>0.59119</v>
       </c>
       <c r="L49" s="15">
         <v>0.33255</v>
       </c>
       <c r="M49" s="15">
         <v>0.2956</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>50</v>
       </c>
       <c r="K50" s="15">
         <v>0.59119</v>
       </c>
       <c r="L50" s="15">
         <v>0.33255</v>
       </c>
       <c r="M50" s="15">
         <v>0.2956</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10000003235</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>250</v>
       </c>
       <c r="K51" s="15">
         <v>0.10194</v>
       </c>
       <c r="L51" s="15">
         <v>0.08835</v>
       </c>
       <c r="M51" s="15">
         <v>0.08495</v>
       </c>
       <c r="N51" s="15">
-        <v>676</v>
+        <v>717</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E52" s="15">
         <v>10000001163</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>250</v>
       </c>
       <c r="K52" s="15">
         <v>0.13465</v>
       </c>
       <c r="L52" s="15">
         <v>0.09742000000000001</v>
       </c>
       <c r="M52" s="15">
         <v>0.08501</v>
       </c>
       <c r="N52" s="15">
-        <v>952</v>
+        <v>1080</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080034326</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>100</v>
       </c>
       <c r="K53" s="15">
         <v>0.77395</v>
       </c>
       <c r="L53" s="15">
         <v>0.50925</v>
       </c>
       <c r="M53" s="15">
         <v>0.48888</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E54" s="15">
         <v>10000016792</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>300</v>
       </c>
       <c r="K54" s="15">
         <v>0.10373</v>
       </c>
       <c r="L54" s="15">
         <v>0.08989999999999999</v>
       </c>
       <c r="M54" s="15">
         <v>0.08644</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.21997</v>
       </c>
       <c r="L55" s="15">
         <v>0.11689</v>
       </c>
       <c r="M55" s="15">
         <v>0.09965</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E56" s="15">
         <v>10080031821</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>250</v>
       </c>
       <c r="K56" s="15">
         <v>0.09468</v>
       </c>
       <c r="L56" s="15">
         <v>0.08205999999999999</v>
       </c>
       <c r="M56" s="15">
         <v>0.0789</v>
       </c>
       <c r="N56" s="15">
-        <v>266</v>
+        <v>228</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10000007980</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>250</v>
       </c>
       <c r="K57" s="15">
-        <v>0.09725</v>
+        <v>0.09671</v>
       </c>
       <c r="L57" s="15">
-        <v>0.08427999999999999</v>
+        <v>0.08381</v>
       </c>
       <c r="M57" s="15">
-        <v>0.08104</v>
+        <v>0.08058999999999999</v>
       </c>
       <c r="N57" s="15">
-        <v>3480</v>
+        <v>50</v>
       </c>
       <c r="O57" s="15">
-        <v>13050</v>
+        <v>10050</v>
       </c>
       <c r="P57" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>250</v>
       </c>
       <c r="K58" s="15">
         <v>0.16026</v>
       </c>
       <c r="L58" s="15">
         <v>0.13441</v>
       </c>
       <c r="M58" s="15">
         <v>0.12925</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>1000</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E59" s="15">
         <v>10080006274</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>250</v>
       </c>
       <c r="K59" s="15">
-        <v>0.10443</v>
+        <v>0.10391</v>
       </c>
       <c r="L59" s="15">
-        <v>0.09050999999999999</v>
+        <v>0.09005000000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>0.08703</v>
+        <v>0.08659</v>
       </c>
       <c r="N59" s="15">
-        <v>2816</v>
+        <v>3121</v>
       </c>
       <c r="O59" s="15">
-        <v>7400</v>
+        <v>8200</v>
       </c>
       <c r="P59" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E60" s="15">
         <v>10080056587</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J60" s="15">
         <v>250</v>
       </c>
       <c r="K60" s="15">
         <v>0.11588</v>
       </c>
       <c r="L60" s="15">
         <v>0.10043</v>
       </c>
       <c r="M60" s="15">
         <v>0.09656000000000001</v>
       </c>
       <c r="N60" s="15">
-        <v>462</v>
+        <v>377</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E61" s="15">
         <v>10000008868</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>250</v>
       </c>
       <c r="K61" s="15">
-        <v>0.09843</v>
+        <v>0.09671</v>
       </c>
       <c r="L61" s="15">
-        <v>0.08531</v>
+        <v>0.08381</v>
       </c>
       <c r="M61" s="15">
-        <v>0.08203000000000001</v>
+        <v>0.08058999999999999</v>
       </c>
       <c r="N61" s="15">
-        <v>1925</v>
+        <v>1031</v>
       </c>
       <c r="O61" s="15">
-        <v>3550</v>
+        <v>3200</v>
       </c>
       <c r="P61" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E62" s="15">
         <v>10080006275</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>250</v>
       </c>
       <c r="K62" s="15">
-        <v>0.10574</v>
+        <v>0.10391</v>
       </c>
       <c r="L62" s="15">
-        <v>0.09164</v>
+        <v>0.09005000000000001</v>
       </c>
       <c r="M62" s="15">
-        <v>0.08810999999999999</v>
+        <v>0.08659</v>
       </c>
       <c r="N62" s="15">
-        <v>195</v>
+        <v>161</v>
       </c>
       <c r="O62" s="15">
-        <v>740</v>
+        <v>610</v>
       </c>
       <c r="P62" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E63" s="15">
         <v>10080056586</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>250</v>
       </c>
       <c r="K63" s="15">
-        <v>0.11709</v>
+        <v>0.11988</v>
       </c>
       <c r="L63" s="15">
-        <v>0.10148</v>
+        <v>0.1039</v>
       </c>
       <c r="M63" s="15">
-        <v>0.09758</v>
+        <v>0.0999</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15">
-        <v>1050</v>
+        <v>1185</v>
       </c>
       <c r="P63" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E64" s="15">
         <v>10000014950</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>250</v>
       </c>
       <c r="K64" s="15">
         <v>0.10587</v>
       </c>
       <c r="L64" s="15">
         <v>0.09175</v>
       </c>
       <c r="M64" s="15">
         <v>0.08823</v>
       </c>
       <c r="N64" s="15">
-        <v>502</v>
+        <v>482</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E65" s="15">
         <v>10080017446</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>200</v>
       </c>
       <c r="K65" s="15">
         <v>0.07695</v>
       </c>
       <c r="L65" s="15">
         <v>0.06669</v>
       </c>
       <c r="M65" s="15">
         <v>0.06413000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>1401</v>
+        <v>1685</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E66" s="15">
         <v>10000016834</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.19706</v>
       </c>
       <c r="L66" s="15">
         <v>0.16751</v>
       </c>
       <c r="M66" s="15">
         <v>0.13794</v>
       </c>
       <c r="N66" s="15">
-        <v>1669</v>
+        <v>1538</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E67" s="15">
         <v>10000008247</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
         <v>0.14498</v>
       </c>
       <c r="L67" s="15">
         <v>0.12565</v>
       </c>
       <c r="M67" s="15">
         <v>0.12081</v>
       </c>
       <c r="N67" s="15">
-        <v>617</v>
+        <v>636</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E68" s="15">
         <v>10080008522</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
         <v>0.19319</v>
       </c>
       <c r="L68" s="15">
         <v>0.10262</v>
       </c>
       <c r="M68" s="15">
         <v>0.08754000000000001</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10000008850</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.07323</v>
       </c>
       <c r="L69" s="15">
         <v>0.06347</v>
       </c>
       <c r="M69" s="15">
         <v>0.06103</v>
       </c>
       <c r="N69" s="15">
-        <v>1304</v>
+        <v>1109</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E70" s="15">
         <v>10000014952</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>0.22865</v>
       </c>
       <c r="L70" s="15">
         <v>0.12146</v>
       </c>
       <c r="M70" s="15">
         <v>0.10362</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E71" s="15">
         <v>10080017492</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
         <v>0.2217</v>
       </c>
       <c r="L71" s="15">
         <v>0.18844</v>
       </c>
       <c r="M71" s="15">
         <v>0.15519</v>
       </c>
       <c r="N71" s="15">
-        <v>871</v>
+        <v>988</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E72" s="15">
         <v>10080017493</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.17243</v>
       </c>
       <c r="L72" s="15">
         <v>0.14657</v>
       </c>
       <c r="M72" s="15">
         <v>0.1207</v>
       </c>
       <c r="N72" s="15">
-        <v>140</v>
+        <v>76</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
         <v>0.17243</v>
       </c>
       <c r="L73" s="15">
         <v>0.14657</v>
       </c>
       <c r="M73" s="15">
         <v>0.1207</v>
       </c>
       <c r="N73" s="15">
-        <v>99</v>
+        <v>118</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E74" s="15">
         <v>10080018298</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>500</v>
       </c>
       <c r="K74" s="15">
         <v>0.12317</v>
       </c>
       <c r="L74" s="15">
         <v>0.1047</v>
       </c>
       <c r="M74" s="15">
         <v>0.08622</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E75" s="15">
         <v>10080017447</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.17243</v>
       </c>
       <c r="L75" s="15">
         <v>0.14657</v>
       </c>
       <c r="M75" s="15">
         <v>0.1207</v>
       </c>
       <c r="N75" s="15">
-        <v>1672</v>
+        <v>1539</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E76" s="15">
         <v>10080017448</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>500</v>
       </c>
       <c r="K76" s="15">
         <v>0.055</v>
       </c>
       <c r="L76" s="15">
         <v>0.055</v>
       </c>
       <c r="M76" s="15">
         <v>0.055</v>
       </c>
       <c r="N76" s="15">
-        <v>2669</v>
+        <v>2798</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>500</v>
       </c>
       <c r="K77" s="15">
         <v>0.055</v>
       </c>
       <c r="L77" s="15">
         <v>0.055</v>
       </c>
       <c r="M77" s="15">
         <v>0.055</v>
       </c>
       <c r="N77" s="15">
-        <v>768</v>
+        <v>738</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
         <v>0.12317</v>
       </c>
       <c r="L78" s="15">
         <v>0.1047</v>
       </c>
       <c r="M78" s="15">
         <v>0.08622</v>
       </c>
       <c r="N78" s="15">
-        <v>166</v>
+        <v>144</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E79" s="15">
         <v>10080038164</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.09223000000000001</v>
       </c>
       <c r="L79" s="15">
         <v>0.07562000000000001</v>
       </c>
       <c r="M79" s="15">
         <v>0.07255</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>0.27096</v>
       </c>
       <c r="L80" s="15">
         <v>0.17243</v>
       </c>
       <c r="M80" s="15">
         <v>0.1478</v>
       </c>
       <c r="N80" s="15">
         <v>2</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>250</v>
       </c>
       <c r="K81" s="15">
         <v>0.11271</v>
       </c>
       <c r="L81" s="15">
         <v>0.09768</v>
       </c>
       <c r="M81" s="15">
         <v>0.09393</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>0.1726</v>
       </c>
       <c r="L82" s="15">
         <v>0.1249</v>
       </c>
       <c r="M82" s="15">
         <v>0.1089</v>
       </c>
       <c r="N82" s="15">
         <v>2</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>0.21</v>
       </c>
       <c r="L83" s="15">
         <v>0.21</v>
       </c>
       <c r="M83" s="15">
         <v>0.21</v>
       </c>
       <c r="N83" s="15">
         <v>5</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15"/>
       <c r="K84" s="15">
         <v>0.04501</v>
       </c>
       <c r="L84" s="15">
         <v>0.0375</v>
       </c>
       <c r="M84" s="15">
         <v>0.03601</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>500</v>
       </c>
       <c r="K85" s="15">
         <v>0.07732</v>
       </c>
       <c r="L85" s="15">
         <v>0.07732</v>
       </c>
       <c r="M85" s="15">
         <v>0.07732</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15"/>
       <c r="K86" s="15">
         <v>0.07167</v>
       </c>
       <c r="L86" s="15">
         <v>0.06011</v>
       </c>
       <c r="M86" s="15">
         <v>0.0578</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E87" s="15">
         <v>10080069855</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.24622</v>
       </c>
       <c r="L87" s="15">
         <v>0.20517</v>
       </c>
       <c r="M87" s="15">
         <v>0.19697</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>500</v>
       </c>
       <c r="K88" s="15">
         <v>0.7311</v>
       </c>
       <c r="L88" s="15">
         <v>0.6131799999999999</v>
       </c>
       <c r="M88" s="15">
         <v>0.5896</v>
       </c>
       <c r="N88" s="15">
         <v>13</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>1000</v>
       </c>
       <c r="K89" s="15">
         <v>1.31</v>
       </c>
       <c r="L89" s="15">
         <v>1.1</v>
       </c>
       <c r="M89" s="15">
         <v>1.06</v>
       </c>
       <c r="N89" s="15">
         <v>3</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>300</v>
       </c>
       <c r="K90" s="15">
         <v>0.20537</v>
       </c>
       <c r="L90" s="15">
         <v>0.132</v>
       </c>
       <c r="M90" s="15">
         <v>0.12</v>
       </c>
       <c r="N90" s="15">
-        <v>7424</v>
+        <v>8584</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E91" s="15">
         <v>10080032671</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>1</v>
       </c>
       <c r="K91" s="15">
         <v>0.18623</v>
       </c>
       <c r="L91" s="15">
         <v>0.09311</v>
       </c>
       <c r="M91" s="15">
         <v>0.08469</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E92" s="15">
         <v>10080032668</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="J92" s="15">
         <v>500</v>
       </c>
       <c r="K92" s="15">
         <v>0.21948</v>
       </c>
       <c r="L92" s="15">
         <v>0.10974</v>
       </c>
       <c r="M92" s="15">
         <v>0.09977</v>
       </c>
       <c r="N92" s="15">
         <v>89</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>250</v>
       </c>
       <c r="K93" s="15">
         <v>1.98</v>
       </c>
       <c r="L93" s="15">
         <v>1.66</v>
       </c>
       <c r="M93" s="15">
         <v>1.6</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14"/>
       <c r="C94" s="15"/>
       <c r="D94" s="15"/>
       <c r="E94" s="15"/>
@@ -4920,317 +4925,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>