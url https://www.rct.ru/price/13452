--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1704,51 +1704,51 @@
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.1077</v>
       </c>
       <c r="L12" s="15">
         <v>0.09334000000000001</v>
       </c>
       <c r="M12" s="15">
         <v>0.08975</v>
       </c>
       <c r="N12" s="15">
         <v>33</v>
       </c>
       <c r="O12" s="15">
-        <v>2340</v>
+        <v>2490</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080008519</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>32</v>
       </c>
@@ -1779,51 +1779,51 @@
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10080028648</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.095</v>
       </c>
       <c r="L14" s="15">
         <v>0.095</v>
       </c>
       <c r="M14" s="15">
         <v>0.095</v>
       </c>
       <c r="N14" s="15">
-        <v>1772</v>
+        <v>1374</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
@@ -1853,139 +1853,139 @@
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080007380</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>250</v>
       </c>
       <c r="K16" s="15">
         <v>0.14385</v>
       </c>
       <c r="L16" s="15">
         <v>0.12467</v>
       </c>
       <c r="M16" s="15">
         <v>0.11988</v>
       </c>
       <c r="N16" s="15">
-        <v>1549</v>
+        <v>523</v>
       </c>
       <c r="O16" s="15">
-        <v>1740</v>
+        <v>1340</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>250</v>
       </c>
       <c r="K17" s="15">
         <v>0.17783</v>
       </c>
       <c r="L17" s="15">
         <v>0.15412</v>
       </c>
       <c r="M17" s="15">
         <v>0.14819</v>
       </c>
       <c r="N17" s="15">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="O17" s="15">
-        <v>183</v>
+        <v>267</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10000003399</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J18" s="15">
         <v>500</v>
       </c>
       <c r="K18" s="15">
         <v>0.055</v>
       </c>
       <c r="L18" s="15">
         <v>0.055</v>
       </c>
       <c r="M18" s="15">
         <v>0.055</v>
       </c>
       <c r="N18" s="15">
-        <v>174</v>
+        <v>155</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I19" s="15"/>
@@ -2054,51 +2054,51 @@
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080010596</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.045</v>
       </c>
       <c r="L21" s="15">
         <v>0.045</v>
       </c>
       <c r="M21" s="15">
         <v>0.045</v>
       </c>
       <c r="N21" s="15">
-        <v>273</v>
+        <v>369</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="15">
         <v>10080008513</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I22" s="15"/>
@@ -2135,51 +2135,51 @@
       <c r="E23" s="15">
         <v>10080037682</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0579</v>
       </c>
       <c r="L23" s="15">
         <v>0.05018</v>
       </c>
       <c r="M23" s="15">
         <v>0.04825</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15">
-        <v>13481</v>
+        <v>14388</v>
       </c>
       <c r="P23" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="15">
         <v>10080008514</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>32</v>
       </c>
@@ -2214,51 +2214,51 @@
       </c>
       <c r="E25" s="15">
         <v>10000003230</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J25" s="15">
         <v>500</v>
       </c>
       <c r="K25" s="15">
         <v>0.06929</v>
       </c>
       <c r="L25" s="15">
         <v>0.06005</v>
       </c>
       <c r="M25" s="15">
         <v>0.05774</v>
       </c>
       <c r="N25" s="15">
-        <v>17131</v>
+        <v>16432</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15">
         <v>10080008515</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2335,51 +2335,51 @@
       </c>
       <c r="E28" s="15">
         <v>10080017181</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.09966</v>
       </c>
       <c r="L28" s="15">
         <v>0.08637</v>
       </c>
       <c r="M28" s="15">
         <v>0.08305</v>
       </c>
       <c r="N28" s="15">
-        <v>3108</v>
+        <v>3806</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10080008516</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2413,54 +2413,54 @@
       <c r="D30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E30" s="15">
         <v>10080017182</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.1055</v>
       </c>
       <c r="L30" s="15">
         <v>0.09143</v>
       </c>
       <c r="M30" s="15">
         <v>0.08791</v>
       </c>
       <c r="N30" s="15">
-        <v>248</v>
+        <v>820</v>
       </c>
       <c r="O30" s="15">
-        <v>2310</v>
+        <v>1860</v>
       </c>
       <c r="P30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080008517</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>32</v>
       </c>
@@ -2493,93 +2493,91 @@
       <c r="D32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E32" s="15">
         <v>10000014940</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.22031</v>
       </c>
       <c r="L32" s="15">
         <v>0.19093</v>
       </c>
       <c r="M32" s="15">
         <v>0.18359</v>
       </c>
       <c r="N32" s="15">
-        <v>9124</v>
+        <v>6870</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E33" s="15">
         <v>10000018920</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.21318</v>
       </c>
       <c r="L33" s="15">
         <v>0.18476</v>
       </c>
       <c r="M33" s="15">
         <v>0.17765</v>
       </c>
-      <c r="N33" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15">
-        <v>9000</v>
+        <v>7291</v>
       </c>
       <c r="P33" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
@@ -2647,51 +2645,51 @@
       <c r="D36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E36" s="15">
         <v>10080017185</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.059</v>
       </c>
       <c r="L36" s="15">
         <v>0.039</v>
       </c>
       <c r="M36" s="15">
         <v>0.03568</v>
       </c>
       <c r="N36" s="15">
-        <v>188</v>
+        <v>208</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E37" s="15">
         <v>10080008520</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="15"/>
@@ -2761,51 +2759,51 @@
         <v>107</v>
       </c>
       <c r="E39" s="15">
         <v>10080035826</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.05694</v>
       </c>
       <c r="L39" s="15">
         <v>0.04935</v>
       </c>
       <c r="M39" s="15">
         <v>0.04745</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15">
-        <v>2880</v>
+        <v>2520</v>
       </c>
       <c r="P39" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E40" s="15">
         <v>10080008521</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>32</v>
       </c>
@@ -2838,51 +2836,51 @@
       <c r="D41" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E41" s="15">
         <v>10000014942</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.065</v>
       </c>
       <c r="L41" s="15">
         <v>0.065</v>
       </c>
       <c r="M41" s="15">
         <v>0.065</v>
       </c>
       <c r="N41" s="15">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E42" s="15">
         <v>10000014943</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I42" s="15"/>
@@ -2914,51 +2912,51 @@
       <c r="D43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E43" s="15">
         <v>10080018296</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.045</v>
       </c>
       <c r="L43" s="15">
         <v>0.045</v>
       </c>
       <c r="M43" s="15">
         <v>0.045</v>
       </c>
       <c r="N43" s="15">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="I44" s="15"/>
@@ -3399,93 +3397,91 @@
       <c r="D56" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E56" s="15">
         <v>10080031821</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>250</v>
       </c>
       <c r="K56" s="15">
         <v>0.09468</v>
       </c>
       <c r="L56" s="15">
         <v>0.08205999999999999</v>
       </c>
       <c r="M56" s="15">
         <v>0.0789</v>
       </c>
       <c r="N56" s="15">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E57" s="15">
         <v>10000007980</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>250</v>
       </c>
       <c r="K57" s="15">
         <v>0.09671</v>
       </c>
       <c r="L57" s="15">
         <v>0.08381</v>
       </c>
       <c r="M57" s="15">
         <v>0.08058999999999999</v>
       </c>
-      <c r="N57" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N57" s="15"/>
       <c r="O57" s="15">
-        <v>10050</v>
+        <v>10350</v>
       </c>
       <c r="P57" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>29</v>
       </c>
@@ -3520,181 +3516,181 @@
       <c r="D59" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E59" s="15">
         <v>10080006274</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>250</v>
       </c>
       <c r="K59" s="15">
         <v>0.10391</v>
       </c>
       <c r="L59" s="15">
         <v>0.09005000000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.08659</v>
       </c>
       <c r="N59" s="15">
-        <v>3121</v>
+        <v>1499</v>
       </c>
       <c r="O59" s="15">
-        <v>8200</v>
+        <v>6500</v>
       </c>
       <c r="P59" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E60" s="15">
         <v>10080056587</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J60" s="15">
         <v>250</v>
       </c>
       <c r="K60" s="15">
         <v>0.11588</v>
       </c>
       <c r="L60" s="15">
         <v>0.10043</v>
       </c>
       <c r="M60" s="15">
         <v>0.09656000000000001</v>
       </c>
       <c r="N60" s="15">
-        <v>377</v>
+        <v>61</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E61" s="15">
         <v>10000008868</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>250</v>
       </c>
       <c r="K61" s="15">
         <v>0.09671</v>
       </c>
       <c r="L61" s="15">
         <v>0.08381</v>
       </c>
       <c r="M61" s="15">
         <v>0.08058999999999999</v>
       </c>
       <c r="N61" s="15">
-        <v>1031</v>
+        <v>92</v>
       </c>
       <c r="O61" s="15">
-        <v>3200</v>
+        <v>4150</v>
       </c>
       <c r="P61" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E62" s="15">
         <v>10080006275</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>250</v>
       </c>
       <c r="K62" s="15">
         <v>0.10391</v>
       </c>
       <c r="L62" s="15">
         <v>0.09005000000000001</v>
       </c>
       <c r="M62" s="15">
         <v>0.08659</v>
       </c>
       <c r="N62" s="15">
-        <v>161</v>
+        <v>86</v>
       </c>
       <c r="O62" s="15">
-        <v>610</v>
+        <v>630</v>
       </c>
       <c r="P62" s="15" t="s">
         <v>37</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E63" s="15">
         <v>10080056586</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>29</v>
       </c>
@@ -3731,168 +3727,168 @@
       <c r="D64" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E64" s="15">
         <v>10000014950</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>250</v>
       </c>
       <c r="K64" s="15">
         <v>0.10587</v>
       </c>
       <c r="L64" s="15">
         <v>0.09175</v>
       </c>
       <c r="M64" s="15">
         <v>0.08823</v>
       </c>
       <c r="N64" s="15">
-        <v>482</v>
+        <v>548</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E65" s="15">
         <v>10080017446</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>200</v>
       </c>
       <c r="K65" s="15">
         <v>0.07695</v>
       </c>
       <c r="L65" s="15">
         <v>0.06669</v>
       </c>
       <c r="M65" s="15">
         <v>0.06413000000000001</v>
       </c>
       <c r="N65" s="15">
-        <v>1685</v>
+        <v>1381</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E66" s="15">
         <v>10000016834</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.19706</v>
       </c>
       <c r="L66" s="15">
         <v>0.16751</v>
       </c>
       <c r="M66" s="15">
         <v>0.13794</v>
       </c>
       <c r="N66" s="15">
-        <v>1538</v>
+        <v>1977</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="15">
         <v>10000008247</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>500</v>
       </c>
       <c r="K67" s="15">
         <v>0.14498</v>
       </c>
       <c r="L67" s="15">
         <v>0.12565</v>
       </c>
       <c r="M67" s="15">
         <v>0.12081</v>
       </c>
       <c r="N67" s="15">
-        <v>636</v>
+        <v>816</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E68" s="15">
         <v>10080008522</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I68" s="15" t="s">
@@ -3926,51 +3922,51 @@
       <c r="D69" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10000008850</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>200</v>
       </c>
       <c r="K69" s="15">
         <v>0.07323</v>
       </c>
       <c r="L69" s="15">
         <v>0.06347</v>
       </c>
       <c r="M69" s="15">
         <v>0.06103</v>
       </c>
       <c r="N69" s="15">
-        <v>1109</v>
+        <v>944</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E70" s="15">
         <v>10000014952</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I70" s="15"/>
@@ -4002,129 +3998,129 @@
       <c r="D71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E71" s="15">
         <v>10080017492</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
         <v>0.2217</v>
       </c>
       <c r="L71" s="15">
         <v>0.18844</v>
       </c>
       <c r="M71" s="15">
         <v>0.15519</v>
       </c>
       <c r="N71" s="15">
-        <v>988</v>
+        <v>1170</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E72" s="15">
         <v>10080017493</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.17243</v>
       </c>
       <c r="L72" s="15">
         <v>0.14657</v>
       </c>
       <c r="M72" s="15">
         <v>0.1207</v>
       </c>
       <c r="N72" s="15">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
         <v>0.17243</v>
       </c>
       <c r="L73" s="15">
         <v>0.14657</v>
       </c>
       <c r="M73" s="15">
         <v>0.1207</v>
       </c>
       <c r="N73" s="15">
-        <v>118</v>
+        <v>101</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E74" s="15">
         <v>10080018298</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="15"/>
@@ -4156,168 +4152,168 @@
       <c r="D75" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E75" s="15">
         <v>10080017447</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.17243</v>
       </c>
       <c r="L75" s="15">
         <v>0.14657</v>
       </c>
       <c r="M75" s="15">
         <v>0.1207</v>
       </c>
       <c r="N75" s="15">
-        <v>1539</v>
+        <v>1615</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E76" s="15">
         <v>10080017448</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>500</v>
       </c>
       <c r="K76" s="15">
         <v>0.055</v>
       </c>
       <c r="L76" s="15">
         <v>0.055</v>
       </c>
       <c r="M76" s="15">
         <v>0.055</v>
       </c>
       <c r="N76" s="15">
-        <v>2798</v>
+        <v>2380</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>500</v>
       </c>
       <c r="K77" s="15">
         <v>0.055</v>
       </c>
       <c r="L77" s="15">
         <v>0.055</v>
       </c>
       <c r="M77" s="15">
         <v>0.055</v>
       </c>
       <c r="N77" s="15">
-        <v>738</v>
+        <v>646</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
         <v>0.12317</v>
       </c>
       <c r="L78" s="15">
         <v>0.1047</v>
       </c>
       <c r="M78" s="15">
         <v>0.08622</v>
       </c>
       <c r="N78" s="15">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E79" s="15">
         <v>10080038164</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I79" s="15" t="s">
@@ -4723,51 +4719,51 @@
       <c r="D90" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>300</v>
       </c>
       <c r="K90" s="15">
         <v>0.20537</v>
       </c>
       <c r="L90" s="15">
         <v>0.132</v>
       </c>
       <c r="M90" s="15">
         <v>0.12</v>
       </c>
       <c r="N90" s="15">
-        <v>8584</v>
+        <v>6794</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E91" s="15">
         <v>10080032671</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>32</v>
       </c>
       <c r="I91" s="15"/>