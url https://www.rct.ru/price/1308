--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2057">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2069">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -364,50 +364,65 @@
   <si>
     <t>Пластиковый фиксатор для колодки. / 18FF-H4</t>
   </si>
   <si>
     <t>UT-00101877</t>
   </si>
   <si>
     <t>18FF-M1</t>
   </si>
   <si>
     <t>Маркер для колодки / 18FF-M1</t>
   </si>
   <si>
     <t>UT-00101878</t>
   </si>
   <si>
     <t>2-1462037-7</t>
   </si>
   <si>
     <t>DC12V 0.5A 125VDC / 2-1462037-7 (IM06TS)</t>
   </si>
   <si>
     <t xml:space="preserve">G6K-2P-Y-12VDC OMRON, </t>
   </si>
   <si>
+    <t>3-1462037-0</t>
+  </si>
+  <si>
+    <t>DC24V 0.5A 120VAC / 3-1462037-0 (IM07TS)</t>
+  </si>
+  <si>
+    <t>10-00071359</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HFD4/24-LSR HONGFA, G6K-2P-Y-24VDC OMRON, </t>
+  </si>
+  <si>
+    <t>11.01.2026</t>
+  </si>
+  <si>
     <t>Реле / Finder</t>
   </si>
   <si>
     <t>30.22.7.005.0010</t>
   </si>
   <si>
     <t>Реле 30.22.7.005.0010</t>
   </si>
   <si>
     <t>10-00071864</t>
   </si>
   <si>
     <t>FINDER</t>
   </si>
   <si>
     <t xml:space="preserve">M4-5HA FORWARD, N4078-2C-5VDC-0.2 FORWARD, G5V-2-H1-5VDC OMRON, G5V-2-H1 5VDC OMRON, RY-5W-K Fujitsu, HFD27/005-S HONGFA, HK19F-DC5V-SHG HKE, </t>
   </si>
   <si>
     <t>Реле / FORWARD</t>
   </si>
   <si>
     <t>4100-B-5-DC5</t>
   </si>
   <si>
     <t>катушка 5V 0.45W пылезащищенное нагр 5A / 4100-B-5-DC5</t>
@@ -535,50 +550,53 @@
   <si>
     <t>4117-C-O-20-12VDC-1.0</t>
   </si>
   <si>
     <t>открытый тип / 4117-C-O-20-12VDC-1.0</t>
   </si>
   <si>
     <t>4117-C-O-20-24VDC-1.0</t>
   </si>
   <si>
     <t>Реле 4117-C-O-20-24VDC-1.0</t>
   </si>
   <si>
     <t>4117-C-Z-10-12VDC-1.0</t>
   </si>
   <si>
     <t>Реле 4117-C-Z-10-12VDC-1.0</t>
   </si>
   <si>
     <t>4117-C-Z-10-24VDC-1.0</t>
   </si>
   <si>
     <t>Реле 4117-C-Z-10-24VDC-1.0</t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>4117-C-Z-20- 5VDC-1.0</t>
   </si>
   <si>
     <t>Реле 4117-C-Z-20- 5VDC-1.0</t>
   </si>
   <si>
     <t>4117-U-O-20-12VDC-1.0</t>
   </si>
   <si>
     <t>4117-U-O-20-12VDC-1.0 (открытый)</t>
   </si>
   <si>
     <t>4117-U-O-20-24VDC-1.0 (открытый)</t>
   </si>
   <si>
     <t>Реле 4117-U-O-20-24VDC-1.0 (открытый)</t>
   </si>
   <si>
     <t>4117-U-S-20-24VDC-1.0</t>
   </si>
   <si>
     <t>Реле 4117-U-S-20-24VDC-1.0</t>
   </si>
   <si>
     <t>4117-U-Z-10-12VDC-1.0</t>
@@ -625,50 +643,53 @@
   <si>
     <t>Реле 4120-C-S-30-12VDC (EURO TYPE) (JQC-4)</t>
   </si>
   <si>
     <t>10-00071102</t>
   </si>
   <si>
     <t xml:space="preserve">4120-C-S-30-24VDC (EURO TYPE) (JQC-4) </t>
   </si>
   <si>
     <t>10-00071024</t>
   </si>
   <si>
     <t>Реле / NCR</t>
   </si>
   <si>
     <t>41F-1Z-C2-1</t>
   </si>
   <si>
     <t>панель для реле 12-24VDC на дин-рейку, вход 12-24V, выход 6A 250VAC, клеммы винтовые, LED зеленый / 41F-1Z-C2-1 для реле HF-41F (12~24)VDC</t>
   </si>
   <si>
     <t>NCR RELAY</t>
   </si>
   <si>
+    <t>25.05.3333</t>
+  </si>
+  <si>
     <t>41F-1Z-C2-4</t>
   </si>
   <si>
     <t>панель для реле 60VDC на дин-рейку, вход 220-240V, выход 6A 250VAC, клеммы винтовые, LED зеленый / 41F-1Z-C2-4 для реле HF41F 60VDC</t>
   </si>
   <si>
     <t>UT-00099555</t>
   </si>
   <si>
     <t>41F-1Z-C4-1</t>
   </si>
   <si>
     <t>панель для реле 12-24VDC на дин-рейку, вход 12-24V, выход 6A 250VAC, клеммы нажимные, LED зеленый / 41F-1Z-C4-1 для реле HF41F (12~24)VDC</t>
   </si>
   <si>
     <t>UT-00099783</t>
   </si>
   <si>
     <t xml:space="preserve">DPSF06A-E3-00Z(H) DEGSON, DPSF05A-E1-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>41F-1Z-C4-4</t>
   </si>
   <si>
     <t>панель для реле 60VDC на дин-рейку, вход 220-240V, выход 6A 250VAC, клеммы нажимные, LED зеленый / 41F-1Z-C4-4 для реле HF41F 60VDC</t>
@@ -1018,51 +1039,51 @@
   <si>
     <t>UT-00118175</t>
   </si>
   <si>
     <t xml:space="preserve">41F-1Z-C4-1 HONGFA, </t>
   </si>
   <si>
     <t>DPSF05B-E1-00Z(H)</t>
   </si>
   <si>
     <t>клеммная колодка для реле DRPS-1C-D60, 6A 250VAC, на DIN рейку / DPSF05B-E1-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112897</t>
   </si>
   <si>
     <t>DPSF06A-E3-00Z(H)</t>
   </si>
   <si>
     <t>клеммная колодка для реле DRPS, 6A 250VAC, на DIN рейку / DPSF06A-E3-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112267</t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>DRPB-1CH-D24-06Z(H)</t>
   </si>
   <si>
     <t>DC24V 12A 277VAC / DRPB-1CH-D24-06Z(H)</t>
   </si>
   <si>
     <t>UT-00112264</t>
   </si>
   <si>
     <t>DRPB-2C-D24-03Z(H)</t>
   </si>
   <si>
     <t>DC24V 8A 250VAC / 30VDC (2 Form C) (Ag alloy) 0.4W / DRPB-2C-D24-03Z(H)</t>
   </si>
   <si>
     <t>UT-00118038</t>
   </si>
   <si>
     <t>DRPB-2C-D24-06Z(H)</t>
   </si>
   <si>
     <t>DC24V 8A 277VAC / 30VDC (2 Form C) (Ag alloy) 0.4W / DRPB-2C-D24-06Z(H)</t>
   </si>
@@ -1264,53 +1285,50 @@
   <si>
     <t>G2RL-1A-E-5VDC</t>
   </si>
   <si>
     <t>DC5V 16A 250VAC (1 Form A) (AgSnO2) 0.4W / G2RL-1A-E-5VDC</t>
   </si>
   <si>
     <t>UT-00101716</t>
   </si>
   <si>
     <t xml:space="preserve">G2RL-1AE-5DC OMRON, </t>
   </si>
   <si>
     <t>G2RL-2-12VDC</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC / 30VDC (2 Form C) (AgNi) 0.4W / G2RL-2-12VDC (G2RL212DC) (RT424012)</t>
   </si>
   <si>
     <t>UT-00102208</t>
   </si>
   <si>
     <t xml:space="preserve">RT424012 TE Connectivity, HF115F/012-2Z4BF HONGFA, </t>
   </si>
   <si>
-    <t>31.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>G2RL-24-24VDC</t>
   </si>
   <si>
     <t>DC24V 8A 250VAC / 30VDC (2 Form C) (Ag-alloy, Cd free) 0.4W; 5mm / G2RL-24-24VDC</t>
   </si>
   <si>
     <t>UT-00095582</t>
   </si>
   <si>
     <t xml:space="preserve">HF115F/024-2ZS4 HONGFA, </t>
   </si>
   <si>
     <t>G5LE-1-4-24DC</t>
   </si>
   <si>
     <t>Реле G5LE-1-4-24DC</t>
   </si>
   <si>
     <t>10-00071972</t>
   </si>
   <si>
     <t>G5LE-14-12VDC</t>
   </si>
   <si>
     <t>Реле G5LE-14-12VDC</t>
@@ -3085,50 +3103,53 @@
   <si>
     <t>Реле HFE21-A/12-DT2</t>
   </si>
   <si>
     <t>HFE22-A/24-H1T21-R</t>
   </si>
   <si>
     <t>Реле HFE22-A/24-H1T21-R</t>
   </si>
   <si>
     <t>HFE60/12-1HST-L2</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC / HFE60/12-1HST-L2</t>
   </si>
   <si>
     <t>HFE62/3-1HDST-L1</t>
   </si>
   <si>
     <t>DC3V 8A 250VAC (1 Form A + 1 Form B) (AgSnO2) 0.2W; одна катушка / HFE62/3-1HDST-L1</t>
   </si>
   <si>
     <t>UT-00139754</t>
   </si>
   <si>
+    <t>21.02.2026</t>
+  </si>
+  <si>
     <t>HFE7/24-1HD-L2 (412)</t>
   </si>
   <si>
     <t>HFE7/24-1HD-L2 (412) снято с производства</t>
   </si>
   <si>
     <t>HFE7/5-2HST-L1</t>
   </si>
   <si>
     <t>HFE7/5-2HST-L1 снято с производства</t>
   </si>
   <si>
     <t>HFE80V-100B/150-12-HTC50</t>
   </si>
   <si>
     <t>HFE80V-100B/12-HTL7Y</t>
   </si>
   <si>
     <t>HFE80V-100B/24-HTL7Y</t>
   </si>
   <si>
     <t>Реле HFE80V-100B/24-HTL7Y</t>
   </si>
   <si>
     <t>HFE80V-200/150-12-HTC5</t>
@@ -3922,50 +3943,53 @@
   <si>
     <t>UT-00104188</t>
   </si>
   <si>
     <t xml:space="preserve">NT73-2-C-15-DC5V-0.36 FORWARD, NT73-2-CS-15-DC5V-0.36 FORWARD, </t>
   </si>
   <si>
     <t>IM03GR</t>
   </si>
   <si>
     <t>DC5V 2A 250VAC (2 Form C) (PdRu+Au) 0.14W; SMT Gull wing / IM03GR (1-1462037-4)</t>
   </si>
   <si>
     <t>10-00071489</t>
   </si>
   <si>
     <t xml:space="preserve">1-1462037-4 TE Connectivity, </t>
   </si>
   <si>
     <t>IM03TS</t>
   </si>
   <si>
     <t>Реле - Конфиг: 2C; Uкатушки: 5 В; AC-DC: DC; Pупр(max): 140 мВт; Iкомм: 2 А; UDC: 220 В / IM03TS</t>
   </si>
   <si>
+    <t>16.01.2026</t>
+  </si>
+  <si>
     <t>IM06GR</t>
   </si>
   <si>
     <t>Реле IM06GR</t>
   </si>
   <si>
     <t>IM23GR</t>
   </si>
   <si>
     <t>DC5V 0.25 250VAC / 2A 30VDC (2 Form C) (PdRu +Au); 0.14W; SMT gull wing / IM23GR (2-1462039-9)</t>
   </si>
   <si>
     <t>UT-00132524</t>
   </si>
   <si>
     <t>IM43GR</t>
   </si>
   <si>
     <t>Реле IM43GR</t>
   </si>
   <si>
     <t xml:space="preserve">HFD4/5-LSR HONGFA, </t>
   </si>
   <si>
     <t>JMX-94F-A-Z-80A-DC12V</t>
@@ -6041,50 +6065,62 @@
     <t>UT-00118130</t>
   </si>
   <si>
     <t>V23026B1106B201</t>
   </si>
   <si>
     <t>DC3V 1A 150VAC / 125VDC (1 Form C) 0.069W бистабильное / V23026B1106B201 (1393775-3)</t>
   </si>
   <si>
     <t>UT-00104447</t>
   </si>
   <si>
     <t>V23047-A1024-A501</t>
   </si>
   <si>
     <t>DC24V 6A 250VAC (2 Form C) (AgNi) 0.7W / V23047-A1024-A501 (1-1393258-5)</t>
   </si>
   <si>
     <t>UT-00145099</t>
   </si>
   <si>
     <t>1393280-6</t>
   </si>
   <si>
     <t>DC12V 30A 12VDC / V23086-C1001-A403 (1393280-6)</t>
+  </si>
+  <si>
+    <t>V23092-A1024-A301</t>
+  </si>
+  <si>
+    <t>DC24V 6A 250VAC (1 Form C) (AgSnO2) 0.17W / V23092-A1024-A301 (2-1393236-4)</t>
+  </si>
+  <si>
+    <t>10-00071385</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF41F/24-ZS HONGFA, HF41F/24-ZSG HONGFA, DRPS-1C-D24-06Z(H) DEGSON, HF41F/24-ZG HONGFA, 34.51.7.024.0010 FINDER, HF41F/24-Z HONGFA, </t>
   </si>
   <si>
     <t>V23100V4024A010</t>
   </si>
   <si>
     <t>DC24V 1A 200VDC (1 Form A) (Rhodium) 0.288W; DIP flat; с диодом / V23100V4024A010 (1-1393763-6)</t>
   </si>
   <si>
     <t>UT-00119635</t>
   </si>
   <si>
     <t>РП21-003 110В УХЛ4Б</t>
   </si>
   <si>
     <t>10-00051823</t>
   </si>
   <si>
     <t>РЭК28-1УХЛ4 КЩ4.569.007 1Р40</t>
   </si>
   <si>
     <t>Реле РЭК28-1УХЛ4 КЩ4.569.007 1Р40</t>
   </si>
   <si>
     <t>10-00051824</t>
   </si>
@@ -6693,51 +6729,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R701"/>
+  <dimension ref="A1:R703"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -7130,51 +7166,51 @@
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15">
         <v>10080065437</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>1.43</v>
       </c>
       <c r="L14" s="15">
         <v>1.43</v>
       </c>
       <c r="M14" s="15">
         <v>1.43</v>
       </c>
       <c r="N14" s="15">
-        <v>380</v>
+        <v>461</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>500</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -7245,51 +7281,51 @@
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080018893</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>40</v>
       </c>
       <c r="K17" s="15">
         <v>0.41143</v>
       </c>
       <c r="L17" s="15">
         <v>0.37213</v>
       </c>
       <c r="M17" s="15">
         <v>0.34592</v>
       </c>
       <c r="N17" s="15">
-        <v>15376</v>
+        <v>11590</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080005037</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="15" t="s">
@@ -7407,51 +7443,51 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>50</v>
       </c>
       <c r="K21" s="15">
         <v>2.01</v>
       </c>
       <c r="L21" s="15">
         <v>1.74</v>
       </c>
       <c r="M21" s="15">
         <v>1.68</v>
       </c>
       <c r="N21" s="15">
-        <v>370</v>
+        <v>410</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -7639,51 +7675,51 @@
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>6000</v>
       </c>
       <c r="K27" s="15">
         <v>0.04205</v>
       </c>
       <c r="L27" s="15">
         <v>0.03644</v>
       </c>
       <c r="M27" s="15">
         <v>0.03504</v>
       </c>
       <c r="N27" s="15">
-        <v>275</v>
+        <v>259</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -7715,90 +7751,90 @@
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>300</v>
       </c>
       <c r="K29" s="15">
         <v>0.79959</v>
       </c>
       <c r="L29" s="15">
         <v>0.79959</v>
       </c>
       <c r="M29" s="15">
         <v>0.79959</v>
       </c>
       <c r="N29" s="15">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>20</v>
       </c>
       <c r="K30" s="15">
         <v>0.68024</v>
       </c>
       <c r="L30" s="15">
         <v>0.58954</v>
       </c>
       <c r="M30" s="15">
         <v>0.56686</v>
       </c>
       <c r="N30" s="15">
-        <v>288</v>
+        <v>218</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15">
         <v>10080018906</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="15"/>
@@ -7832,51 +7868,51 @@
       <c r="D32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>10</v>
       </c>
       <c r="K32" s="15">
         <v>1.76</v>
       </c>
       <c r="L32" s="15">
         <v>1.76</v>
       </c>
       <c r="M32" s="15">
         <v>1.76</v>
       </c>
       <c r="N32" s="15">
-        <v>2415</v>
+        <v>3157</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>120</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10080005039</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
@@ -7988,25698 +8024,25898 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>600</v>
       </c>
       <c r="K36" s="15">
         <v>0.11891</v>
       </c>
       <c r="L36" s="15">
         <v>0.11891</v>
       </c>
       <c r="M36" s="15">
         <v>0.11891</v>
       </c>
       <c r="N36" s="15">
-        <v>2493</v>
+        <v>2244</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>5000</v>
       </c>
       <c r="K37" s="15">
         <v>0.05309</v>
       </c>
       <c r="L37" s="15">
         <v>0.05309</v>
       </c>
       <c r="M37" s="15">
         <v>0.05309</v>
       </c>
       <c r="N37" s="15">
-        <v>396</v>
+        <v>354</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15">
         <v>10080048769</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J38" s="15">
         <v>50</v>
       </c>
       <c r="K38" s="15">
         <v>2.61</v>
       </c>
       <c r="L38" s="15">
         <v>2.14</v>
       </c>
       <c r="M38" s="15">
         <v>2.05</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="C39" s="15" t="s">
+      <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="J39" s="15"/>
+        <v>119</v>
+      </c>
+      <c r="J39" s="15">
+        <v>50</v>
+      </c>
       <c r="K39" s="15">
-        <v>6.42</v>
+        <v>4.75</v>
       </c>
       <c r="L39" s="15">
-        <v>6.42</v>
+        <v>3.56</v>
       </c>
       <c r="M39" s="15">
-        <v>6.42</v>
+        <v>3.3</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
-      <c r="P39" s="15"/>
+      <c r="P39" s="15" t="s">
+        <v>120</v>
+      </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
+        <v>121</v>
+      </c>
+      <c r="C40" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="C40" s="15" t="s">
+      <c r="D40" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="I40" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
-        <v>0.40644</v>
+        <v>6.42</v>
       </c>
       <c r="L40" s="15">
-        <v>0.38181</v>
+        <v>6.42</v>
       </c>
       <c r="M40" s="15">
-        <v>0</v>
+        <v>6.42</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I41" s="15"/>
-      <c r="J41" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.40644</v>
       </c>
       <c r="L41" s="15">
         <v>0.38181</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>10000029826</v>
+        <v>133</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>134</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
-        <v>0.52235</v>
+        <v>0.40644</v>
       </c>
       <c r="L42" s="15">
-        <v>0.47081</v>
+        <v>0.38181</v>
       </c>
       <c r="M42" s="15">
-        <v>0.43644</v>
+        <v>0</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E43" s="15">
-        <v>10000011555</v>
+        <v>10000029826</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="J43" s="15">
         <v>25</v>
       </c>
       <c r="K43" s="15">
-        <v>0.46464</v>
+        <v>0.52235</v>
       </c>
       <c r="L43" s="15">
-        <v>0.42025</v>
+        <v>0.47081</v>
       </c>
       <c r="M43" s="15">
-        <v>0.39065</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.43644</v>
+      </c>
+      <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E44" s="15">
-        <v>10000029825</v>
+        <v>10000011555</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="J44" s="15">
         <v>25</v>
       </c>
       <c r="K44" s="15">
-        <v>0.32226</v>
+        <v>0.46464</v>
       </c>
       <c r="L44" s="15">
-        <v>0.32226</v>
+        <v>0.42025</v>
       </c>
       <c r="M44" s="15">
-        <v>0.32226</v>
+        <v>0.39065</v>
       </c>
       <c r="N44" s="15">
-        <v>2097</v>
+        <v>3423</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E45" s="15">
-        <v>10080075787</v>
+        <v>10000029825</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="J45" s="15">
         <v>25</v>
       </c>
       <c r="K45" s="15">
-        <v>0.30752</v>
+        <v>0.32226</v>
       </c>
       <c r="L45" s="15">
-        <v>0.30752</v>
+        <v>0.32226</v>
       </c>
       <c r="M45" s="15">
-        <v>0.30752</v>
+        <v>0.32226</v>
       </c>
       <c r="N45" s="15">
-        <v>280</v>
+        <v>1398</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>145</v>
+      </c>
+      <c r="E46" s="15">
+        <v>10080075787</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J46" s="15">
-        <v>2000</v>
+        <v>25</v>
       </c>
       <c r="K46" s="15">
-        <v>0.46384</v>
+        <v>0.30752</v>
       </c>
       <c r="L46" s="15">
-        <v>0.41952</v>
+        <v>0.30752</v>
       </c>
       <c r="M46" s="15">
-        <v>0.38998</v>
+        <v>0.30752</v>
       </c>
       <c r="N46" s="15">
-        <v>176</v>
+        <v>264</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
-      <c r="Q46" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="E47" s="15">
-        <v>10080003485</v>
+      <c r="E47" s="15" t="s">
+        <v>149</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-      <c r="J47" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I47" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="J47" s="15">
+        <v>2000</v>
+      </c>
       <c r="K47" s="15">
-        <v>3.74</v>
+        <v>0.46384</v>
       </c>
       <c r="L47" s="15">
-        <v>3.39</v>
+        <v>0.41952</v>
       </c>
       <c r="M47" s="15">
-        <v>3.16</v>
-[...1 lines deleted...]
-      <c r="N47" s="15"/>
+        <v>0.38998</v>
+      </c>
+      <c r="N47" s="15">
+        <v>142</v>
+      </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
-      <c r="Q47" s="15"/>
+      <c r="Q47" s="15">
+        <v>4000</v>
+      </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E48" s="15">
-        <v>10080003483</v>
+        <v>10080003485</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>3.74</v>
       </c>
       <c r="L48" s="15">
         <v>3.39</v>
       </c>
       <c r="M48" s="15">
         <v>3.16</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="E49" s="15">
-        <v>10080003484</v>
+        <v>10080003483</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>3.74</v>
       </c>
       <c r="L49" s="15">
         <v>3.39</v>
       </c>
       <c r="M49" s="15">
         <v>3.16</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>158</v>
+      </c>
+      <c r="E50" s="15">
+        <v>10080003484</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>126</v>
+        <v>154</v>
       </c>
       <c r="I50" s="15"/>
-      <c r="J50" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J50" s="15"/>
       <c r="K50" s="15">
-        <v>0.70407</v>
+        <v>3.74</v>
       </c>
       <c r="L50" s="15">
-        <v>0.70407</v>
+        <v>3.39</v>
       </c>
       <c r="M50" s="15">
-        <v>0.70407</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.16</v>
+      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>12</v>
       </c>
       <c r="K51" s="15">
-        <v>0.75607</v>
+        <v>0.70407</v>
       </c>
       <c r="L51" s="15">
-        <v>0.75607</v>
+        <v>0.70407</v>
       </c>
       <c r="M51" s="15">
-        <v>0.75607</v>
+        <v>0.70407</v>
       </c>
       <c r="N51" s="15">
-        <v>264</v>
+        <v>363</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>12</v>
       </c>
       <c r="K52" s="15">
-        <v>0.71407</v>
+        <v>0.75607</v>
       </c>
       <c r="L52" s="15">
-        <v>0.71407</v>
+        <v>0.75607</v>
       </c>
       <c r="M52" s="15">
-        <v>0.71407</v>
+        <v>0.75607</v>
       </c>
       <c r="N52" s="15">
-        <v>189</v>
+        <v>223</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>10000017865</v>
+        <v>166</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>167</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="K53" s="15">
-        <v>0.36471</v>
+        <v>0.71407</v>
       </c>
       <c r="L53" s="15">
-        <v>0.36471</v>
+        <v>0.71407</v>
       </c>
       <c r="M53" s="15">
-        <v>0.36471</v>
+        <v>0.71407</v>
       </c>
       <c r="N53" s="15">
-        <v>1294</v>
+        <v>212</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E54" s="15">
-        <v>10000009472</v>
+        <v>10000017865</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K54" s="15">
-        <v>0.37</v>
+        <v>0.36471</v>
       </c>
       <c r="L54" s="15">
-        <v>0.37</v>
+        <v>0.36471</v>
       </c>
       <c r="M54" s="15">
-        <v>0.37</v>
+        <v>0.36471</v>
       </c>
       <c r="N54" s="15">
-        <v>5710</v>
+        <v>1239</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E55" s="15">
-        <v>10080047317</v>
+        <v>10000009472</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>60</v>
       </c>
       <c r="K55" s="15">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
       <c r="L55" s="15">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
       <c r="M55" s="15">
-        <v>0.39</v>
+        <v>0.37</v>
       </c>
       <c r="N55" s="15">
-        <v>2546</v>
+        <v>6210</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="E56" s="15">
-        <v>10000007473</v>
+        <v>10080047317</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="K56" s="15">
-        <v>0.32</v>
+        <v>0.39</v>
       </c>
       <c r="L56" s="15">
-        <v>0.32</v>
+        <v>0.39</v>
       </c>
       <c r="M56" s="15">
-        <v>0.32</v>
+        <v>0.39</v>
       </c>
       <c r="N56" s="15">
-        <v>17089</v>
+        <v>3714</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="E57" s="15">
-        <v>10000007472</v>
+        <v>10000007473</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>25</v>
       </c>
       <c r="K57" s="15">
-        <v>0.524</v>
+        <v>0.32</v>
       </c>
       <c r="L57" s="15">
-        <v>0.524</v>
+        <v>0.32</v>
       </c>
       <c r="M57" s="15">
-        <v>0.524</v>
+        <v>0.32</v>
       </c>
       <c r="N57" s="15">
-        <v>7671</v>
+        <v>17292</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E58" s="15">
-        <v>10000011535</v>
+        <v>10000007472</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>25</v>
       </c>
       <c r="K58" s="15">
-        <v>0.61213</v>
+        <v>0.524</v>
       </c>
       <c r="L58" s="15">
-        <v>0.59365</v>
+        <v>0.524</v>
       </c>
       <c r="M58" s="15">
-        <v>0.57518</v>
-[...3 lines deleted...]
-      <c r="P58" s="15"/>
+        <v>0.524</v>
+      </c>
+      <c r="N58" s="15">
+        <v>7460</v>
+      </c>
+      <c r="O58" s="15">
+        <v>3550</v>
+      </c>
+      <c r="P58" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E59" s="15">
-        <v>10000014714</v>
+        <v>10000011535</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="K59" s="15">
-        <v>0.4</v>
+        <v>0.61213</v>
       </c>
       <c r="L59" s="15">
-        <v>0.4</v>
+        <v>0.59365</v>
       </c>
       <c r="M59" s="15">
-        <v>0.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.57518</v>
+      </c>
+      <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="E60" s="15">
-        <v>10080029143</v>
+        <v>10000014714</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>60</v>
       </c>
       <c r="K60" s="15">
-        <v>0.42004</v>
+        <v>0.4</v>
       </c>
       <c r="L60" s="15">
-        <v>0.42004</v>
+        <v>0.4</v>
       </c>
       <c r="M60" s="15">
-        <v>0.42004</v>
+        <v>0.4</v>
       </c>
       <c r="N60" s="15">
-        <v>1613</v>
+        <v>9228</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="E61" s="15">
-        <v>10000018655</v>
+        <v>10080029143</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>25</v>
+        <v>60</v>
       </c>
       <c r="K61" s="15">
-        <v>0.65389</v>
+        <v>0.42004</v>
       </c>
       <c r="L61" s="15">
-        <v>0.61298</v>
+        <v>0.42004</v>
       </c>
       <c r="M61" s="15">
-        <v>0.59255</v>
-[...1 lines deleted...]
-      <c r="N61" s="15"/>
+        <v>0.42004</v>
+      </c>
+      <c r="N61" s="15">
+        <v>1633</v>
+      </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E62" s="15">
-        <v>10000023551</v>
+        <v>10000018655</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>25</v>
       </c>
       <c r="K62" s="15">
-        <v>0.39</v>
+        <v>0.65389</v>
       </c>
       <c r="L62" s="15">
-        <v>0.39</v>
+        <v>0.61298</v>
       </c>
       <c r="M62" s="15">
-        <v>0.39</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.59255</v>
+      </c>
+      <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-        <v>185</v>
+        <v>188</v>
+      </c>
+      <c r="E63" s="15">
+        <v>10000023551</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>25</v>
       </c>
       <c r="K63" s="15">
-        <v>0.48034</v>
+        <v>0.39</v>
       </c>
       <c r="L63" s="15">
-        <v>0.43108</v>
+        <v>0.39</v>
       </c>
       <c r="M63" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N63" s="15"/>
+        <v>0.39</v>
+      </c>
+      <c r="N63" s="15">
+        <v>11597</v>
+      </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>10000011537</v>
+        <v>190</v>
+      </c>
+      <c r="E64" s="15" t="s">
+        <v>191</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>25</v>
       </c>
       <c r="K64" s="15">
-        <v>0.60906</v>
+        <v>0.48034</v>
       </c>
       <c r="L64" s="15">
-        <v>0.60906</v>
+        <v>0.43108</v>
       </c>
       <c r="M64" s="15">
-        <v>0.60906</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>193</v>
+      </c>
+      <c r="E65" s="15">
+        <v>10000011537</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>25</v>
       </c>
       <c r="K65" s="15">
-        <v>0.60351</v>
+        <v>0.60906</v>
       </c>
       <c r="L65" s="15">
-        <v>0.56656</v>
+        <v>0.60906</v>
       </c>
       <c r="M65" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N65" s="15"/>
+        <v>0.60906</v>
+      </c>
+      <c r="N65" s="15">
+        <v>1258</v>
+      </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>25</v>
       </c>
       <c r="K66" s="15">
-        <v>0.89528</v>
+        <v>0.60351</v>
       </c>
       <c r="L66" s="15">
-        <v>0.80974</v>
+        <v>0.56656</v>
       </c>
       <c r="M66" s="15">
-        <v>0.7527199999999999</v>
+        <v>0</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>25</v>
       </c>
       <c r="K67" s="15">
-        <v>0.55178</v>
+        <v>0.89528</v>
       </c>
       <c r="L67" s="15">
-        <v>0.50005</v>
+        <v>0.80974</v>
       </c>
       <c r="M67" s="15">
-        <v>0.46557</v>
+        <v>0.7527199999999999</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="D68" s="15"/>
+        <v>200</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>201</v>
+      </c>
       <c r="E68" s="15" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>25</v>
       </c>
       <c r="K68" s="15">
-        <v>0.11001</v>
+        <v>0.55178</v>
       </c>
       <c r="L68" s="15">
-        <v>0.11001</v>
+        <v>0.50005</v>
       </c>
       <c r="M68" s="15">
-        <v>0.11001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.46557</v>
+      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>199</v>
+        <v>127</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>10080012033</v>
+        <v>203</v>
+      </c>
+      <c r="D69" s="15"/>
+      <c r="E69" s="15" t="s">
+        <v>204</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>202</v>
+        <v>131</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="K69" s="15">
-        <v>3.35</v>
+        <v>0.11001</v>
       </c>
       <c r="L69" s="15">
-        <v>2.85</v>
+        <v>0.11001</v>
       </c>
       <c r="M69" s="15">
-        <v>2.68</v>
-[...1 lines deleted...]
-      <c r="N69" s="15"/>
+        <v>0.11001</v>
+      </c>
+      <c r="N69" s="15">
+        <v>9</v>
+      </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>49</v>
+        <v>205</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="E70" s="15">
-        <v>10080005036</v>
+        <v>10080012033</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>52</v>
+        <v>208</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>10</v>
       </c>
       <c r="K70" s="15">
-        <v>3.1</v>
+        <v>3.35</v>
       </c>
       <c r="L70" s="15">
-        <v>2.6</v>
+        <v>2.85</v>
       </c>
       <c r="M70" s="15">
-        <v>2.5</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.68</v>
+      </c>
+      <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>207</v>
+      </c>
+      <c r="E71" s="15">
+        <v>10080005036</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
-        <v>3.69</v>
+        <v>3.1</v>
       </c>
       <c r="L71" s="15">
-        <v>3.34</v>
+        <v>2.6</v>
       </c>
       <c r="M71" s="15">
-        <v>3.11</v>
-[...3 lines deleted...]
-      <c r="P71" s="15"/>
+        <v>2.5</v>
+      </c>
+      <c r="N71" s="15">
+        <v>628</v>
+      </c>
+      <c r="O71" s="15">
+        <v>1700</v>
+      </c>
+      <c r="P71" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I72" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
-        <v>2.18</v>
+        <v>3.69</v>
       </c>
       <c r="L72" s="15">
-        <v>2.18</v>
+        <v>3.34</v>
       </c>
       <c r="M72" s="15">
-        <v>2.18</v>
-[...5 lines deleted...]
-      <c r="P72" s="15"/>
+        <v>3.11</v>
+      </c>
+      <c r="N72" s="15"/>
+      <c r="O72" s="15">
+        <v>100</v>
+      </c>
+      <c r="P72" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I73" s="15"/>
+      <c r="I73" s="15" t="s">
+        <v>216</v>
+      </c>
       <c r="J73" s="15">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="K73" s="15">
-        <v>2.33</v>
+        <v>2.18</v>
       </c>
       <c r="L73" s="15">
-        <v>2.33</v>
+        <v>2.18</v>
       </c>
       <c r="M73" s="15">
-        <v>2.33</v>
+        <v>2.18</v>
       </c>
       <c r="N73" s="15">
-        <v>164</v>
+        <v>720</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K74" s="15">
-        <v>1.05</v>
+        <v>2.33</v>
       </c>
       <c r="L74" s="15">
-        <v>0.95103</v>
+        <v>2.33</v>
       </c>
       <c r="M74" s="15">
-        <v>0.88406</v>
+        <v>2.33</v>
       </c>
       <c r="N74" s="15">
-        <v>347</v>
+        <v>169</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>1.05</v>
       </c>
       <c r="L75" s="15">
-        <v>0.94803</v>
+        <v>0.95103</v>
       </c>
       <c r="M75" s="15">
-        <v>0.88127</v>
+        <v>0.88406</v>
       </c>
       <c r="N75" s="15">
-        <v>100</v>
+        <v>262</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
-        <v>0.71743</v>
+        <v>1.05</v>
       </c>
       <c r="L76" s="15">
-        <v>0.71743</v>
+        <v>0.94803</v>
       </c>
       <c r="M76" s="15">
-        <v>0.71743</v>
-[...3 lines deleted...]
-      <c r="P76" s="15"/>
+        <v>0.88127</v>
+      </c>
+      <c r="N76" s="15">
+        <v>100</v>
+      </c>
+      <c r="O76" s="15">
+        <v>100</v>
+      </c>
+      <c r="P76" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="K77" s="15">
-        <v>0.42121</v>
+        <v>0.71743</v>
       </c>
       <c r="L77" s="15">
-        <v>0.42121</v>
+        <v>0.71743</v>
       </c>
       <c r="M77" s="15">
-        <v>0.42121</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.71743</v>
+      </c>
+      <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="K78" s="15">
-        <v>0.27765</v>
+        <v>0.42121</v>
       </c>
       <c r="L78" s="15">
-        <v>0.27765</v>
+        <v>0.42121</v>
       </c>
       <c r="M78" s="15">
-        <v>0.27765</v>
-[...1 lines deleted...]
-      <c r="N78" s="15"/>
+        <v>0.42121</v>
+      </c>
+      <c r="N78" s="15">
+        <v>192</v>
+      </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="K79" s="15">
-        <v>0.30453</v>
+        <v>0.27765</v>
       </c>
       <c r="L79" s="15">
-        <v>0.30453</v>
+        <v>0.27765</v>
       </c>
       <c r="M79" s="15">
-        <v>0.30453</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27765</v>
+      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="K80" s="15">
-        <v>3.03</v>
+        <v>0.30453</v>
       </c>
       <c r="L80" s="15">
-        <v>2.54</v>
+        <v>0.30453</v>
       </c>
       <c r="M80" s="15">
-        <v>2.45</v>
-[...1 lines deleted...]
-      <c r="N80" s="15"/>
+        <v>0.30453</v>
+      </c>
+      <c r="N80" s="15">
+        <v>1</v>
+      </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
-        <v>234</v>
+        <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>238</v>
+        <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
-        <v>20</v>
+        <v>1000</v>
       </c>
       <c r="K81" s="15">
-        <v>3.25</v>
+        <v>3.03</v>
       </c>
       <c r="L81" s="15">
-        <v>2.73</v>
+        <v>2.54</v>
       </c>
       <c r="M81" s="15">
-        <v>2.62</v>
+        <v>2.45</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="I82" s="15"/>
-      <c r="J82" s="15"/>
+      <c r="J82" s="15">
+        <v>20</v>
+      </c>
       <c r="K82" s="15">
-        <v>5.18</v>
+        <v>3.25</v>
       </c>
       <c r="L82" s="15">
-        <v>2.59</v>
+        <v>2.73</v>
       </c>
       <c r="M82" s="15">
-        <v>2.35</v>
+        <v>2.62</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-        <v>10080004900</v>
+        <v>248</v>
+      </c>
+      <c r="E83" s="15" t="s">
+        <v>249</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>243</v>
-[...6 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="I83" s="15"/>
+      <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>2.7</v>
+        <v>5.18</v>
       </c>
       <c r="L83" s="15">
-        <v>2.6</v>
+        <v>2.59</v>
       </c>
       <c r="M83" s="15">
-        <v>0</v>
+        <v>2.35</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="E84" s="15">
-        <v>10080004901</v>
+        <v>10080004900</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="J84" s="15">
         <v>50</v>
       </c>
       <c r="K84" s="15">
-        <v>1.78</v>
+        <v>2.7</v>
       </c>
       <c r="L84" s="15">
-        <v>1.78</v>
+        <v>2.6</v>
       </c>
       <c r="M84" s="15">
-        <v>1.78</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="E85" s="15">
-        <v>10080004902</v>
+        <v>10080004901</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I85" s="15"/>
+        <v>250</v>
+      </c>
+      <c r="I85" s="15" t="s">
+        <v>256</v>
+      </c>
       <c r="J85" s="15">
         <v>50</v>
       </c>
       <c r="K85" s="15">
-        <v>5.18</v>
+        <v>1.78</v>
       </c>
       <c r="L85" s="15">
-        <v>2.59</v>
+        <v>1.78</v>
       </c>
       <c r="M85" s="15">
-        <v>2.35</v>
-[...1 lines deleted...]
-      <c r="N85" s="15"/>
+        <v>1.78</v>
+      </c>
+      <c r="N85" s="15">
+        <v>2</v>
+      </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="E86" s="15">
-        <v>10080005117</v>
+        <v>10080004902</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K86" s="15">
-        <v>0.89254</v>
+        <v>5.18</v>
       </c>
       <c r="L86" s="15">
-        <v>0.74377</v>
+        <v>2.59</v>
       </c>
       <c r="M86" s="15">
-        <v>0.71402</v>
+        <v>2.35</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>260</v>
+      </c>
+      <c r="E87" s="15">
+        <v>10080005117</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="I87" s="15"/>
+        <v>245</v>
+      </c>
+      <c r="I87" s="15" t="s">
+        <v>261</v>
+      </c>
       <c r="J87" s="15">
-        <v>200</v>
+        <v>20</v>
       </c>
       <c r="K87" s="15">
-        <v>20.76</v>
+        <v>0.89254</v>
       </c>
       <c r="L87" s="15">
-        <v>17.3</v>
+        <v>0.74377</v>
       </c>
       <c r="M87" s="15">
-        <v>16.61</v>
+        <v>0.71402</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>258</v>
+        <v>241</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>262</v>
+        <v>245</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>90</v>
+        <v>200</v>
       </c>
       <c r="K88" s="15">
-        <v>0.37688</v>
+        <v>20.76</v>
       </c>
       <c r="L88" s="15">
-        <v>0.35472</v>
+        <v>17.3</v>
       </c>
       <c r="M88" s="15">
-        <v>0.33255</v>
-[...3 lines deleted...]
-      </c>
+        <v>16.61</v>
+      </c>
+      <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>267</v>
-[...4 lines deleted...]
-      <c r="J89" s="15"/>
+        <v>269</v>
+      </c>
+      <c r="I89" s="15"/>
+      <c r="J89" s="15">
+        <v>90</v>
+      </c>
       <c r="K89" s="15">
-        <v>0.66509</v>
+        <v>0.37688</v>
       </c>
       <c r="L89" s="15">
-        <v>0.55424</v>
+        <v>0.35472</v>
       </c>
       <c r="M89" s="15">
-        <v>0.48034</v>
-[...1 lines deleted...]
-      <c r="N89" s="15"/>
+        <v>0.33255</v>
+      </c>
+      <c r="N89" s="15">
+        <v>86</v>
+      </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
-        <v>1.33</v>
+        <v>0.66509</v>
       </c>
       <c r="L90" s="15">
-        <v>1.11</v>
+        <v>0.55424</v>
       </c>
       <c r="M90" s="15">
-        <v>0.96069</v>
+        <v>0.48034</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
-        <v>0.39413</v>
+        <v>1.33</v>
       </c>
       <c r="L91" s="15">
-        <v>0.33255</v>
+        <v>1.11</v>
       </c>
       <c r="M91" s="15">
-        <v>0.28328</v>
+        <v>0.96069</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
-        <v>0.51729</v>
+        <v>0.39413</v>
       </c>
       <c r="L92" s="15">
-        <v>0.46803</v>
+        <v>0.33255</v>
       </c>
       <c r="M92" s="15">
-        <v>0.41876</v>
+        <v>0.28328</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
-        <v>0.57888</v>
+        <v>0.51729</v>
       </c>
       <c r="L93" s="15">
-        <v>0.48034</v>
+        <v>0.46803</v>
       </c>
       <c r="M93" s="15">
         <v>0.41876</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
-        <v>0.96069</v>
+        <v>0.57888</v>
       </c>
       <c r="L94" s="15">
-        <v>0.86216</v>
+        <v>0.48034</v>
       </c>
       <c r="M94" s="15">
-        <v>0.76362</v>
+        <v>0.41876</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
-        <v>0.39413</v>
+        <v>0.96069</v>
       </c>
       <c r="L95" s="15">
-        <v>0.33255</v>
+        <v>0.86216</v>
       </c>
       <c r="M95" s="15">
-        <v>0.28328</v>
+        <v>0.76362</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="J96" s="15"/>
       <c r="K96" s="15">
-        <v>0.49266</v>
+        <v>0.39413</v>
       </c>
       <c r="L96" s="15">
-        <v>0.40644</v>
+        <v>0.33255</v>
       </c>
       <c r="M96" s="15">
-        <v>0.35718</v>
+        <v>0.28328</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>296</v>
+        <v>270</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>10080051656</v>
+        <v>300</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>301</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="I97" s="15"/>
+        <v>274</v>
+      </c>
+      <c r="I97" s="15" t="s">
+        <v>302</v>
+      </c>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
-        <v>4.28</v>
+        <v>0.49266</v>
       </c>
       <c r="L97" s="15">
-        <v>3.51</v>
+        <v>0.40644</v>
       </c>
       <c r="M97" s="15">
-        <v>3.37</v>
+        <v>0.35718</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="E98" s="15">
-        <v>10080055629</v>
+        <v>10080051656</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="I98" s="15"/>
-      <c r="J98" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J98" s="15"/>
       <c r="K98" s="15">
-        <v>2.62</v>
+        <v>4.28</v>
       </c>
       <c r="L98" s="15">
-        <v>2.15</v>
+        <v>3.51</v>
       </c>
       <c r="M98" s="15">
-        <v>2.06</v>
+        <v>3.37</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>258</v>
+        <v>303</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>304</v>
+        <v>308</v>
+      </c>
+      <c r="E99" s="15">
+        <v>10080055629</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="I99" s="15" t="s">
         <v>306</v>
       </c>
+      <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>25</v>
+        <v>5000</v>
       </c>
       <c r="K99" s="15">
-        <v>1.61</v>
+        <v>2.62</v>
       </c>
       <c r="L99" s="15">
-        <v>1.29</v>
+        <v>2.15</v>
       </c>
       <c r="M99" s="15">
-        <v>1.24</v>
+        <v>2.06</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>307</v>
+        <v>265</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I100" s="15"/>
+        <v>312</v>
+      </c>
+      <c r="I100" s="15" t="s">
+        <v>313</v>
+      </c>
       <c r="J100" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K100" s="15">
-        <v>1.11</v>
+        <v>1.61</v>
       </c>
       <c r="L100" s="15">
-        <v>0.9638600000000001</v>
+        <v>1.29</v>
       </c>
       <c r="M100" s="15">
-        <v>0.92679</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.24</v>
+      </c>
+      <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>1.11</v>
       </c>
       <c r="L101" s="15">
-        <v>0.96261</v>
+        <v>0.9638600000000001</v>
       </c>
       <c r="M101" s="15">
-        <v>0.92559</v>
-[...1 lines deleted...]
-      <c r="N101" s="15"/>
+        <v>0.92679</v>
+      </c>
+      <c r="N101" s="15">
+        <v>5</v>
+      </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
-      <c r="Q101" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K102" s="15">
-        <v>76.06999999999999</v>
+        <v>1.11</v>
       </c>
       <c r="L102" s="15">
-        <v>65.93000000000001</v>
+        <v>0.96261</v>
       </c>
       <c r="M102" s="15">
-        <v>63.39</v>
+        <v>0.92559</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>200</v>
+        <v>2</v>
       </c>
       <c r="K103" s="15">
-        <v>0.54806</v>
+        <v>76.06999999999999</v>
       </c>
       <c r="L103" s="15">
-        <v>0.47498</v>
+        <v>65.93000000000001</v>
       </c>
       <c r="M103" s="15">
-        <v>0.45671</v>
-[...3 lines deleted...]
-      </c>
+        <v>63.39</v>
+      </c>
+      <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15">
-        <v>3600</v>
+        <v>32</v>
       </c>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="K104" s="15">
-        <v>1.91</v>
+        <v>0.54806</v>
       </c>
       <c r="L104" s="15">
-        <v>1.65</v>
+        <v>0.47498</v>
       </c>
       <c r="M104" s="15">
-        <v>1.59</v>
+        <v>0.45671</v>
       </c>
       <c r="N104" s="15">
-        <v>399</v>
+        <v>50</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
-      <c r="Q104" s="15"/>
+      <c r="Q104" s="15">
+        <v>3600</v>
+      </c>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K105" s="15">
-        <v>2.34</v>
+        <v>1.91</v>
       </c>
       <c r="L105" s="15">
-        <v>2.03</v>
+        <v>1.65</v>
       </c>
       <c r="M105" s="15">
-        <v>1.95</v>
-[...1 lines deleted...]
-      <c r="N105" s="15"/>
+        <v>1.59</v>
+      </c>
+      <c r="N105" s="15">
+        <v>313</v>
+      </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
-      <c r="Q105" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I106" s="15"/>
+        <v>318</v>
+      </c>
+      <c r="I106" s="15" t="s">
+        <v>334</v>
+      </c>
       <c r="J106" s="15">
         <v>25</v>
       </c>
       <c r="K106" s="15">
-        <v>2.36</v>
+        <v>2.34</v>
       </c>
       <c r="L106" s="15">
-        <v>2.05</v>
+        <v>2.03</v>
       </c>
       <c r="M106" s="15">
-        <v>1.97</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.95</v>
+      </c>
+      <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15">
         <v>750</v>
       </c>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>25</v>
       </c>
       <c r="K107" s="15">
-        <v>2.17</v>
+        <v>2.36</v>
       </c>
       <c r="L107" s="15">
-        <v>1.88</v>
+        <v>2.05</v>
       </c>
       <c r="M107" s="15">
-        <v>1.8</v>
-[...8 lines deleted...]
-      <c r="Q107" s="15"/>
+        <v>1.97</v>
+      </c>
+      <c r="N107" s="15">
+        <v>50</v>
+      </c>
+      <c r="O107" s="15"/>
+      <c r="P107" s="15"/>
+      <c r="Q107" s="15">
+        <v>750</v>
+      </c>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I108" s="15"/>
+        <v>318</v>
+      </c>
+      <c r="I108" s="15" t="s">
+        <v>334</v>
+      </c>
       <c r="J108" s="15">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K108" s="15">
-        <v>2.03</v>
+        <v>2.63</v>
       </c>
       <c r="L108" s="15">
-        <v>1.76</v>
+        <v>2.28</v>
       </c>
       <c r="M108" s="15">
-        <v>1.69</v>
-[...5 lines deleted...]
-      <c r="P108" s="15"/>
+        <v>2.19</v>
+      </c>
+      <c r="N108" s="15"/>
+      <c r="O108" s="15">
+        <v>400</v>
+      </c>
+      <c r="P108" s="15" t="s">
+        <v>341</v>
+      </c>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K109" s="15">
-        <v>2</v>
+        <v>2.03</v>
       </c>
       <c r="L109" s="15">
-        <v>1.74</v>
+        <v>1.76</v>
       </c>
       <c r="M109" s="15">
-        <v>1.67</v>
-[...1 lines deleted...]
-      <c r="N109" s="15"/>
+        <v>1.69</v>
+      </c>
+      <c r="N109" s="15">
+        <v>100</v>
+      </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
-      <c r="Q109" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K110" s="15">
-        <v>1.98</v>
+        <v>2</v>
       </c>
       <c r="L110" s="15">
-        <v>1.72</v>
+        <v>1.74</v>
       </c>
       <c r="M110" s="15">
-        <v>1.65</v>
+        <v>1.67</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I111" s="15"/>
+        <v>318</v>
+      </c>
+      <c r="I111" s="15" t="s">
+        <v>351</v>
+      </c>
       <c r="J111" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K111" s="15">
         <v>1.98</v>
       </c>
       <c r="L111" s="15">
-        <v>1.98</v>
+        <v>1.72</v>
       </c>
       <c r="M111" s="15">
-        <v>1.98</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.65</v>
+      </c>
+      <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15">
         <v>500</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>20</v>
       </c>
       <c r="K112" s="15">
-        <v>2.94</v>
+        <v>1.98</v>
       </c>
       <c r="L112" s="15">
-        <v>2.54</v>
+        <v>1.98</v>
       </c>
       <c r="M112" s="15">
-        <v>2.45</v>
-[...1 lines deleted...]
-      <c r="N112" s="15"/>
+        <v>1.98</v>
+      </c>
+      <c r="N112" s="15">
+        <v>100</v>
+      </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
-      <c r="Q112" s="15"/>
+      <c r="Q112" s="15">
+        <v>500</v>
+      </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I113" s="15"/>
+        <v>318</v>
+      </c>
+      <c r="I113" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="J113" s="15">
         <v>20</v>
       </c>
       <c r="K113" s="15">
-        <v>2.76</v>
+        <v>2.94</v>
       </c>
       <c r="L113" s="15">
-        <v>2.39</v>
+        <v>2.54</v>
       </c>
       <c r="M113" s="15">
-        <v>2.3</v>
+        <v>2.45</v>
       </c>
       <c r="N113" s="15"/>
-      <c r="O113" s="15">
-[...7 lines deleted...]
-      </c>
+      <c r="O113" s="15"/>
+      <c r="P113" s="15"/>
+      <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K114" s="15">
-        <v>2.74</v>
+        <v>2.82</v>
       </c>
       <c r="L114" s="15">
-        <v>2.38</v>
+        <v>2.44</v>
       </c>
       <c r="M114" s="15">
-        <v>2.29</v>
+        <v>2.35</v>
       </c>
       <c r="N114" s="15"/>
-      <c r="O114" s="15"/>
-[...1 lines deleted...]
-      <c r="Q114" s="15"/>
+      <c r="O114" s="15">
+        <v>420</v>
+      </c>
+      <c r="P114" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="Q114" s="15">
+        <v>500</v>
+      </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I115" s="15"/>
+        <v>318</v>
+      </c>
+      <c r="I115" s="15" t="s">
+        <v>365</v>
+      </c>
       <c r="J115" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K115" s="15">
-        <v>2.28</v>
+        <v>2.74</v>
       </c>
       <c r="L115" s="15">
-        <v>1.98</v>
+        <v>2.38</v>
       </c>
       <c r="M115" s="15">
-        <v>1.9</v>
+        <v>2.29</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>20</v>
       </c>
       <c r="K116" s="15">
-        <v>3.29</v>
+        <v>2.28</v>
       </c>
       <c r="L116" s="15">
-        <v>2.85</v>
+        <v>1.98</v>
       </c>
       <c r="M116" s="15">
-        <v>2.74</v>
+        <v>1.9</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>20</v>
       </c>
       <c r="K117" s="15">
-        <v>2.67</v>
+        <v>3.29</v>
       </c>
       <c r="L117" s="15">
-        <v>2.32</v>
+        <v>2.85</v>
       </c>
       <c r="M117" s="15">
-        <v>2.23</v>
+        <v>2.74</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
-      <c r="Q117" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="K118" s="15">
-        <v>1.23</v>
+        <v>2.67</v>
       </c>
       <c r="L118" s="15">
-        <v>1.07</v>
+        <v>2.32</v>
       </c>
       <c r="M118" s="15">
-        <v>1.03</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.23</v>
+      </c>
+      <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I119" s="15"/>
+        <v>318</v>
+      </c>
+      <c r="I119" s="15" t="s">
+        <v>378</v>
+      </c>
       <c r="J119" s="15">
         <v>10</v>
       </c>
       <c r="K119" s="15">
-        <v>1.12</v>
+        <v>1.23</v>
       </c>
       <c r="L119" s="15">
-        <v>0.97244</v>
+        <v>1.07</v>
       </c>
       <c r="M119" s="15">
-        <v>0.93504</v>
-[...1 lines deleted...]
-      <c r="N119" s="15"/>
+        <v>1.03</v>
+      </c>
+      <c r="N119" s="15">
+        <v>497</v>
+      </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K120" s="15">
-        <v>1.21</v>
+        <v>1.12</v>
       </c>
       <c r="L120" s="15">
-        <v>1.05</v>
+        <v>0.97244</v>
       </c>
       <c r="M120" s="15">
-        <v>1.01</v>
+        <v>0.93504</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15">
         <v>500</v>
       </c>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>307</v>
+        <v>314</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>311</v>
+        <v>318</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>25</v>
       </c>
       <c r="K121" s="15">
-        <v>1.31</v>
+        <v>1.21</v>
       </c>
       <c r="L121" s="15">
-        <v>1.13</v>
+        <v>1.05</v>
       </c>
       <c r="M121" s="15">
-        <v>1.09</v>
+        <v>1.01</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
-      <c r="Q121" s="15"/>
+      <c r="Q121" s="15">
+        <v>500</v>
+      </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>381</v>
+        <v>314</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>10080035662</v>
+        <v>386</v>
+      </c>
+      <c r="E122" s="15" t="s">
+        <v>387</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>384</v>
+        <v>318</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K122" s="15">
-        <v>1.66</v>
+        <v>1.31</v>
       </c>
       <c r="L122" s="15">
-        <v>1.36</v>
+        <v>1.13</v>
       </c>
       <c r="M122" s="15">
-        <v>1.31</v>
+        <v>1.09</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-        <v>387</v>
+        <v>390</v>
+      </c>
+      <c r="E123" s="15">
+        <v>10080035662</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="K123" s="15">
-        <v>0.96653</v>
+        <v>1.66</v>
       </c>
       <c r="L123" s="15">
-        <v>0.81064</v>
+        <v>1.36</v>
       </c>
       <c r="M123" s="15">
-        <v>0.77946</v>
+        <v>1.31</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-        <v>10080060090</v>
+        <v>393</v>
+      </c>
+      <c r="E124" s="15" t="s">
+        <v>394</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="K124" s="15">
-        <v>1.07</v>
+        <v>0.96653</v>
       </c>
       <c r="L124" s="15">
-        <v>0.8958700000000001</v>
+        <v>0.81064</v>
       </c>
       <c r="M124" s="15">
-        <v>0.86141</v>
+        <v>0.77946</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-        <v>392</v>
+        <v>396</v>
+      </c>
+      <c r="E125" s="15">
+        <v>10080060090</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>50</v>
       </c>
       <c r="K125" s="15">
-        <v>8.33</v>
+        <v>1.07</v>
       </c>
       <c r="L125" s="15">
-        <v>6.99</v>
+        <v>0.8958700000000001</v>
       </c>
       <c r="M125" s="15">
-        <v>6.72</v>
+        <v>0.86141</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K126" s="15">
-        <v>2.15</v>
+        <v>8.33</v>
       </c>
       <c r="L126" s="15">
-        <v>1.8</v>
+        <v>6.99</v>
       </c>
       <c r="M126" s="15">
-        <v>1.73</v>
+        <v>6.72</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>20</v>
       </c>
       <c r="K127" s="15">
-        <v>2.47</v>
+        <v>2.15</v>
       </c>
       <c r="L127" s="15">
-        <v>2.07</v>
+        <v>1.8</v>
       </c>
       <c r="M127" s="15">
-        <v>1.99</v>
+        <v>1.73</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K128" s="15">
-        <v>2.09</v>
+        <v>2.47</v>
       </c>
       <c r="L128" s="15">
-        <v>1.75</v>
+        <v>2.07</v>
       </c>
       <c r="M128" s="15">
-        <v>1.69</v>
+        <v>1.99</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="I129" s="15"/>
+        <v>391</v>
+      </c>
+      <c r="I129" s="15" t="s">
+        <v>409</v>
+      </c>
       <c r="J129" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K129" s="15">
-        <v>2.56</v>
+        <v>2.09</v>
       </c>
       <c r="L129" s="15">
-        <v>2.15</v>
+        <v>1.75</v>
       </c>
       <c r="M129" s="15">
-        <v>2.07</v>
+        <v>1.69</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
-      <c r="Q129" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>20</v>
       </c>
       <c r="K130" s="15">
-        <v>2.49</v>
+        <v>2.56</v>
       </c>
       <c r="L130" s="15">
-        <v>2.09</v>
+        <v>2.15</v>
       </c>
       <c r="M130" s="15">
-        <v>2.01</v>
+        <v>2.07</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15">
         <v>100</v>
       </c>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="J131" s="15">
         <v>20</v>
       </c>
       <c r="K131" s="15">
-        <v>1.67</v>
+        <v>2.49</v>
       </c>
       <c r="L131" s="15">
-        <v>1.67</v>
+        <v>2.09</v>
       </c>
       <c r="M131" s="15">
-        <v>1.67</v>
+        <v>2.01</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
-      <c r="P131" s="15" t="s">
-[...2 lines deleted...]
-      <c r="Q131" s="15"/>
+      <c r="P131" s="15"/>
+      <c r="Q131" s="15">
+        <v>100</v>
+      </c>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="J132" s="15">
         <v>20</v>
       </c>
       <c r="K132" s="15">
-        <v>3.31</v>
+        <v>1.96</v>
       </c>
       <c r="L132" s="15">
-        <v>2.77</v>
+        <v>1.7</v>
       </c>
       <c r="M132" s="15">
-        <v>2.67</v>
+        <v>1.63</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-      <c r="J133" s="15"/>
+        <v>414</v>
+      </c>
+      <c r="I133" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="J133" s="15">
+        <v>20</v>
+      </c>
       <c r="K133" s="15">
-        <v>2.09</v>
+        <v>3.31</v>
       </c>
       <c r="L133" s="15">
-        <v>1.75</v>
+        <v>2.77</v>
       </c>
       <c r="M133" s="15">
-        <v>1.68</v>
+        <v>2.67</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>10080047561</v>
+        <v>428</v>
+      </c>
+      <c r="E134" s="15" t="s">
+        <v>429</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I134" s="15"/>
-      <c r="J134" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J134" s="15"/>
       <c r="K134" s="15">
-        <v>1.58</v>
+        <v>2.09</v>
       </c>
       <c r="L134" s="15">
-        <v>1.3</v>
+        <v>1.75</v>
       </c>
       <c r="M134" s="15">
-        <v>1.25</v>
+        <v>1.68</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="E135" s="15">
-        <v>10080072796</v>
+        <v>10080047561</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>100</v>
       </c>
       <c r="K135" s="15">
-        <v>0.45572</v>
+        <v>1.58</v>
       </c>
       <c r="L135" s="15">
-        <v>0.39495</v>
+        <v>1.3</v>
       </c>
       <c r="M135" s="15">
-        <v>0.37976</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.25</v>
+      </c>
+      <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>433</v>
+      </c>
+      <c r="E136" s="15">
+        <v>10080072796</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>100</v>
       </c>
       <c r="K136" s="15">
-        <v>0.66007</v>
+        <v>0.45572</v>
       </c>
       <c r="L136" s="15">
-        <v>0.55361</v>
+        <v>0.39495</v>
       </c>
       <c r="M136" s="15">
-        <v>0.53232</v>
-[...1 lines deleted...]
-      <c r="N136" s="15"/>
+        <v>0.37976</v>
+      </c>
+      <c r="N136" s="15">
+        <v>82</v>
+      </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>10080060591</v>
+        <v>435</v>
+      </c>
+      <c r="E137" s="15" t="s">
+        <v>436</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="I137" s="15"/>
+        <v>414</v>
+      </c>
+      <c r="I137" s="15" t="s">
+        <v>437</v>
+      </c>
       <c r="J137" s="15">
         <v>100</v>
       </c>
       <c r="K137" s="15">
-        <v>0.47029</v>
+        <v>0.66007</v>
       </c>
       <c r="L137" s="15">
-        <v>0.39443</v>
+        <v>0.55361</v>
       </c>
       <c r="M137" s="15">
-        <v>0.37926</v>
+        <v>0.53232</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="E138" s="15">
-        <v>10080060084</v>
+        <v>10080060591</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>100</v>
       </c>
       <c r="K138" s="15">
-        <v>0.56732</v>
+        <v>0.47029</v>
       </c>
       <c r="L138" s="15">
-        <v>0.47581</v>
+        <v>0.39443</v>
       </c>
       <c r="M138" s="15">
-        <v>0.45751</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.37926</v>
+      </c>
+      <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="E139" s="15">
-        <v>10080044670</v>
+        <v>10080060084</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="I139" s="15"/>
+        <v>414</v>
+      </c>
+      <c r="I139" s="15" t="s">
+        <v>442</v>
+      </c>
       <c r="J139" s="15">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="K139" s="15">
-        <v>1.04</v>
+        <v>0.56732</v>
       </c>
       <c r="L139" s="15">
-        <v>0.8701</v>
+        <v>0.47581</v>
       </c>
       <c r="M139" s="15">
-        <v>0.8366400000000001</v>
-[...1 lines deleted...]
-      <c r="N139" s="15"/>
+        <v>0.45751</v>
+      </c>
+      <c r="N139" s="15">
+        <v>799</v>
+      </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>444</v>
+      </c>
+      <c r="E140" s="15">
+        <v>10080044670</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>407</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>40</v>
       </c>
       <c r="K140" s="15">
-        <v>0.79231</v>
+        <v>1.04</v>
       </c>
       <c r="L140" s="15">
-        <v>0.66452</v>
+        <v>0.8701</v>
       </c>
       <c r="M140" s="15">
-        <v>0.63896</v>
+        <v>0.8366400000000001</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="J141" s="15">
-        <v>100</v>
+        <v>40</v>
       </c>
       <c r="K141" s="15">
-        <v>1.38</v>
+        <v>0.79231</v>
       </c>
       <c r="L141" s="15">
-        <v>1.15</v>
+        <v>0.66452</v>
       </c>
       <c r="M141" s="15">
-        <v>1.11</v>
+        <v>0.63896</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
-      <c r="Q141" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="I142" s="15"/>
+        <v>414</v>
+      </c>
+      <c r="I142" s="15" t="s">
+        <v>452</v>
+      </c>
       <c r="J142" s="15">
         <v>100</v>
       </c>
       <c r="K142" s="15">
-        <v>1.65</v>
+        <v>1.38</v>
       </c>
       <c r="L142" s="15">
-        <v>1.38</v>
+        <v>1.15</v>
       </c>
       <c r="M142" s="15">
-        <v>1.33</v>
+        <v>1.11</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15">
         <v>500</v>
       </c>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K143" s="15">
-        <v>3.1</v>
+        <v>1.65</v>
       </c>
       <c r="L143" s="15">
-        <v>2.6</v>
+        <v>1.38</v>
       </c>
       <c r="M143" s="15">
-        <v>2.5</v>
+        <v>1.33</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
-      <c r="Q143" s="15"/>
+      <c r="Q143" s="15">
+        <v>500</v>
+      </c>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I144" s="15"/>
-      <c r="J144" s="15"/>
+      <c r="J144" s="15">
+        <v>25</v>
+      </c>
       <c r="K144" s="15">
-        <v>2.73</v>
+        <v>3.1</v>
       </c>
       <c r="L144" s="15">
-        <v>2.27</v>
+        <v>2.6</v>
       </c>
       <c r="M144" s="15">
-        <v>2.18</v>
+        <v>2.5</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I145" s="15"/>
-      <c r="J145" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J145" s="15"/>
       <c r="K145" s="15">
-        <v>1.5</v>
+        <v>2.73</v>
       </c>
       <c r="L145" s="15">
-        <v>1.26</v>
+        <v>2.27</v>
       </c>
       <c r="M145" s="15">
-        <v>1.21</v>
+        <v>2.18</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>10080064422</v>
+        <v>463</v>
+      </c>
+      <c r="E146" s="15" t="s">
+        <v>464</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
-        <v>100</v>
+        <v>900</v>
       </c>
       <c r="K146" s="15">
-        <v>2.89</v>
+        <v>1.5</v>
       </c>
       <c r="L146" s="15">
-        <v>2.41</v>
+        <v>1.26</v>
       </c>
       <c r="M146" s="15">
-        <v>2.31</v>
+        <v>1.21</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>463</v>
+        <v>466</v>
+      </c>
+      <c r="E147" s="15">
+        <v>10080064422</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="K147" s="15">
-        <v>2.46</v>
+        <v>2.89</v>
       </c>
       <c r="L147" s="15">
-        <v>2.05</v>
+        <v>2.41</v>
       </c>
       <c r="M147" s="15">
-        <v>1.97</v>
+        <v>2.31</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="K148" s="15">
-        <v>3.55</v>
+        <v>2.46</v>
       </c>
       <c r="L148" s="15">
-        <v>2.57</v>
+        <v>2.05</v>
       </c>
       <c r="M148" s="15">
-        <v>2.24</v>
+        <v>1.97</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>258</v>
+        <v>410</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>470</v>
+        <v>414</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="K149" s="15">
-        <v>240.76</v>
+        <v>3.55</v>
       </c>
       <c r="L149" s="15">
-        <v>201.93</v>
+        <v>2.57</v>
       </c>
       <c r="M149" s="15">
-        <v>194.16</v>
+        <v>2.24</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>49</v>
+        <v>265</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="J150" s="15"/>
+        <v>476</v>
+      </c>
+      <c r="I150" s="15"/>
+      <c r="J150" s="15">
+        <v>1</v>
+      </c>
       <c r="K150" s="15">
-        <v>1.78</v>
+        <v>240.76</v>
       </c>
       <c r="L150" s="15">
-        <v>1.61</v>
+        <v>201.93</v>
       </c>
       <c r="M150" s="15">
-        <v>1.49</v>
+        <v>194.16</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>10080005333</v>
+        <v>478</v>
+      </c>
+      <c r="E151" s="15" t="s">
+        <v>479</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="J151" s="15"/>
       <c r="K151" s="15">
-        <v>1.64</v>
+        <v>1.78</v>
       </c>
       <c r="L151" s="15">
-        <v>1.09</v>
+        <v>1.61</v>
       </c>
       <c r="M151" s="15">
-        <v>0.99</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.49</v>
+      </c>
+      <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>480</v>
+        <v>482</v>
+      </c>
+      <c r="E152" s="15">
+        <v>10080005333</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I152" s="15"/>
+      <c r="I152" s="15" t="s">
+        <v>483</v>
+      </c>
       <c r="J152" s="15">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="K152" s="15">
-        <v>2.4</v>
+        <v>1.64</v>
       </c>
       <c r="L152" s="15">
-        <v>2.08</v>
+        <v>1.09</v>
       </c>
       <c r="M152" s="15">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="N152" s="15"/>
+        <v>0.99</v>
+      </c>
+      <c r="N152" s="15">
+        <v>2392</v>
+      </c>
       <c r="O152" s="15"/>
-      <c r="P152" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P152" s="15"/>
+      <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I153" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I153" s="15"/>
       <c r="J153" s="15">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K153" s="15">
-        <v>1.14</v>
+        <v>2.54</v>
       </c>
       <c r="L153" s="15">
-        <v>1.14</v>
+        <v>2.2</v>
       </c>
       <c r="M153" s="15">
-        <v>1.14</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.12</v>
+      </c>
+      <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15">
-        <v>500</v>
+        <v>400</v>
       </c>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I154" s="15"/>
+      <c r="I154" s="15" t="s">
+        <v>490</v>
+      </c>
       <c r="J154" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K154" s="15">
-        <v>3.99</v>
+        <v>1.14</v>
       </c>
       <c r="L154" s="15">
-        <v>3.61</v>
+        <v>1.14</v>
       </c>
       <c r="M154" s="15">
-        <v>3.36</v>
+        <v>1.14</v>
       </c>
       <c r="N154" s="15">
-        <v>2313</v>
+        <v>4101</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15">
         <v>500</v>
       </c>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K155" s="15">
-        <v>3.24</v>
+        <v>3.99</v>
       </c>
       <c r="L155" s="15">
-        <v>3.24</v>
+        <v>3.61</v>
       </c>
       <c r="M155" s="15">
-        <v>3.24</v>
-[...1 lines deleted...]
-      <c r="N155" s="15"/>
+        <v>3.36</v>
+      </c>
+      <c r="N155" s="15">
+        <v>2643</v>
+      </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15">
         <v>500</v>
       </c>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>10080071397</v>
+        <v>495</v>
+      </c>
+      <c r="E156" s="15" t="s">
+        <v>496</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K156" s="15">
-        <v>1.21</v>
+        <v>3.24</v>
       </c>
       <c r="L156" s="15">
-        <v>1.09</v>
+        <v>3.24</v>
       </c>
       <c r="M156" s="15">
-        <v>1.02</v>
+        <v>3.24</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
-      <c r="Q156" s="15"/>
+      <c r="Q156" s="15">
+        <v>500</v>
+      </c>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="E157" s="15">
-        <v>10080070438</v>
+        <v>10080071397</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="K157" s="15">
-        <v>1.74</v>
+        <v>1.21</v>
       </c>
       <c r="L157" s="15">
-        <v>1.45</v>
+        <v>1.09</v>
       </c>
       <c r="M157" s="15">
-        <v>1.39</v>
+        <v>1.02</v>
       </c>
       <c r="N157" s="15"/>
-      <c r="O157" s="15"/>
-      <c r="P157" s="15"/>
+      <c r="O157" s="15">
+        <v>100</v>
+      </c>
+      <c r="P157" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>500</v>
+      </c>
+      <c r="E158" s="15">
+        <v>10080070438</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I158" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I158" s="15"/>
       <c r="J158" s="15">
-        <v>20</v>
+        <v>500</v>
       </c>
       <c r="K158" s="15">
-        <v>1.11</v>
+        <v>1.74</v>
       </c>
       <c r="L158" s="15">
-        <v>1.11</v>
+        <v>1.45</v>
       </c>
       <c r="M158" s="15">
-        <v>1.11</v>
+        <v>1.39</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="J159" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K159" s="15">
-        <v>2.15</v>
+        <v>1.11</v>
       </c>
       <c r="L159" s="15">
-        <v>1.43</v>
+        <v>1.11</v>
       </c>
       <c r="M159" s="15">
-        <v>1.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.11</v>
+      </c>
+      <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>502</v>
       </c>
-      <c r="D160" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E160" s="15" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I160" s="15"/>
-      <c r="J160" s="15"/>
+      <c r="I160" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="J160" s="15">
+        <v>50</v>
+      </c>
       <c r="K160" s="15">
-        <v>2.56</v>
+        <v>2.15</v>
       </c>
       <c r="L160" s="15">
-        <v>2.13</v>
+        <v>1.43</v>
       </c>
       <c r="M160" s="15">
-        <v>2.05</v>
-[...1 lines deleted...]
-      <c r="N160" s="15"/>
+        <v>1.3</v>
+      </c>
+      <c r="N160" s="15">
+        <v>25611</v>
+      </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="E161" s="15" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I161" s="15"/>
-      <c r="J161" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J161" s="15"/>
       <c r="K161" s="15">
-        <v>2.28</v>
+        <v>2.56</v>
       </c>
       <c r="L161" s="15">
-        <v>1.97</v>
+        <v>2.13</v>
       </c>
       <c r="M161" s="15">
-        <v>1.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.05</v>
+      </c>
+      <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>10080071789</v>
+        <v>512</v>
+      </c>
+      <c r="E162" s="15" t="s">
+        <v>513</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K162" s="15">
-        <v>2.89</v>
+        <v>2.28</v>
       </c>
       <c r="L162" s="15">
-        <v>2.41</v>
+        <v>1.97</v>
       </c>
       <c r="M162" s="15">
-        <v>2.31</v>
-[...1 lines deleted...]
-      <c r="N162" s="15"/>
+        <v>1.9</v>
+      </c>
+      <c r="N162" s="15">
+        <v>451</v>
+      </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>515</v>
+      </c>
+      <c r="E163" s="15">
+        <v>10080071789</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
-        <v>400</v>
+        <v>100</v>
       </c>
       <c r="K163" s="15">
-        <v>1.99</v>
+        <v>2.89</v>
       </c>
       <c r="L163" s="15">
-        <v>1.99</v>
+        <v>2.41</v>
       </c>
       <c r="M163" s="15">
-        <v>1.99</v>
+        <v>2.31</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="K164" s="15">
-        <v>2.63</v>
+        <v>1.99</v>
       </c>
       <c r="L164" s="15">
-        <v>2.21</v>
+        <v>1.99</v>
       </c>
       <c r="M164" s="15">
-        <v>2.12</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.99</v>
+      </c>
+      <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
-      <c r="Q164" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I165" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>50</v>
       </c>
       <c r="K165" s="15">
-        <v>3.05</v>
+        <v>2.63</v>
       </c>
       <c r="L165" s="15">
-        <v>2.64</v>
+        <v>2.21</v>
       </c>
       <c r="M165" s="15">
-        <v>2.54</v>
-[...1 lines deleted...]
-      <c r="N165" s="15"/>
+        <v>2.12</v>
+      </c>
+      <c r="N165" s="15">
+        <v>3176</v>
+      </c>
       <c r="O165" s="15"/>
-      <c r="P165" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P165" s="15"/>
       <c r="Q165" s="15">
         <v>500</v>
       </c>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>522</v>
+        <v>524</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I166" s="15"/>
+      <c r="I166" s="15" t="s">
+        <v>525</v>
+      </c>
       <c r="J166" s="15">
         <v>50</v>
       </c>
       <c r="K166" s="15">
-        <v>2.29</v>
+        <v>3.45</v>
       </c>
       <c r="L166" s="15">
-        <v>1.98</v>
+        <v>2.99</v>
       </c>
       <c r="M166" s="15">
-        <v>1.91</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.87</v>
+      </c>
+      <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15">
         <v>500</v>
       </c>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>50</v>
       </c>
       <c r="K167" s="15">
-        <v>0.99148</v>
+        <v>2.29</v>
       </c>
       <c r="L167" s="15">
-        <v>0.99148</v>
+        <v>1.98</v>
       </c>
       <c r="M167" s="15">
-        <v>0.99148</v>
-[...1 lines deleted...]
-      <c r="N167" s="15"/>
+        <v>1.91</v>
+      </c>
+      <c r="N167" s="15">
+        <v>1330</v>
+      </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
-      <c r="Q167" s="15"/>
+      <c r="Q167" s="15">
+        <v>500</v>
+      </c>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>527</v>
-[...2 lines deleted...]
-        <v>10080034805</v>
+        <v>530</v>
+      </c>
+      <c r="E168" s="15" t="s">
+        <v>531</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>50</v>
       </c>
       <c r="K168" s="15">
-        <v>0.97184</v>
+        <v>0.99148</v>
       </c>
       <c r="L168" s="15">
-        <v>0.97184</v>
+        <v>0.99148</v>
       </c>
       <c r="M168" s="15">
-        <v>0.97184</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.99148</v>
+      </c>
+      <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
-      <c r="Q168" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>533</v>
+      </c>
+      <c r="E169" s="15">
+        <v>10080034805</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I169" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>50</v>
       </c>
       <c r="K169" s="15">
-        <v>1.42</v>
+        <v>0.97184</v>
       </c>
       <c r="L169" s="15">
-        <v>1.42</v>
+        <v>0.97184</v>
       </c>
       <c r="M169" s="15">
-        <v>1.42</v>
-[...1 lines deleted...]
-      <c r="N169" s="15"/>
+        <v>0.97184</v>
+      </c>
+      <c r="N169" s="15">
+        <v>563</v>
+      </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15">
         <v>500</v>
       </c>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I170" s="15"/>
+      <c r="I170" s="15" t="s">
+        <v>537</v>
+      </c>
       <c r="J170" s="15">
         <v>50</v>
       </c>
       <c r="K170" s="15">
-        <v>1.89</v>
+        <v>1.42</v>
       </c>
       <c r="L170" s="15">
-        <v>1.37</v>
+        <v>1.42</v>
       </c>
       <c r="M170" s="15">
-        <v>1.19</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.42</v>
+      </c>
+      <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15">
         <v>500</v>
       </c>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I171" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>50</v>
       </c>
       <c r="K171" s="15">
-        <v>1.75</v>
+        <v>1.31</v>
       </c>
       <c r="L171" s="15">
-        <v>1.52</v>
+        <v>1.13</v>
       </c>
       <c r="M171" s="15">
-        <v>1.46</v>
+        <v>1.09</v>
       </c>
       <c r="N171" s="15">
-        <v>880</v>
+        <v>7235</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15">
         <v>500</v>
       </c>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="J172" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K172" s="15">
-        <v>2.73</v>
+        <v>1.75</v>
       </c>
       <c r="L172" s="15">
-        <v>1.95</v>
+        <v>1.52</v>
       </c>
       <c r="M172" s="15">
-        <v>1.62</v>
-[...1 lines deleted...]
-      <c r="N172" s="15"/>
+        <v>1.46</v>
+      </c>
+      <c r="N172" s="15">
+        <v>900</v>
+      </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="E173" s="15">
-        <v>10080075823</v>
+      <c r="E173" s="15" t="s">
+        <v>545</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I173" s="15" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="J173" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K173" s="15">
-        <v>2.13</v>
+        <v>2.73</v>
       </c>
       <c r="L173" s="15">
-        <v>1.78</v>
+        <v>1.95</v>
       </c>
       <c r="M173" s="15">
-        <v>1.7</v>
+        <v>1.62</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="E174" s="15">
-        <v>10080026527</v>
+        <v>10080075823</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I174" s="15"/>
+      <c r="I174" s="15" t="s">
+        <v>549</v>
+      </c>
       <c r="J174" s="15">
         <v>50</v>
       </c>
       <c r="K174" s="15">
-        <v>1.35</v>
+        <v>2.13</v>
       </c>
       <c r="L174" s="15">
-        <v>1.26</v>
+        <v>1.78</v>
       </c>
       <c r="M174" s="15">
-        <v>1.17</v>
+        <v>1.7</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15">
         <v>500</v>
       </c>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="E175" s="15">
-        <v>10080074900</v>
+        <v>10080026527</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>50</v>
       </c>
       <c r="K175" s="15">
-        <v>0.64898</v>
+        <v>1.35</v>
       </c>
       <c r="L175" s="15">
-        <v>0.64898</v>
+        <v>1.26</v>
       </c>
       <c r="M175" s="15">
-        <v>0.64898</v>
+        <v>1.17</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15">
         <v>500</v>
       </c>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>553</v>
+      </c>
+      <c r="E176" s="15">
+        <v>10080074900</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>50</v>
       </c>
       <c r="K176" s="15">
-        <v>2.08</v>
+        <v>0.64898</v>
       </c>
       <c r="L176" s="15">
-        <v>1.74</v>
+        <v>0.64898</v>
       </c>
       <c r="M176" s="15">
-        <v>1.67</v>
+        <v>0.64898</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15">
         <v>500</v>
       </c>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>10080048929</v>
+        <v>555</v>
+      </c>
+      <c r="E177" s="15" t="s">
+        <v>556</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I177" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>50</v>
       </c>
       <c r="K177" s="15">
+        <v>2.08</v>
+      </c>
+      <c r="L177" s="15">
         <v>1.74</v>
       </c>
-      <c r="L177" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="M177" s="15">
-        <v>1.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.67</v>
+      </c>
+      <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15">
         <v>500</v>
       </c>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-        <v>556</v>
+        <v>558</v>
+      </c>
+      <c r="E178" s="15">
+        <v>10080048929</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="J178" s="15">
         <v>50</v>
       </c>
       <c r="K178" s="15">
-        <v>1.28</v>
+        <v>1.22</v>
       </c>
       <c r="L178" s="15">
-        <v>1.11</v>
+        <v>1.06</v>
       </c>
       <c r="M178" s="15">
-        <v>1.07</v>
+        <v>1.02</v>
       </c>
       <c r="N178" s="15">
-        <v>1950</v>
+        <v>1884</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
-      <c r="Q178" s="15"/>
+      <c r="Q178" s="15">
+        <v>500</v>
+      </c>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="J179" s="15"/>
+        <v>559</v>
+      </c>
+      <c r="J179" s="15">
+        <v>50</v>
+      </c>
       <c r="K179" s="15">
-        <v>1.46</v>
+        <v>1.28</v>
       </c>
       <c r="L179" s="15">
-        <v>1.32</v>
+        <v>1.11</v>
       </c>
       <c r="M179" s="15">
-        <v>1.23</v>
-[...3 lines deleted...]
-      <c r="P179" s="15"/>
+        <v>1.07</v>
+      </c>
+      <c r="N179" s="15">
+        <v>2210</v>
+      </c>
+      <c r="O179" s="15">
+        <v>850</v>
+      </c>
+      <c r="P179" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-        <v>10080060372</v>
+        <v>564</v>
+      </c>
+      <c r="E180" s="15" t="s">
+        <v>565</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>560</v>
-[...3 lines deleted...]
-      </c>
+        <v>566</v>
+      </c>
+      <c r="J180" s="15"/>
       <c r="K180" s="15">
-        <v>1.44</v>
+        <v>1.46</v>
       </c>
       <c r="L180" s="15">
-        <v>1.3</v>
+        <v>1.32</v>
       </c>
       <c r="M180" s="15">
-        <v>1.21</v>
+        <v>1.23</v>
       </c>
       <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
-      <c r="Q180" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>564</v>
+      </c>
+      <c r="E181" s="15">
+        <v>10080060372</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="J181" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K181" s="15">
-        <v>2.38</v>
+        <v>1.44</v>
       </c>
       <c r="L181" s="15">
-        <v>2</v>
+        <v>1.3</v>
       </c>
       <c r="M181" s="15">
-        <v>1.92</v>
+        <v>1.21</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>10080061196</v>
+        <v>568</v>
+      </c>
+      <c r="E182" s="15" t="s">
+        <v>569</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I182" s="15" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="J182" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K182" s="15">
-        <v>1.27</v>
+        <v>2.38</v>
       </c>
       <c r="L182" s="15">
-        <v>1.15</v>
+        <v>2</v>
       </c>
       <c r="M182" s="15">
-        <v>1.07</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.92</v>
+      </c>
+      <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="E183" s="15">
-        <v>10080060365</v>
+        <v>10080061196</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I183" s="15" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="J183" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K183" s="15">
-        <v>1.42</v>
+        <v>1.27</v>
       </c>
       <c r="L183" s="15">
-        <v>1.28</v>
+        <v>1.15</v>
       </c>
       <c r="M183" s="15">
-        <v>1.19</v>
+        <v>1.07</v>
       </c>
       <c r="N183" s="15">
-        <v>17491</v>
+        <v>8357</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="E184" s="15">
-        <v>10080060373</v>
+        <v>10080060365</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I184" s="15"/>
+      <c r="I184" s="15" t="s">
+        <v>576</v>
+      </c>
       <c r="J184" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K184" s="15">
-        <v>2.11</v>
+        <v>1.42</v>
       </c>
       <c r="L184" s="15">
-        <v>1.53</v>
+        <v>1.28</v>
       </c>
       <c r="M184" s="15">
-        <v>1.33</v>
-[...1 lines deleted...]
-      <c r="N184" s="15"/>
+        <v>1.19</v>
+      </c>
+      <c r="N184" s="15">
+        <v>20545</v>
+      </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15">
         <v>500</v>
       </c>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="E185" s="15">
-        <v>10080054888</v>
+        <v>10080060373</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I185" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I185" s="15"/>
       <c r="J185" s="15">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="K185" s="15">
-        <v>1.91</v>
+        <v>1.46</v>
       </c>
       <c r="L185" s="15">
-        <v>0</v>
+        <v>1.26</v>
       </c>
       <c r="M185" s="15">
-        <v>0</v>
+        <v>1.21</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15">
         <v>500</v>
       </c>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="E186" s="15">
-        <v>10080060366</v>
+        <v>10080054888</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="J186" s="15">
         <v>50</v>
       </c>
       <c r="K186" s="15">
-        <v>1.92</v>
+        <v>1.91</v>
       </c>
       <c r="L186" s="15">
-        <v>1.92</v>
+        <v>0</v>
       </c>
       <c r="M186" s="15">
-        <v>1.92</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15">
         <v>500</v>
       </c>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="E187" s="15">
-        <v>10080061195</v>
+        <v>10080060366</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I187" s="15"/>
+      <c r="I187" s="15" t="s">
+        <v>584</v>
+      </c>
       <c r="J187" s="15">
         <v>50</v>
       </c>
       <c r="K187" s="15">
-        <v>1.97</v>
+        <v>1.92</v>
       </c>
       <c r="L187" s="15">
-        <v>0</v>
+        <v>1.92</v>
       </c>
       <c r="M187" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N187" s="15"/>
+        <v>1.92</v>
+      </c>
+      <c r="N187" s="15">
+        <v>315</v>
+      </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15">
         <v>500</v>
       </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>586</v>
+      </c>
+      <c r="E188" s="15">
+        <v>10080061195</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>50</v>
       </c>
       <c r="K188" s="15">
-        <v>3.79</v>
+        <v>1.97</v>
       </c>
       <c r="L188" s="15">
-        <v>3.18</v>
+        <v>0</v>
       </c>
       <c r="M188" s="15">
-        <v>3.06</v>
+        <v>0</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15">
         <v>500</v>
       </c>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-        <v>10080048261</v>
+        <v>588</v>
+      </c>
+      <c r="E189" s="15" t="s">
+        <v>589</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I189" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I189" s="15"/>
       <c r="J189" s="15">
         <v>50</v>
       </c>
       <c r="K189" s="15">
-        <v>1.52</v>
+        <v>3.79</v>
       </c>
       <c r="L189" s="15">
-        <v>1.42</v>
+        <v>3.18</v>
       </c>
       <c r="M189" s="15">
-        <v>1.32</v>
+        <v>3.06</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
-      <c r="Q189" s="15"/>
+      <c r="Q189" s="15">
+        <v>500</v>
+      </c>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="E190" s="15">
-        <v>10080005900</v>
+        <v>10080048261</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="J190" s="15">
         <v>50</v>
       </c>
       <c r="K190" s="15">
-        <v>2.03</v>
+        <v>1.52</v>
       </c>
       <c r="L190" s="15">
-        <v>1.46</v>
+        <v>1.42</v>
       </c>
       <c r="M190" s="15">
-        <v>1.27</v>
+        <v>1.32</v>
       </c>
       <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-        <v>592</v>
+        <v>594</v>
+      </c>
+      <c r="E191" s="15">
+        <v>10080005900</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I191" s="15"/>
+      <c r="I191" s="15" t="s">
+        <v>595</v>
+      </c>
       <c r="J191" s="15">
         <v>50</v>
       </c>
       <c r="K191" s="15">
-        <v>0.70266</v>
+        <v>2.03</v>
       </c>
       <c r="L191" s="15">
-        <v>0.70266</v>
+        <v>1.46</v>
       </c>
       <c r="M191" s="15">
-        <v>0.70266</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.27</v>
+      </c>
+      <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-        <v>10080060367</v>
+        <v>597</v>
+      </c>
+      <c r="E192" s="15" t="s">
+        <v>598</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I192" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>50</v>
       </c>
       <c r="K192" s="15">
-        <v>0.97794</v>
+        <v>0.70266</v>
       </c>
       <c r="L192" s="15">
-        <v>0.84755</v>
+        <v>0.70266</v>
       </c>
       <c r="M192" s="15">
-        <v>0.81495</v>
+        <v>0.70266</v>
       </c>
       <c r="N192" s="15">
-        <v>526</v>
+        <v>104</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>598</v>
+        <v>600</v>
+      </c>
+      <c r="E193" s="15">
+        <v>10080060367</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I193" s="15"/>
+      <c r="I193" s="15" t="s">
+        <v>601</v>
+      </c>
       <c r="J193" s="15">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="K193" s="15">
-        <v>0.70265</v>
+        <v>0.97794</v>
       </c>
       <c r="L193" s="15">
-        <v>0.70265</v>
+        <v>0.84755</v>
       </c>
       <c r="M193" s="15">
-        <v>0.70265</v>
+        <v>0.81495</v>
       </c>
       <c r="N193" s="15">
-        <v>345</v>
+        <v>279</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="E194" s="15" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I194" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>1000</v>
       </c>
       <c r="K194" s="15">
-        <v>1.14</v>
+        <v>0.70265</v>
       </c>
       <c r="L194" s="15">
-        <v>1.06</v>
+        <v>0.70265</v>
       </c>
       <c r="M194" s="15">
-        <v>0.98885</v>
-[...1 lines deleted...]
-      <c r="N194" s="15"/>
+        <v>0.70265</v>
+      </c>
+      <c r="N194" s="15">
+        <v>400</v>
+      </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-        <v>10080005033</v>
+        <v>606</v>
+      </c>
+      <c r="E195" s="15" t="s">
+        <v>607</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I195" s="15"/>
+      <c r="I195" s="15" t="s">
+        <v>608</v>
+      </c>
       <c r="J195" s="15">
-        <v>50</v>
+        <v>1000</v>
       </c>
       <c r="K195" s="15">
-        <v>4.95</v>
+        <v>1.14</v>
       </c>
       <c r="L195" s="15">
-        <v>4.15</v>
+        <v>1.06</v>
       </c>
       <c r="M195" s="15">
-        <v>3.99</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.98885</v>
+      </c>
+      <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="E196" s="15">
-        <v>10080005031</v>
+        <v>10080005033</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>50</v>
       </c>
       <c r="K196" s="15">
-        <v>2.89</v>
+        <v>4.95</v>
       </c>
       <c r="L196" s="15">
-        <v>2.89</v>
+        <v>4.15</v>
       </c>
       <c r="M196" s="15">
-        <v>2.89</v>
-[...1 lines deleted...]
-      <c r="N196" s="15"/>
+        <v>3.99</v>
+      </c>
+      <c r="N196" s="15">
+        <v>114</v>
+      </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="E197" s="15">
-        <v>10080005034</v>
+        <v>10080005031</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>50</v>
       </c>
       <c r="K197" s="15">
-        <v>2.38</v>
+        <v>2.89</v>
       </c>
       <c r="L197" s="15">
-        <v>2.38</v>
+        <v>2.89</v>
       </c>
       <c r="M197" s="15">
-        <v>2.38</v>
+        <v>2.89</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E198" s="15">
-        <v>10080058923</v>
+        <v>10080005034</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="K198" s="15">
-        <v>1.64</v>
+        <v>2.38</v>
       </c>
       <c r="L198" s="15">
-        <v>0</v>
+        <v>2.38</v>
       </c>
       <c r="M198" s="15">
-        <v>0</v>
+        <v>2.38</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="E199" s="15">
-        <v>10080058922</v>
+        <v>10080058923</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I199" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I199" s="15"/>
       <c r="J199" s="15">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="K199" s="15">
-        <v>1.49</v>
+        <v>1.64</v>
       </c>
       <c r="L199" s="15">
-        <v>1.29</v>
+        <v>0</v>
       </c>
       <c r="M199" s="15">
-        <v>1.24</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
-      <c r="Q199" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>618</v>
+      </c>
+      <c r="E200" s="15">
+        <v>10080058922</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="J200" s="15">
         <v>20</v>
       </c>
       <c r="K200" s="15">
-        <v>1.07</v>
+        <v>1.49</v>
       </c>
       <c r="L200" s="15">
-        <v>1.07</v>
+        <v>1.29</v>
       </c>
       <c r="M200" s="15">
-        <v>1.07</v>
-[...1 lines deleted...]
-      <c r="N200" s="15"/>
+        <v>1.24</v>
+      </c>
+      <c r="N200" s="15">
+        <v>1980</v>
+      </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
-      <c r="Q200" s="15"/>
+      <c r="Q200" s="15">
+        <v>1000</v>
+      </c>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I201" s="15"/>
+      <c r="I201" s="15" t="s">
+        <v>623</v>
+      </c>
       <c r="J201" s="15">
         <v>20</v>
       </c>
       <c r="K201" s="15">
-        <v>1.26</v>
+        <v>1.07</v>
       </c>
       <c r="L201" s="15">
-        <v>1.14</v>
+        <v>1.07</v>
       </c>
       <c r="M201" s="15">
-        <v>1.06</v>
+        <v>1.07</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-        <v>10080061198</v>
+        <v>625</v>
+      </c>
+      <c r="E202" s="15" t="s">
+        <v>626</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
         <v>20</v>
       </c>
       <c r="K202" s="15">
-        <v>1.07</v>
+        <v>1.26</v>
       </c>
       <c r="L202" s="15">
-        <v>0.93025</v>
+        <v>1.14</v>
       </c>
       <c r="M202" s="15">
-        <v>0.8944800000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.06</v>
+      </c>
+      <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="E203" s="15">
-        <v>10080069794</v>
+        <v>10080061198</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>20</v>
       </c>
       <c r="K203" s="15">
-        <v>2.32</v>
+        <v>1.07</v>
       </c>
       <c r="L203" s="15">
-        <v>1.94</v>
+        <v>0.93025</v>
       </c>
       <c r="M203" s="15">
-        <v>1.86</v>
-[...1 lines deleted...]
-      <c r="N203" s="15"/>
+        <v>0.8944800000000001</v>
+      </c>
+      <c r="N203" s="15">
+        <v>1448</v>
+      </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="E204" s="15">
-        <v>10080005384</v>
+        <v>10080069794</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I204" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I204" s="15"/>
       <c r="J204" s="15">
-        <v>60</v>
+        <v>20</v>
       </c>
       <c r="K204" s="15">
-        <v>1.71</v>
+        <v>2.32</v>
       </c>
       <c r="L204" s="15">
-        <v>0.90626</v>
+        <v>1.94</v>
       </c>
       <c r="M204" s="15">
-        <v>0.77298</v>
+        <v>1.86</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="E205" s="15">
-        <v>10080018891</v>
+        <v>10080005384</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="J205" s="15">
         <v>60</v>
       </c>
       <c r="K205" s="15">
-        <v>1.87</v>
+        <v>1.71</v>
       </c>
       <c r="L205" s="15">
-        <v>0.9929</v>
+        <v>0.90626</v>
       </c>
       <c r="M205" s="15">
-        <v>0.84688</v>
+        <v>0.77298</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-        <v>633</v>
+        <v>635</v>
+      </c>
+      <c r="E206" s="15">
+        <v>10080018891</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I206" s="15"/>
+      <c r="I206" s="15" t="s">
+        <v>636</v>
+      </c>
       <c r="J206" s="15">
-        <v>30</v>
+        <v>60</v>
       </c>
       <c r="K206" s="15">
-        <v>6.85</v>
+        <v>1.87</v>
       </c>
       <c r="L206" s="15">
-        <v>5.94</v>
+        <v>0.9929</v>
       </c>
       <c r="M206" s="15">
-        <v>5.71</v>
+        <v>0.84688</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>635</v>
-[...2 lines deleted...]
-        <v>10080056319</v>
+        <v>638</v>
+      </c>
+      <c r="E207" s="15" t="s">
+        <v>639</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K207" s="15">
-        <v>3.57</v>
+        <v>6.85</v>
       </c>
       <c r="L207" s="15">
-        <v>0</v>
+        <v>5.94</v>
       </c>
       <c r="M207" s="15">
-        <v>0</v>
+        <v>5.71</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>641</v>
+      </c>
+      <c r="E208" s="15">
+        <v>10080056319</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>50</v>
       </c>
       <c r="K208" s="15">
-        <v>1.36</v>
+        <v>3.57</v>
       </c>
       <c r="L208" s="15">
-        <v>1.36</v>
+        <v>0</v>
       </c>
       <c r="M208" s="15">
-        <v>1.36</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-        <v>10080005353</v>
+        <v>643</v>
+      </c>
+      <c r="E209" s="15" t="s">
+        <v>644</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I209" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>50</v>
       </c>
       <c r="K209" s="15">
-        <v>1.55</v>
+        <v>1.36</v>
       </c>
       <c r="L209" s="15">
-        <v>1.34</v>
+        <v>1.36</v>
       </c>
       <c r="M209" s="15">
-        <v>1.29</v>
+        <v>1.36</v>
       </c>
       <c r="N209" s="15">
-        <v>194</v>
+        <v>522</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="E210" s="15">
-        <v>10080005032</v>
+        <v>10080005353</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="J210" s="15">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="K210" s="15">
-        <v>1.63</v>
+        <v>1.58</v>
       </c>
       <c r="L210" s="15">
-        <v>1.53</v>
+        <v>1.37</v>
       </c>
       <c r="M210" s="15">
-        <v>1.48</v>
-[...1 lines deleted...]
-      <c r="N210" s="15"/>
+        <v>1.32</v>
+      </c>
+      <c r="N210" s="15">
+        <v>173</v>
+      </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="E211" s="15">
-        <v>10080033597</v>
+        <v>10080005032</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="J211" s="15">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="K211" s="15">
-        <v>1.56</v>
+        <v>1.63</v>
       </c>
       <c r="L211" s="15">
-        <v>1.41</v>
+        <v>1.53</v>
       </c>
       <c r="M211" s="15">
-        <v>1.31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.48</v>
+      </c>
+      <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>652</v>
+      </c>
+      <c r="E212" s="15">
+        <v>10080033597</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="J212" s="15">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="K212" s="15">
-        <v>1.68</v>
+        <v>1.56</v>
       </c>
       <c r="L212" s="15">
-        <v>1.57</v>
+        <v>1.41</v>
       </c>
       <c r="M212" s="15">
-        <v>1.52</v>
-[...1 lines deleted...]
-      <c r="N212" s="15"/>
+        <v>1.31</v>
+      </c>
+      <c r="N212" s="15">
+        <v>2544</v>
+      </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I213" s="15"/>
+      <c r="I213" s="15" t="s">
+        <v>657</v>
+      </c>
       <c r="J213" s="15">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="K213" s="15">
-        <v>0.89085</v>
+        <v>1.68</v>
       </c>
       <c r="L213" s="15">
-        <v>0.89085</v>
+        <v>1.57</v>
       </c>
       <c r="M213" s="15">
-        <v>0.89085</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.52</v>
+      </c>
+      <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>656</v>
-[...2 lines deleted...]
-        <v>10080044038</v>
+        <v>659</v>
+      </c>
+      <c r="E214" s="15" t="s">
+        <v>660</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>50</v>
       </c>
       <c r="K214" s="15">
-        <v>3.7</v>
+        <v>0.89085</v>
       </c>
       <c r="L214" s="15">
-        <v>3.03</v>
+        <v>0.89085</v>
       </c>
       <c r="M214" s="15">
-        <v>2.91</v>
-[...1 lines deleted...]
-      <c r="N214" s="15"/>
+        <v>0.89085</v>
+      </c>
+      <c r="N214" s="15">
+        <v>936</v>
+      </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="E215" s="15">
-        <v>10080051424</v>
+        <v>10080044038</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>50</v>
       </c>
       <c r="K215" s="15">
-        <v>0.96995</v>
+        <v>3.7</v>
       </c>
       <c r="L215" s="15">
-        <v>0.84062</v>
+        <v>3.03</v>
       </c>
       <c r="M215" s="15">
-        <v>0.80829</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.91</v>
+      </c>
+      <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="E216" s="15">
-        <v>10080044037</v>
+        <v>10080051424</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>50</v>
       </c>
       <c r="K216" s="15">
-        <v>4.13</v>
+        <v>0.96995</v>
       </c>
       <c r="L216" s="15">
-        <v>3.38</v>
+        <v>0.84062</v>
       </c>
       <c r="M216" s="15">
-        <v>3.25</v>
-[...3 lines deleted...]
-      <c r="P216" s="15"/>
+        <v>0.80829</v>
+      </c>
+      <c r="N216" s="15">
+        <v>533</v>
+      </c>
+      <c r="O216" s="15">
+        <v>410</v>
+      </c>
+      <c r="P216" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="E217" s="15">
-        <v>10080049015</v>
+        <v>10080044037</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I217" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>50</v>
       </c>
       <c r="K217" s="15">
-        <v>0.6456499999999999</v>
+        <v>4.13</v>
       </c>
       <c r="L217" s="15">
-        <v>0.6456499999999999</v>
+        <v>3.38</v>
       </c>
       <c r="M217" s="15">
-        <v>0.6456499999999999</v>
+        <v>3.25</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>668</v>
+      </c>
+      <c r="E218" s="15">
+        <v>10080049015</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I218" s="15"/>
+      <c r="I218" s="15" t="s">
+        <v>669</v>
+      </c>
       <c r="J218" s="15">
         <v>50</v>
       </c>
       <c r="K218" s="15">
-        <v>0.66209</v>
+        <v>0.6456499999999999</v>
       </c>
       <c r="L218" s="15">
-        <v>0.66209</v>
+        <v>0.6456499999999999</v>
       </c>
       <c r="M218" s="15">
-        <v>0.66209</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6456499999999999</v>
+      </c>
+      <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I219" s="15"/>
       <c r="J219" s="15">
         <v>50</v>
       </c>
       <c r="K219" s="15">
-        <v>1.77</v>
+        <v>0.66209</v>
       </c>
       <c r="L219" s="15">
-        <v>1.77</v>
+        <v>0.66209</v>
       </c>
       <c r="M219" s="15">
-        <v>1.77</v>
+        <v>0.66209</v>
       </c>
       <c r="N219" s="15">
-        <v>612</v>
+        <v>260</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="E220" s="15" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="K220" s="15">
-        <v>2.05</v>
+        <v>1.77</v>
       </c>
       <c r="L220" s="15">
-        <v>2.05</v>
+        <v>1.77</v>
       </c>
       <c r="M220" s="15">
-        <v>2.05</v>
+        <v>1.77</v>
       </c>
       <c r="N220" s="15">
-        <v>722</v>
+        <v>756</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-        <v>10080059919</v>
+        <v>677</v>
+      </c>
+      <c r="E221" s="15" t="s">
+        <v>678</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
-        <v>50</v>
+        <v>400</v>
       </c>
       <c r="K221" s="15">
-        <v>2.34</v>
+        <v>2.05</v>
       </c>
       <c r="L221" s="15">
-        <v>2.18</v>
+        <v>2.05</v>
       </c>
       <c r="M221" s="15">
-        <v>2.03</v>
-[...1 lines deleted...]
-      <c r="N221" s="15"/>
+        <v>2.05</v>
+      </c>
+      <c r="N221" s="15">
+        <v>606</v>
+      </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>680</v>
+      </c>
+      <c r="E222" s="15">
+        <v>10080059919</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>50</v>
       </c>
       <c r="K222" s="15">
-        <v>1.52</v>
+        <v>2.34</v>
       </c>
       <c r="L222" s="15">
-        <v>1.37</v>
+        <v>2.18</v>
       </c>
       <c r="M222" s="15">
-        <v>1.28</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.03</v>
+      </c>
+      <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
-      <c r="Q222" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="E223" s="15" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="K223" s="15">
-        <v>0.79451</v>
+        <v>1.52</v>
       </c>
       <c r="L223" s="15">
-        <v>0.79451</v>
+        <v>1.37</v>
       </c>
       <c r="M223" s="15">
-        <v>0.79451</v>
+        <v>1.28</v>
       </c>
       <c r="N223" s="15">
-        <v>470</v>
+        <v>4422</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
-      <c r="Q223" s="15"/>
+      <c r="Q223" s="15">
+        <v>400</v>
+      </c>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-        <v>10080060369</v>
+        <v>685</v>
+      </c>
+      <c r="E224" s="15" t="s">
+        <v>686</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="K224" s="15">
-        <v>0.9399999999999999</v>
+        <v>0.79451</v>
       </c>
       <c r="L224" s="15">
-        <v>0.9399999999999999</v>
+        <v>0.79451</v>
       </c>
       <c r="M224" s="15">
-        <v>0.9399999999999999</v>
+        <v>0.79451</v>
       </c>
       <c r="N224" s="15">
-        <v>1465</v>
+        <v>488</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>688</v>
+      </c>
+      <c r="E225" s="15">
+        <v>10080060369</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="K225" s="15">
-        <v>0.95946</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="L225" s="15">
-        <v>0.86779</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="M225" s="15">
-        <v>0.80668</v>
+        <v>0.9399999999999999</v>
       </c>
       <c r="N225" s="15">
-        <v>380</v>
+        <v>1393</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="E226" s="15" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="K226" s="15">
-        <v>1.09</v>
+        <v>0.95946</v>
       </c>
       <c r="L226" s="15">
-        <v>0.91057</v>
+        <v>0.86779</v>
       </c>
       <c r="M226" s="15">
-        <v>0.8755500000000001</v>
-[...3 lines deleted...]
-      <c r="P226" s="15"/>
+        <v>0.80668</v>
+      </c>
+      <c r="N226" s="15">
+        <v>407</v>
+      </c>
+      <c r="O226" s="15">
+        <v>440</v>
+      </c>
+      <c r="P226" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>10080060371</v>
+        <v>693</v>
+      </c>
+      <c r="E227" s="15" t="s">
+        <v>694</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="K227" s="15">
-        <v>0.6760699999999999</v>
+        <v>1.09</v>
       </c>
       <c r="L227" s="15">
-        <v>0.6760699999999999</v>
+        <v>0.91057</v>
       </c>
       <c r="M227" s="15">
-        <v>0.6760699999999999</v>
-[...5 lines deleted...]
-      <c r="P227" s="15"/>
+        <v>0.8755500000000001</v>
+      </c>
+      <c r="N227" s="15"/>
+      <c r="O227" s="15">
+        <v>166</v>
+      </c>
+      <c r="P227" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>692</v>
-[...2 lines deleted...]
-        <v>693</v>
+        <v>696</v>
+      </c>
+      <c r="E228" s="15">
+        <v>10080060371</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>110</v>
       </c>
       <c r="K228" s="15">
-        <v>1.07</v>
+        <v>0.6760699999999999</v>
       </c>
       <c r="L228" s="15">
-        <v>0.8974</v>
+        <v>0.6760699999999999</v>
       </c>
       <c r="M228" s="15">
-        <v>0.86289</v>
-[...3 lines deleted...]
-      <c r="P228" s="15"/>
+        <v>0.6760699999999999</v>
+      </c>
+      <c r="N228" s="15">
+        <v>455</v>
+      </c>
+      <c r="O228" s="15">
+        <v>900</v>
+      </c>
+      <c r="P228" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="E229" s="15" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="K229" s="15">
-        <v>3.71</v>
+        <v>1.07</v>
       </c>
       <c r="L229" s="15">
-        <v>3.11</v>
+        <v>0.8974</v>
       </c>
       <c r="M229" s="15">
-        <v>2.99</v>
+        <v>0.86289</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
-      <c r="Q229" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="E230" s="15" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15">
         <v>20</v>
       </c>
       <c r="K230" s="15">
-        <v>3.94</v>
+        <v>3.71</v>
       </c>
       <c r="L230" s="15">
-        <v>3.77</v>
+        <v>3.11</v>
       </c>
       <c r="M230" s="15">
-        <v>3.77</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.99</v>
+      </c>
+      <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15">
         <v>320</v>
       </c>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="E231" s="15" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>20</v>
       </c>
       <c r="K231" s="15">
         <v>3.94</v>
       </c>
       <c r="L231" s="15">
         <v>3.77</v>
       </c>
       <c r="M231" s="15">
         <v>3.77</v>
       </c>
       <c r="N231" s="15">
         <v>10</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15">
         <v>320</v>
       </c>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="E232" s="15" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="K232" s="15">
-        <v>2.09</v>
+        <v>3.94</v>
       </c>
       <c r="L232" s="15">
-        <v>2.09</v>
+        <v>3.77</v>
       </c>
       <c r="M232" s="15">
-        <v>2.09</v>
+        <v>3.77</v>
       </c>
       <c r="N232" s="15">
-        <v>1170</v>
+        <v>10</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
-      <c r="Q232" s="15"/>
+      <c r="Q232" s="15">
+        <v>320</v>
+      </c>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>10080005029</v>
+        <v>710</v>
+      </c>
+      <c r="E233" s="15" t="s">
+        <v>711</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I233" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I233" s="15"/>
       <c r="J233" s="15">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K233" s="15">
-        <v>5.66</v>
+        <v>2.09</v>
       </c>
       <c r="L233" s="15">
-        <v>5.3</v>
+        <v>2.09</v>
       </c>
       <c r="M233" s="15">
-        <v>5.13</v>
-[...1 lines deleted...]
-      <c r="N233" s="15"/>
+        <v>2.09</v>
+      </c>
+      <c r="N233" s="15">
+        <v>1109</v>
+      </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>710</v>
-[...2 lines deleted...]
-        <v>711</v>
+        <v>713</v>
+      </c>
+      <c r="E234" s="15">
+        <v>10080005029</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I234" s="15"/>
+      <c r="I234" s="15" t="s">
+        <v>714</v>
+      </c>
       <c r="J234" s="15">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K234" s="15">
-        <v>2.42</v>
+        <v>5.66</v>
       </c>
       <c r="L234" s="15">
-        <v>2.42</v>
+        <v>5.3</v>
       </c>
       <c r="M234" s="15">
-        <v>2.42</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.13</v>
+      </c>
+      <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>713</v>
-[...2 lines deleted...]
-        <v>10080005028</v>
+        <v>716</v>
+      </c>
+      <c r="E235" s="15" t="s">
+        <v>717</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K235" s="15">
-        <v>6.23</v>
+        <v>2.42</v>
       </c>
       <c r="L235" s="15">
-        <v>5.84</v>
+        <v>2.42</v>
       </c>
       <c r="M235" s="15">
-        <v>5.65</v>
-[...1 lines deleted...]
-      <c r="N235" s="15"/>
+        <v>2.42</v>
+      </c>
+      <c r="N235" s="15">
+        <v>1146</v>
+      </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="E236" s="15">
-        <v>10080005030</v>
+        <v>10080005028</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I236" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>40</v>
       </c>
       <c r="K236" s="15">
-        <v>5.79</v>
+        <v>6.23</v>
       </c>
       <c r="L236" s="15">
-        <v>5.43</v>
+        <v>5.84</v>
       </c>
       <c r="M236" s="15">
-        <v>5.25</v>
+        <v>5.65</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="E237" s="15">
-        <v>10080064677</v>
+        <v>10080005030</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I237" s="15"/>
+      <c r="I237" s="15" t="s">
+        <v>722</v>
+      </c>
       <c r="J237" s="15">
         <v>40</v>
       </c>
       <c r="K237" s="15">
-        <v>4.88</v>
+        <v>5.79</v>
       </c>
       <c r="L237" s="15">
-        <v>4.55</v>
+        <v>5.43</v>
       </c>
       <c r="M237" s="15">
-        <v>4.23</v>
+        <v>5.25</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>720</v>
-[...2 lines deleted...]
-        <v>721</v>
+        <v>724</v>
+      </c>
+      <c r="E238" s="15">
+        <v>10080064677</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>40</v>
       </c>
       <c r="K238" s="15">
-        <v>2.89</v>
+        <v>4.88</v>
       </c>
       <c r="L238" s="15">
-        <v>2.5</v>
+        <v>4.55</v>
       </c>
       <c r="M238" s="15">
-        <v>2.41</v>
+        <v>4.23</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
-      <c r="Q238" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>723</v>
-[...2 lines deleted...]
-        <v>10080059918</v>
+        <v>726</v>
+      </c>
+      <c r="E239" s="15" t="s">
+        <v>727</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K239" s="15">
-        <v>1.44</v>
+        <v>2.89</v>
       </c>
       <c r="L239" s="15">
-        <v>1.34</v>
+        <v>2.5</v>
       </c>
       <c r="M239" s="15">
-        <v>1.25</v>
+        <v>2.41</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
-      <c r="Q239" s="15"/>
+      <c r="Q239" s="15">
+        <v>240</v>
+      </c>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="E240" s="15">
-        <v>10080048662</v>
+        <v>10080059918</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="K240" s="15">
-        <v>0.60948</v>
+        <v>1.44</v>
       </c>
       <c r="L240" s="15">
-        <v>0.56884</v>
+        <v>1.34</v>
       </c>
       <c r="M240" s="15">
-        <v>0.52821</v>
+        <v>1.25</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-        <v>728</v>
+        <v>731</v>
+      </c>
+      <c r="E241" s="15">
+        <v>10080048662</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>100</v>
       </c>
       <c r="K241" s="15">
-        <v>0.51011</v>
+        <v>0.60948</v>
       </c>
       <c r="L241" s="15">
-        <v>0.47609</v>
+        <v>0.56884</v>
       </c>
       <c r="M241" s="15">
-        <v>0.44209</v>
+        <v>0.52821</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="E242" s="15" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>100</v>
       </c>
       <c r="K242" s="15">
-        <v>0.51752</v>
+        <v>0.51011</v>
       </c>
       <c r="L242" s="15">
-        <v>0.46807</v>
+        <v>0.47609</v>
       </c>
       <c r="M242" s="15">
-        <v>0.43511</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44209</v>
+      </c>
+      <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-        <v>10080048663</v>
+        <v>736</v>
+      </c>
+      <c r="E243" s="15" t="s">
+        <v>737</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I243" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>100</v>
       </c>
       <c r="K243" s="15">
-        <v>0.77789</v>
+        <v>0.51752</v>
       </c>
       <c r="L243" s="15">
-        <v>0.64824</v>
+        <v>0.46807</v>
       </c>
       <c r="M243" s="15">
-        <v>0.62232</v>
-[...3 lines deleted...]
-      <c r="P243" s="15"/>
+        <v>0.43511</v>
+      </c>
+      <c r="N243" s="15">
+        <v>4506</v>
+      </c>
+      <c r="O243" s="15">
+        <v>3550</v>
+      </c>
+      <c r="P243" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>739</v>
+      </c>
+      <c r="E244" s="15">
+        <v>10080048663</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="J244" s="15">
         <v>100</v>
       </c>
       <c r="K244" s="15">
-        <v>0.27899</v>
+        <v>0.77789</v>
       </c>
       <c r="L244" s="15">
-        <v>0.27899</v>
+        <v>0.64824</v>
       </c>
       <c r="M244" s="15">
-        <v>0.27899</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.62232</v>
+      </c>
+      <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-        <v>10080005364</v>
+        <v>742</v>
+      </c>
+      <c r="E245" s="15" t="s">
+        <v>743</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="J245" s="15">
         <v>100</v>
       </c>
       <c r="K245" s="15">
-        <v>1.08</v>
+        <v>0.27899</v>
       </c>
       <c r="L245" s="15">
-        <v>0.772</v>
+        <v>0.27899</v>
       </c>
       <c r="M245" s="15">
-        <v>0.67042</v>
-[...1 lines deleted...]
-      <c r="N245" s="15"/>
+        <v>0.27899</v>
+      </c>
+      <c r="N245" s="15">
+        <v>29085</v>
+      </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="E246" s="15">
-        <v>10080072039</v>
+        <v>10080005364</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="J246" s="15">
         <v>100</v>
       </c>
       <c r="K246" s="15">
-        <v>0.61886</v>
+        <v>1.08</v>
       </c>
       <c r="L246" s="15">
-        <v>0.53634</v>
+        <v>0.772</v>
       </c>
       <c r="M246" s="15">
-        <v>0.51571</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.67042</v>
+      </c>
+      <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="E247" s="15">
-        <v>10080075580</v>
+        <v>10080072039</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="J247" s="15"/>
+        <v>750</v>
+      </c>
+      <c r="J247" s="15">
+        <v>100</v>
+      </c>
       <c r="K247" s="15">
-        <v>0.7727000000000001</v>
+        <v>0.61886</v>
       </c>
       <c r="L247" s="15">
-        <v>0.64807</v>
+        <v>0.53634</v>
       </c>
       <c r="M247" s="15">
-        <v>0.62314</v>
-[...1 lines deleted...]
-      <c r="N247" s="15"/>
+        <v>0.51571</v>
+      </c>
+      <c r="N247" s="15">
+        <v>2240</v>
+      </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
       <c r="E248" s="15">
-        <v>10080054076</v>
+        <v>10080075580</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I248" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I248" s="15" t="s">
+        <v>753</v>
+      </c>
+      <c r="J248" s="15"/>
       <c r="K248" s="15">
-        <v>0.41</v>
+        <v>0.7727000000000001</v>
       </c>
       <c r="L248" s="15">
-        <v>0.41</v>
+        <v>0.64807</v>
       </c>
       <c r="M248" s="15">
-        <v>0.41</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.62314</v>
+      </c>
+      <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="E249" s="15">
-        <v>10080005362</v>
+        <v>10080054076</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I249" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>100</v>
       </c>
       <c r="K249" s="15">
-        <v>0.93501</v>
+        <v>0.41</v>
       </c>
       <c r="L249" s="15">
-        <v>0.67038</v>
+        <v>0.41</v>
       </c>
       <c r="M249" s="15">
-        <v>0.58218</v>
-[...1 lines deleted...]
-      <c r="N249" s="15"/>
+        <v>0.41</v>
+      </c>
+      <c r="N249" s="15">
+        <v>294</v>
+      </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>757</v>
+      </c>
+      <c r="E250" s="15">
+        <v>10080005362</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I250" s="15"/>
+      <c r="I250" s="15" t="s">
+        <v>758</v>
+      </c>
       <c r="J250" s="15">
         <v>100</v>
       </c>
       <c r="K250" s="15">
-        <v>0.5335800000000001</v>
+        <v>0.93501</v>
       </c>
       <c r="L250" s="15">
-        <v>0.4826</v>
+        <v>0.67038</v>
       </c>
       <c r="M250" s="15">
-        <v>0.44862</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.58218</v>
+      </c>
+      <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>757</v>
-[...2 lines deleted...]
-        <v>10080065751</v>
+        <v>760</v>
+      </c>
+      <c r="E251" s="15" t="s">
+        <v>761</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I251" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>100</v>
       </c>
       <c r="K251" s="15">
-        <v>0.42138</v>
+        <v>0.5335800000000001</v>
       </c>
       <c r="L251" s="15">
-        <v>0.3652</v>
+        <v>0.4826</v>
       </c>
       <c r="M251" s="15">
-        <v>0.35115</v>
+        <v>0.44862</v>
       </c>
       <c r="N251" s="15">
-        <v>690</v>
+        <v>7002</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="E252" s="15">
-        <v>10080005363</v>
+        <v>10080065751</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I252" s="15"/>
+      <c r="I252" s="15" t="s">
+        <v>764</v>
+      </c>
       <c r="J252" s="15">
         <v>100</v>
       </c>
       <c r="K252" s="15">
-        <v>1.16</v>
+        <v>0.42138</v>
       </c>
       <c r="L252" s="15">
-        <v>0.8319</v>
+        <v>0.3652</v>
       </c>
       <c r="M252" s="15">
-        <v>0.72243</v>
-[...1 lines deleted...]
-      <c r="N252" s="15"/>
+        <v>0.35115</v>
+      </c>
+      <c r="N252" s="15">
+        <v>640</v>
+      </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="E253" s="15">
-        <v>10080072040</v>
+        <v>10080005363</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>100</v>
       </c>
       <c r="K253" s="15">
-        <v>0.53442</v>
+        <v>1.16</v>
       </c>
       <c r="L253" s="15">
-        <v>0.49878</v>
+        <v>0.8319</v>
       </c>
       <c r="M253" s="15">
-        <v>0.46316</v>
+        <v>0.72243</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="E254" s="15">
-        <v>10080055001</v>
+        <v>10080072040</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I254" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>100</v>
       </c>
       <c r="K254" s="15">
-        <v>0.70834</v>
+        <v>0.53442</v>
       </c>
       <c r="L254" s="15">
-        <v>0.66112</v>
+        <v>0.49878</v>
       </c>
       <c r="M254" s="15">
-        <v>0.61389</v>
+        <v>0.46316</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="E255" s="15">
-        <v>10080074901</v>
+        <v>10080055001</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="J255" s="15">
         <v>100</v>
       </c>
       <c r="K255" s="15">
-        <v>0.65772</v>
+        <v>0.70834</v>
       </c>
       <c r="L255" s="15">
-        <v>0.57002</v>
+        <v>0.66112</v>
       </c>
       <c r="M255" s="15">
-        <v>0.5481</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.61389</v>
+      </c>
+      <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>770</v>
-[...2 lines deleted...]
-        <v>771</v>
+        <v>773</v>
+      </c>
+      <c r="E256" s="15">
+        <v>10080074901</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="J256" s="15">
         <v>100</v>
       </c>
       <c r="K256" s="15">
-        <v>0.58752</v>
+        <v>0.65772</v>
       </c>
       <c r="L256" s="15">
-        <v>0.58752</v>
+        <v>0.57002</v>
       </c>
       <c r="M256" s="15">
-        <v>0.58752</v>
-[...1 lines deleted...]
-      <c r="N256" s="15"/>
+        <v>0.5481</v>
+      </c>
+      <c r="N256" s="15">
+        <v>657</v>
+      </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-        <v>10080069888</v>
+        <v>776</v>
+      </c>
+      <c r="E257" s="15" t="s">
+        <v>777</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I257" s="15"/>
+      <c r="I257" s="15" t="s">
+        <v>778</v>
+      </c>
       <c r="J257" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K257" s="15">
-        <v>0.3725</v>
+        <v>0.58752</v>
       </c>
       <c r="L257" s="15">
-        <v>0.3725</v>
+        <v>0.58752</v>
       </c>
       <c r="M257" s="15">
-        <v>0.3725</v>
+        <v>0.58752</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="E258" s="15">
-        <v>10080065988</v>
+        <v>10080069888</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I258" s="15"/>
       <c r="J258" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K258" s="15">
-        <v>3.37</v>
+        <v>0.3725</v>
       </c>
       <c r="L258" s="15">
-        <v>2.81</v>
+        <v>0.3725</v>
       </c>
       <c r="M258" s="15">
-        <v>2.7</v>
+        <v>0.3725</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>782</v>
+      </c>
+      <c r="E259" s="15">
+        <v>10080065988</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I259" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I259" s="15"/>
       <c r="J259" s="15">
         <v>100</v>
       </c>
       <c r="K259" s="15">
-        <v>0.78781</v>
+        <v>3.37</v>
       </c>
       <c r="L259" s="15">
-        <v>0.73699</v>
+        <v>2.81</v>
       </c>
       <c r="M259" s="15">
-        <v>0.68616</v>
+        <v>2.7</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>10080076426</v>
+        <v>784</v>
+      </c>
+      <c r="E260" s="15" t="s">
+        <v>785</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I260" s="15"/>
-      <c r="J260" s="15"/>
+      <c r="I260" s="15" t="s">
+        <v>786</v>
+      </c>
+      <c r="J260" s="15">
+        <v>100</v>
+      </c>
       <c r="K260" s="15">
-        <v>3.31</v>
+        <v>0.78781</v>
       </c>
       <c r="L260" s="15">
-        <v>2.76</v>
+        <v>0.73699</v>
       </c>
       <c r="M260" s="15">
-        <v>2.65</v>
+        <v>0.68616</v>
       </c>
       <c r="N260" s="15"/>
-      <c r="O260" s="15"/>
-      <c r="P260" s="15"/>
+      <c r="O260" s="15">
+        <v>122</v>
+      </c>
+      <c r="P260" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="E261" s="15">
-        <v>10080005365</v>
+        <v>10080076426</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I261" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I261" s="15"/>
+      <c r="J261" s="15"/>
       <c r="K261" s="15">
-        <v>0.69214</v>
+        <v>3.31</v>
       </c>
       <c r="L261" s="15">
-        <v>0.69214</v>
+        <v>2.76</v>
       </c>
       <c r="M261" s="15">
-        <v>0.69214</v>
+        <v>2.65</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>787</v>
+        <v>790</v>
       </c>
       <c r="E262" s="15">
-        <v>10080074902</v>
+        <v>10080005365</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I262" s="15"/>
+      <c r="I262" s="15" t="s">
+        <v>791</v>
+      </c>
       <c r="J262" s="15">
         <v>100</v>
       </c>
       <c r="K262" s="15">
-        <v>0.82334</v>
+        <v>0.69214</v>
       </c>
       <c r="L262" s="15">
-        <v>0.74468</v>
+        <v>0.69214</v>
       </c>
       <c r="M262" s="15">
-        <v>0.69223</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.69214</v>
+      </c>
+      <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="E263" s="15">
-        <v>10080005366</v>
+        <v>10080074902</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I263" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>100</v>
       </c>
       <c r="K263" s="15">
-        <v>1.02</v>
+        <v>0.82334</v>
       </c>
       <c r="L263" s="15">
-        <v>0.9555900000000001</v>
+        <v>0.74468</v>
       </c>
       <c r="M263" s="15">
-        <v>0.88733</v>
-[...1 lines deleted...]
-      <c r="N263" s="15"/>
+        <v>0.69223</v>
+      </c>
+      <c r="N263" s="15">
+        <v>583</v>
+      </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>795</v>
+      </c>
+      <c r="E264" s="15">
+        <v>10080005366</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="J264" s="15">
         <v>100</v>
       </c>
       <c r="K264" s="15">
-        <v>0.49103</v>
+        <v>1.02</v>
       </c>
       <c r="L264" s="15">
-        <v>0.49103</v>
+        <v>0.9555900000000001</v>
       </c>
       <c r="M264" s="15">
-        <v>0.49103</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.88733</v>
+      </c>
+      <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>10080074903</v>
+        <v>798</v>
+      </c>
+      <c r="E265" s="15" t="s">
+        <v>799</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="J265" s="15">
         <v>100</v>
       </c>
       <c r="K265" s="15">
-        <v>0.46565</v>
+        <v>0.49103</v>
       </c>
       <c r="L265" s="15">
-        <v>0.46565</v>
+        <v>0.49103</v>
       </c>
       <c r="M265" s="15">
-        <v>0.46565</v>
+        <v>0.49103</v>
       </c>
       <c r="N265" s="15">
-        <v>899</v>
+        <v>15792</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="E266" s="15">
-        <v>10080056953</v>
+        <v>10080074903</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I266" s="15"/>
+      <c r="I266" s="15" t="s">
+        <v>803</v>
+      </c>
       <c r="J266" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K266" s="15">
-        <v>1.54</v>
+        <v>0.46565</v>
       </c>
       <c r="L266" s="15">
-        <v>0</v>
+        <v>0.46565</v>
       </c>
       <c r="M266" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N266" s="15"/>
+        <v>0.46565</v>
+      </c>
+      <c r="N266" s="15">
+        <v>911</v>
+      </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
-      <c r="Q266" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="E267" s="15">
-        <v>10080048312</v>
+        <v>10080056953</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K267" s="15">
-        <v>2.12</v>
+        <v>1.54</v>
       </c>
       <c r="L267" s="15">
-        <v>2.12</v>
+        <v>0</v>
       </c>
       <c r="M267" s="15">
-        <v>2.12</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
-      <c r="Q267" s="15"/>
+      <c r="Q267" s="15">
+        <v>1000</v>
+      </c>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="E268" s="15">
-        <v>10080067260</v>
+        <v>10080048312</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>25</v>
       </c>
       <c r="K268" s="15">
-        <v>6.11</v>
+        <v>2.12</v>
       </c>
       <c r="L268" s="15">
-        <v>5.09</v>
+        <v>2.12</v>
       </c>
       <c r="M268" s="15">
-        <v>4.89</v>
-[...1 lines deleted...]
-      <c r="N268" s="15"/>
+        <v>2.12</v>
+      </c>
+      <c r="N268" s="15">
+        <v>215</v>
+      </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="E269" s="15">
-        <v>10080056741</v>
+        <v>10080067260</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K269" s="15">
-        <v>0.5096000000000001</v>
+        <v>6.11</v>
       </c>
       <c r="L269" s="15">
-        <v>0.5096000000000001</v>
+        <v>5.09</v>
       </c>
       <c r="M269" s="15">
-        <v>0.5096000000000001</v>
+        <v>4.89</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="E270" s="15">
-        <v>10080061199</v>
+        <v>10080056741</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K270" s="15">
-        <v>0.55236</v>
+        <v>0.5096000000000001</v>
       </c>
       <c r="L270" s="15">
-        <v>0.51673</v>
+        <v>0.5096000000000001</v>
       </c>
       <c r="M270" s="15">
-        <v>0.48109</v>
+        <v>0.5096000000000001</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>813</v>
+      </c>
+      <c r="E271" s="15">
+        <v>10080061199</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
         <v>100</v>
       </c>
       <c r="K271" s="15">
-        <v>0.765</v>
+        <v>0.55236</v>
       </c>
       <c r="L271" s="15">
-        <v>0.69191</v>
+        <v>0.51673</v>
       </c>
       <c r="M271" s="15">
-        <v>0.64318</v>
-[...5 lines deleted...]
-      <c r="P271" s="15"/>
+        <v>0.48109</v>
+      </c>
+      <c r="N271" s="15"/>
+      <c r="O271" s="15">
+        <v>90</v>
+      </c>
+      <c r="P271" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>10080055192</v>
+        <v>815</v>
+      </c>
+      <c r="E272" s="15" t="s">
+        <v>816</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I272" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I272" s="15"/>
       <c r="J272" s="15">
         <v>100</v>
       </c>
       <c r="K272" s="15">
-        <v>0.36433</v>
+        <v>0.765</v>
       </c>
       <c r="L272" s="15">
-        <v>0.32953</v>
+        <v>0.69191</v>
       </c>
       <c r="M272" s="15">
-        <v>0.30632</v>
+        <v>0.64318</v>
       </c>
       <c r="N272" s="15">
-        <v>62350</v>
+        <v>350</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>818</v>
+      </c>
+      <c r="E273" s="15">
+        <v>10080055192</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="J273" s="15">
         <v>100</v>
       </c>
       <c r="K273" s="15">
-        <v>0.21437</v>
+        <v>0.36433</v>
       </c>
       <c r="L273" s="15">
-        <v>0.21437</v>
+        <v>0.32953</v>
       </c>
       <c r="M273" s="15">
-        <v>0.21437</v>
+        <v>0.30632</v>
       </c>
       <c r="N273" s="15">
-        <v>50</v>
+        <v>59189</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>819</v>
-[...2 lines deleted...]
-        <v>10080074691</v>
+        <v>821</v>
+      </c>
+      <c r="E274" s="15" t="s">
+        <v>822</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="J274" s="15">
         <v>100</v>
       </c>
       <c r="K274" s="15">
-        <v>2.03</v>
+        <v>0.21437</v>
       </c>
       <c r="L274" s="15">
-        <v>1.42</v>
+        <v>0.21437</v>
       </c>
       <c r="M274" s="15">
-        <v>1.3</v>
+        <v>0.21437</v>
       </c>
       <c r="N274" s="15">
-        <v>10066</v>
+        <v>50</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="E275" s="15">
-        <v>10080005035</v>
+        <v>10080074691</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="J275" s="15">
         <v>100</v>
       </c>
       <c r="K275" s="15">
-        <v>1.5</v>
+        <v>2.03</v>
       </c>
       <c r="L275" s="15">
+        <v>1.42</v>
+      </c>
+      <c r="M275" s="15">
         <v>1.3</v>
       </c>
-      <c r="M275" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="N275" s="15">
-        <v>367</v>
+        <v>12376</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-        <v>826</v>
+        <v>828</v>
+      </c>
+      <c r="E276" s="15">
+        <v>10080005035</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="J276" s="15">
         <v>100</v>
       </c>
       <c r="K276" s="15">
-        <v>1.46</v>
+        <v>1.5</v>
       </c>
       <c r="L276" s="15">
-        <v>1.27</v>
+        <v>1.3</v>
       </c>
       <c r="M276" s="15">
-        <v>1.22</v>
+        <v>1.25</v>
       </c>
       <c r="N276" s="15">
-        <v>2788</v>
+        <v>376</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="E277" s="15" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I277" s="15" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="J277" s="15">
         <v>100</v>
       </c>
       <c r="K277" s="15">
-        <v>2.27</v>
+        <v>1.46</v>
       </c>
       <c r="L277" s="15">
-        <v>1.91</v>
+        <v>1.27</v>
       </c>
       <c r="M277" s="15">
-        <v>1.83</v>
-[...1 lines deleted...]
-      <c r="N277" s="15"/>
+        <v>1.22</v>
+      </c>
+      <c r="N277" s="15">
+        <v>3077</v>
+      </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>10080042776</v>
+        <v>835</v>
+      </c>
+      <c r="E278" s="15" t="s">
+        <v>836</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I278" s="15"/>
+      <c r="I278" s="15" t="s">
+        <v>837</v>
+      </c>
       <c r="J278" s="15">
         <v>100</v>
       </c>
       <c r="K278" s="15">
-        <v>0.85036</v>
+        <v>2.27</v>
       </c>
       <c r="L278" s="15">
-        <v>0.85036</v>
+        <v>1.91</v>
       </c>
       <c r="M278" s="15">
-        <v>0.85036</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.83</v>
+      </c>
+      <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>839</v>
+      </c>
+      <c r="E279" s="15">
+        <v>10080042776</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I279" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>100</v>
       </c>
       <c r="K279" s="15">
-        <v>1.64</v>
+        <v>0.85036</v>
       </c>
       <c r="L279" s="15">
-        <v>1.64</v>
+        <v>0.85036</v>
       </c>
       <c r="M279" s="15">
-        <v>1.64</v>
-[...1 lines deleted...]
-      <c r="N279" s="15"/>
+        <v>0.85036</v>
+      </c>
+      <c r="N279" s="15">
+        <v>17996</v>
+      </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I280" s="15"/>
+      <c r="I280" s="15" t="s">
+        <v>843</v>
+      </c>
       <c r="J280" s="15">
-        <v>1600</v>
+        <v>100</v>
       </c>
       <c r="K280" s="15">
-        <v>0.56679</v>
+        <v>1.64</v>
       </c>
       <c r="L280" s="15">
-        <v>0.51263</v>
+        <v>1.64</v>
       </c>
       <c r="M280" s="15">
-        <v>0.47653</v>
+        <v>1.64</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>10080054237</v>
+        <v>845</v>
+      </c>
+      <c r="E281" s="15" t="s">
+        <v>846</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
-        <v>50</v>
+        <v>1600</v>
       </c>
       <c r="K281" s="15">
-        <v>1.41</v>
+        <v>0.56679</v>
       </c>
       <c r="L281" s="15">
-        <v>1.18</v>
+        <v>0.51263</v>
       </c>
       <c r="M281" s="15">
-        <v>1.14</v>
+        <v>0.47653</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="E282" s="15">
-        <v>10080068722</v>
+        <v>10080054237</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>150</v>
+        <v>50</v>
       </c>
       <c r="K282" s="15">
-        <v>0.69389</v>
+        <v>1.41</v>
       </c>
       <c r="L282" s="15">
-        <v>0.57824</v>
+        <v>1.18</v>
       </c>
       <c r="M282" s="15">
-        <v>0.5551199999999999</v>
+        <v>1.14</v>
       </c>
       <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="E283" s="15">
-        <v>10080064521</v>
+        <v>10080068722</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K283" s="15">
-        <v>1.57</v>
+        <v>0.69389</v>
       </c>
       <c r="L283" s="15">
-        <v>1.13</v>
+        <v>0.57824</v>
       </c>
       <c r="M283" s="15">
-        <v>0.9772</v>
+        <v>0.5551199999999999</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="E284" s="15">
-        <v>10080055176</v>
+        <v>10080064521</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>100</v>
       </c>
       <c r="K284" s="15">
         <v>1.57</v>
       </c>
       <c r="L284" s="15">
-        <v>1.31</v>
+        <v>1.13</v>
       </c>
       <c r="M284" s="15">
-        <v>1.25</v>
+        <v>0.9772</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="E285" s="15">
-        <v>10080065797</v>
+        <v>10080055176</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>100</v>
       </c>
       <c r="K285" s="15">
-        <v>1.1</v>
+        <v>1.57</v>
       </c>
       <c r="L285" s="15">
-        <v>0.79657</v>
+        <v>1.31</v>
       </c>
       <c r="M285" s="15">
-        <v>0.6951000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.25</v>
+      </c>
+      <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>856</v>
+      </c>
+      <c r="E286" s="15">
+        <v>10080065797</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>100</v>
       </c>
       <c r="K286" s="15">
-        <v>0.67993</v>
+        <v>0.7611</v>
       </c>
       <c r="L286" s="15">
-        <v>0.67993</v>
+        <v>0.65962</v>
       </c>
       <c r="M286" s="15">
-        <v>0.67993</v>
+        <v>0.63425</v>
       </c>
       <c r="N286" s="15">
-        <v>2055</v>
+        <v>8029</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>855</v>
-[...2 lines deleted...]
-        <v>10080026809</v>
+        <v>858</v>
+      </c>
+      <c r="E287" s="15" t="s">
+        <v>859</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>100</v>
       </c>
       <c r="K287" s="15">
-        <v>1.75</v>
+        <v>0.67993</v>
       </c>
       <c r="L287" s="15">
-        <v>1.47</v>
+        <v>0.67993</v>
       </c>
       <c r="M287" s="15">
-        <v>1.41</v>
-[...1 lines deleted...]
-      <c r="N287" s="15"/>
+        <v>0.67993</v>
+      </c>
+      <c r="N287" s="15">
+        <v>2665</v>
+      </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="E288" s="15">
-        <v>10080074906</v>
+        <v>10080026809</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>100</v>
       </c>
       <c r="K288" s="15">
-        <v>0.9926199999999999</v>
+        <v>1.75</v>
       </c>
       <c r="L288" s="15">
-        <v>0.89778</v>
+        <v>1.47</v>
       </c>
       <c r="M288" s="15">
-        <v>0.83456</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.41</v>
+      </c>
+      <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="E289" s="15">
-        <v>10080015790</v>
+        <v>10080074906</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>100</v>
       </c>
       <c r="K289" s="15">
-        <v>0.8258</v>
+        <v>0.9926199999999999</v>
       </c>
       <c r="L289" s="15">
-        <v>0.71569</v>
+        <v>0.89778</v>
       </c>
       <c r="M289" s="15">
-        <v>0.68816</v>
+        <v>0.83456</v>
       </c>
       <c r="N289" s="15">
-        <v>1235</v>
+        <v>3</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="E290" s="15">
-        <v>10080026808</v>
+        <v>10080015790</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>100</v>
       </c>
       <c r="K290" s="15">
-        <v>0.8455</v>
+        <v>0.8258</v>
       </c>
       <c r="L290" s="15">
-        <v>0.8455</v>
+        <v>0.71569</v>
       </c>
       <c r="M290" s="15">
-        <v>0.8455</v>
+        <v>0.68816</v>
       </c>
       <c r="N290" s="15">
-        <v>558</v>
+        <v>1034</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>867</v>
+      </c>
+      <c r="E291" s="15">
+        <v>10080026808</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>100</v>
       </c>
       <c r="K291" s="15">
-        <v>1.78</v>
+        <v>0.8455</v>
       </c>
       <c r="L291" s="15">
-        <v>1.32</v>
+        <v>0.8455</v>
       </c>
       <c r="M291" s="15">
-        <v>1.15</v>
-[...1 lines deleted...]
-      <c r="N291" s="15"/>
+        <v>0.8455</v>
+      </c>
+      <c r="N291" s="15">
+        <v>455</v>
+      </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>866</v>
-[...2 lines deleted...]
-        <v>10080049361</v>
+        <v>869</v>
+      </c>
+      <c r="E292" s="15" t="s">
+        <v>870</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K292" s="15">
-        <v>2.85</v>
+        <v>1.78</v>
       </c>
       <c r="L292" s="15">
-        <v>2.85</v>
+        <v>1.32</v>
       </c>
       <c r="M292" s="15">
-        <v>2.85</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.15</v>
+      </c>
+      <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
-      <c r="Q292" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>872</v>
+      </c>
+      <c r="E293" s="15">
+        <v>10080049361</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
         <v>50</v>
       </c>
       <c r="K293" s="15">
-        <v>0.76307</v>
+        <v>2.85</v>
       </c>
       <c r="L293" s="15">
-        <v>0.76307</v>
+        <v>2.85</v>
       </c>
       <c r="M293" s="15">
-        <v>0.76307</v>
-[...1 lines deleted...]
-      <c r="N293" s="15"/>
+        <v>2.85</v>
+      </c>
+      <c r="N293" s="15">
+        <v>5</v>
+      </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15">
         <v>1000</v>
       </c>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>50</v>
       </c>
       <c r="K294" s="15">
-        <v>0.97346</v>
+        <v>0.76307</v>
       </c>
       <c r="L294" s="15">
-        <v>0.88046</v>
+        <v>0.76307</v>
       </c>
       <c r="M294" s="15">
-        <v>0.81845</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.76307</v>
+      </c>
+      <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15">
         <v>1000</v>
       </c>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="E295" s="15" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I295" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I295" s="15"/>
       <c r="J295" s="15">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="K295" s="15">
-        <v>8.83</v>
+        <v>0.97346</v>
       </c>
       <c r="L295" s="15">
-        <v>7.99</v>
+        <v>0.88046</v>
       </c>
       <c r="M295" s="15">
-        <v>7.42</v>
-[...1 lines deleted...]
-      <c r="N295" s="15"/>
+        <v>0.81845</v>
+      </c>
+      <c r="N295" s="15">
+        <v>741</v>
+      </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15">
-        <v>300</v>
+        <v>1000</v>
       </c>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="E296" s="15" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="J296" s="15">
         <v>30</v>
       </c>
       <c r="K296" s="15">
-        <v>10</v>
+        <v>8.83</v>
       </c>
       <c r="L296" s="15">
-        <v>6.94</v>
+        <v>7.99</v>
       </c>
       <c r="M296" s="15">
-        <v>6.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.42</v>
+      </c>
+      <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15">
         <v>300</v>
       </c>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="E297" s="15" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I297" s="15"/>
+      <c r="I297" s="15" t="s">
+        <v>882</v>
+      </c>
       <c r="J297" s="15">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="K297" s="15">
-        <v>0.4138</v>
+        <v>10</v>
       </c>
       <c r="L297" s="15">
-        <v>0.4138</v>
+        <v>6.94</v>
       </c>
       <c r="M297" s="15">
-        <v>0.4138</v>
+        <v>6.1</v>
       </c>
       <c r="N297" s="15">
-        <v>100</v>
+        <v>4781</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
-      <c r="Q297" s="15"/>
+      <c r="Q297" s="15">
+        <v>300</v>
+      </c>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-        <v>10080060701</v>
+        <v>887</v>
+      </c>
+      <c r="E298" s="15" t="s">
+        <v>888</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K298" s="15">
-        <v>0.78038</v>
+        <v>0.4138</v>
       </c>
       <c r="L298" s="15">
-        <v>0.7283500000000001</v>
+        <v>0.4138</v>
       </c>
       <c r="M298" s="15">
-        <v>0.6763400000000001</v>
-[...1 lines deleted...]
-      <c r="N298" s="15"/>
+        <v>0.4138</v>
+      </c>
+      <c r="N298" s="15">
+        <v>100</v>
+      </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="E299" s="15">
-        <v>10080069105</v>
+        <v>10080060701</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K299" s="15">
-        <v>0.74817</v>
+        <v>0.78038</v>
       </c>
       <c r="L299" s="15">
-        <v>0.74817</v>
+        <v>0.7283500000000001</v>
       </c>
       <c r="M299" s="15">
-        <v>0.74817</v>
+        <v>0.6763400000000001</v>
       </c>
       <c r="N299" s="15"/>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="E300" s="15">
-        <v>10080069104</v>
+        <v>10080069105</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>25</v>
       </c>
       <c r="K300" s="15">
-        <v>0.9171899999999999</v>
+        <v>0.74817</v>
       </c>
       <c r="L300" s="15">
-        <v>0.9171899999999999</v>
+        <v>0.74817</v>
       </c>
       <c r="M300" s="15">
-        <v>0.9171899999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.74817</v>
+      </c>
+      <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="E301" s="15">
-        <v>10080028218</v>
+        <v>10080069104</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>25</v>
       </c>
       <c r="K301" s="15">
-        <v>1.6</v>
+        <v>0.9171899999999999</v>
       </c>
       <c r="L301" s="15">
-        <v>1.34</v>
+        <v>0.9171899999999999</v>
       </c>
       <c r="M301" s="15">
-        <v>1.29</v>
+        <v>0.9171899999999999</v>
       </c>
       <c r="N301" s="15">
-        <v>241</v>
+        <v>42</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-        <v>893</v>
+        <v>896</v>
+      </c>
+      <c r="E302" s="15">
+        <v>10080028218</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>25</v>
       </c>
       <c r="K302" s="15">
-        <v>1.19</v>
+        <v>1.6</v>
       </c>
       <c r="L302" s="15">
-        <v>1.14</v>
+        <v>1.34</v>
       </c>
       <c r="M302" s="15">
-        <v>1.09</v>
-[...3 lines deleted...]
-      <c r="P302" s="15"/>
+        <v>1.29</v>
+      </c>
+      <c r="N302" s="15">
+        <v>147</v>
+      </c>
+      <c r="O302" s="15">
+        <v>610</v>
+      </c>
+      <c r="P302" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>10080026804</v>
+        <v>898</v>
+      </c>
+      <c r="E303" s="15" t="s">
+        <v>899</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="K303" s="15">
-        <v>0.82009</v>
+        <v>1.19</v>
       </c>
       <c r="L303" s="15">
-        <v>0.82009</v>
+        <v>1.14</v>
       </c>
       <c r="M303" s="15">
-        <v>0.82009</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.09</v>
+      </c>
+      <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="E304" s="15">
-        <v>10080026805</v>
+        <v>10080026804</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K304" s="15">
-        <v>3.33</v>
+        <v>0.82009</v>
       </c>
       <c r="L304" s="15">
-        <v>1.77</v>
+        <v>0.82009</v>
       </c>
       <c r="M304" s="15">
-        <v>1.51</v>
-[...1 lines deleted...]
-      <c r="N304" s="15"/>
+        <v>0.82009</v>
+      </c>
+      <c r="N304" s="15">
+        <v>40</v>
+      </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>899</v>
-[...2 lines deleted...]
-        <v>900</v>
+        <v>903</v>
+      </c>
+      <c r="E305" s="15">
+        <v>10080026805</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="K305" s="15">
-        <v>1.44</v>
+        <v>3.33</v>
       </c>
       <c r="L305" s="15">
-        <v>1.44</v>
+        <v>1.77</v>
       </c>
       <c r="M305" s="15">
-        <v>1.44</v>
+        <v>1.51</v>
       </c>
       <c r="N305" s="15"/>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
-      <c r="Q305" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="E306" s="15" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K306" s="15">
-        <v>3.44</v>
+        <v>1.44</v>
       </c>
       <c r="L306" s="15">
-        <v>2.88</v>
+        <v>1.44</v>
       </c>
       <c r="M306" s="15">
-        <v>2.77</v>
+        <v>1.44</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
-      <c r="Q306" s="15"/>
+      <c r="Q306" s="15">
+        <v>100</v>
+      </c>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>905</v>
-[...2 lines deleted...]
-        <v>10080026806</v>
+        <v>908</v>
+      </c>
+      <c r="E307" s="15" t="s">
+        <v>909</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>25</v>
       </c>
       <c r="K307" s="15">
-        <v>1.74</v>
+        <v>3.44</v>
       </c>
       <c r="L307" s="15">
-        <v>1.62</v>
+        <v>2.88</v>
       </c>
       <c r="M307" s="15">
-        <v>1.51</v>
+        <v>2.77</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="E308" s="15">
-        <v>10080026807</v>
+        <v>10080026806</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>25</v>
       </c>
       <c r="K308" s="15">
-        <v>1.79</v>
+        <v>1.74</v>
       </c>
       <c r="L308" s="15">
-        <v>1.5</v>
+        <v>1.62</v>
       </c>
       <c r="M308" s="15">
-        <v>1.44</v>
+        <v>1.51</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>909</v>
-[...2 lines deleted...]
-        <v>910</v>
+        <v>913</v>
+      </c>
+      <c r="E309" s="15">
+        <v>10080026807</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>25</v>
       </c>
       <c r="K309" s="15">
-        <v>1.66</v>
+        <v>1.79</v>
       </c>
       <c r="L309" s="15">
-        <v>1.39</v>
+        <v>1.5</v>
       </c>
       <c r="M309" s="15">
-        <v>1.34</v>
+        <v>1.44</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>912</v>
-[...2 lines deleted...]
-        <v>10080049999</v>
+        <v>915</v>
+      </c>
+      <c r="E310" s="15" t="s">
+        <v>916</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I310" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I310" s="15"/>
       <c r="J310" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K310" s="15">
-        <v>0.53291</v>
+        <v>1.66</v>
       </c>
       <c r="L310" s="15">
-        <v>0.49854</v>
+        <v>1.39</v>
       </c>
       <c r="M310" s="15">
-        <v>0.46415</v>
+        <v>1.34</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="E311" s="15">
-        <v>10080005359</v>
+        <v>10080049999</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>916</v>
-[...1 lines deleted...]
-      <c r="J311" s="15"/>
+        <v>919</v>
+      </c>
+      <c r="J311" s="15">
+        <v>20</v>
+      </c>
       <c r="K311" s="15">
-        <v>0.97782</v>
+        <v>0.53291</v>
       </c>
       <c r="L311" s="15">
-        <v>0.81486</v>
+        <v>0.49854</v>
       </c>
       <c r="M311" s="15">
-        <v>0.78225</v>
+        <v>0.46415</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="E312" s="15">
-        <v>10080005358</v>
+        <v>10080005359</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>919</v>
-[...3 lines deleted...]
-      </c>
+        <v>922</v>
+      </c>
+      <c r="J312" s="15"/>
       <c r="K312" s="15">
-        <v>0.45905</v>
+        <v>0.97782</v>
       </c>
       <c r="L312" s="15">
-        <v>0.45905</v>
+        <v>0.81486</v>
       </c>
       <c r="M312" s="15">
-        <v>0.45905</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.78225</v>
+      </c>
+      <c r="N312" s="15"/>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-        <v>922</v>
+        <v>924</v>
+      </c>
+      <c r="E313" s="15">
+        <v>10080005358</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I313" s="15"/>
+      <c r="I313" s="15" t="s">
+        <v>925</v>
+      </c>
       <c r="J313" s="15">
         <v>20</v>
       </c>
       <c r="K313" s="15">
-        <v>0.53507</v>
+        <v>0.45905</v>
       </c>
       <c r="L313" s="15">
-        <v>0.53507</v>
+        <v>0.45905</v>
       </c>
       <c r="M313" s="15">
-        <v>0.53507</v>
+        <v>0.45905</v>
       </c>
       <c r="N313" s="15">
-        <v>84</v>
+        <v>1600</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
-      <c r="Q313" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>10080005354</v>
+        <v>927</v>
+      </c>
+      <c r="E314" s="15" t="s">
+        <v>928</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I314" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I314" s="15"/>
       <c r="J314" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K314" s="15">
-        <v>0.83138</v>
+        <v>0.53507</v>
       </c>
       <c r="L314" s="15">
-        <v>0.75195</v>
+        <v>0.53507</v>
       </c>
       <c r="M314" s="15">
-        <v>0.69899</v>
-[...1 lines deleted...]
-      <c r="N314" s="15"/>
+        <v>0.53507</v>
+      </c>
+      <c r="N314" s="15">
+        <v>84</v>
+      </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
-      <c r="Q314" s="15"/>
+      <c r="Q314" s="15">
+        <v>1000</v>
+      </c>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="E315" s="15">
-        <v>10080056434</v>
+        <v>10080005354</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I315" s="15"/>
+      <c r="I315" s="15" t="s">
+        <v>931</v>
+      </c>
       <c r="J315" s="15">
-        <v>40</v>
+        <v>25</v>
       </c>
       <c r="K315" s="15">
-        <v>1.84</v>
+        <v>0.83138</v>
       </c>
       <c r="L315" s="15">
-        <v>1.54</v>
+        <v>0.75195</v>
       </c>
       <c r="M315" s="15">
-        <v>1.48</v>
+        <v>0.69899</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>929</v>
-[...2 lines deleted...]
-        <v>930</v>
+        <v>933</v>
+      </c>
+      <c r="E316" s="15">
+        <v>10080056434</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I316" s="15"/>
-      <c r="J316" s="15"/>
+      <c r="J316" s="15">
+        <v>40</v>
+      </c>
       <c r="K316" s="15">
-        <v>1.78</v>
+        <v>1.84</v>
       </c>
       <c r="L316" s="15">
-        <v>1.49</v>
+        <v>1.54</v>
       </c>
       <c r="M316" s="15">
-        <v>1.43</v>
+        <v>1.48</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="E317" s="15" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
-        <v>1.74</v>
+        <v>1.78</v>
       </c>
       <c r="L317" s="15">
-        <v>1.46</v>
+        <v>1.49</v>
       </c>
       <c r="M317" s="15">
-        <v>1.4</v>
+        <v>1.43</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>10080005394</v>
+        <v>938</v>
+      </c>
+      <c r="E318" s="15" t="s">
+        <v>939</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I318" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I318" s="15"/>
+      <c r="J318" s="15"/>
       <c r="K318" s="15">
-        <v>0.98494</v>
+        <v>1.74</v>
       </c>
       <c r="L318" s="15">
-        <v>0.89084</v>
+        <v>1.46</v>
       </c>
       <c r="M318" s="15">
-        <v>0.8280999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.4</v>
+      </c>
+      <c r="N318" s="15"/>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="E319" s="15">
-        <v>10080071972</v>
+        <v>10080005394</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="J319" s="15">
         <v>40</v>
       </c>
       <c r="K319" s="15">
-        <v>0.6591</v>
+        <v>0.98494</v>
       </c>
       <c r="L319" s="15">
-        <v>0.6591</v>
+        <v>0.89084</v>
       </c>
       <c r="M319" s="15">
-        <v>0.6591</v>
+        <v>0.8280999999999999</v>
       </c>
       <c r="N319" s="15">
-        <v>9306</v>
+        <v>528</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>941</v>
-[...2 lines deleted...]
-        <v>942</v>
+        <v>944</v>
+      </c>
+      <c r="E320" s="15">
+        <v>10080071972</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I320" s="15"/>
+      <c r="I320" s="15" t="s">
+        <v>945</v>
+      </c>
       <c r="J320" s="15">
-        <v>400</v>
+        <v>40</v>
       </c>
       <c r="K320" s="15">
-        <v>1.57</v>
+        <v>0.6591</v>
       </c>
       <c r="L320" s="15">
-        <v>1.47</v>
+        <v>0.6591</v>
       </c>
       <c r="M320" s="15">
-        <v>1.42</v>
-[...1 lines deleted...]
-      <c r="N320" s="15"/>
+        <v>0.6591</v>
+      </c>
+      <c r="N320" s="15">
+        <v>11403</v>
+      </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>944</v>
-[...2 lines deleted...]
-        <v>10080034823</v>
+        <v>947</v>
+      </c>
+      <c r="E321" s="15" t="s">
+        <v>948</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I321" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I321" s="15"/>
       <c r="J321" s="15">
-        <v>40</v>
+        <v>400</v>
       </c>
       <c r="K321" s="15">
-        <v>1.21</v>
+        <v>1.57</v>
       </c>
       <c r="L321" s="15">
-        <v>0.97</v>
+        <v>1.47</v>
       </c>
       <c r="M321" s="15">
-        <v>0.88</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.42</v>
+      </c>
+      <c r="N321" s="15"/>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>948</v>
+        <v>950</v>
+      </c>
+      <c r="E322" s="15">
+        <v>10080034823</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I322" s="15"/>
+      <c r="I322" s="15" t="s">
+        <v>951</v>
+      </c>
       <c r="J322" s="15">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="K322" s="15">
-        <v>2.04</v>
+        <v>1.21</v>
       </c>
       <c r="L322" s="15">
-        <v>1.92</v>
+        <v>0.97</v>
       </c>
       <c r="M322" s="15">
-        <v>1.85</v>
-[...1 lines deleted...]
-      <c r="N322" s="15"/>
+        <v>0.88</v>
+      </c>
+      <c r="N322" s="15">
+        <v>4274</v>
+      </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="E323" s="15" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="K323" s="15">
-        <v>0.7317</v>
+        <v>2.04</v>
       </c>
       <c r="L323" s="15">
-        <v>0.7317</v>
+        <v>1.92</v>
       </c>
       <c r="M323" s="15">
-        <v>0.7317</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.85</v>
+      </c>
+      <c r="N323" s="15"/>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="E324" s="15" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I324" s="15"/>
       <c r="J324" s="15">
         <v>40</v>
       </c>
       <c r="K324" s="15">
-        <v>0.92555</v>
+        <v>0.7317</v>
       </c>
       <c r="L324" s="15">
-        <v>0.80214</v>
+        <v>0.7317</v>
       </c>
       <c r="M324" s="15">
-        <v>0.77129</v>
+        <v>0.7317</v>
       </c>
       <c r="N324" s="15">
-        <v>129</v>
+        <v>394</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>10080018886</v>
+        <v>959</v>
+      </c>
+      <c r="E325" s="15" t="s">
+        <v>960</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="K325" s="15">
-        <v>0.93459</v>
+        <v>0.92555</v>
       </c>
       <c r="L325" s="15">
-        <v>0.93459</v>
+        <v>0.80214</v>
       </c>
       <c r="M325" s="15">
-        <v>0.93459</v>
+        <v>0.77129</v>
       </c>
       <c r="N325" s="15">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="P325" s="15"/>
+        <v>176</v>
+      </c>
+      <c r="O325" s="15">
+        <v>860</v>
+      </c>
+      <c r="P325" s="15" t="s">
+        <v>209</v>
+      </c>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>958</v>
-[...2 lines deleted...]
-        <v>959</v>
+        <v>962</v>
+      </c>
+      <c r="E326" s="15">
+        <v>10080018886</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="K326" s="15">
-        <v>0.89185</v>
+        <v>0.93459</v>
       </c>
       <c r="L326" s="15">
-        <v>0.80665</v>
+        <v>0.93459</v>
       </c>
       <c r="M326" s="15">
-        <v>0.74984</v>
+        <v>0.93459</v>
       </c>
       <c r="N326" s="15">
-        <v>1046</v>
+        <v>16</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="E327" s="15" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
         <v>50</v>
       </c>
       <c r="K327" s="15">
-        <v>1.26</v>
+        <v>0.89185</v>
       </c>
       <c r="L327" s="15">
-        <v>1.18</v>
+        <v>0.80665</v>
       </c>
       <c r="M327" s="15">
-        <v>1.1</v>
-[...1 lines deleted...]
-      <c r="N327" s="15"/>
+        <v>0.74984</v>
+      </c>
+      <c r="N327" s="15">
+        <v>869</v>
+      </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="E328" s="15" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
         <v>50</v>
       </c>
       <c r="K328" s="15">
-        <v>1.15</v>
+        <v>1.26</v>
       </c>
       <c r="L328" s="15">
-        <v>0.9</v>
+        <v>1.18</v>
       </c>
       <c r="M328" s="15">
-        <v>0.8</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.1</v>
+      </c>
+      <c r="N328" s="15"/>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="E329" s="15" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I329" s="15"/>
-      <c r="J329" s="15"/>
+      <c r="J329" s="15">
+        <v>50</v>
+      </c>
       <c r="K329" s="15">
-        <v>1.2</v>
+        <v>1.15</v>
       </c>
       <c r="L329" s="15">
-        <v>0.95</v>
+        <v>0.9</v>
       </c>
       <c r="M329" s="15">
-        <v>0.85</v>
+        <v>0.8</v>
       </c>
       <c r="N329" s="15">
-        <v>7972</v>
+        <v>950</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>970</v>
-[...2 lines deleted...]
-        <v>10080037081</v>
+        <v>973</v>
+      </c>
+      <c r="E330" s="15" t="s">
+        <v>974</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I330" s="15"/>
-      <c r="J330" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J330" s="15"/>
       <c r="K330" s="15">
-        <v>1.36</v>
+        <v>1.2</v>
       </c>
       <c r="L330" s="15">
-        <v>1.23</v>
+        <v>0.95</v>
       </c>
       <c r="M330" s="15">
-        <v>1.14</v>
+        <v>0.85</v>
       </c>
       <c r="N330" s="15">
-        <v>2077</v>
+        <v>8447</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>972</v>
-[...2 lines deleted...]
-        <v>973</v>
+        <v>976</v>
+      </c>
+      <c r="E331" s="15">
+        <v>10080037081</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
         <v>50</v>
       </c>
       <c r="K331" s="15">
-        <v>0.97659</v>
+        <v>1.36</v>
       </c>
       <c r="L331" s="15">
-        <v>0.97659</v>
+        <v>1.23</v>
       </c>
       <c r="M331" s="15">
-        <v>0.97659</v>
+        <v>1.14</v>
       </c>
       <c r="N331" s="15">
-        <v>102</v>
+        <v>2010</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>975</v>
-[...2 lines deleted...]
-        <v>10080063903</v>
+        <v>978</v>
+      </c>
+      <c r="E332" s="15" t="s">
+        <v>979</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
         <v>50</v>
       </c>
       <c r="K332" s="15">
-        <v>1.01</v>
+        <v>0.97659</v>
       </c>
       <c r="L332" s="15">
-        <v>0.87759</v>
+        <v>0.97659</v>
       </c>
       <c r="M332" s="15">
-        <v>0.84384</v>
+        <v>0.97659</v>
       </c>
       <c r="N332" s="15">
-        <v>50</v>
+        <v>86</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>977</v>
-[...2 lines deleted...]
-        <v>978</v>
+        <v>981</v>
+      </c>
+      <c r="E333" s="15">
+        <v>10080063903</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I333" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I333" s="15"/>
       <c r="J333" s="15">
-        <v>900</v>
+        <v>50</v>
       </c>
       <c r="K333" s="15">
-        <v>1.15</v>
+        <v>1.01</v>
       </c>
       <c r="L333" s="15">
-        <v>1.04</v>
+        <v>0.87759</v>
       </c>
       <c r="M333" s="15">
-        <v>0.96615</v>
+        <v>0.84384</v>
       </c>
       <c r="N333" s="15">
-        <v>1280</v>
+        <v>50</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>10080026984</v>
+        <v>983</v>
+      </c>
+      <c r="E334" s="15" t="s">
+        <v>984</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I334" s="15"/>
+      <c r="I334" s="15" t="s">
+        <v>985</v>
+      </c>
       <c r="J334" s="15">
-        <v>50</v>
+        <v>900</v>
       </c>
       <c r="K334" s="15">
-        <v>1.06</v>
+        <v>1.15</v>
       </c>
       <c r="L334" s="15">
-        <v>0.8871</v>
+        <v>1.04</v>
       </c>
       <c r="M334" s="15">
-        <v>0.85298</v>
+        <v>0.96615</v>
       </c>
       <c r="N334" s="15">
-        <v>1255</v>
+        <v>1360</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="E335" s="15">
-        <v>10080059848</v>
+        <v>10080026984</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I335" s="15"/>
       <c r="J335" s="15">
         <v>50</v>
       </c>
       <c r="K335" s="15">
-        <v>0.70131</v>
+        <v>1.06</v>
       </c>
       <c r="L335" s="15">
-        <v>0.70131</v>
+        <v>0.8871</v>
       </c>
       <c r="M335" s="15">
-        <v>0.70131</v>
+        <v>0.85298</v>
       </c>
       <c r="N335" s="15">
-        <v>503</v>
+        <v>1018</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>989</v>
+      </c>
+      <c r="E336" s="15">
+        <v>10080059848</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I336" s="15"/>
-      <c r="J336" s="15"/>
+      <c r="J336" s="15">
+        <v>50</v>
+      </c>
       <c r="K336" s="15">
-        <v>0.79769</v>
+        <v>0.70131</v>
       </c>
       <c r="L336" s="15">
-        <v>0.79769</v>
+        <v>0.70131</v>
       </c>
       <c r="M336" s="15">
-        <v>0.79769</v>
+        <v>0.70131</v>
       </c>
       <c r="N336" s="15">
-        <v>85</v>
+        <v>424</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I337" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I337" s="15"/>
+      <c r="J337" s="15"/>
       <c r="K337" s="15">
-        <v>1.14</v>
+        <v>0.79769</v>
       </c>
       <c r="L337" s="15">
-        <v>1.03</v>
+        <v>0.79769</v>
       </c>
       <c r="M337" s="15">
-        <v>0.95543</v>
-[...1 lines deleted...]
-      <c r="N337" s="15"/>
+        <v>0.79769</v>
+      </c>
+      <c r="N337" s="15">
+        <v>85</v>
+      </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="E338" s="15" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="J338" s="15">
-        <v>900</v>
+        <v>50</v>
       </c>
       <c r="K338" s="15">
-        <v>0.79613</v>
+        <v>1.14</v>
       </c>
       <c r="L338" s="15">
-        <v>0.79613</v>
+        <v>1.03</v>
       </c>
       <c r="M338" s="15">
-        <v>0.79613</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.95543</v>
+      </c>
+      <c r="N338" s="15"/>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>996</v>
-[...2 lines deleted...]
-        <v>10080005375</v>
+        <v>998</v>
+      </c>
+      <c r="E339" s="15" t="s">
+        <v>999</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="J339" s="15">
-        <v>100</v>
+        <v>900</v>
       </c>
       <c r="K339" s="15">
-        <v>0.67399</v>
+        <v>0.79613</v>
       </c>
       <c r="L339" s="15">
-        <v>0.62907</v>
+        <v>0.79613</v>
       </c>
       <c r="M339" s="15">
-        <v>0.58414</v>
-[...1 lines deleted...]
-      <c r="N339" s="15"/>
+        <v>0.79613</v>
+      </c>
+      <c r="N339" s="15">
+        <v>1517</v>
+      </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>1002</v>
+      </c>
+      <c r="E340" s="15">
+        <v>10080005375</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I340" s="15"/>
-      <c r="J340" s="15"/>
+      <c r="I340" s="15" t="s">
+        <v>1003</v>
+      </c>
+      <c r="J340" s="15">
+        <v>100</v>
+      </c>
       <c r="K340" s="15">
-        <v>0.26</v>
+        <v>0.67399</v>
       </c>
       <c r="L340" s="15">
-        <v>0.26</v>
+        <v>0.62907</v>
       </c>
       <c r="M340" s="15">
-        <v>0.26</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.58414</v>
+      </c>
+      <c r="N340" s="15"/>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>10080033135</v>
+        <v>1005</v>
+      </c>
+      <c r="E341" s="15" t="s">
+        <v>1006</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I341" s="15"/>
-      <c r="J341" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J341" s="15"/>
       <c r="K341" s="15">
-        <v>4.4</v>
+        <v>0.26</v>
       </c>
       <c r="L341" s="15">
-        <v>3.97</v>
+        <v>0.26</v>
       </c>
       <c r="M341" s="15">
-        <v>3.83</v>
-[...1 lines deleted...]
-      <c r="N341" s="15"/>
+        <v>0.26</v>
+      </c>
+      <c r="N341" s="15">
+        <v>4</v>
+      </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>1004</v>
-[...2 lines deleted...]
-        <v>1005</v>
+        <v>1008</v>
+      </c>
+      <c r="E342" s="15">
+        <v>10080033135</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="K342" s="15">
-        <v>15.78</v>
+        <v>4.4</v>
       </c>
       <c r="L342" s="15">
-        <v>13.24</v>
+        <v>3.97</v>
       </c>
       <c r="M342" s="15">
-        <v>12.73</v>
+        <v>3.83</v>
       </c>
       <c r="N342" s="15"/>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
-      <c r="Q342" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>10080032895</v>
+        <v>1010</v>
+      </c>
+      <c r="E343" s="15" t="s">
+        <v>1011</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
         <v>10</v>
       </c>
       <c r="K343" s="15">
-        <v>13.8</v>
+        <v>15.78</v>
       </c>
       <c r="L343" s="15">
-        <v>10.35</v>
+        <v>13.24</v>
       </c>
       <c r="M343" s="15">
-        <v>10.01</v>
-[...3 lines deleted...]
-      </c>
+        <v>12.73</v>
+      </c>
+      <c r="N343" s="15"/>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15">
         <v>60</v>
       </c>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-        <v>1010</v>
+        <v>1013</v>
+      </c>
+      <c r="E344" s="15">
+        <v>10080032895</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="K344" s="15">
-        <v>2.54</v>
+        <v>13.8</v>
       </c>
       <c r="L344" s="15">
-        <v>2.38</v>
+        <v>10.35</v>
       </c>
       <c r="M344" s="15">
-        <v>2.22</v>
-[...1 lines deleted...]
-      <c r="N344" s="15"/>
+        <v>10.01</v>
+      </c>
+      <c r="N344" s="15">
+        <v>5</v>
+      </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
-      <c r="Q344" s="15"/>
+      <c r="Q344" s="15">
+        <v>60</v>
+      </c>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="E345" s="15" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
-        <v>500</v>
+        <v>42</v>
       </c>
       <c r="K345" s="15">
-        <v>3.08</v>
+        <v>2.54</v>
       </c>
       <c r="L345" s="15">
-        <v>2.83</v>
+        <v>2.38</v>
       </c>
       <c r="M345" s="15">
-        <v>2.62</v>
+        <v>2.22</v>
       </c>
       <c r="N345" s="15"/>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-        <v>10080025998</v>
+        <v>1018</v>
+      </c>
+      <c r="E346" s="15" t="s">
+        <v>1019</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15">
-        <v>16</v>
+        <v>500</v>
       </c>
       <c r="K346" s="15">
-        <v>20.84</v>
+        <v>3.08</v>
       </c>
       <c r="L346" s="15">
-        <v>11.07</v>
+        <v>2.83</v>
       </c>
       <c r="M346" s="15">
-        <v>9.44</v>
+        <v>2.62</v>
       </c>
       <c r="N346" s="15"/>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
-      <c r="Q346" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="E347" s="15">
-        <v>10080038281</v>
+        <v>10080025998</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K347" s="15">
-        <v>11.04</v>
+        <v>20.84</v>
       </c>
       <c r="L347" s="15">
-        <v>10.3</v>
+        <v>11.07</v>
       </c>
       <c r="M347" s="15">
-        <v>9.57</v>
+        <v>9.44</v>
       </c>
       <c r="N347" s="15"/>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
-      <c r="Q347" s="15"/>
+      <c r="Q347" s="15">
+        <v>160</v>
+      </c>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="E348" s="15">
-        <v>10080061822</v>
+        <v>10080038281</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="K348" s="15">
-        <v>2.06</v>
+        <v>11.04</v>
       </c>
       <c r="L348" s="15">
-        <v>1.86</v>
+        <v>10.3</v>
       </c>
       <c r="M348" s="15">
-        <v>1.73</v>
-[...3 lines deleted...]
-      </c>
+        <v>9.57</v>
+      </c>
+      <c r="N348" s="15"/>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>1022</v>
+        <v>1025</v>
+      </c>
+      <c r="E349" s="15">
+        <v>10080061822</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>100</v>
       </c>
       <c r="K349" s="15">
-        <v>2.74</v>
+        <v>2.06</v>
       </c>
       <c r="L349" s="15">
-        <v>2.38</v>
+        <v>1.86</v>
       </c>
       <c r="M349" s="15">
-        <v>2.29</v>
-[...10 lines deleted...]
-      </c>
+        <v>1.73</v>
+      </c>
+      <c r="N349" s="15">
+        <v>250</v>
+      </c>
+      <c r="O349" s="15"/>
+      <c r="P349" s="15"/>
+      <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-        <v>10080033734</v>
+        <v>1027</v>
+      </c>
+      <c r="E350" s="15" t="s">
+        <v>1028</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
         <v>100</v>
       </c>
       <c r="K350" s="15">
-        <v>1.5</v>
+        <v>2.82</v>
       </c>
       <c r="L350" s="15">
-        <v>1.5</v>
+        <v>2.44</v>
       </c>
       <c r="M350" s="15">
-        <v>1.5</v>
-[...6 lines deleted...]
-      <c r="Q350" s="15"/>
+        <v>2.35</v>
+      </c>
+      <c r="N350" s="15"/>
+      <c r="O350" s="15">
+        <v>1080</v>
+      </c>
+      <c r="P350" s="15" t="s">
+        <v>1029</v>
+      </c>
+      <c r="Q350" s="15">
+        <v>1000</v>
+      </c>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="E351" s="15">
-        <v>10080034552</v>
+        <v>10080033734</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
         <v>100</v>
       </c>
       <c r="K351" s="15">
-        <v>2.05</v>
+        <v>1.5</v>
       </c>
       <c r="L351" s="15">
-        <v>2.05</v>
+        <v>1.5</v>
       </c>
       <c r="M351" s="15">
-        <v>2.05</v>
+        <v>1.5</v>
       </c>
       <c r="N351" s="15">
-        <v>39</v>
+        <v>287</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="E352" s="15">
-        <v>10080073012</v>
+        <v>10080034552</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I352" s="15"/>
-      <c r="J352" s="15"/>
+      <c r="J352" s="15">
+        <v>100</v>
+      </c>
       <c r="K352" s="15">
-        <v>50.28</v>
+        <v>2.05</v>
       </c>
       <c r="L352" s="15">
-        <v>41.9</v>
+        <v>2.05</v>
       </c>
       <c r="M352" s="15">
-        <v>40.23</v>
-[...1 lines deleted...]
-      <c r="N352" s="15"/>
+        <v>2.05</v>
+      </c>
+      <c r="N352" s="15">
+        <v>39</v>
+      </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="E353" s="15">
-        <v>10080073014</v>
+        <v>10080073012</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15"/>
       <c r="K353" s="15">
         <v>50.28</v>
       </c>
       <c r="L353" s="15">
         <v>41.9</v>
       </c>
       <c r="M353" s="15">
         <v>40.23</v>
       </c>
       <c r="N353" s="15"/>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="D354" s="15" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="E354" s="15">
-        <v>10080073015</v>
+        <v>10080073014</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15"/>
       <c r="K354" s="15">
-        <v>64.03</v>
+        <v>50.28</v>
       </c>
       <c r="L354" s="15">
-        <v>53.36</v>
+        <v>41.9</v>
       </c>
       <c r="M354" s="15">
-        <v>51.23</v>
+        <v>40.23</v>
       </c>
       <c r="N354" s="15"/>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="E355" s="15">
-        <v>10080073017</v>
+        <v>10080073015</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15"/>
       <c r="K355" s="15">
-        <v>64.31999999999999</v>
+        <v>64.03</v>
       </c>
       <c r="L355" s="15">
-        <v>53.6</v>
+        <v>53.36</v>
       </c>
       <c r="M355" s="15">
-        <v>51.45</v>
+        <v>51.23</v>
       </c>
       <c r="N355" s="15"/>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="E356" s="15">
-        <v>10080073018</v>
+        <v>10080073017</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15"/>
       <c r="K356" s="15">
         <v>64.31999999999999</v>
       </c>
       <c r="L356" s="15">
         <v>53.6</v>
       </c>
       <c r="M356" s="15">
         <v>51.45</v>
       </c>
       <c r="N356" s="15"/>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="E357" s="15">
-        <v>10080073020</v>
+        <v>10080073018</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15"/>
       <c r="K357" s="15">
-        <v>28.42</v>
+        <v>64.31999999999999</v>
       </c>
       <c r="L357" s="15">
-        <v>23.68</v>
+        <v>53.6</v>
       </c>
       <c r="M357" s="15">
-        <v>22.73</v>
+        <v>51.45</v>
       </c>
       <c r="N357" s="15"/>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="E358" s="15">
-        <v>10080034794</v>
+        <v>10080073020</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I358" s="15"/>
-      <c r="J358" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J358" s="15"/>
       <c r="K358" s="15">
-        <v>1.49</v>
+        <v>28.42</v>
       </c>
       <c r="L358" s="15">
-        <v>0.79209</v>
+        <v>23.68</v>
       </c>
       <c r="M358" s="15">
-        <v>0.67561</v>
+        <v>22.73</v>
       </c>
       <c r="N358" s="15"/>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="D359" s="15" t="s">
-        <v>1042</v>
-[...2 lines deleted...]
-        <v>1043</v>
+        <v>1047</v>
+      </c>
+      <c r="E359" s="15">
+        <v>10080034794</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15">
         <v>100</v>
       </c>
       <c r="K359" s="15">
-        <v>0.3859</v>
+        <v>1.49</v>
       </c>
       <c r="L359" s="15">
-        <v>0.3859</v>
+        <v>0.79209</v>
       </c>
       <c r="M359" s="15">
-        <v>0.3859</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.67561</v>
+      </c>
+      <c r="N359" s="15"/>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="D360" s="15" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="E360" s="15" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I360" s="15"/>
       <c r="J360" s="15">
         <v>100</v>
       </c>
       <c r="K360" s="15">
         <v>0.3859</v>
       </c>
       <c r="L360" s="15">
         <v>0.3859</v>
       </c>
       <c r="M360" s="15">
         <v>0.3859</v>
       </c>
       <c r="N360" s="15">
-        <v>148</v>
+        <v>192</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="D361" s="15" t="s">
-        <v>1048</v>
-[...2 lines deleted...]
-        <v>10080060702</v>
+        <v>1052</v>
+      </c>
+      <c r="E361" s="15" t="s">
+        <v>1053</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="K361" s="15">
-        <v>1.2</v>
+        <v>0.3859</v>
       </c>
       <c r="L361" s="15">
-        <v>1.12</v>
+        <v>0.3859</v>
       </c>
       <c r="M361" s="15">
-        <v>1.04</v>
-[...1 lines deleted...]
-      <c r="N361" s="15"/>
+        <v>0.3859</v>
+      </c>
+      <c r="N361" s="15">
+        <v>152</v>
+      </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="E362" s="15">
-        <v>10080071705</v>
+        <v>10080060702</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I362" s="15"/>
-      <c r="J362" s="15"/>
+      <c r="J362" s="15">
+        <v>20</v>
+      </c>
       <c r="K362" s="15">
-        <v>1.52</v>
+        <v>1.2</v>
       </c>
       <c r="L362" s="15">
-        <v>1.42</v>
+        <v>1.12</v>
       </c>
       <c r="M362" s="15">
-        <v>1.31</v>
+        <v>1.04</v>
       </c>
       <c r="N362" s="15"/>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="D363" s="15" t="s">
-        <v>1052</v>
-[...2 lines deleted...]
-        <v>1053</v>
+        <v>1057</v>
+      </c>
+      <c r="E363" s="15">
+        <v>10080071705</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I363" s="15"/>
-      <c r="J363" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J363" s="15"/>
       <c r="K363" s="15">
-        <v>0.21</v>
+        <v>1.52</v>
       </c>
       <c r="L363" s="15">
-        <v>0.21</v>
+        <v>1.42</v>
       </c>
       <c r="M363" s="15">
-        <v>0.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.31</v>
+      </c>
+      <c r="N363" s="15"/>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C364" s="15" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="D364" s="15" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="E364" s="15" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I364" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I364" s="15"/>
       <c r="J364" s="15">
         <v>25</v>
       </c>
       <c r="K364" s="15">
-        <v>1.07</v>
+        <v>0.21</v>
       </c>
       <c r="L364" s="15">
-        <v>0.8999</v>
+        <v>0.21</v>
       </c>
       <c r="M364" s="15">
-        <v>0.86529</v>
-[...1 lines deleted...]
-      <c r="N364" s="15"/>
+        <v>0.21</v>
+      </c>
+      <c r="N364" s="15">
+        <v>5</v>
+      </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="D365" s="15" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="E365" s="15" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>52</v>
       </c>
-      <c r="I365" s="15"/>
+      <c r="I365" s="15" t="s">
+        <v>1064</v>
+      </c>
       <c r="J365" s="15">
         <v>25</v>
       </c>
       <c r="K365" s="15">
-        <v>0.21</v>
+        <v>1.07</v>
       </c>
       <c r="L365" s="15">
-        <v>0.21</v>
+        <v>0.8999</v>
       </c>
       <c r="M365" s="15">
-        <v>0.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.86529</v>
+      </c>
+      <c r="N365" s="15"/>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="D366" s="15" t="s">
-        <v>1062</v>
-[...2 lines deleted...]
-        <v>10080066602</v>
+        <v>1066</v>
+      </c>
+      <c r="E366" s="15" t="s">
+        <v>1067</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I366" s="15"/>
       <c r="J366" s="15">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="K366" s="15">
-        <v>32.07</v>
+        <v>0.21</v>
       </c>
       <c r="L366" s="15">
-        <v>26.72</v>
+        <v>0.21</v>
       </c>
       <c r="M366" s="15">
-        <v>25.65</v>
-[...1 lines deleted...]
-      <c r="N366" s="15"/>
+        <v>0.21</v>
+      </c>
+      <c r="N366" s="15">
+        <v>5</v>
+      </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
-        <v>1063</v>
+        <v>49</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="D367" s="15" t="s">
-        <v>1065</v>
-[...2 lines deleted...]
-        <v>1066</v>
+        <v>1069</v>
+      </c>
+      <c r="E367" s="15">
+        <v>10080066602</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
-        <v>1067</v>
-[...4 lines deleted...]
-      <c r="J367" s="15"/>
+        <v>52</v>
+      </c>
+      <c r="I367" s="15"/>
+      <c r="J367" s="15">
+        <v>8</v>
+      </c>
       <c r="K367" s="15">
-        <v>1.87</v>
+        <v>32.07</v>
       </c>
       <c r="L367" s="15">
-        <v>1.76</v>
+        <v>26.72</v>
       </c>
       <c r="M367" s="15">
-        <v>1.7</v>
+        <v>25.65</v>
       </c>
       <c r="N367" s="15"/>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C368" s="15" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="D368" s="15" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="E368" s="15" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I368" s="15" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="J368" s="15"/>
       <c r="K368" s="15">
         <v>1.87</v>
       </c>
       <c r="L368" s="15">
-        <v>1.75</v>
+        <v>1.76</v>
       </c>
       <c r="M368" s="15">
-        <v>1.69</v>
+        <v>1.7</v>
       </c>
       <c r="N368" s="15"/>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="D369" s="15" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="E369" s="15" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I369" s="15" t="s">
-        <v>1074</v>
-[...1 lines deleted...]
-      <c r="J369" s="15"/>
+        <v>291</v>
+      </c>
+      <c r="J369" s="15">
+        <v>15</v>
+      </c>
       <c r="K369" s="15">
-        <v>1.38</v>
+        <v>1.87</v>
       </c>
       <c r="L369" s="15">
-        <v>1.29</v>
+        <v>1.75</v>
       </c>
       <c r="M369" s="15">
-        <v>1.25</v>
+        <v>1.69</v>
       </c>
       <c r="N369" s="15"/>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15"/>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="D370" s="15" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="E370" s="15" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="J370" s="15"/>
       <c r="K370" s="15">
-        <v>0.88679</v>
+        <v>1.38</v>
       </c>
       <c r="L370" s="15">
-        <v>0.8313700000000001</v>
+        <v>1.29</v>
       </c>
       <c r="M370" s="15">
-        <v>0.80426</v>
+        <v>1.25</v>
       </c>
       <c r="N370" s="15"/>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="D371" s="15" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-        <v>10080005339</v>
+        <v>1083</v>
+      </c>
+      <c r="E371" s="15" t="s">
+        <v>1084</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I371" s="15" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="J371" s="15"/>
       <c r="K371" s="15">
-        <v>0.91331</v>
+        <v>0.88679</v>
       </c>
       <c r="L371" s="15">
-        <v>0.76109</v>
+        <v>0.8313700000000001</v>
       </c>
       <c r="M371" s="15">
-        <v>0.73064</v>
+        <v>0.80426</v>
       </c>
       <c r="N371" s="15"/>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C372" s="15" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="D372" s="15" t="s">
-        <v>1083</v>
-[...2 lines deleted...]
-        <v>1084</v>
+        <v>1087</v>
+      </c>
+      <c r="E372" s="15">
+        <v>10080005339</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I372" s="15" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J372" s="15"/>
       <c r="K372" s="15">
-        <v>0.61459</v>
+        <v>0.91331</v>
       </c>
       <c r="L372" s="15">
-        <v>0.57641</v>
+        <v>0.76109</v>
       </c>
       <c r="M372" s="15">
-        <v>0.5567</v>
+        <v>0.73064</v>
       </c>
       <c r="N372" s="15"/>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="D373" s="15" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="E373" s="15" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I373" s="15" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="J373" s="15"/>
       <c r="K373" s="15">
-        <v>0.67864</v>
+        <v>0.61459</v>
       </c>
       <c r="L373" s="15">
-        <v>0.6367699999999999</v>
+        <v>0.57641</v>
       </c>
       <c r="M373" s="15">
-        <v>0.61583</v>
+        <v>0.5567</v>
       </c>
       <c r="N373" s="15"/>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15"/>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C374" s="15" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D374" s="15" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>10080005324</v>
+        <v>1094</v>
+      </c>
+      <c r="E374" s="15" t="s">
+        <v>1095</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I374" s="15" t="s">
-        <v>1092</v>
-[...3 lines deleted...]
-      </c>
+        <v>1096</v>
+      </c>
+      <c r="J374" s="15"/>
       <c r="K374" s="15">
-        <v>0.83872</v>
+        <v>0.67864</v>
       </c>
       <c r="L374" s="15">
-        <v>0.69894</v>
+        <v>0.6367699999999999</v>
       </c>
       <c r="M374" s="15">
-        <v>0.67097</v>
+        <v>0.61583</v>
       </c>
       <c r="N374" s="15"/>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C375" s="15" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="D375" s="15" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-        <v>1095</v>
+        <v>1098</v>
+      </c>
+      <c r="E375" s="15">
+        <v>10080005324</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="J375" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K375" s="15">
-        <v>0.45448</v>
+        <v>0.83872</v>
       </c>
       <c r="L375" s="15">
-        <v>0.42616</v>
+        <v>0.69894</v>
       </c>
       <c r="M375" s="15">
-        <v>0.41261</v>
+        <v>0.67097</v>
       </c>
       <c r="N375" s="15"/>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="D376" s="15" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="E376" s="15" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="J376" s="15">
         <v>25</v>
       </c>
       <c r="K376" s="15">
         <v>0.45448</v>
       </c>
       <c r="L376" s="15">
         <v>0.42616</v>
       </c>
       <c r="M376" s="15">
-        <v>0.41137</v>
+        <v>0.41261</v>
       </c>
       <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="D377" s="15" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="E377" s="15" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="J377" s="15">
         <v>25</v>
       </c>
       <c r="K377" s="15">
         <v>0.45448</v>
       </c>
       <c r="L377" s="15">
         <v>0.42616</v>
       </c>
       <c r="M377" s="15">
         <v>0.41137</v>
       </c>
       <c r="N377" s="15"/>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="D378" s="15" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-        <v>10080005335</v>
+        <v>1109</v>
+      </c>
+      <c r="E378" s="15" t="s">
+        <v>1110</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="J378" s="15">
         <v>25</v>
       </c>
       <c r="K378" s="15">
-        <v>0.62588</v>
+        <v>0.45448</v>
       </c>
       <c r="L378" s="15">
-        <v>0.5132100000000001</v>
+        <v>0.42616</v>
       </c>
       <c r="M378" s="15">
-        <v>0.49236</v>
+        <v>0.41137</v>
       </c>
       <c r="N378" s="15"/>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="D379" s="15" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>1110</v>
+        <v>1113</v>
+      </c>
+      <c r="E379" s="15">
+        <v>10080005335</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I379" s="15" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="J379" s="15">
         <v>25</v>
       </c>
       <c r="K379" s="15">
-        <v>0.45448</v>
+        <v>0.62588</v>
       </c>
       <c r="L379" s="15">
-        <v>0.42616</v>
+        <v>0.5132100000000001</v>
       </c>
       <c r="M379" s="15">
-        <v>0.41261</v>
+        <v>0.49236</v>
       </c>
       <c r="N379" s="15"/>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C380" s="15" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="D380" s="15" t="s">
-        <v>1113</v>
-[...2 lines deleted...]
-        <v>10080005337</v>
+        <v>1116</v>
+      </c>
+      <c r="E380" s="15" t="s">
+        <v>1117</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="J380" s="15">
         <v>25</v>
       </c>
       <c r="K380" s="15">
-        <v>0.38207</v>
+        <v>0.45448</v>
       </c>
       <c r="L380" s="15">
-        <v>0.38207</v>
+        <v>0.42616</v>
       </c>
       <c r="M380" s="15">
-        <v>0.38207</v>
+        <v>0.41261</v>
       </c>
       <c r="N380" s="15"/>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
-        <v>1115</v>
+        <v>1070</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="D381" s="15" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="E381" s="15">
-        <v>10080065868</v>
+        <v>10080005337</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I381" s="15"/>
+        <v>1074</v>
+      </c>
+      <c r="I381" s="15" t="s">
+        <v>1121</v>
+      </c>
       <c r="J381" s="15">
         <v>25</v>
       </c>
       <c r="K381" s="15">
-        <v>1.11</v>
+        <v>0.38207</v>
       </c>
       <c r="L381" s="15">
-        <v>1.11</v>
+        <v>0.38207</v>
       </c>
       <c r="M381" s="15">
-        <v>1.11</v>
+        <v>0.38207</v>
       </c>
       <c r="N381" s="15"/>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C382" s="15" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="D382" s="15" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="E382" s="15">
-        <v>10080052515</v>
+        <v>10080065868</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I382" s="15"/>
       <c r="J382" s="15">
         <v>25</v>
       </c>
       <c r="K382" s="15">
         <v>1.11</v>
       </c>
       <c r="L382" s="15">
         <v>1.11</v>
       </c>
       <c r="M382" s="15">
         <v>1.11</v>
       </c>
-      <c r="N382" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N382" s="15"/>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="D383" s="15" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="E383" s="15">
-        <v>10080052516</v>
+        <v>10080052515</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I383" s="15" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="J383" s="15">
         <v>25</v>
       </c>
       <c r="K383" s="15">
-        <v>1.15</v>
+        <v>1.11</v>
       </c>
       <c r="L383" s="15">
-        <v>1.15</v>
+        <v>1.11</v>
       </c>
       <c r="M383" s="15">
-        <v>1.15</v>
-[...1 lines deleted...]
-      <c r="N383" s="15"/>
+        <v>1.11</v>
+      </c>
+      <c r="N383" s="15">
+        <v>653</v>
+      </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
-        <v>258</v>
+        <v>1122</v>
       </c>
       <c r="C384" s="15" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
       <c r="D384" s="15" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="E384" s="15">
-        <v>10080075906</v>
+        <v>10080052516</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
         <v>1125</v>
       </c>
       <c r="I384" s="15" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="J384" s="15">
         <v>25</v>
       </c>
       <c r="K384" s="15">
-        <v>2.4</v>
+        <v>1.15</v>
       </c>
       <c r="L384" s="15">
-        <v>2</v>
+        <v>1.15</v>
       </c>
       <c r="M384" s="15">
-        <v>1.92</v>
+        <v>1.15</v>
       </c>
       <c r="N384" s="15"/>
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
       <c r="Q384" s="15"/>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
-        <v>1115</v>
+        <v>265</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
       <c r="D385" s="15" t="s">
-        <v>1128</v>
-[...2 lines deleted...]
-        <v>1129</v>
+        <v>1130</v>
+      </c>
+      <c r="E385" s="15">
+        <v>10080075906</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
-        <v>1118</v>
+        <v>1132</v>
       </c>
       <c r="I385" s="15" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="J385" s="15">
         <v>25</v>
       </c>
       <c r="K385" s="15">
-        <v>1.81</v>
+        <v>2.4</v>
       </c>
       <c r="L385" s="15">
-        <v>1.31</v>
+        <v>2</v>
       </c>
       <c r="M385" s="15">
-        <v>1.15</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.92</v>
+      </c>
+      <c r="N385" s="15"/>
       <c r="O385" s="15"/>
       <c r="P385" s="15"/>
       <c r="Q385" s="15"/>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C386" s="15" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="D386" s="15" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-        <v>10080005492</v>
+        <v>1135</v>
+      </c>
+      <c r="E386" s="15" t="s">
+        <v>1136</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I386" s="15" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="J386" s="15">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K386" s="15">
-        <v>1.5</v>
+        <v>1.81</v>
       </c>
       <c r="L386" s="15">
-        <v>1.5</v>
+        <v>1.31</v>
       </c>
       <c r="M386" s="15">
-        <v>1.5</v>
+        <v>1.15</v>
       </c>
       <c r="N386" s="15">
-        <v>124</v>
+        <v>723</v>
       </c>
       <c r="O386" s="15"/>
       <c r="P386" s="15"/>
       <c r="Q386" s="15"/>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C387" s="15" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="D387" s="15" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="E387" s="15">
-        <v>10080005493</v>
+        <v>10080005492</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I387" s="15" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="J387" s="15">
         <v>50</v>
       </c>
       <c r="K387" s="15">
-        <v>2.57</v>
+        <v>1.5</v>
       </c>
       <c r="L387" s="15">
-        <v>2.4</v>
+        <v>1.5</v>
       </c>
       <c r="M387" s="15">
-        <v>2.23</v>
-[...1 lines deleted...]
-      <c r="N387" s="15"/>
+        <v>1.5</v>
+      </c>
+      <c r="N387" s="15">
+        <v>107</v>
+      </c>
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C388" s="15" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="D388" s="15" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="E388" s="15">
-        <v>10080029144</v>
+        <v>10080005493</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I388" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I388" s="15" t="s">
+        <v>1143</v>
+      </c>
       <c r="J388" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K388" s="15">
-        <v>1.45</v>
+        <v>2.57</v>
       </c>
       <c r="L388" s="15">
-        <v>1.05</v>
+        <v>2.4</v>
       </c>
       <c r="M388" s="15">
-        <v>0.91331</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.23</v>
+      </c>
+      <c r="N388" s="15"/>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
       <c r="Q388" s="15"/>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C389" s="15" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="D389" s="15" t="s">
-        <v>1140</v>
+        <v>1145</v>
       </c>
       <c r="E389" s="15">
-        <v>10080003676</v>
+        <v>10080029144</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I389" s="15"/>
-      <c r="J389" s="15"/>
+      <c r="J389" s="15">
+        <v>25</v>
+      </c>
       <c r="K389" s="15">
-        <v>0.79072</v>
+        <v>1.45</v>
       </c>
       <c r="L389" s="15">
-        <v>0.7414500000000001</v>
+        <v>1.05</v>
       </c>
       <c r="M389" s="15">
-        <v>0.7155899999999999</v>
-[...1 lines deleted...]
-      <c r="N389" s="15"/>
+        <v>0.91331</v>
+      </c>
+      <c r="N389" s="15">
+        <v>624</v>
+      </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15"/>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C390" s="15" t="s">
-        <v>1141</v>
+        <v>1146</v>
       </c>
       <c r="D390" s="15" t="s">
-        <v>1142</v>
+        <v>1147</v>
       </c>
       <c r="E390" s="15">
-        <v>10080005495</v>
+        <v>10080003676</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1118</v>
-[...6 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I390" s="15"/>
+      <c r="J390" s="15"/>
       <c r="K390" s="15">
-        <v>0.84851</v>
+        <v>0.79072</v>
       </c>
       <c r="L390" s="15">
-        <v>0.84851</v>
+        <v>0.7414500000000001</v>
       </c>
       <c r="M390" s="15">
-        <v>0.84851</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.7155899999999999</v>
+      </c>
+      <c r="N390" s="15"/>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C391" s="15" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="D391" s="15" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="E391" s="15">
-        <v>10080003677</v>
+        <v>10080005495</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1118</v>
-[...2 lines deleted...]
-      <c r="J391" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I391" s="15" t="s">
+        <v>1150</v>
+      </c>
+      <c r="J391" s="15">
+        <v>25</v>
+      </c>
       <c r="K391" s="15">
-        <v>0.79811</v>
+        <v>0.84851</v>
       </c>
       <c r="L391" s="15">
-        <v>0.74885</v>
+        <v>0.84851</v>
       </c>
       <c r="M391" s="15">
-        <v>0.72298</v>
-[...1 lines deleted...]
-      <c r="N391" s="15"/>
+        <v>0.84851</v>
+      </c>
+      <c r="N391" s="15">
+        <v>248</v>
+      </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C392" s="15" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="D392" s="15" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="E392" s="15">
-        <v>10080005496</v>
+        <v>10080003677</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1118</v>
-[...6 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I392" s="15"/>
+      <c r="J392" s="15"/>
       <c r="K392" s="15">
-        <v>1.01</v>
+        <v>0.79811</v>
       </c>
       <c r="L392" s="15">
-        <v>1.01</v>
+        <v>0.74885</v>
       </c>
       <c r="M392" s="15">
-        <v>1.01</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.72298</v>
+      </c>
+      <c r="N392" s="15"/>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C393" s="15" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="D393" s="15" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="E393" s="15">
-        <v>10080009787</v>
+        <v>10080005496</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I393" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I393" s="15" t="s">
+        <v>1155</v>
+      </c>
       <c r="J393" s="15">
         <v>25</v>
       </c>
       <c r="K393" s="15">
-        <v>1.24</v>
+        <v>1.01</v>
       </c>
       <c r="L393" s="15">
-        <v>1.24</v>
+        <v>1.01</v>
       </c>
       <c r="M393" s="15">
-        <v>1.24</v>
+        <v>1.01</v>
       </c>
       <c r="N393" s="15">
-        <v>389</v>
+        <v>2117</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C394" s="15" t="s">
-        <v>1151</v>
+        <v>1156</v>
       </c>
       <c r="D394" s="15" t="s">
-        <v>1152</v>
+        <v>1157</v>
       </c>
       <c r="E394" s="15">
-        <v>10080003678</v>
+        <v>10080009787</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I394" s="15"/>
-      <c r="J394" s="15"/>
+      <c r="J394" s="15">
+        <v>25</v>
+      </c>
       <c r="K394" s="15">
-        <v>0.78826</v>
+        <v>1.24</v>
       </c>
       <c r="L394" s="15">
-        <v>0.73899</v>
+        <v>1.24</v>
       </c>
       <c r="M394" s="15">
-        <v>0.71436</v>
-[...1 lines deleted...]
-      <c r="N394" s="15"/>
+        <v>1.24</v>
+      </c>
+      <c r="N394" s="15">
+        <v>378</v>
+      </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C395" s="15" t="s">
-        <v>1153</v>
-[...1 lines deleted...]
-      <c r="D395" s="15"/>
+        <v>1158</v>
+      </c>
+      <c r="D395" s="15" t="s">
+        <v>1159</v>
+      </c>
       <c r="E395" s="15">
-        <v>10080029070</v>
+        <v>10080003678</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I395" s="15"/>
-      <c r="J395" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J395" s="15"/>
       <c r="K395" s="15">
-        <v>0.62</v>
+        <v>0.78826</v>
       </c>
       <c r="L395" s="15">
-        <v>0.62</v>
+        <v>0.73899</v>
       </c>
       <c r="M395" s="15">
-        <v>0.62</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.71436</v>
+      </c>
+      <c r="N395" s="15"/>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>1154</v>
-[...3 lines deleted...]
-      </c>
+        <v>1160</v>
+      </c>
+      <c r="D396" s="15"/>
       <c r="E396" s="15">
-        <v>10080005517</v>
+        <v>10080029070</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I396" s="15"/>
       <c r="J396" s="15">
         <v>25</v>
       </c>
       <c r="K396" s="15">
-        <v>0.6</v>
+        <v>0.62</v>
       </c>
       <c r="L396" s="15">
-        <v>0.6</v>
+        <v>0.62</v>
       </c>
       <c r="M396" s="15">
-        <v>0.6</v>
+        <v>0.62</v>
       </c>
       <c r="N396" s="15">
-        <v>3821</v>
+        <v>6692</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C397" s="15" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="D397" s="15" t="s">
-        <v>1158</v>
-[...2 lines deleted...]
-        <v>1159</v>
+        <v>1162</v>
+      </c>
+      <c r="E397" s="15">
+        <v>10080005517</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I397" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I397" s="15" t="s">
+        <v>1163</v>
+      </c>
       <c r="J397" s="15">
         <v>25</v>
       </c>
       <c r="K397" s="15">
-        <v>1.54</v>
+        <v>0.6</v>
       </c>
       <c r="L397" s="15">
-        <v>1.12</v>
+        <v>0.6</v>
       </c>
       <c r="M397" s="15">
-        <v>0.9730799999999999</v>
+        <v>0.6</v>
       </c>
       <c r="N397" s="15">
-        <v>1300</v>
+        <v>4083</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C398" s="15" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="D398" s="15" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-        <v>10080060003</v>
+        <v>1165</v>
+      </c>
+      <c r="E398" s="15" t="s">
+        <v>1166</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I398" s="15"/>
       <c r="J398" s="15">
         <v>25</v>
       </c>
       <c r="K398" s="15">
-        <v>1.48</v>
+        <v>1.54</v>
       </c>
       <c r="L398" s="15">
-        <v>1.07</v>
+        <v>1.12</v>
       </c>
       <c r="M398" s="15">
-        <v>0.93435</v>
+        <v>0.9730799999999999</v>
       </c>
       <c r="N398" s="15">
-        <v>2457</v>
+        <v>1800</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C399" s="15" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="D399" s="15" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="E399" s="15">
-        <v>10080005498</v>
+        <v>10080060003</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I399" s="15" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="J399" s="15">
         <v>25</v>
       </c>
       <c r="K399" s="15">
-        <v>1.05</v>
+        <v>1.48</v>
       </c>
       <c r="L399" s="15">
-        <v>0.76252</v>
+        <v>1.07</v>
       </c>
       <c r="M399" s="15">
-        <v>0.66538</v>
-[...1 lines deleted...]
-      <c r="N399" s="15"/>
+        <v>0.93435</v>
+      </c>
+      <c r="N399" s="15">
+        <v>1807</v>
+      </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C400" s="15" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="D400" s="15" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="E400" s="15">
-        <v>10080003671</v>
+        <v>10080005498</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I400" s="15" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="J400" s="15">
         <v>25</v>
       </c>
       <c r="K400" s="15">
-        <v>0.55254</v>
+        <v>1.05</v>
       </c>
       <c r="L400" s="15">
-        <v>0.55254</v>
+        <v>0.76252</v>
       </c>
       <c r="M400" s="15">
-        <v>0.55254</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.66538</v>
+      </c>
+      <c r="N400" s="15"/>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C401" s="15" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="D401" s="15" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="E401" s="15">
-        <v>10080005500</v>
+        <v>10080003671</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I401" s="15" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="J401" s="15">
         <v>25</v>
       </c>
       <c r="K401" s="15">
-        <v>0.51398</v>
+        <v>0.55254</v>
       </c>
       <c r="L401" s="15">
-        <v>0.51398</v>
+        <v>0.55254</v>
       </c>
       <c r="M401" s="15">
-        <v>0.51398</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.55254</v>
+      </c>
+      <c r="N401" s="15"/>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C402" s="15" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="D402" s="15" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="E402" s="15">
-        <v>10080003672</v>
+        <v>10080005500</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I402" s="15" t="s">
-        <v>1174</v>
-[...1 lines deleted...]
-      <c r="J402" s="15"/>
+        <v>1178</v>
+      </c>
+      <c r="J402" s="15">
+        <v>25</v>
+      </c>
       <c r="K402" s="15">
-        <v>0.66878</v>
+        <v>0.51398</v>
       </c>
       <c r="L402" s="15">
-        <v>0.64785</v>
+        <v>0.51398</v>
       </c>
       <c r="M402" s="15">
-        <v>0.62814</v>
-[...1 lines deleted...]
-      <c r="N402" s="15"/>
+        <v>0.51398</v>
+      </c>
+      <c r="N402" s="15">
+        <v>661</v>
+      </c>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C403" s="15" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="D403" s="15" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="E403" s="15">
-        <v>10080003674</v>
+        <v>10080003672</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I403" s="15" t="s">
-        <v>1177</v>
-[...3 lines deleted...]
-      </c>
+        <v>1181</v>
+      </c>
+      <c r="J403" s="15"/>
       <c r="K403" s="15">
-        <v>0.54682</v>
+        <v>0.66878</v>
       </c>
       <c r="L403" s="15">
-        <v>0.54682</v>
+        <v>0.64785</v>
       </c>
       <c r="M403" s="15">
-        <v>0.54682</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.62814</v>
+      </c>
+      <c r="N403" s="15"/>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C404" s="15" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="D404" s="15" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="E404" s="15">
-        <v>10080003673</v>
+        <v>10080003674</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I404" s="15" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="J404" s="15">
         <v>25</v>
       </c>
       <c r="K404" s="15">
-        <v>0.77742</v>
+        <v>0.54682</v>
       </c>
       <c r="L404" s="15">
-        <v>0.7256</v>
+        <v>0.54682</v>
       </c>
       <c r="M404" s="15">
-        <v>0.67377</v>
-[...1 lines deleted...]
-      <c r="N404" s="15"/>
+        <v>0.54682</v>
+      </c>
+      <c r="N404" s="15">
+        <v>2178</v>
+      </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C405" s="15" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="D405" s="15" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="E405" s="15">
-        <v>10080061346</v>
+        <v>10080003673</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I405" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I405" s="15" t="s">
+        <v>1187</v>
+      </c>
       <c r="J405" s="15">
         <v>25</v>
       </c>
       <c r="K405" s="15">
-        <v>0.77911</v>
+        <v>0.77742</v>
       </c>
       <c r="L405" s="15">
-        <v>0.72717</v>
+        <v>0.7256</v>
       </c>
       <c r="M405" s="15">
-        <v>0.67523</v>
+        <v>0.67377</v>
       </c>
       <c r="N405" s="15"/>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C406" s="15" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="D406" s="15" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="E406" s="15">
-        <v>10080007287</v>
+        <v>10080061346</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I406" s="15"/>
       <c r="J406" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K406" s="15">
-        <v>0.40194</v>
+        <v>0.77911</v>
       </c>
       <c r="L406" s="15">
-        <v>0.40194</v>
+        <v>0.72717</v>
       </c>
       <c r="M406" s="15">
-        <v>0.40194</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.67523</v>
+      </c>
+      <c r="N406" s="15"/>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="D407" s="15" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-        <v>1188</v>
+        <v>1191</v>
+      </c>
+      <c r="E407" s="15">
+        <v>10080007287</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I407" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I407" s="15" t="s">
+        <v>1192</v>
+      </c>
       <c r="J407" s="15">
         <v>100</v>
       </c>
       <c r="K407" s="15">
-        <v>0.43476</v>
+        <v>0.40194</v>
       </c>
       <c r="L407" s="15">
-        <v>0.43476</v>
+        <v>0.40194</v>
       </c>
       <c r="M407" s="15">
-        <v>0.43476</v>
+        <v>0.40194</v>
       </c>
       <c r="N407" s="15">
-        <v>148</v>
+        <v>844</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C408" s="15" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="D408" s="15" t="s">
-        <v>1190</v>
-[...2 lines deleted...]
-        <v>10080007288</v>
+        <v>1194</v>
+      </c>
+      <c r="E408" s="15" t="s">
+        <v>1195</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I408" s="15"/>
       <c r="J408" s="15">
         <v>100</v>
       </c>
       <c r="K408" s="15">
-        <v>0.42503</v>
+        <v>0.43476</v>
       </c>
       <c r="L408" s="15">
-        <v>0.42503</v>
+        <v>0.43476</v>
       </c>
       <c r="M408" s="15">
-        <v>0.42503</v>
+        <v>0.43476</v>
       </c>
       <c r="N408" s="15">
-        <v>460</v>
+        <v>154</v>
       </c>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="D409" s="15" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="E409" s="15">
-        <v>10080051173</v>
+        <v>10080007288</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I409" s="15" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="J409" s="15">
         <v>100</v>
       </c>
       <c r="K409" s="15">
-        <v>0.44651</v>
+        <v>0.42503</v>
       </c>
       <c r="L409" s="15">
-        <v>0.44651</v>
+        <v>0.42503</v>
       </c>
       <c r="M409" s="15">
-        <v>0.44651</v>
+        <v>0.42503</v>
       </c>
       <c r="N409" s="15">
-        <v>7473</v>
+        <v>503</v>
       </c>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="D410" s="15" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="E410" s="15">
-        <v>10080003675</v>
+        <v>10080051173</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I410" s="15" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="J410" s="15">
         <v>100</v>
       </c>
       <c r="K410" s="15">
-        <v>0.54597</v>
+        <v>0.44651</v>
       </c>
       <c r="L410" s="15">
-        <v>0.39501</v>
+        <v>0.44651</v>
       </c>
       <c r="M410" s="15">
-        <v>0.34469</v>
+        <v>0.44651</v>
       </c>
       <c r="N410" s="15">
-        <v>86403</v>
+        <v>4020</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="D411" s="15" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="E411" s="15">
-        <v>10080007290</v>
+        <v>10080003675</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="J411" s="15">
         <v>100</v>
       </c>
       <c r="K411" s="15">
-        <v>0.60734</v>
+        <v>0.54597</v>
       </c>
       <c r="L411" s="15">
-        <v>0.43941</v>
+        <v>0.39501</v>
       </c>
       <c r="M411" s="15">
-        <v>0.38344</v>
+        <v>0.34469</v>
       </c>
       <c r="N411" s="15">
-        <v>12611</v>
+        <v>91944</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C412" s="15" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="D412" s="15" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="E412" s="15">
-        <v>10080009000</v>
+        <v>10080007290</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I412" s="15" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="J412" s="15">
         <v>100</v>
       </c>
       <c r="K412" s="15">
-        <v>0.52312</v>
+        <v>0.60734</v>
       </c>
       <c r="L412" s="15">
-        <v>0.37848</v>
+        <v>0.43941</v>
       </c>
       <c r="M412" s="15">
-        <v>0.33027</v>
+        <v>0.38344</v>
       </c>
       <c r="N412" s="15">
-        <v>26555</v>
+        <v>10748</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="D413" s="15" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="E413" s="15">
-        <v>10080003679</v>
+        <v>10080009000</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I413" s="15" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="J413" s="15">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K413" s="15">
-        <v>0.6247</v>
+        <v>0.52312</v>
       </c>
       <c r="L413" s="15">
-        <v>0.45197</v>
+        <v>0.37848</v>
       </c>
       <c r="M413" s="15">
-        <v>0.3944</v>
+        <v>0.33027</v>
       </c>
       <c r="N413" s="15">
-        <v>7571</v>
+        <v>26431</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="D414" s="15" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="E414" s="15">
-        <v>10080005506</v>
+        <v>10080003679</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="J414" s="15">
         <v>25</v>
       </c>
       <c r="K414" s="15">
-        <v>0.68605</v>
+        <v>0.6247</v>
       </c>
       <c r="L414" s="15">
-        <v>0.49636</v>
+        <v>0.45197</v>
       </c>
       <c r="M414" s="15">
-        <v>0.43313</v>
+        <v>0.3944</v>
       </c>
       <c r="N414" s="15">
-        <v>141</v>
+        <v>6333</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="D415" s="15" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="E415" s="15">
-        <v>10080005509</v>
+        <v>10080005506</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="J415" s="15">
         <v>25</v>
       </c>
       <c r="K415" s="15">
-        <v>0.62227</v>
+        <v>0.68605</v>
       </c>
       <c r="L415" s="15">
-        <v>0.45021</v>
+        <v>0.49636</v>
       </c>
       <c r="M415" s="15">
-        <v>0.39286</v>
+        <v>0.43313</v>
       </c>
       <c r="N415" s="15">
-        <v>15760</v>
+        <v>178</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C416" s="15" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="D416" s="15" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="E416" s="15">
-        <v>10080005486</v>
+        <v>10080005509</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I416" s="15" t="s">
-        <v>1215</v>
-[...1 lines deleted...]
-      <c r="J416" s="15"/>
+        <v>1219</v>
+      </c>
+      <c r="J416" s="15">
+        <v>25</v>
+      </c>
       <c r="K416" s="15">
-        <v>0.56656</v>
+        <v>0.62227</v>
       </c>
       <c r="L416" s="15">
-        <v>0.55424</v>
+        <v>0.45021</v>
       </c>
       <c r="M416" s="15">
-        <v>0.54193</v>
-[...1 lines deleted...]
-      <c r="N416" s="15"/>
+        <v>0.39286</v>
+      </c>
+      <c r="N416" s="15">
+        <v>20410</v>
+      </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="D417" s="15" t="s">
-        <v>1217</v>
-[...2 lines deleted...]
-        <v>1218</v>
+        <v>1221</v>
+      </c>
+      <c r="E417" s="15">
+        <v>10080005486</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I417" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I417" s="15" t="s">
+        <v>1222</v>
+      </c>
       <c r="J417" s="15"/>
       <c r="K417" s="15">
-        <v>0.60351</v>
+        <v>0.56656</v>
       </c>
       <c r="L417" s="15">
-        <v>0.57888</v>
+        <v>0.55424</v>
       </c>
       <c r="M417" s="15">
-        <v>0.56656</v>
+        <v>0.54193</v>
       </c>
       <c r="N417" s="15"/>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="D418" s="15" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="E418" s="15" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I418" s="15"/>
       <c r="J418" s="15"/>
       <c r="K418" s="15">
-        <v>0.61583</v>
+        <v>0.60351</v>
       </c>
       <c r="L418" s="15">
-        <v>0.60351</v>
+        <v>0.57888</v>
       </c>
       <c r="M418" s="15">
-        <v>0.57888</v>
+        <v>0.56656</v>
       </c>
       <c r="N418" s="15"/>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="D419" s="15" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="E419" s="15" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1118</v>
-[...3 lines deleted...]
-      </c>
+        <v>1125</v>
+      </c>
+      <c r="I419" s="15"/>
       <c r="J419" s="15"/>
       <c r="K419" s="15">
-        <v>0.64046</v>
+        <v>0.61583</v>
       </c>
       <c r="L419" s="15">
-        <v>0.61583</v>
+        <v>0.60351</v>
       </c>
       <c r="M419" s="15">
-        <v>0.60351</v>
+        <v>0.57888</v>
       </c>
       <c r="N419" s="15"/>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C420" s="15" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="D420" s="15" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="E420" s="15" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1118</v>
-[...1 lines deleted...]
-      <c r="I420" s="15"/>
+        <v>1125</v>
+      </c>
+      <c r="I420" s="15" t="s">
+        <v>1232</v>
+      </c>
       <c r="J420" s="15"/>
       <c r="K420" s="15">
         <v>0.64046</v>
       </c>
       <c r="L420" s="15">
         <v>0.61583</v>
       </c>
       <c r="M420" s="15">
         <v>0.60351</v>
       </c>
       <c r="N420" s="15"/>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C421" s="15" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="D421" s="15" t="s">
-        <v>1230</v>
-[...2 lines deleted...]
-        <v>10080057344</v>
+        <v>1234</v>
+      </c>
+      <c r="E421" s="15" t="s">
+        <v>1235</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I421" s="15"/>
-      <c r="J421" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J421" s="15"/>
       <c r="K421" s="15">
-        <v>0.79273</v>
+        <v>0.64046</v>
       </c>
       <c r="L421" s="15">
-        <v>0.79273</v>
+        <v>0.61583</v>
       </c>
       <c r="M421" s="15">
-        <v>0.79273</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.60351</v>
+      </c>
+      <c r="N421" s="15"/>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="D422" s="15" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="E422" s="15">
-        <v>10080057345</v>
+        <v>10080057344</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I422" s="15"/>
       <c r="J422" s="15">
-        <v>200</v>
+        <v>40</v>
       </c>
       <c r="K422" s="15">
-        <v>0.63075</v>
+        <v>0.79273</v>
       </c>
       <c r="L422" s="15">
-        <v>0.45635</v>
+        <v>0.79273</v>
       </c>
       <c r="M422" s="15">
-        <v>0.39822</v>
+        <v>0.79273</v>
       </c>
       <c r="N422" s="15">
-        <v>3048</v>
+        <v>1720</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
-        <v>1233</v>
+        <v>1122</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="D423" s="15" t="s">
-        <v>1235</v>
-[...2 lines deleted...]
-        <v>1236</v>
+        <v>1239</v>
+      </c>
+      <c r="E423" s="15">
+        <v>10080057345</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1237</v>
+        <v>1125</v>
       </c>
       <c r="I423" s="15"/>
       <c r="J423" s="15">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="K423" s="15">
-        <v>1.27</v>
+        <v>0.63075</v>
       </c>
       <c r="L423" s="15">
-        <v>1.19</v>
+        <v>0.45635</v>
       </c>
       <c r="M423" s="15">
-        <v>1.15</v>
-[...1 lines deleted...]
-      <c r="N423" s="15"/>
+        <v>0.39822</v>
+      </c>
+      <c r="N423" s="15">
+        <v>3376</v>
+      </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="D424" s="15" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="E424" s="15" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I424" s="15"/>
-      <c r="J424" s="15"/>
+      <c r="J424" s="15">
+        <v>25</v>
+      </c>
       <c r="K424" s="15">
-        <v>1.3</v>
+        <v>1.27</v>
       </c>
       <c r="L424" s="15">
-        <v>1.22</v>
+        <v>1.19</v>
       </c>
       <c r="M424" s="15">
-        <v>1.17</v>
+        <v>1.15</v>
       </c>
       <c r="N424" s="15"/>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="D425" s="15" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="E425" s="15" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I425" s="15"/>
-      <c r="J425" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J425" s="15"/>
       <c r="K425" s="15">
-        <v>1.32</v>
+        <v>1.3</v>
       </c>
       <c r="L425" s="15">
-        <v>1.24</v>
+        <v>1.22</v>
       </c>
       <c r="M425" s="15">
-        <v>1.2</v>
+        <v>1.17</v>
       </c>
       <c r="N425" s="15"/>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="D426" s="15" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="E426" s="15" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1237</v>
-[...3 lines deleted...]
-      </c>
+        <v>1244</v>
+      </c>
+      <c r="I426" s="15"/>
       <c r="J426" s="15">
         <v>25</v>
       </c>
       <c r="K426" s="15">
-        <v>1.33</v>
+        <v>1.32</v>
       </c>
       <c r="L426" s="15">
         <v>1.24</v>
       </c>
       <c r="M426" s="15">
         <v>1.2</v>
       </c>
       <c r="N426" s="15"/>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="D427" s="15" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="E427" s="15" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="J427" s="15">
         <v>25</v>
       </c>
       <c r="K427" s="15">
-        <v>1.35</v>
+        <v>1.33</v>
       </c>
       <c r="L427" s="15">
-        <v>1.27</v>
+        <v>1.24</v>
       </c>
       <c r="M427" s="15">
-        <v>1.23</v>
+        <v>1.2</v>
       </c>
       <c r="N427" s="15"/>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C428" s="15" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="D428" s="15" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="E428" s="15" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="J428" s="15"/>
+        <v>1258</v>
+      </c>
+      <c r="J428" s="15">
+        <v>25</v>
+      </c>
       <c r="K428" s="15">
-        <v>0.6109</v>
+        <v>1.35</v>
       </c>
       <c r="L428" s="15">
-        <v>0.57272</v>
+        <v>1.27</v>
       </c>
       <c r="M428" s="15">
-        <v>0.55424</v>
+        <v>1.23</v>
       </c>
       <c r="N428" s="15"/>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="D429" s="15" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="E429" s="15" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I429" s="15" t="s">
-        <v>1089</v>
-[...3 lines deleted...]
-      </c>
+        <v>1092</v>
+      </c>
+      <c r="J429" s="15"/>
       <c r="K429" s="15">
         <v>0.6109</v>
       </c>
       <c r="L429" s="15">
         <v>0.57272</v>
       </c>
       <c r="M429" s="15">
         <v>0.55424</v>
       </c>
       <c r="N429" s="15"/>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C430" s="15" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="D430" s="15" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="E430" s="15" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I430" s="15" t="s">
-        <v>1261</v>
+        <v>1096</v>
       </c>
       <c r="J430" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K430" s="15">
-        <v>1.38</v>
+        <v>0.6109</v>
       </c>
       <c r="L430" s="15">
-        <v>1.29</v>
+        <v>0.57272</v>
       </c>
       <c r="M430" s="15">
-        <v>1.25</v>
+        <v>0.55424</v>
       </c>
       <c r="N430" s="15"/>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C431" s="15" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="D431" s="15" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="E431" s="15" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="J431" s="15">
         <v>25</v>
       </c>
       <c r="K431" s="15">
-        <v>1.46</v>
+        <v>1.38</v>
       </c>
       <c r="L431" s="15">
-        <v>1.37</v>
+        <v>1.29</v>
       </c>
       <c r="M431" s="15">
-        <v>1.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.25</v>
+      </c>
+      <c r="N431" s="15"/>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C432" s="15" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="D432" s="15" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="E432" s="15" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="J432" s="15">
         <v>25</v>
       </c>
       <c r="K432" s="15">
-        <v>1.89</v>
+        <v>1.46</v>
       </c>
       <c r="L432" s="15">
-        <v>1.77</v>
+        <v>1.37</v>
       </c>
       <c r="M432" s="15">
-        <v>1.71</v>
-[...1 lines deleted...]
-      <c r="N432" s="15"/>
+        <v>1.33</v>
+      </c>
+      <c r="N432" s="15">
+        <v>7</v>
+      </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="D433" s="15" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="E433" s="15" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1273</v>
-[...1 lines deleted...]
-      <c r="J433" s="15"/>
+        <v>1276</v>
+      </c>
+      <c r="J433" s="15">
+        <v>25</v>
+      </c>
       <c r="K433" s="15">
-        <v>1.52</v>
+        <v>1.89</v>
       </c>
       <c r="L433" s="15">
-        <v>1.43</v>
+        <v>1.77</v>
       </c>
       <c r="M433" s="15">
-        <v>1.38</v>
+        <v>1.71</v>
       </c>
       <c r="N433" s="15"/>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="D434" s="15" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="E434" s="15" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1277</v>
-[...3 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="J434" s="15"/>
       <c r="K434" s="15">
-        <v>0.43724</v>
+        <v>1.52</v>
       </c>
       <c r="L434" s="15">
-        <v>0.41014</v>
+        <v>1.43</v>
       </c>
       <c r="M434" s="15">
-        <v>0.39659</v>
+        <v>1.38</v>
       </c>
       <c r="N434" s="15"/>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="D435" s="15" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="E435" s="15" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="J435" s="15">
         <v>25</v>
       </c>
       <c r="K435" s="15">
-        <v>0.45079</v>
+        <v>0.43724</v>
       </c>
       <c r="L435" s="15">
-        <v>0.42368</v>
+        <v>0.41014</v>
       </c>
       <c r="M435" s="15">
-        <v>0.40891</v>
+        <v>0.39659</v>
       </c>
       <c r="N435" s="15"/>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="D436" s="15" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="E436" s="15" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="J436" s="15">
         <v>25</v>
       </c>
       <c r="K436" s="15">
-        <v>0.42245</v>
+        <v>0.45079</v>
       </c>
       <c r="L436" s="15">
+        <v>0.42368</v>
+      </c>
+      <c r="M436" s="15">
         <v>0.40891</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.39536</v>
       </c>
       <c r="N436" s="15"/>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="D437" s="15" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="E437" s="15" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1237</v>
+        <v>1244</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1289</v>
-[...1 lines deleted...]
-      <c r="J437" s="15"/>
+        <v>1292</v>
+      </c>
+      <c r="J437" s="15">
+        <v>25</v>
+      </c>
       <c r="K437" s="15">
-        <v>0.43724</v>
+        <v>0.42245</v>
       </c>
       <c r="L437" s="15">
-        <v>0.41014</v>
+        <v>0.40891</v>
       </c>
       <c r="M437" s="15">
-        <v>0.39659</v>
+        <v>0.39536</v>
       </c>
       <c r="N437" s="15"/>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C438" s="15" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="D438" s="15" t="s">
-        <v>1291</v>
-[...2 lines deleted...]
-        <v>10080070429</v>
+        <v>1294</v>
+      </c>
+      <c r="E438" s="15" t="s">
+        <v>1295</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1237</v>
-[...4 lines deleted...]
-      </c>
+        <v>1244</v>
+      </c>
+      <c r="I438" s="15" t="s">
+        <v>1296</v>
+      </c>
+      <c r="J438" s="15"/>
       <c r="K438" s="15">
-        <v>0.7548899999999999</v>
+        <v>0.43724</v>
       </c>
       <c r="L438" s="15">
-        <v>0.62908</v>
+        <v>0.41014</v>
       </c>
       <c r="M438" s="15">
-        <v>0.60392</v>
+        <v>0.39659</v>
       </c>
       <c r="N438" s="15"/>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="C439" s="15" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="D439" s="15" t="s">
-        <v>1293</v>
-[...2 lines deleted...]
-        <v>1294</v>
+        <v>1298</v>
+      </c>
+      <c r="E439" s="15">
+        <v>10080070429</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1237</v>
-[...3 lines deleted...]
-      </c>
+        <v>1244</v>
+      </c>
+      <c r="I439" s="15"/>
       <c r="J439" s="15">
         <v>100</v>
       </c>
       <c r="K439" s="15">
-        <v>0.58518</v>
+        <v>0.7548899999999999</v>
       </c>
       <c r="L439" s="15">
-        <v>0.4908</v>
+        <v>0.62908</v>
       </c>
       <c r="M439" s="15">
-        <v>0.47191</v>
+        <v>0.60392</v>
       </c>
       <c r="N439" s="15"/>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
-        <v>26</v>
+        <v>1240</v>
       </c>
       <c r="C440" s="15" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D440" s="15" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="E440" s="15" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>30</v>
+        <v>1244</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="J440" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K440" s="15">
-        <v>1.14</v>
+        <v>0.58518</v>
       </c>
       <c r="L440" s="15">
-        <v>0.95688</v>
+        <v>0.4908</v>
       </c>
       <c r="M440" s="15">
-        <v>0.92008</v>
+        <v>0.47191</v>
       </c>
       <c r="N440" s="15"/>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="D441" s="15" t="s">
-        <v>1301</v>
-[...2 lines deleted...]
-        <v>10080016996</v>
+        <v>1304</v>
+      </c>
+      <c r="E441" s="15" t="s">
+        <v>1305</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I441" s="15"/>
-      <c r="J441" s="15"/>
+      <c r="I441" s="15" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J441" s="15">
+        <v>50</v>
+      </c>
       <c r="K441" s="15">
-        <v>2.03</v>
+        <v>1.14</v>
       </c>
       <c r="L441" s="15">
-        <v>1.67</v>
+        <v>0.95688</v>
       </c>
       <c r="M441" s="15">
-        <v>1.6</v>
+        <v>0.92008</v>
       </c>
       <c r="N441" s="15"/>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>1302</v>
+        <v>1307</v>
       </c>
       <c r="D442" s="15" t="s">
-        <v>1303</v>
+        <v>1308</v>
       </c>
       <c r="E442" s="15">
-        <v>10080034009</v>
+        <v>10080016996</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I442" s="15"/>
       <c r="J442" s="15"/>
       <c r="K442" s="15">
-        <v>2.5</v>
+        <v>2.03</v>
       </c>
       <c r="L442" s="15">
-        <v>1.75</v>
+        <v>1.67</v>
       </c>
       <c r="M442" s="15">
-        <v>1.62</v>
+        <v>1.6</v>
       </c>
       <c r="N442" s="15"/>
       <c r="O442" s="15"/>
-      <c r="P442" s="15"/>
+      <c r="P442" s="15" t="s">
+        <v>1309</v>
+      </c>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="D443" s="15" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-        <v>1306</v>
+        <v>1311</v>
+      </c>
+      <c r="E443" s="15">
+        <v>10080034009</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I443" s="15"/>
-      <c r="J443" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J443" s="15"/>
       <c r="K443" s="15">
-        <v>9.359999999999999</v>
+        <v>2.5</v>
       </c>
       <c r="L443" s="15">
-        <v>7.85</v>
+        <v>1.75</v>
       </c>
       <c r="M443" s="15">
-        <v>7.55</v>
+        <v>1.62</v>
       </c>
       <c r="N443" s="15"/>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>1307</v>
+        <v>1312</v>
       </c>
       <c r="D444" s="15" t="s">
-        <v>1308</v>
-[...2 lines deleted...]
-        <v>10080054043</v>
+        <v>1313</v>
+      </c>
+      <c r="E444" s="15" t="s">
+        <v>1314</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I444" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J444" s="15"/>
+      <c r="I444" s="15"/>
+      <c r="J444" s="15">
+        <v>1000</v>
+      </c>
       <c r="K444" s="15">
-        <v>4</v>
+        <v>9.359999999999999</v>
       </c>
       <c r="L444" s="15">
-        <v>3.6</v>
+        <v>7.85</v>
       </c>
       <c r="M444" s="15">
-        <v>3.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.55</v>
+      </c>
+      <c r="N444" s="15"/>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>1310</v>
+        <v>1315</v>
       </c>
       <c r="D445" s="15" t="s">
-        <v>1311</v>
+        <v>1316</v>
       </c>
       <c r="E445" s="15">
-        <v>10000017331</v>
+        <v>10080054043</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I445" s="15" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J445" s="15"/>
       <c r="K445" s="15">
-        <v>4.64</v>
+        <v>4</v>
       </c>
       <c r="L445" s="15">
-        <v>4.18</v>
+        <v>3.6</v>
       </c>
       <c r="M445" s="15">
-        <v>3.87</v>
-[...1 lines deleted...]
-      <c r="N445" s="15"/>
+        <v>3.4</v>
+      </c>
+      <c r="N445" s="15">
+        <v>76</v>
+      </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
       <c r="D446" s="15" t="s">
-        <v>1313</v>
-[...2 lines deleted...]
-        <v>1314</v>
+        <v>1319</v>
+      </c>
+      <c r="E446" s="15">
+        <v>10000017331</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I446" s="15"/>
       <c r="J446" s="15">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="K446" s="15">
-        <v>2.44</v>
+        <v>4.64</v>
       </c>
       <c r="L446" s="15">
-        <v>2.21</v>
+        <v>4.18</v>
       </c>
       <c r="M446" s="15">
-        <v>2.06</v>
+        <v>3.87</v>
       </c>
       <c r="N446" s="15"/>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>1315</v>
+        <v>1320</v>
       </c>
       <c r="D447" s="15" t="s">
-        <v>1316</v>
-[...2 lines deleted...]
-        <v>10000023373</v>
+        <v>1321</v>
+      </c>
+      <c r="E447" s="15" t="s">
+        <v>1322</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I447" s="15"/>
       <c r="J447" s="15">
         <v>10</v>
       </c>
       <c r="K447" s="15">
-        <v>5.54</v>
+        <v>2.44</v>
       </c>
       <c r="L447" s="15">
-        <v>4.16</v>
+        <v>2.21</v>
       </c>
       <c r="M447" s="15">
-        <v>4.02</v>
+        <v>2.06</v>
       </c>
       <c r="N447" s="15"/>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="C448" s="15" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="D448" s="15" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="E448" s="15">
-        <v>10080003481</v>
+        <v>10000023373</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>149</v>
+        <v>131</v>
       </c>
       <c r="I448" s="15"/>
-      <c r="J448" s="15"/>
+      <c r="J448" s="15">
+        <v>10</v>
+      </c>
       <c r="K448" s="15">
-        <v>3.74</v>
+        <v>5.54</v>
       </c>
       <c r="L448" s="15">
-        <v>3.39</v>
+        <v>4.16</v>
       </c>
       <c r="M448" s="15">
-        <v>3.16</v>
+        <v>4.02</v>
       </c>
       <c r="N448" s="15"/>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>1319</v>
+        <v>1325</v>
       </c>
       <c r="D449" s="15" t="s">
-        <v>1320</v>
+        <v>1326</v>
       </c>
       <c r="E449" s="15">
-        <v>10080002809</v>
+        <v>10080003481</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="I449" s="15"/>
+      <c r="J449" s="15"/>
       <c r="K449" s="15">
-        <v>1.65</v>
+        <v>3.74</v>
       </c>
       <c r="L449" s="15">
-        <v>1.6</v>
+        <v>3.39</v>
       </c>
       <c r="M449" s="15">
-        <v>1.55</v>
+        <v>3.16</v>
       </c>
       <c r="N449" s="15"/>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
       <c r="D450" s="15" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="E450" s="15">
-        <v>10000011523</v>
+        <v>10080002809</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="J450" s="15">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K450" s="15">
-        <v>1.58</v>
+        <v>1.65</v>
       </c>
       <c r="L450" s="15">
-        <v>1.58</v>
+        <v>1.6</v>
       </c>
       <c r="M450" s="15">
-        <v>1.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.55</v>
+      </c>
+      <c r="N450" s="15"/>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
       <c r="D451" s="15" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="E451" s="15">
-        <v>10000011540</v>
+        <v>10000011523</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="J451" s="15">
         <v>25</v>
       </c>
       <c r="K451" s="15">
-        <v>1.72</v>
+        <v>1.58</v>
       </c>
       <c r="L451" s="15">
-        <v>1.72</v>
+        <v>1.58</v>
       </c>
       <c r="M451" s="15">
-        <v>1.72</v>
+        <v>1.58</v>
       </c>
       <c r="N451" s="15">
-        <v>444</v>
+        <v>141</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C452" s="15" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
       <c r="D452" s="15" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="E452" s="15">
-        <v>10000015537</v>
+        <v>10000011540</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="J452" s="15">
         <v>25</v>
       </c>
       <c r="K452" s="15">
-        <v>3.31</v>
+        <v>1.72</v>
       </c>
       <c r="L452" s="15">
-        <v>2.87</v>
+        <v>1.72</v>
       </c>
       <c r="M452" s="15">
-        <v>2.76</v>
+        <v>1.72</v>
       </c>
       <c r="N452" s="15">
-        <v>524</v>
+        <v>383</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
-        <v>258</v>
+        <v>127</v>
       </c>
       <c r="C453" s="15" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="D453" s="15" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="E453" s="15">
-        <v>10080067665</v>
+        <v>10000015537</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>1333</v>
-[...1 lines deleted...]
-      <c r="I453" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I453" s="15" t="s">
+        <v>1338</v>
+      </c>
       <c r="J453" s="15">
         <v>25</v>
       </c>
       <c r="K453" s="15">
-        <v>2.84</v>
+        <v>3.31</v>
       </c>
       <c r="L453" s="15">
-        <v>2.37</v>
+        <v>2.87</v>
       </c>
       <c r="M453" s="15">
-        <v>2.27</v>
-[...1 lines deleted...]
-      <c r="N453" s="15"/>
+        <v>2.76</v>
+      </c>
+      <c r="N453" s="15">
+        <v>516</v>
+      </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
-        <v>122</v>
+        <v>265</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="D454" s="15" t="s">
-        <v>1335</v>
-[...2 lines deleted...]
-        <v>1336</v>
+        <v>1340</v>
+      </c>
+      <c r="E454" s="15">
+        <v>10080067665</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>126</v>
+        <v>1341</v>
       </c>
       <c r="I454" s="15"/>
-      <c r="J454" s="15"/>
+      <c r="J454" s="15">
+        <v>25</v>
+      </c>
       <c r="K454" s="15">
-        <v>1.35</v>
+        <v>2.84</v>
       </c>
       <c r="L454" s="15">
-        <v>0</v>
+        <v>2.37</v>
       </c>
       <c r="M454" s="15">
-        <v>1.23</v>
+        <v>2.27</v>
       </c>
       <c r="N454" s="15"/>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="D455" s="15" t="s">
-        <v>1338</v>
-[...2 lines deleted...]
-        <v>10000019661</v>
+        <v>1343</v>
+      </c>
+      <c r="E455" s="15" t="s">
+        <v>1344</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I455" s="15"/>
+      <c r="J455" s="15"/>
       <c r="K455" s="15">
-        <v>1.56</v>
+        <v>1.35</v>
       </c>
       <c r="L455" s="15">
-        <v>1.46</v>
+        <v>0</v>
       </c>
       <c r="M455" s="15">
-        <v>1.41</v>
+        <v>1.23</v>
       </c>
       <c r="N455" s="15"/>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D456" s="15" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="E456" s="15">
-        <v>10080000003</v>
+        <v>10000019661</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I456" s="15" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="J456" s="15">
         <v>25</v>
       </c>
       <c r="K456" s="15">
-        <v>1.55</v>
+        <v>1.56</v>
       </c>
       <c r="L456" s="15">
-        <v>1.45</v>
+        <v>1.46</v>
       </c>
       <c r="M456" s="15">
-        <v>1.4</v>
+        <v>1.41</v>
       </c>
       <c r="N456" s="15"/>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C457" s="15" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="D457" s="15" t="s">
-        <v>1342</v>
-[...2 lines deleted...]
-        <v>1343</v>
+        <v>1348</v>
+      </c>
+      <c r="E457" s="15">
+        <v>10080000003</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I457" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I457" s="15" t="s">
+        <v>1258</v>
+      </c>
       <c r="J457" s="15">
         <v>25</v>
       </c>
       <c r="K457" s="15">
-        <v>0.74557</v>
+        <v>1.55</v>
       </c>
       <c r="L457" s="15">
-        <v>0.74557</v>
+        <v>1.45</v>
       </c>
       <c r="M457" s="15">
-        <v>0.74557</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.4</v>
+      </c>
+      <c r="N457" s="15"/>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457"/>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
-        <v>239</v>
+        <v>127</v>
       </c>
       <c r="C458" s="15" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="D458" s="15" t="s">
-        <v>1345</v>
-[...2 lines deleted...]
-        <v>10080004904</v>
+        <v>1350</v>
+      </c>
+      <c r="E458" s="15" t="s">
+        <v>1351</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15"/>
       <c r="H458" s="15" t="s">
-        <v>243</v>
+        <v>131</v>
       </c>
       <c r="I458" s="15"/>
       <c r="J458" s="15">
         <v>25</v>
       </c>
       <c r="K458" s="15">
-        <v>1.61</v>
+        <v>0.74557</v>
       </c>
       <c r="L458" s="15">
-        <v>1.54</v>
+        <v>0.74557</v>
       </c>
       <c r="M458" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N458" s="15"/>
+        <v>0.74557</v>
+      </c>
+      <c r="N458" s="15">
+        <v>182</v>
+      </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458"/>
     </row>
     <row r="459" spans="1:18">
       <c r="B459" s="14" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C459" s="15" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="D459" s="15" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="E459" s="15">
-        <v>10080004903</v>
+        <v>10080004904</v>
       </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15"/>
       <c r="H459" s="15" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="I459" s="15"/>
       <c r="J459" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K459" s="15">
-        <v>5.32</v>
+        <v>1.61</v>
       </c>
       <c r="L459" s="15">
-        <v>2.83</v>
+        <v>1.54</v>
       </c>
       <c r="M459" s="15">
-        <v>2.41</v>
+        <v>0</v>
       </c>
       <c r="N459" s="15"/>
       <c r="O459" s="15"/>
       <c r="P459" s="15"/>
       <c r="Q459" s="15"/>
       <c r="R459"/>
     </row>
     <row r="460" spans="1:18">
       <c r="B460" s="14" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C460" s="15" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="D460" s="15" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="E460" s="15">
-        <v>10080004905</v>
+        <v>10080004903</v>
       </c>
       <c r="F460" s="15"/>
       <c r="G460" s="15"/>
       <c r="H460" s="15" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="I460" s="15"/>
       <c r="J460" s="15">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K460" s="15">
-        <v>1.58</v>
+        <v>5.32</v>
       </c>
       <c r="L460" s="15">
-        <v>1.58</v>
+        <v>2.83</v>
       </c>
       <c r="M460" s="15">
-        <v>1.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.41</v>
+      </c>
+      <c r="N460" s="15"/>
       <c r="O460" s="15"/>
       <c r="P460" s="15"/>
       <c r="Q460" s="15"/>
       <c r="R460"/>
     </row>
     <row r="461" spans="1:18">
       <c r="B461" s="14" t="s">
-        <v>122</v>
+        <v>246</v>
       </c>
       <c r="C461" s="15" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="D461" s="15" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="E461" s="15">
-        <v>10000011524</v>
+        <v>10080004905</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15"/>
       <c r="H461" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>250</v>
+      </c>
+      <c r="I461" s="15"/>
       <c r="J461" s="15">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K461" s="15">
-        <v>1.68</v>
+        <v>1.58</v>
       </c>
       <c r="L461" s="15">
         <v>1.58</v>
       </c>
       <c r="M461" s="15">
-        <v>1.53</v>
-[...1 lines deleted...]
-      <c r="N461" s="15"/>
+        <v>1.58</v>
+      </c>
+      <c r="N461" s="15">
+        <v>1</v>
+      </c>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461"/>
     </row>
     <row r="462" spans="1:18">
       <c r="B462" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C462" s="15" t="s">
-        <v>1353</v>
+        <v>1358</v>
       </c>
       <c r="D462" s="15" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="E462" s="15">
-        <v>10000011542</v>
+        <v>10000011524</v>
       </c>
       <c r="F462" s="15"/>
       <c r="G462" s="15"/>
       <c r="H462" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I462" s="15" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
       <c r="J462" s="15">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K462" s="15">
-        <v>0.39883</v>
+        <v>1.68</v>
       </c>
       <c r="L462" s="15">
-        <v>0.39883</v>
+        <v>1.58</v>
       </c>
       <c r="M462" s="15">
-        <v>0.39883</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.53</v>
+      </c>
+      <c r="N462" s="15"/>
       <c r="O462" s="15"/>
       <c r="P462" s="15"/>
       <c r="Q462" s="15"/>
       <c r="R462"/>
     </row>
     <row r="463" spans="1:18">
       <c r="B463" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C463" s="15" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="D463" s="15" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="E463" s="15">
-        <v>10000019660</v>
+        <v>10000011542</v>
       </c>
       <c r="F463" s="15"/>
       <c r="G463" s="15"/>
       <c r="H463" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I463" s="15" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="J463" s="15">
         <v>20</v>
       </c>
       <c r="K463" s="15">
-        <v>0.42922</v>
+        <v>0.39883</v>
       </c>
       <c r="L463" s="15">
-        <v>0.42922</v>
+        <v>0.39883</v>
       </c>
       <c r="M463" s="15">
-        <v>0.42922</v>
+        <v>0.39883</v>
       </c>
       <c r="N463" s="15">
-        <v>1652</v>
+        <v>5405</v>
       </c>
       <c r="O463" s="15"/>
       <c r="P463" s="15"/>
       <c r="Q463" s="15"/>
       <c r="R463"/>
     </row>
     <row r="464" spans="1:18">
       <c r="B464" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C464" s="15" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="D464" s="15" t="s">
-        <v>1360</v>
-[...2 lines deleted...]
-        <v>1361</v>
+        <v>1365</v>
+      </c>
+      <c r="E464" s="15">
+        <v>10000019660</v>
       </c>
       <c r="F464" s="15"/>
       <c r="G464" s="15"/>
       <c r="H464" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I464" s="15" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="J464" s="15">
         <v>20</v>
       </c>
       <c r="K464" s="15">
-        <v>0.54193</v>
+        <v>0.42922</v>
       </c>
       <c r="L464" s="15">
-        <v>0.51729</v>
+        <v>0.42922</v>
       </c>
       <c r="M464" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N464" s="15"/>
+        <v>0.42922</v>
+      </c>
+      <c r="N464" s="15">
+        <v>1779</v>
+      </c>
       <c r="O464" s="15"/>
       <c r="P464" s="15"/>
       <c r="Q464" s="15"/>
       <c r="R464"/>
     </row>
     <row r="465" spans="1:18">
       <c r="B465" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C465" s="15" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="D465" s="15" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>10000011541</v>
+        <v>1368</v>
+      </c>
+      <c r="E465" s="15" t="s">
+        <v>1369</v>
       </c>
       <c r="F465" s="15"/>
       <c r="G465" s="15"/>
       <c r="H465" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I465" s="15" t="s">
-        <v>1365</v>
+        <v>1370</v>
       </c>
       <c r="J465" s="15">
         <v>20</v>
       </c>
       <c r="K465" s="15">
-        <v>0.62568</v>
+        <v>0.54193</v>
       </c>
       <c r="L465" s="15">
-        <v>0.5659</v>
+        <v>0.51729</v>
       </c>
       <c r="M465" s="15">
-        <v>0.52605</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N465" s="15"/>
       <c r="O465" s="15"/>
       <c r="P465" s="15"/>
       <c r="Q465" s="15"/>
       <c r="R465"/>
     </row>
     <row r="466" spans="1:18">
       <c r="B466" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C466" s="15" t="s">
-        <v>1366</v>
+        <v>1371</v>
       </c>
       <c r="D466" s="15" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
       <c r="E466" s="15">
-        <v>10000011534</v>
+        <v>10000011541</v>
       </c>
       <c r="F466" s="15"/>
       <c r="G466" s="15"/>
       <c r="H466" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I466" s="15" t="s">
-        <v>1368</v>
+        <v>1373</v>
       </c>
       <c r="J466" s="15">
         <v>20</v>
       </c>
       <c r="K466" s="15">
-        <v>0.57401</v>
+        <v>0.62568</v>
       </c>
       <c r="L466" s="15">
-        <v>0.49747</v>
+        <v>0.5659</v>
       </c>
       <c r="M466" s="15">
-        <v>0.47834</v>
+        <v>0.52605</v>
       </c>
       <c r="N466" s="15">
-        <v>2607</v>
-[...2 lines deleted...]
-      <c r="P466" s="15"/>
+        <v>261</v>
+      </c>
+      <c r="O466" s="15">
+        <v>522</v>
+      </c>
+      <c r="P466" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q466" s="15"/>
       <c r="R466"/>
     </row>
     <row r="467" spans="1:18">
       <c r="B467" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C467" s="15" t="s">
-        <v>1369</v>
+        <v>1374</v>
       </c>
       <c r="D467" s="15" t="s">
-        <v>1370</v>
+        <v>1375</v>
       </c>
       <c r="E467" s="15">
-        <v>10080003662</v>
+        <v>10000011534</v>
       </c>
       <c r="F467" s="15"/>
       <c r="G467" s="15"/>
       <c r="H467" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I467" s="15" t="s">
-        <v>1371</v>
+        <v>1376</v>
       </c>
       <c r="J467" s="15">
         <v>20</v>
       </c>
       <c r="K467" s="15">
-        <v>0.40078</v>
+        <v>0.57401</v>
       </c>
       <c r="L467" s="15">
-        <v>0.40078</v>
+        <v>0.49747</v>
       </c>
       <c r="M467" s="15">
-        <v>0.40078</v>
+        <v>0.47834</v>
       </c>
       <c r="N467" s="15">
-        <v>567</v>
+        <v>3234</v>
       </c>
       <c r="O467" s="15"/>
       <c r="P467" s="15"/>
       <c r="Q467" s="15"/>
       <c r="R467"/>
     </row>
     <row r="468" spans="1:18">
       <c r="B468" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C468" s="15" t="s">
-        <v>1372</v>
+        <v>1377</v>
       </c>
       <c r="D468" s="15" t="s">
-        <v>1373</v>
+        <v>1378</v>
       </c>
       <c r="E468" s="15">
-        <v>10000011526</v>
+        <v>10080003662</v>
       </c>
       <c r="F468" s="15"/>
       <c r="G468" s="15"/>
       <c r="H468" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I468" s="15" t="s">
-        <v>1374</v>
+        <v>1379</v>
       </c>
       <c r="J468" s="15">
         <v>20</v>
       </c>
       <c r="K468" s="15">
-        <v>0.38644</v>
+        <v>0.40078</v>
       </c>
       <c r="L468" s="15">
-        <v>0.38644</v>
+        <v>0.40078</v>
       </c>
       <c r="M468" s="15">
-        <v>0.38644</v>
+        <v>0.40078</v>
       </c>
       <c r="N468" s="15">
-        <v>1233</v>
+        <v>427</v>
       </c>
       <c r="O468" s="15"/>
       <c r="P468" s="15"/>
       <c r="Q468" s="15"/>
       <c r="R468"/>
     </row>
     <row r="469" spans="1:18">
       <c r="B469" s="14" t="s">
-        <v>296</v>
+        <v>127</v>
       </c>
       <c r="C469" s="15" t="s">
-        <v>1375</v>
+        <v>1380</v>
       </c>
       <c r="D469" s="15" t="s">
-        <v>1376</v>
-[...2 lines deleted...]
-        <v>1377</v>
+        <v>1381</v>
+      </c>
+      <c r="E469" s="15">
+        <v>10000011526</v>
       </c>
       <c r="F469" s="15"/>
       <c r="G469" s="15"/>
       <c r="H469" s="15" t="s">
-        <v>299</v>
+        <v>131</v>
       </c>
       <c r="I469" s="15" t="s">
-        <v>1378</v>
-[...1 lines deleted...]
-      <c r="J469" s="15"/>
+        <v>1382</v>
+      </c>
+      <c r="J469" s="15">
+        <v>20</v>
+      </c>
       <c r="K469" s="15">
-        <v>1.7</v>
+        <v>0.38644</v>
       </c>
       <c r="L469" s="15">
-        <v>1.42</v>
+        <v>0.38644</v>
       </c>
       <c r="M469" s="15">
-        <v>1.37</v>
-[...1 lines deleted...]
-      <c r="N469" s="15"/>
+        <v>0.38644</v>
+      </c>
+      <c r="N469" s="15">
+        <v>1037</v>
+      </c>
       <c r="O469" s="15"/>
       <c r="P469" s="15"/>
       <c r="Q469" s="15"/>
       <c r="R469"/>
     </row>
     <row r="470" spans="1:18">
       <c r="B470" s="14" t="s">
-        <v>258</v>
+        <v>303</v>
       </c>
       <c r="C470" s="15" t="s">
-        <v>1379</v>
+        <v>1383</v>
       </c>
       <c r="D470" s="15" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="E470" s="15" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="F470" s="15"/>
       <c r="G470" s="15"/>
       <c r="H470" s="15" t="s">
-        <v>1382</v>
-[...1 lines deleted...]
-      <c r="I470" s="15"/>
+        <v>306</v>
+      </c>
+      <c r="I470" s="15" t="s">
+        <v>1386</v>
+      </c>
       <c r="J470" s="15"/>
       <c r="K470" s="15">
-        <v>1.12</v>
+        <v>1.7</v>
       </c>
       <c r="L470" s="15">
-        <v>0.93951</v>
+        <v>1.42</v>
       </c>
       <c r="M470" s="15">
-        <v>0.90338</v>
+        <v>1.37</v>
       </c>
       <c r="N470" s="15"/>
       <c r="O470" s="15"/>
       <c r="P470" s="15"/>
       <c r="Q470" s="15"/>
       <c r="R470"/>
     </row>
     <row r="471" spans="1:18">
       <c r="B471" s="14" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C471" s="15" t="s">
-        <v>1383</v>
+        <v>1387</v>
       </c>
       <c r="D471" s="15" t="s">
-        <v>1384</v>
+        <v>1388</v>
       </c>
       <c r="E471" s="15" t="s">
-        <v>1385</v>
+        <v>1389</v>
       </c>
       <c r="F471" s="15"/>
       <c r="G471" s="15"/>
       <c r="H471" s="15" t="s">
-        <v>1382</v>
+        <v>1390</v>
       </c>
       <c r="I471" s="15"/>
       <c r="J471" s="15"/>
       <c r="K471" s="15">
-        <v>1.06</v>
+        <v>1.12</v>
       </c>
       <c r="L471" s="15">
-        <v>0.89088</v>
+        <v>0.93951</v>
       </c>
       <c r="M471" s="15">
-        <v>0.85662</v>
+        <v>0.90338</v>
       </c>
       <c r="N471" s="15"/>
       <c r="O471" s="15"/>
       <c r="P471" s="15"/>
       <c r="Q471" s="15"/>
       <c r="R471"/>
     </row>
     <row r="472" spans="1:18">
       <c r="B472" s="14" t="s">
-        <v>122</v>
+        <v>265</v>
       </c>
       <c r="C472" s="15" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="D472" s="15" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="E472" s="15" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="F472" s="15"/>
       <c r="G472" s="15"/>
       <c r="H472" s="15" t="s">
-        <v>126</v>
+        <v>1390</v>
       </c>
       <c r="I472" s="15"/>
       <c r="J472" s="15"/>
       <c r="K472" s="15">
-        <v>0.44339</v>
+        <v>1.06</v>
       </c>
       <c r="L472" s="15">
-        <v>0.40644</v>
+        <v>0.89088</v>
       </c>
       <c r="M472" s="15">
-        <v>0</v>
+        <v>0.85662</v>
       </c>
       <c r="N472" s="15"/>
       <c r="O472" s="15"/>
       <c r="P472" s="15"/>
       <c r="Q472" s="15"/>
       <c r="R472"/>
     </row>
     <row r="473" spans="1:18">
       <c r="B473" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C473" s="15" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="D473" s="15" t="s">
-        <v>1390</v>
-[...2 lines deleted...]
-        <v>10000017867</v>
+        <v>1395</v>
+      </c>
+      <c r="E473" s="15" t="s">
+        <v>1396</v>
       </c>
       <c r="F473" s="15"/>
       <c r="G473" s="15"/>
       <c r="H473" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I473" s="15"/>
-      <c r="J473" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J473" s="15"/>
       <c r="K473" s="15">
-        <v>0.33003</v>
+        <v>0.44339</v>
       </c>
       <c r="L473" s="15">
-        <v>0.33003</v>
+        <v>0.40644</v>
       </c>
       <c r="M473" s="15">
-        <v>0.33003</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N473" s="15"/>
       <c r="O473" s="15"/>
       <c r="P473" s="15"/>
       <c r="Q473" s="15"/>
       <c r="R473"/>
     </row>
     <row r="474" spans="1:18">
       <c r="B474" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C474" s="15" t="s">
-        <v>1391</v>
+        <v>1397</v>
       </c>
       <c r="D474" s="15" t="s">
-        <v>1392</v>
+        <v>1398</v>
       </c>
       <c r="E474" s="15">
-        <v>10000011528</v>
+        <v>10000017867</v>
       </c>
       <c r="F474" s="15"/>
       <c r="G474" s="15"/>
       <c r="H474" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I474" s="15"/>
       <c r="J474" s="15">
         <v>25</v>
       </c>
       <c r="K474" s="15">
-        <v>0.57042</v>
+        <v>0.33003</v>
       </c>
       <c r="L474" s="15">
-        <v>0.49436</v>
+        <v>0.33003</v>
       </c>
       <c r="M474" s="15">
-        <v>0.47535</v>
+        <v>0.33003</v>
       </c>
       <c r="N474" s="15">
-        <v>649</v>
+        <v>402</v>
       </c>
       <c r="O474" s="15"/>
       <c r="P474" s="15"/>
       <c r="Q474" s="15"/>
       <c r="R474"/>
     </row>
     <row r="475" spans="1:18">
       <c r="B475" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C475" s="15" t="s">
-        <v>1394</v>
+        <v>1399</v>
       </c>
       <c r="D475" s="15" t="s">
-        <v>1395</v>
+        <v>1400</v>
       </c>
       <c r="E475" s="15">
-        <v>10000014654</v>
+        <v>10000011528</v>
       </c>
       <c r="F475" s="15"/>
       <c r="G475" s="15"/>
       <c r="H475" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I475" s="15" t="s">
-        <v>1396</v>
+        <v>1401</v>
       </c>
       <c r="J475" s="15">
         <v>25</v>
       </c>
       <c r="K475" s="15">
-        <v>0.59119</v>
+        <v>0.57042</v>
       </c>
       <c r="L475" s="15">
-        <v>0.57888</v>
+        <v>0.49436</v>
       </c>
       <c r="M475" s="15">
-        <v>0.55424</v>
-[...1 lines deleted...]
-      <c r="N475" s="15"/>
+        <v>0.47535</v>
+      </c>
+      <c r="N475" s="15">
+        <v>814</v>
+      </c>
       <c r="O475" s="15"/>
       <c r="P475" s="15"/>
       <c r="Q475" s="15"/>
       <c r="R475"/>
     </row>
     <row r="476" spans="1:18">
       <c r="B476" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C476" s="15" t="s">
-        <v>1397</v>
-[...1 lines deleted...]
-      <c r="D476" s="15"/>
+        <v>1402</v>
+      </c>
+      <c r="D476" s="15" t="s">
+        <v>1403</v>
+      </c>
       <c r="E476" s="15">
-        <v>10000011527</v>
+        <v>10000014654</v>
       </c>
       <c r="F476" s="15"/>
       <c r="G476" s="15"/>
       <c r="H476" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I476" s="15" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="J476" s="15">
         <v>25</v>
       </c>
       <c r="K476" s="15">
-        <v>0.51725</v>
+        <v>0.59119</v>
       </c>
       <c r="L476" s="15">
-        <v>0.44828</v>
+        <v>0.57888</v>
       </c>
       <c r="M476" s="15">
-        <v>0.43104</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.55424</v>
+      </c>
+      <c r="N476" s="15"/>
       <c r="O476" s="15"/>
       <c r="P476" s="15"/>
       <c r="Q476" s="15"/>
       <c r="R476"/>
     </row>
     <row r="477" spans="1:18">
       <c r="B477" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C477" s="15" t="s">
-        <v>1399</v>
-[...3 lines deleted...]
-      </c>
+        <v>1405</v>
+      </c>
+      <c r="D477" s="15"/>
       <c r="E477" s="15">
-        <v>10080049008</v>
+        <v>10000011527</v>
       </c>
       <c r="F477" s="15"/>
       <c r="G477" s="15"/>
       <c r="H477" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I477" s="15" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="J477" s="15">
         <v>25</v>
       </c>
       <c r="K477" s="15">
-        <v>0.84806</v>
+        <v>0.51725</v>
       </c>
       <c r="L477" s="15">
-        <v>0.73498</v>
+        <v>0.44828</v>
       </c>
       <c r="M477" s="15">
-        <v>0.7067099999999999</v>
+        <v>0.43104</v>
       </c>
       <c r="N477" s="15">
-        <v>1399</v>
+        <v>1476</v>
       </c>
       <c r="O477" s="15"/>
       <c r="P477" s="15"/>
       <c r="Q477" s="15"/>
       <c r="R477"/>
     </row>
     <row r="478" spans="1:18">
       <c r="B478" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C478" s="15" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="D478" s="15" t="s">
-        <v>1403</v>
-[...2 lines deleted...]
-        <v>1404</v>
+        <v>1408</v>
+      </c>
+      <c r="E478" s="15">
+        <v>10080049008</v>
       </c>
       <c r="F478" s="15"/>
       <c r="G478" s="15"/>
       <c r="H478" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I478" s="15" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="J478" s="15">
-        <v>2000</v>
+        <v>25</v>
       </c>
       <c r="K478" s="15">
-        <v>0.33259</v>
+        <v>0.84806</v>
       </c>
       <c r="L478" s="15">
-        <v>0.33259</v>
+        <v>0.73498</v>
       </c>
       <c r="M478" s="15">
-        <v>0.33259</v>
-[...1 lines deleted...]
-      <c r="N478" s="15"/>
+        <v>0.7067099999999999</v>
+      </c>
+      <c r="N478" s="15">
+        <v>1262</v>
+      </c>
       <c r="O478" s="15"/>
       <c r="P478" s="15"/>
       <c r="Q478" s="15"/>
       <c r="R478"/>
     </row>
     <row r="479" spans="1:18">
       <c r="B479" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C479" s="15" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="D479" s="15" t="s">
-        <v>1407</v>
-[...2 lines deleted...]
-        <v>10000011551</v>
+        <v>1411</v>
+      </c>
+      <c r="E479" s="15" t="s">
+        <v>1412</v>
       </c>
       <c r="F479" s="15"/>
       <c r="G479" s="15"/>
       <c r="H479" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I479" s="15" t="s">
-        <v>1408</v>
+        <v>1413</v>
       </c>
       <c r="J479" s="15">
-        <v>25</v>
+        <v>2000</v>
       </c>
       <c r="K479" s="15">
-        <v>0.67001</v>
+        <v>0.33259</v>
       </c>
       <c r="L479" s="15">
-        <v>0.6503100000000001</v>
+        <v>0.33259</v>
       </c>
       <c r="M479" s="15">
-        <v>0.62937</v>
+        <v>0.33259</v>
       </c>
       <c r="N479" s="15"/>
       <c r="O479" s="15"/>
       <c r="P479" s="15"/>
       <c r="Q479" s="15"/>
       <c r="R479"/>
     </row>
     <row r="480" spans="1:18">
       <c r="B480" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C480" s="15" t="s">
-        <v>1409</v>
+        <v>1414</v>
       </c>
       <c r="D480" s="15" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="E480" s="15">
-        <v>10080048509</v>
+        <v>10000011551</v>
       </c>
       <c r="F480" s="15"/>
       <c r="G480" s="15"/>
       <c r="H480" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I480" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I480" s="15" t="s">
+        <v>1416</v>
+      </c>
       <c r="J480" s="15">
         <v>25</v>
       </c>
       <c r="K480" s="15">
-        <v>0.95733</v>
+        <v>0.67001</v>
       </c>
       <c r="L480" s="15">
-        <v>0</v>
+        <v>0.6503100000000001</v>
       </c>
       <c r="M480" s="15">
-        <v>0</v>
+        <v>0.62937</v>
       </c>
       <c r="N480" s="15"/>
       <c r="O480" s="15"/>
       <c r="P480" s="15"/>
       <c r="Q480" s="15"/>
       <c r="R480"/>
     </row>
     <row r="481" spans="1:18">
       <c r="B481" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C481" s="15" t="s">
-        <v>1411</v>
+        <v>1417</v>
       </c>
       <c r="D481" s="15" t="s">
-        <v>1412</v>
-[...2 lines deleted...]
-        <v>1413</v>
+        <v>1418</v>
+      </c>
+      <c r="E481" s="15">
+        <v>10080048509</v>
       </c>
       <c r="F481" s="15"/>
       <c r="G481" s="15"/>
       <c r="H481" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I481" s="15"/>
       <c r="J481" s="15">
         <v>25</v>
       </c>
       <c r="K481" s="15">
-        <v>0.44339</v>
+        <v>0.95733</v>
       </c>
       <c r="L481" s="15">
-        <v>0.39413</v>
+        <v>0</v>
       </c>
       <c r="M481" s="15">
         <v>0</v>
       </c>
       <c r="N481" s="15"/>
       <c r="O481" s="15"/>
       <c r="P481" s="15"/>
       <c r="Q481" s="15"/>
       <c r="R481"/>
     </row>
     <row r="482" spans="1:18">
       <c r="B482" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C482" s="15" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="D482" s="15" t="s">
-        <v>1415</v>
-[...2 lines deleted...]
-        <v>10000011552</v>
+        <v>1420</v>
+      </c>
+      <c r="E482" s="15" t="s">
+        <v>1421</v>
       </c>
       <c r="F482" s="15"/>
       <c r="G482" s="15"/>
       <c r="H482" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I482" s="15"/>
       <c r="J482" s="15">
         <v>25</v>
       </c>
       <c r="K482" s="15">
-        <v>0.67001</v>
+        <v>0.44339</v>
       </c>
       <c r="L482" s="15">
-        <v>0.6503100000000001</v>
+        <v>0.39413</v>
       </c>
       <c r="M482" s="15">
-        <v>0.62937</v>
+        <v>0</v>
       </c>
       <c r="N482" s="15"/>
       <c r="O482" s="15"/>
       <c r="P482" s="15"/>
       <c r="Q482" s="15"/>
       <c r="R482"/>
     </row>
     <row r="483" spans="1:18">
       <c r="B483" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C483" s="15" t="s">
-        <v>1417</v>
+        <v>1422</v>
       </c>
       <c r="D483" s="15" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="E483" s="15">
-        <v>10000011553</v>
+        <v>10000011552</v>
       </c>
       <c r="F483" s="15"/>
       <c r="G483" s="15"/>
       <c r="H483" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I483" s="15" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="J483" s="15">
         <v>25</v>
       </c>
       <c r="K483" s="15">
-        <v>0.67741</v>
+        <v>0.67001</v>
       </c>
       <c r="L483" s="15">
-        <v>0.55424</v>
+        <v>0.6503100000000001</v>
       </c>
       <c r="M483" s="15">
-        <v>0.54193</v>
+        <v>0.62937</v>
       </c>
       <c r="N483" s="15"/>
       <c r="O483" s="15"/>
       <c r="P483" s="15"/>
       <c r="Q483" s="15"/>
       <c r="R483"/>
     </row>
     <row r="484" spans="1:18">
       <c r="B484" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C484" s="15" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="D484" s="15" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="E484" s="15">
-        <v>10080048857</v>
+        <v>10000011553</v>
       </c>
       <c r="F484" s="15"/>
       <c r="G484" s="15"/>
       <c r="H484" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I484" s="15" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="J484" s="15">
         <v>25</v>
       </c>
       <c r="K484" s="15">
-        <v>0.8849</v>
+        <v>0.67741</v>
       </c>
       <c r="L484" s="15">
-        <v>0.79641</v>
+        <v>0.55424</v>
       </c>
       <c r="M484" s="15">
-        <v>0.73743</v>
+        <v>0.54193</v>
       </c>
       <c r="N484" s="15"/>
       <c r="O484" s="15"/>
       <c r="P484" s="15"/>
       <c r="Q484" s="15"/>
       <c r="R484"/>
     </row>
     <row r="485" spans="1:18">
       <c r="B485" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C485" s="15" t="s">
-        <v>1423</v>
+        <v>1428</v>
       </c>
       <c r="D485" s="15" t="s">
-        <v>1424</v>
+        <v>1429</v>
       </c>
       <c r="E485" s="15">
-        <v>10000011152</v>
+        <v>10080048857</v>
       </c>
       <c r="F485" s="15"/>
       <c r="G485" s="15"/>
       <c r="H485" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I485" s="15" t="s">
-        <v>1425</v>
+        <v>1430</v>
       </c>
       <c r="J485" s="15">
         <v>25</v>
       </c>
       <c r="K485" s="15">
-        <v>0.7674</v>
+        <v>0.8849</v>
       </c>
       <c r="L485" s="15">
-        <v>0.69408</v>
+        <v>0.79641</v>
       </c>
       <c r="M485" s="15">
-        <v>0.6452</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.73743</v>
+      </c>
+      <c r="N485" s="15"/>
       <c r="O485" s="15"/>
       <c r="P485" s="15"/>
       <c r="Q485" s="15"/>
       <c r="R485"/>
     </row>
     <row r="486" spans="1:18">
       <c r="B486" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C486" s="15" t="s">
-        <v>1426</v>
+        <v>1431</v>
       </c>
       <c r="D486" s="15" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="E486" s="15">
-        <v>10000011153</v>
+        <v>10000011152</v>
       </c>
       <c r="F486" s="15"/>
       <c r="G486" s="15"/>
       <c r="H486" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I486" s="15" t="s">
-        <v>1428</v>
+        <v>1433</v>
       </c>
       <c r="J486" s="15">
         <v>25</v>
       </c>
       <c r="K486" s="15">
-        <v>0.51788</v>
+        <v>0.7674</v>
       </c>
       <c r="L486" s="15">
-        <v>0.51788</v>
+        <v>0.69408</v>
       </c>
       <c r="M486" s="15">
-        <v>0.51788</v>
+        <v>0.6452</v>
       </c>
       <c r="N486" s="15">
-        <v>958</v>
+        <v>3542</v>
       </c>
       <c r="O486" s="15"/>
       <c r="P486" s="15"/>
       <c r="Q486" s="15"/>
       <c r="R486"/>
     </row>
     <row r="487" spans="1:18">
       <c r="B487" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C487" s="15" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="D487" s="15" t="s">
-        <v>1430</v>
-[...2 lines deleted...]
-        <v>1431</v>
+        <v>1435</v>
+      </c>
+      <c r="E487" s="15">
+        <v>10000011153</v>
       </c>
       <c r="F487" s="15"/>
       <c r="G487" s="15"/>
       <c r="H487" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I487" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I487" s="15" t="s">
+        <v>1436</v>
+      </c>
       <c r="J487" s="15">
         <v>25</v>
       </c>
       <c r="K487" s="15">
-        <v>0.52279</v>
+        <v>0.51788</v>
       </c>
       <c r="L487" s="15">
-        <v>0.52279</v>
+        <v>0.51788</v>
       </c>
       <c r="M487" s="15">
-        <v>0.52279</v>
+        <v>0.51788</v>
       </c>
       <c r="N487" s="15">
-        <v>800</v>
-[...2 lines deleted...]
-      <c r="P487" s="15"/>
+        <v>18</v>
+      </c>
+      <c r="O487" s="15">
+        <v>630</v>
+      </c>
+      <c r="P487" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q487" s="15"/>
       <c r="R487"/>
     </row>
     <row r="488" spans="1:18">
       <c r="B488" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C488" s="15" t="s">
-        <v>1432</v>
-[...3 lines deleted...]
-        <v>10080029140</v>
+        <v>1437</v>
+      </c>
+      <c r="D488" s="15" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E488" s="15" t="s">
+        <v>1439</v>
       </c>
       <c r="F488" s="15"/>
       <c r="G488" s="15"/>
       <c r="H488" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I488" s="15"/>
       <c r="J488" s="15">
         <v>25</v>
       </c>
       <c r="K488" s="15">
-        <v>3.83</v>
+        <v>0.52279</v>
       </c>
       <c r="L488" s="15">
-        <v>3.27</v>
+        <v>0.52279</v>
       </c>
       <c r="M488" s="15">
-        <v>2.96</v>
-[...1 lines deleted...]
-      <c r="N488" s="15"/>
+        <v>0.52279</v>
+      </c>
+      <c r="N488" s="15">
+        <v>870</v>
+      </c>
       <c r="O488" s="15"/>
       <c r="P488" s="15"/>
       <c r="Q488" s="15"/>
       <c r="R488"/>
     </row>
     <row r="489" spans="1:18">
       <c r="B489" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>1433</v>
-[...5 lines deleted...]
-        <v>1435</v>
+        <v>1440</v>
+      </c>
+      <c r="D489" s="15"/>
+      <c r="E489" s="15">
+        <v>10080029140</v>
       </c>
       <c r="F489" s="15"/>
       <c r="G489" s="15"/>
       <c r="H489" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I489" s="15"/>
-      <c r="J489" s="15"/>
+      <c r="J489" s="15">
+        <v>25</v>
+      </c>
       <c r="K489" s="15">
-        <v>3.45</v>
+        <v>3.83</v>
       </c>
       <c r="L489" s="15">
+        <v>3.27</v>
+      </c>
+      <c r="M489" s="15">
         <v>2.96</v>
       </c>
-      <c r="M489" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="N489" s="15"/>
-      <c r="O489" s="15"/>
-      <c r="P489" s="15"/>
+      <c r="O489" s="15">
+        <v>186</v>
+      </c>
+      <c r="P489" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q489" s="15"/>
       <c r="R489"/>
     </row>
     <row r="490" spans="1:18">
       <c r="B490" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C490" s="15" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="D490" s="15" t="s">
-        <v>1437</v>
-[...2 lines deleted...]
-        <v>10000017802</v>
+        <v>1442</v>
+      </c>
+      <c r="E490" s="15" t="s">
+        <v>1443</v>
       </c>
       <c r="F490" s="15"/>
       <c r="G490" s="15"/>
       <c r="H490" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I490" s="15"/>
+      <c r="J490" s="15"/>
       <c r="K490" s="15">
-        <v>3.92</v>
+        <v>3.45</v>
       </c>
       <c r="L490" s="15">
-        <v>3.54</v>
+        <v>2.96</v>
       </c>
       <c r="M490" s="15">
-        <v>3.29</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N490" s="15"/>
       <c r="O490" s="15"/>
       <c r="P490" s="15"/>
       <c r="Q490" s="15"/>
       <c r="R490"/>
     </row>
     <row r="491" spans="1:18">
       <c r="B491" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C491" s="15" t="s">
-        <v>1439</v>
+        <v>1444</v>
       </c>
       <c r="D491" s="15" t="s">
-        <v>1440</v>
+        <v>1445</v>
       </c>
       <c r="E491" s="15">
-        <v>10080066087</v>
+        <v>10000017802</v>
       </c>
       <c r="F491" s="15"/>
       <c r="G491" s="15"/>
       <c r="H491" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I491" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I491" s="15" t="s">
+        <v>1446</v>
+      </c>
       <c r="J491" s="15">
         <v>25</v>
       </c>
       <c r="K491" s="15">
-        <v>2.45</v>
+        <v>3.92</v>
       </c>
       <c r="L491" s="15">
-        <v>2.45</v>
+        <v>3.54</v>
       </c>
       <c r="M491" s="15">
-        <v>2.45</v>
+        <v>3.29</v>
       </c>
       <c r="N491" s="15">
-        <v>5</v>
+        <v>96</v>
       </c>
       <c r="O491" s="15"/>
       <c r="P491" s="15"/>
       <c r="Q491" s="15"/>
       <c r="R491"/>
     </row>
     <row r="492" spans="1:18">
       <c r="B492" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C492" s="15" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="D492" s="15" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="E492" s="15">
-        <v>10000011529</v>
+        <v>10080066087</v>
       </c>
       <c r="F492" s="15"/>
       <c r="G492" s="15"/>
       <c r="H492" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I492" s="15"/>
       <c r="J492" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K492" s="15">
-        <v>1.47</v>
+        <v>2.45</v>
       </c>
       <c r="L492" s="15">
-        <v>0.77939</v>
+        <v>2.45</v>
       </c>
       <c r="M492" s="15">
-        <v>0.6648500000000001</v>
-[...1 lines deleted...]
-      <c r="N492" s="15"/>
+        <v>2.45</v>
+      </c>
+      <c r="N492" s="15">
+        <v>5</v>
+      </c>
       <c r="O492" s="15"/>
       <c r="P492" s="15"/>
       <c r="Q492" s="15"/>
       <c r="R492"/>
     </row>
     <row r="493" spans="1:18">
       <c r="B493" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C493" s="15" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="D493" s="15" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>1450</v>
+      </c>
+      <c r="E493" s="15">
+        <v>10000011529</v>
       </c>
       <c r="F493" s="15"/>
       <c r="G493" s="15"/>
       <c r="H493" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I493" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I493" s="15" t="s">
+        <v>1451</v>
+      </c>
       <c r="J493" s="15">
         <v>20</v>
       </c>
       <c r="K493" s="15">
-        <v>0.70268</v>
+        <v>1.47</v>
       </c>
       <c r="L493" s="15">
-        <v>0.6355499999999999</v>
+        <v>0.77939</v>
       </c>
       <c r="M493" s="15">
-        <v>0.59079</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6648500000000001</v>
+      </c>
+      <c r="N493" s="15"/>
       <c r="O493" s="15"/>
       <c r="P493" s="15"/>
       <c r="Q493" s="15"/>
       <c r="R493"/>
     </row>
     <row r="494" spans="1:18">
       <c r="B494" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C494" s="15" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="D494" s="15" t="s">
-        <v>1448</v>
-[...2 lines deleted...]
-        <v>10080002614</v>
+        <v>1453</v>
+      </c>
+      <c r="E494" s="15" t="s">
+        <v>1454</v>
       </c>
       <c r="F494" s="15"/>
       <c r="G494" s="15"/>
       <c r="H494" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I494" s="15"/>
       <c r="J494" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K494" s="15">
-        <v>0.68147</v>
+        <v>0.70268</v>
       </c>
       <c r="L494" s="15">
-        <v>0.61637</v>
+        <v>0.6355499999999999</v>
       </c>
       <c r="M494" s="15">
-        <v>0.57296</v>
+        <v>0.59079</v>
       </c>
       <c r="N494" s="15">
-        <v>292</v>
+        <v>355</v>
       </c>
       <c r="O494" s="15"/>
       <c r="P494" s="15"/>
       <c r="Q494" s="15"/>
       <c r="R494"/>
     </row>
     <row r="495" spans="1:18">
       <c r="B495" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C495" s="15" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="D495" s="15" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
       <c r="E495" s="15">
-        <v>10080002613</v>
+        <v>10080002614</v>
       </c>
       <c r="F495" s="15"/>
       <c r="G495" s="15"/>
       <c r="H495" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I495" s="15" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="J495" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K495" s="15">
-        <v>0.68004</v>
+        <v>0.68147</v>
       </c>
       <c r="L495" s="15">
-        <v>0.5893699999999999</v>
+        <v>0.61637</v>
       </c>
       <c r="M495" s="15">
-        <v>0.5667</v>
+        <v>0.57296</v>
       </c>
       <c r="N495" s="15">
-        <v>164</v>
+        <v>265</v>
       </c>
       <c r="O495" s="15"/>
       <c r="P495" s="15"/>
       <c r="Q495" s="15"/>
       <c r="R495"/>
     </row>
     <row r="496" spans="1:18">
       <c r="B496" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C496" s="15" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="D496" s="15" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="E496" s="15">
-        <v>10000011531</v>
+        <v>10080002613</v>
       </c>
       <c r="F496" s="15"/>
       <c r="G496" s="15"/>
       <c r="H496" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I496" s="15" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="J496" s="15">
         <v>20</v>
       </c>
       <c r="K496" s="15">
-        <v>0.68033</v>
+        <v>0.68004</v>
       </c>
       <c r="L496" s="15">
-        <v>0.61533</v>
+        <v>0.5893699999999999</v>
       </c>
       <c r="M496" s="15">
-        <v>0.572</v>
+        <v>0.5667</v>
       </c>
       <c r="N496" s="15">
-        <v>123</v>
+        <v>164</v>
       </c>
       <c r="O496" s="15"/>
       <c r="P496" s="15"/>
       <c r="Q496" s="15"/>
       <c r="R496"/>
     </row>
     <row r="497" spans="1:18">
       <c r="B497" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C497" s="15" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
       <c r="D497" s="15" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
       <c r="E497" s="15">
-        <v>10000014257</v>
+        <v>10000011531</v>
       </c>
       <c r="F497" s="15"/>
       <c r="G497" s="15"/>
       <c r="H497" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I497" s="15" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="J497" s="15">
         <v>20</v>
       </c>
       <c r="K497" s="15">
-        <v>0.72294</v>
+        <v>0.68033</v>
       </c>
       <c r="L497" s="15">
-        <v>0.6265500000000001</v>
+        <v>0.61533</v>
       </c>
       <c r="M497" s="15">
-        <v>0.60245</v>
+        <v>0.572</v>
       </c>
       <c r="N497" s="15">
-        <v>349</v>
-[...2 lines deleted...]
-      <c r="P497" s="15"/>
+        <v>167</v>
+      </c>
+      <c r="O497" s="15">
+        <v>450</v>
+      </c>
+      <c r="P497" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q497" s="15"/>
       <c r="R497"/>
     </row>
     <row r="498" spans="1:18">
       <c r="B498" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C498" s="15" t="s">
-        <v>1459</v>
+        <v>1464</v>
       </c>
       <c r="D498" s="15" t="s">
-        <v>1460</v>
+        <v>1465</v>
       </c>
       <c r="E498" s="15">
-        <v>10080002612</v>
+        <v>10000014257</v>
       </c>
       <c r="F498" s="15"/>
       <c r="G498" s="15"/>
       <c r="H498" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I498" s="15" t="s">
-        <v>1461</v>
+        <v>1466</v>
       </c>
       <c r="J498" s="15">
         <v>20</v>
       </c>
       <c r="K498" s="15">
-        <v>0.6899999999999999</v>
+        <v>0.72294</v>
       </c>
       <c r="L498" s="15">
-        <v>0.62408</v>
+        <v>0.6265500000000001</v>
       </c>
       <c r="M498" s="15">
-        <v>0.58013</v>
+        <v>0.60245</v>
       </c>
       <c r="N498" s="15">
-        <v>714</v>
+        <v>9</v>
       </c>
       <c r="O498" s="15"/>
       <c r="P498" s="15"/>
       <c r="Q498" s="15"/>
       <c r="R498"/>
     </row>
     <row r="499" spans="1:18">
       <c r="B499" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C499" s="15" t="s">
-        <v>1462</v>
+        <v>1467</v>
       </c>
       <c r="D499" s="15" t="s">
-        <v>1463</v>
+        <v>1468</v>
       </c>
       <c r="E499" s="15">
-        <v>10080012624</v>
+        <v>10080002612</v>
       </c>
       <c r="F499" s="15"/>
       <c r="G499" s="15"/>
       <c r="H499" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I499" s="15" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="J499" s="15">
         <v>20</v>
       </c>
       <c r="K499" s="15">
-        <v>0.45088</v>
+        <v>0.6899999999999999</v>
       </c>
       <c r="L499" s="15">
-        <v>0.45088</v>
+        <v>0.62408</v>
       </c>
       <c r="M499" s="15">
-        <v>0.45088</v>
+        <v>0.58013</v>
       </c>
       <c r="N499" s="15">
-        <v>4068</v>
+        <v>714</v>
       </c>
       <c r="O499" s="15"/>
       <c r="P499" s="15"/>
       <c r="Q499" s="15"/>
       <c r="R499"/>
     </row>
     <row r="500" spans="1:18">
       <c r="B500" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C500" s="15" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="D500" s="15" t="s">
-        <v>1466</v>
+        <v>1471</v>
       </c>
       <c r="E500" s="15">
-        <v>10080049591</v>
+        <v>10080012624</v>
       </c>
       <c r="F500" s="15"/>
       <c r="G500" s="15"/>
       <c r="H500" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I500" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I500" s="15" t="s">
+        <v>1472</v>
+      </c>
       <c r="J500" s="15">
         <v>20</v>
       </c>
       <c r="K500" s="15">
-        <v>0.62244</v>
+        <v>0.45088</v>
       </c>
       <c r="L500" s="15">
-        <v>0.56297</v>
+        <v>0.45088</v>
       </c>
       <c r="M500" s="15">
-        <v>0.52333</v>
+        <v>0.45088</v>
       </c>
       <c r="N500" s="15">
-        <v>981</v>
+        <v>3217</v>
       </c>
       <c r="O500" s="15"/>
       <c r="P500" s="15"/>
       <c r="Q500" s="15"/>
       <c r="R500"/>
     </row>
     <row r="501" spans="1:18">
       <c r="B501" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C501" s="15" t="s">
-        <v>1467</v>
+        <v>1473</v>
       </c>
       <c r="D501" s="15" t="s">
-        <v>1468</v>
-[...2 lines deleted...]
-        <v>1469</v>
+        <v>1474</v>
+      </c>
+      <c r="E501" s="15">
+        <v>10080049591</v>
       </c>
       <c r="F501" s="15"/>
       <c r="G501" s="15"/>
       <c r="H501" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I501" s="15"/>
       <c r="J501" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K501" s="15">
-        <v>0.47499</v>
+        <v>0.62244</v>
       </c>
       <c r="L501" s="15">
-        <v>0.42961</v>
+        <v>0.56297</v>
       </c>
       <c r="M501" s="15">
-        <v>0.39935</v>
+        <v>0.52333</v>
       </c>
       <c r="N501" s="15">
-        <v>340</v>
+        <v>992</v>
       </c>
       <c r="O501" s="15"/>
       <c r="P501" s="15"/>
       <c r="Q501" s="15"/>
       <c r="R501"/>
     </row>
     <row r="502" spans="1:18">
       <c r="B502" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C502" s="15" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="D502" s="15" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="E502" s="15" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="F502" s="15"/>
       <c r="G502" s="15"/>
       <c r="H502" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I502" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I502" s="15" t="s">
+        <v>1478</v>
+      </c>
       <c r="J502" s="15">
         <v>25</v>
       </c>
       <c r="K502" s="15">
-        <v>0.70357</v>
+        <v>0.47499</v>
       </c>
       <c r="L502" s="15">
-        <v>0.70357</v>
+        <v>0.42961</v>
       </c>
       <c r="M502" s="15">
-        <v>0.70357</v>
+        <v>0.39935</v>
       </c>
       <c r="N502" s="15">
-        <v>242</v>
+        <v>435</v>
       </c>
       <c r="O502" s="15"/>
       <c r="P502" s="15"/>
       <c r="Q502" s="15"/>
       <c r="R502"/>
     </row>
     <row r="503" spans="1:18">
       <c r="B503" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C503" s="15" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="D503" s="15" t="s">
-        <v>1475</v>
-[...2 lines deleted...]
-        <v>10080002276</v>
+        <v>1480</v>
+      </c>
+      <c r="E503" s="15" t="s">
+        <v>1481</v>
       </c>
       <c r="F503" s="15"/>
       <c r="G503" s="15"/>
       <c r="H503" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I503" s="15"/>
       <c r="J503" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K503" s="15">
-        <v>0.67572</v>
+        <v>0.70357</v>
       </c>
       <c r="L503" s="15">
-        <v>0.67572</v>
+        <v>0.70357</v>
       </c>
       <c r="M503" s="15">
-        <v>0.67572</v>
+        <v>0.70357</v>
       </c>
       <c r="N503" s="15">
-        <v>1960</v>
+        <v>276</v>
       </c>
       <c r="O503" s="15"/>
       <c r="P503" s="15"/>
       <c r="Q503" s="15"/>
       <c r="R503"/>
     </row>
     <row r="504" spans="1:18">
       <c r="B504" s="14" t="s">
-        <v>258</v>
+        <v>127</v>
       </c>
       <c r="C504" s="15" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="D504" s="15" t="s">
-        <v>1478</v>
-[...2 lines deleted...]
-        <v>1479</v>
+        <v>1483</v>
+      </c>
+      <c r="E504" s="15">
+        <v>10080002276</v>
       </c>
       <c r="F504" s="15"/>
       <c r="G504" s="15"/>
       <c r="H504" s="15" t="s">
-        <v>1480</v>
-[...2 lines deleted...]
-      <c r="J504" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I504" s="15" t="s">
+        <v>1484</v>
+      </c>
+      <c r="J504" s="15">
+        <v>20</v>
+      </c>
       <c r="K504" s="15">
-        <v>3.04</v>
+        <v>0.67572</v>
       </c>
       <c r="L504" s="15">
-        <v>3.04</v>
+        <v>0.67572</v>
       </c>
       <c r="M504" s="15">
-        <v>3.04</v>
-[...1 lines deleted...]
-      <c r="N504" s="15"/>
+        <v>0.67572</v>
+      </c>
+      <c r="N504" s="15">
+        <v>1982</v>
+      </c>
       <c r="O504" s="15"/>
       <c r="P504" s="15"/>
       <c r="Q504" s="15"/>
       <c r="R504"/>
     </row>
     <row r="505" spans="1:18">
       <c r="B505" s="14" t="s">
-        <v>199</v>
+        <v>265</v>
       </c>
       <c r="C505" s="15" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="D505" s="15" t="s">
-        <v>1482</v>
-[...2 lines deleted...]
-        <v>10080005428</v>
+        <v>1486</v>
+      </c>
+      <c r="E505" s="15" t="s">
+        <v>1487</v>
       </c>
       <c r="F505" s="15"/>
       <c r="G505" s="15"/>
       <c r="H505" s="15" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>1488</v>
+      </c>
+      <c r="I505" s="15"/>
       <c r="J505" s="15"/>
       <c r="K505" s="15">
-        <v>0.61583</v>
+        <v>3.04</v>
       </c>
       <c r="L505" s="15">
-        <v>0.59119</v>
+        <v>3.04</v>
       </c>
       <c r="M505" s="15">
-        <v>0.57888</v>
+        <v>3.04</v>
       </c>
       <c r="N505" s="15"/>
       <c r="O505" s="15"/>
       <c r="P505" s="15"/>
       <c r="Q505" s="15"/>
       <c r="R505"/>
     </row>
     <row r="506" spans="1:18">
       <c r="B506" s="14" t="s">
-        <v>122</v>
+        <v>205</v>
       </c>
       <c r="C506" s="15" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="D506" s="15" t="s">
-        <v>1484</v>
-[...2 lines deleted...]
-        <v>1485</v>
+        <v>1490</v>
+      </c>
+      <c r="E506" s="15">
+        <v>10080005428</v>
       </c>
       <c r="F506" s="15"/>
       <c r="G506" s="15"/>
       <c r="H506" s="15" t="s">
-        <v>126</v>
+        <v>208</v>
       </c>
       <c r="I506" s="15" t="s">
-        <v>1078</v>
-[...3 lines deleted...]
-      </c>
+        <v>1416</v>
+      </c>
+      <c r="J506" s="15"/>
       <c r="K506" s="15">
+        <v>0.61583</v>
+      </c>
+      <c r="L506" s="15">
         <v>0.59119</v>
       </c>
-      <c r="L506" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="M506" s="15">
-        <v>0</v>
+        <v>0.57888</v>
       </c>
       <c r="N506" s="15"/>
       <c r="O506" s="15"/>
       <c r="P506" s="15"/>
       <c r="Q506" s="15"/>
       <c r="R506"/>
     </row>
     <row r="507" spans="1:18">
       <c r="B507" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C507" s="15" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="D507" s="15" t="s">
-        <v>1487</v>
+        <v>1492</v>
       </c>
       <c r="E507" s="15" t="s">
-        <v>1488</v>
+        <v>1493</v>
       </c>
       <c r="F507" s="15"/>
       <c r="G507" s="15"/>
       <c r="H507" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I507" s="15" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
       <c r="J507" s="15">
         <v>25</v>
       </c>
       <c r="K507" s="15">
-        <v>0.49266</v>
+        <v>0.59119</v>
       </c>
       <c r="L507" s="15">
-        <v>0.44648</v>
+        <v>0.55424</v>
       </c>
       <c r="M507" s="15">
-        <v>0.41568</v>
+        <v>0</v>
       </c>
       <c r="N507" s="15"/>
       <c r="O507" s="15"/>
       <c r="P507" s="15"/>
       <c r="Q507" s="15"/>
       <c r="R507"/>
     </row>
     <row r="508" spans="1:18">
       <c r="B508" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C508" s="15" t="s">
-        <v>1489</v>
+        <v>1494</v>
       </c>
       <c r="D508" s="15" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="E508" s="15" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="F508" s="15"/>
       <c r="G508" s="15"/>
       <c r="H508" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I508" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I508" s="15" t="s">
+        <v>1085</v>
+      </c>
       <c r="J508" s="15">
         <v>25</v>
       </c>
       <c r="K508" s="15">
-        <v>0.59119</v>
+        <v>0.49266</v>
       </c>
       <c r="L508" s="15">
-        <v>0.55424</v>
+        <v>0.44648</v>
       </c>
       <c r="M508" s="15">
-        <v>0</v>
+        <v>0.41568</v>
       </c>
       <c r="N508" s="15"/>
       <c r="O508" s="15"/>
       <c r="P508" s="15"/>
       <c r="Q508" s="15"/>
       <c r="R508"/>
     </row>
     <row r="509" spans="1:18">
       <c r="B509" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C509" s="15" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="D509" s="15" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
       <c r="E509" s="15" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="F509" s="15"/>
       <c r="G509" s="15"/>
       <c r="H509" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I509" s="15"/>
       <c r="J509" s="15">
         <v>25</v>
       </c>
       <c r="K509" s="15">
-        <v>0.27</v>
+        <v>0.59119</v>
       </c>
       <c r="L509" s="15">
-        <v>0.27</v>
+        <v>0.55424</v>
       </c>
       <c r="M509" s="15">
-        <v>0.27</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N509" s="15"/>
       <c r="O509" s="15"/>
       <c r="P509" s="15"/>
       <c r="Q509" s="15"/>
       <c r="R509"/>
     </row>
     <row r="510" spans="1:18">
       <c r="B510" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C510" s="15" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="D510" s="15" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
       <c r="E510" s="15" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="F510" s="15"/>
       <c r="G510" s="15"/>
       <c r="H510" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I510" s="15"/>
       <c r="J510" s="15">
         <v>25</v>
       </c>
       <c r="K510" s="15">
-        <v>0.5</v>
+        <v>0.27</v>
       </c>
       <c r="L510" s="15">
-        <v>0.5</v>
+        <v>0.27</v>
       </c>
       <c r="M510" s="15">
-        <v>0.5</v>
+        <v>0.27</v>
       </c>
       <c r="N510" s="15">
         <v>1</v>
       </c>
       <c r="O510" s="15"/>
       <c r="P510" s="15"/>
       <c r="Q510" s="15"/>
       <c r="R510"/>
     </row>
     <row r="511" spans="1:18">
       <c r="B511" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C511" s="15" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="D511" s="15" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="E511" s="15" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="F511" s="15"/>
       <c r="G511" s="15"/>
       <c r="H511" s="15" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-      <c r="J511" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I511" s="15"/>
+      <c r="J511" s="15">
+        <v>25</v>
+      </c>
       <c r="K511" s="15">
-        <v>0.49266</v>
+        <v>0.5</v>
       </c>
       <c r="L511" s="15">
-        <v>0.44648</v>
+        <v>0.5</v>
       </c>
       <c r="M511" s="15">
-        <v>0.41568</v>
-[...1 lines deleted...]
-      <c r="N511" s="15"/>
+        <v>0.5</v>
+      </c>
+      <c r="N511" s="15">
+        <v>1</v>
+      </c>
       <c r="O511" s="15"/>
       <c r="P511" s="15"/>
       <c r="Q511" s="15"/>
       <c r="R511"/>
     </row>
     <row r="512" spans="1:18">
       <c r="B512" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C512" s="15" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="D512" s="15" t="s">
-        <v>1503</v>
-[...2 lines deleted...]
-        <v>10000020416</v>
+        <v>1507</v>
+      </c>
+      <c r="E512" s="15" t="s">
+        <v>1508</v>
       </c>
       <c r="F512" s="15"/>
       <c r="G512" s="15"/>
       <c r="H512" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I512" s="15" t="s">
-        <v>1504</v>
-[...3 lines deleted...]
-      </c>
+        <v>1509</v>
+      </c>
+      <c r="J512" s="15"/>
       <c r="K512" s="15">
-        <v>0.52755</v>
+        <v>0.49266</v>
       </c>
       <c r="L512" s="15">
-        <v>0.47715</v>
+        <v>0.44648</v>
       </c>
       <c r="M512" s="15">
-        <v>0.44355</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.41568</v>
+      </c>
+      <c r="N512" s="15"/>
       <c r="O512" s="15"/>
       <c r="P512" s="15"/>
       <c r="Q512" s="15"/>
       <c r="R512"/>
     </row>
     <row r="513" spans="1:18">
       <c r="B513" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C513" s="15" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="D513" s="15" t="s">
-        <v>1506</v>
-[...2 lines deleted...]
-        <v>1507</v>
+        <v>1511</v>
+      </c>
+      <c r="E513" s="15">
+        <v>10000020416</v>
       </c>
       <c r="F513" s="15"/>
       <c r="G513" s="15"/>
       <c r="H513" s="15" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="J513" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I513" s="15" t="s">
+        <v>1512</v>
+      </c>
+      <c r="J513" s="15">
+        <v>25</v>
+      </c>
       <c r="K513" s="15">
-        <v>0.49266</v>
+        <v>0.52755</v>
       </c>
       <c r="L513" s="15">
-        <v>0.46803</v>
+        <v>0.47715</v>
       </c>
       <c r="M513" s="15">
-        <v>0.44339</v>
-[...1 lines deleted...]
-      <c r="N513" s="15"/>
+        <v>0.44355</v>
+      </c>
+      <c r="N513" s="15">
+        <v>172</v>
+      </c>
       <c r="O513" s="15"/>
       <c r="P513" s="15"/>
       <c r="Q513" s="15"/>
       <c r="R513"/>
     </row>
     <row r="514" spans="1:18">
       <c r="B514" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C514" s="15" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="D514" s="15" t="s">
-        <v>1509</v>
-[...2 lines deleted...]
-        <v>10000011548</v>
+        <v>1514</v>
+      </c>
+      <c r="E514" s="15" t="s">
+        <v>1515</v>
       </c>
       <c r="F514" s="15"/>
       <c r="G514" s="15"/>
       <c r="H514" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I514" s="15"/>
       <c r="J514" s="15"/>
       <c r="K514" s="15">
-        <v>0.45571</v>
+        <v>0.49266</v>
       </c>
       <c r="L514" s="15">
-        <v>0.43108</v>
+        <v>0.46803</v>
       </c>
       <c r="M514" s="15">
-        <v>0</v>
+        <v>0.44339</v>
       </c>
       <c r="N514" s="15"/>
       <c r="O514" s="15"/>
       <c r="P514" s="15"/>
       <c r="Q514" s="15"/>
       <c r="R514"/>
     </row>
     <row r="515" spans="1:18">
       <c r="B515" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C515" s="15" t="s">
-        <v>1511</v>
+        <v>1516</v>
       </c>
       <c r="D515" s="15" t="s">
-        <v>1512</v>
-[...2 lines deleted...]
-        <v>1513</v>
+        <v>1517</v>
+      </c>
+      <c r="E515" s="15">
+        <v>10000011548</v>
       </c>
       <c r="F515" s="15"/>
       <c r="G515" s="15"/>
       <c r="H515" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I515" s="15" t="s">
-        <v>1514</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="J515" s="15"/>
       <c r="K515" s="15">
-        <v>0.46803</v>
+        <v>0.45571</v>
       </c>
       <c r="L515" s="15">
         <v>0.43108</v>
       </c>
       <c r="M515" s="15">
         <v>0</v>
       </c>
       <c r="N515" s="15"/>
       <c r="O515" s="15"/>
       <c r="P515" s="15"/>
       <c r="Q515" s="15"/>
       <c r="R515"/>
     </row>
     <row r="516" spans="1:18">
       <c r="B516" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C516" s="15" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="D516" s="15" t="s">
-        <v>1516</v>
-[...2 lines deleted...]
-        <v>10000011546</v>
+        <v>1520</v>
+      </c>
+      <c r="E516" s="15" t="s">
+        <v>1521</v>
       </c>
       <c r="F516" s="15"/>
       <c r="G516" s="15"/>
       <c r="H516" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I516" s="15" t="s">
-        <v>1289</v>
+        <v>1522</v>
       </c>
       <c r="J516" s="15">
         <v>25</v>
       </c>
       <c r="K516" s="15">
-        <v>0.6162300000000001</v>
+        <v>0.46803</v>
       </c>
       <c r="L516" s="15">
-        <v>0.57219</v>
+        <v>0.43108</v>
       </c>
       <c r="M516" s="15">
-        <v>0.55018</v>
+        <v>0</v>
       </c>
       <c r="N516" s="15"/>
       <c r="O516" s="15"/>
       <c r="P516" s="15"/>
       <c r="Q516" s="15"/>
       <c r="R516"/>
     </row>
     <row r="517" spans="1:18">
       <c r="B517" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C517" s="15" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="D517" s="15" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="E517" s="15">
-        <v>10000029824</v>
+        <v>10000011546</v>
       </c>
       <c r="F517" s="15"/>
       <c r="G517" s="15"/>
       <c r="H517" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I517" s="15" t="s">
-        <v>1514</v>
+        <v>1296</v>
       </c>
       <c r="J517" s="15">
         <v>25</v>
       </c>
       <c r="K517" s="15">
-        <v>0.00612</v>
+        <v>0.6162300000000001</v>
       </c>
       <c r="L517" s="15">
-        <v>0.44339</v>
+        <v>0.57219</v>
       </c>
       <c r="M517" s="15">
-        <v>0.43108</v>
+        <v>0.55018</v>
       </c>
       <c r="N517" s="15"/>
       <c r="O517" s="15"/>
       <c r="P517" s="15"/>
       <c r="Q517" s="15"/>
       <c r="R517"/>
     </row>
     <row r="518" spans="1:18">
       <c r="B518" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C518" s="15" t="s">
-        <v>1519</v>
-[...1 lines deleted...]
-      <c r="D518" s="15"/>
+        <v>1525</v>
+      </c>
+      <c r="D518" s="15" t="s">
+        <v>1526</v>
+      </c>
       <c r="E518" s="15">
-        <v>10080044685</v>
+        <v>10000029824</v>
       </c>
       <c r="F518" s="15"/>
       <c r="G518" s="15"/>
       <c r="H518" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I518" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I518" s="15" t="s">
+        <v>1522</v>
+      </c>
       <c r="J518" s="15">
         <v>25</v>
       </c>
       <c r="K518" s="15">
-        <v>0.70877</v>
+        <v>0.00612</v>
       </c>
       <c r="L518" s="15">
-        <v>0.63788</v>
+        <v>0.44339</v>
       </c>
       <c r="M518" s="15">
-        <v>0.5906400000000001</v>
+        <v>0.43108</v>
       </c>
       <c r="N518" s="15"/>
       <c r="O518" s="15"/>
       <c r="P518" s="15"/>
       <c r="Q518" s="15"/>
       <c r="R518"/>
     </row>
     <row r="519" spans="1:18">
       <c r="B519" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>1520</v>
-[...3 lines deleted...]
-      </c>
+        <v>1527</v>
+      </c>
+      <c r="D519" s="15"/>
       <c r="E519" s="15">
-        <v>10080067723</v>
+        <v>10080044685</v>
       </c>
       <c r="F519" s="15"/>
       <c r="G519" s="15"/>
       <c r="H519" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I519" s="15"/>
       <c r="J519" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K519" s="15">
-        <v>0.32704</v>
+        <v>0.70877</v>
       </c>
       <c r="L519" s="15">
-        <v>0.32704</v>
+        <v>0.63788</v>
       </c>
       <c r="M519" s="15">
-        <v>0.32704</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.5906400000000001</v>
+      </c>
+      <c r="N519" s="15"/>
       <c r="O519" s="15"/>
       <c r="P519" s="15"/>
       <c r="Q519" s="15"/>
       <c r="R519"/>
     </row>
     <row r="520" spans="1:18">
       <c r="B520" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C520" s="15" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="D520" s="15" t="s">
-        <v>1524</v>
-[...2 lines deleted...]
-        <v>1525</v>
+        <v>1529</v>
+      </c>
+      <c r="E520" s="15">
+        <v>10080067723</v>
       </c>
       <c r="F520" s="15"/>
       <c r="G520" s="15"/>
       <c r="H520" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I520" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I520" s="15" t="s">
+        <v>1530</v>
+      </c>
       <c r="J520" s="15">
         <v>100</v>
       </c>
       <c r="K520" s="15">
-        <v>0.78875</v>
+        <v>0.32704</v>
       </c>
       <c r="L520" s="15">
-        <v>0.66153</v>
+        <v>0.32704</v>
       </c>
       <c r="M520" s="15">
-        <v>0.63609</v>
-[...3 lines deleted...]
-      <c r="P520" s="15"/>
+        <v>0.32704</v>
+      </c>
+      <c r="N520" s="15">
+        <v>31</v>
+      </c>
+      <c r="O520" s="15">
+        <v>680</v>
+      </c>
+      <c r="P520" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q520" s="15"/>
       <c r="R520"/>
     </row>
     <row r="521" spans="1:18">
       <c r="B521" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C521" s="15" t="s">
-        <v>1526</v>
+        <v>1531</v>
       </c>
       <c r="D521" s="15" t="s">
-        <v>1527</v>
-[...2 lines deleted...]
-        <v>10080000545</v>
+        <v>1532</v>
+      </c>
+      <c r="E521" s="15" t="s">
+        <v>1533</v>
       </c>
       <c r="F521" s="15"/>
       <c r="G521" s="15"/>
       <c r="H521" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I521" s="15"/>
       <c r="J521" s="15">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K521" s="15">
-        <v>0.29284</v>
+        <v>0.78875</v>
       </c>
       <c r="L521" s="15">
-        <v>0.29284</v>
+        <v>0.66153</v>
       </c>
       <c r="M521" s="15">
-        <v>0.29284</v>
+        <v>0.63609</v>
       </c>
       <c r="N521" s="15"/>
       <c r="O521" s="15"/>
       <c r="P521" s="15"/>
       <c r="Q521" s="15"/>
       <c r="R521"/>
     </row>
     <row r="522" spans="1:18">
       <c r="B522" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C522" s="15" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="D522" s="15" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="E522" s="15">
-        <v>10080007020</v>
+        <v>10080000545</v>
       </c>
       <c r="F522" s="15"/>
       <c r="G522" s="15"/>
       <c r="H522" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I522" s="15" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="J522" s="15">
         <v>25</v>
       </c>
       <c r="K522" s="15">
-        <v>0.33871</v>
+        <v>0.29284</v>
       </c>
       <c r="L522" s="15">
-        <v>0.33871</v>
+        <v>0.29284</v>
       </c>
       <c r="M522" s="15">
-        <v>0.33871</v>
+        <v>0.29284</v>
       </c>
       <c r="N522" s="15"/>
       <c r="O522" s="15"/>
       <c r="P522" s="15"/>
       <c r="Q522" s="15"/>
       <c r="R522"/>
     </row>
     <row r="523" spans="1:18">
       <c r="B523" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C523" s="15" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="D523" s="15" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="E523" s="15">
-        <v>10080000295</v>
+        <v>10080007020</v>
       </c>
       <c r="F523" s="15"/>
       <c r="G523" s="15"/>
       <c r="H523" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I523" s="15" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="J523" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K523" s="15">
-        <v>0.3886</v>
+        <v>0.33871</v>
       </c>
       <c r="L523" s="15">
-        <v>0.3886</v>
+        <v>0.33871</v>
       </c>
       <c r="M523" s="15">
-        <v>0.3886</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.33871</v>
+      </c>
+      <c r="N523" s="15"/>
       <c r="O523" s="15"/>
       <c r="P523" s="15"/>
       <c r="Q523" s="15"/>
       <c r="R523"/>
     </row>
     <row r="524" spans="1:18">
       <c r="B524" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C524" s="15" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="D524" s="15" t="s">
-        <v>1536</v>
+        <v>1541</v>
       </c>
       <c r="E524" s="15">
-        <v>10080053116</v>
+        <v>10080000295</v>
       </c>
       <c r="F524" s="15"/>
       <c r="G524" s="15"/>
       <c r="H524" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I524" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I524" s="15" t="s">
+        <v>1542</v>
+      </c>
       <c r="J524" s="15">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K524" s="15">
-        <v>0.55347</v>
+        <v>0.3886</v>
       </c>
       <c r="L524" s="15">
-        <v>0.49812</v>
+        <v>0.3886</v>
       </c>
       <c r="M524" s="15">
-        <v>0.46123</v>
-[...1 lines deleted...]
-      <c r="N524" s="15"/>
+        <v>0.3886</v>
+      </c>
+      <c r="N524" s="15">
+        <v>2570</v>
+      </c>
       <c r="O524" s="15"/>
       <c r="P524" s="15"/>
       <c r="Q524" s="15"/>
       <c r="R524"/>
     </row>
     <row r="525" spans="1:18">
       <c r="B525" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C525" s="15" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="D525" s="15" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="E525" s="15">
-        <v>10000011549</v>
+        <v>10080053116</v>
       </c>
       <c r="F525" s="15"/>
       <c r="G525" s="15"/>
       <c r="H525" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I525" s="15"/>
       <c r="J525" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K525" s="15">
-        <v>0.49086</v>
+        <v>0.55347</v>
       </c>
       <c r="L525" s="15">
-        <v>0.44396</v>
+        <v>0.49812</v>
       </c>
       <c r="M525" s="15">
-        <v>0.4127</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.46123</v>
+      </c>
+      <c r="N525" s="15"/>
       <c r="O525" s="15"/>
       <c r="P525" s="15"/>
       <c r="Q525" s="15"/>
       <c r="R525"/>
     </row>
     <row r="526" spans="1:18">
       <c r="B526" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C526" s="15" t="s">
-        <v>1540</v>
+        <v>1545</v>
       </c>
       <c r="D526" s="15" t="s">
-        <v>1541</v>
+        <v>1546</v>
       </c>
       <c r="E526" s="15">
-        <v>10080002611</v>
+        <v>10000011549</v>
       </c>
       <c r="F526" s="15"/>
       <c r="G526" s="15"/>
       <c r="H526" s="15" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="J526" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I526" s="15" t="s">
+        <v>1547</v>
+      </c>
+      <c r="J526" s="15">
+        <v>100</v>
+      </c>
       <c r="K526" s="15">
-        <v>0.51237</v>
+        <v>0.49086</v>
       </c>
       <c r="L526" s="15">
-        <v>0.49512</v>
+        <v>0.44396</v>
       </c>
       <c r="M526" s="15">
-        <v>0.47911</v>
-[...1 lines deleted...]
-      <c r="N526" s="15"/>
+        <v>0.4127</v>
+      </c>
+      <c r="N526" s="15">
+        <v>23257</v>
+      </c>
       <c r="O526" s="15"/>
       <c r="P526" s="15"/>
       <c r="Q526" s="15"/>
       <c r="R526"/>
     </row>
     <row r="527" spans="1:18">
       <c r="B527" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C527" s="15" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="D527" s="15" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="E527" s="15">
-        <v>10080005566</v>
+        <v>10080002611</v>
       </c>
       <c r="F527" s="15"/>
       <c r="G527" s="15"/>
       <c r="H527" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I527" s="15"/>
+      <c r="J527" s="15"/>
       <c r="K527" s="15">
-        <v>0.50063</v>
+        <v>0.51237</v>
       </c>
       <c r="L527" s="15">
-        <v>0.4528</v>
+        <v>0.49512</v>
       </c>
       <c r="M527" s="15">
-        <v>0.42091</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.47911</v>
+      </c>
+      <c r="N527" s="15"/>
       <c r="O527" s="15"/>
       <c r="P527" s="15"/>
       <c r="Q527" s="15"/>
       <c r="R527"/>
     </row>
     <row r="528" spans="1:18">
       <c r="B528" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C528" s="15" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="D528" s="15" t="s">
-        <v>1546</v>
+        <v>1551</v>
       </c>
       <c r="E528" s="15">
-        <v>10080072917</v>
+        <v>10080005566</v>
       </c>
       <c r="F528" s="15"/>
       <c r="G528" s="15"/>
       <c r="H528" s="15" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="J528" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I528" s="15" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J528" s="15">
+        <v>100</v>
+      </c>
       <c r="K528" s="15">
-        <v>0.73682</v>
+        <v>0.50063</v>
       </c>
       <c r="L528" s="15">
-        <v>0.61402</v>
+        <v>0.4528</v>
       </c>
       <c r="M528" s="15">
-        <v>0.58946</v>
-[...1 lines deleted...]
-      <c r="N528" s="15"/>
+        <v>0.42091</v>
+      </c>
+      <c r="N528" s="15">
+        <v>2561</v>
+      </c>
       <c r="O528" s="15"/>
       <c r="P528" s="15"/>
       <c r="Q528" s="15"/>
       <c r="R528"/>
     </row>
     <row r="529" spans="1:18">
       <c r="B529" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C529" s="15" t="s">
-        <v>1547</v>
+        <v>1553</v>
       </c>
       <c r="D529" s="15" t="s">
-        <v>1548</v>
-[...2 lines deleted...]
-        <v>1549</v>
+        <v>1554</v>
+      </c>
+      <c r="E529" s="15">
+        <v>10080072917</v>
       </c>
       <c r="F529" s="15"/>
       <c r="G529" s="15"/>
       <c r="H529" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I529" s="15"/>
+      <c r="J529" s="15"/>
       <c r="K529" s="15">
-        <v>0.94848</v>
+        <v>0.73682</v>
       </c>
       <c r="L529" s="15">
-        <v>0.82202</v>
+        <v>0.61402</v>
       </c>
       <c r="M529" s="15">
-        <v>0.7904</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.58946</v>
+      </c>
+      <c r="N529" s="15"/>
       <c r="O529" s="15"/>
       <c r="P529" s="15"/>
       <c r="Q529" s="15"/>
       <c r="R529"/>
     </row>
     <row r="530" spans="1:18">
       <c r="B530" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C530" s="15" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="D530" s="15" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="E530" s="15" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="F530" s="15"/>
       <c r="G530" s="15"/>
       <c r="H530" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I530" s="15" t="s">
-        <v>1554</v>
-[...1 lines deleted...]
-      <c r="J530" s="15"/>
+        <v>1558</v>
+      </c>
+      <c r="J530" s="15">
+        <v>20</v>
+      </c>
       <c r="K530" s="15">
-        <v>0.90956</v>
+        <v>0.94848</v>
       </c>
       <c r="L530" s="15">
-        <v>0.8226599999999999</v>
+        <v>0.82202</v>
       </c>
       <c r="M530" s="15">
-        <v>0.76473</v>
+        <v>0.7904</v>
       </c>
       <c r="N530" s="15">
-        <v>1680</v>
+        <v>800</v>
       </c>
       <c r="O530" s="15"/>
       <c r="P530" s="15"/>
       <c r="Q530" s="15"/>
       <c r="R530"/>
     </row>
     <row r="531" spans="1:18">
       <c r="B531" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C531" s="15" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="D531" s="15" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="E531" s="15" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="F531" s="15"/>
       <c r="G531" s="15"/>
       <c r="H531" s="15" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I531" s="15" t="s">
+        <v>1562</v>
+      </c>
+      <c r="J531" s="15"/>
       <c r="K531" s="15">
-        <v>0.21</v>
+        <v>0.90956</v>
       </c>
       <c r="L531" s="15">
-        <v>0.21</v>
+        <v>0.8226599999999999</v>
       </c>
       <c r="M531" s="15">
-        <v>0.21</v>
+        <v>0.76473</v>
       </c>
       <c r="N531" s="15">
-        <v>5</v>
+        <v>1260</v>
       </c>
       <c r="O531" s="15"/>
       <c r="P531" s="15"/>
       <c r="Q531" s="15"/>
       <c r="R531"/>
     </row>
     <row r="532" spans="1:18">
       <c r="B532" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C532" s="15" t="s">
-        <v>1558</v>
+        <v>1563</v>
       </c>
       <c r="D532" s="15" t="s">
-        <v>1559</v>
+        <v>1564</v>
       </c>
       <c r="E532" s="15" t="s">
-        <v>1560</v>
+        <v>1565</v>
       </c>
       <c r="F532" s="15"/>
       <c r="G532" s="15"/>
       <c r="H532" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I532" s="15"/>
       <c r="J532" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K532" s="15">
-        <v>0.93621</v>
+        <v>0.21</v>
       </c>
       <c r="L532" s="15">
-        <v>0.84676</v>
+        <v>0.21</v>
       </c>
       <c r="M532" s="15">
-        <v>0.78713</v>
-[...1 lines deleted...]
-      <c r="N532" s="15"/>
+        <v>0.21</v>
+      </c>
+      <c r="N532" s="15">
+        <v>5</v>
+      </c>
       <c r="O532" s="15"/>
       <c r="P532" s="15"/>
       <c r="Q532" s="15"/>
       <c r="R532"/>
     </row>
     <row r="533" spans="1:18">
       <c r="B533" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C533" s="15" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="D533" s="15" t="s">
-        <v>1563</v>
+        <v>1567</v>
       </c>
       <c r="E533" s="15" t="s">
-        <v>1564</v>
+        <v>1568</v>
       </c>
       <c r="F533" s="15"/>
       <c r="G533" s="15"/>
       <c r="H533" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I533" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I533" s="15" t="s">
+        <v>1569</v>
+      </c>
       <c r="J533" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K533" s="15">
-        <v>1.5</v>
+        <v>0.93621</v>
       </c>
       <c r="L533" s="15">
-        <v>1.36</v>
+        <v>0.84676</v>
       </c>
       <c r="M533" s="15">
-        <v>1.26</v>
+        <v>0.78713</v>
       </c>
       <c r="N533" s="15"/>
       <c r="O533" s="15"/>
       <c r="P533" s="15"/>
       <c r="Q533" s="15"/>
       <c r="R533"/>
     </row>
     <row r="534" spans="1:18">
       <c r="B534" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C534" s="15" t="s">
-        <v>1565</v>
+        <v>1570</v>
       </c>
       <c r="D534" s="15" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>10080005895</v>
+        <v>1571</v>
+      </c>
+      <c r="E534" s="15" t="s">
+        <v>1572</v>
       </c>
       <c r="F534" s="15"/>
       <c r="G534" s="15"/>
       <c r="H534" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I534" s="15"/>
       <c r="J534" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K534" s="15">
-        <v>0.89711</v>
+        <v>1.5</v>
       </c>
       <c r="L534" s="15">
-        <v>0.8114</v>
+        <v>1.36</v>
       </c>
       <c r="M534" s="15">
-        <v>0.75426</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.26</v>
+      </c>
+      <c r="N534" s="15"/>
       <c r="O534" s="15"/>
       <c r="P534" s="15"/>
       <c r="Q534" s="15"/>
       <c r="R534"/>
     </row>
     <row r="535" spans="1:18">
       <c r="B535" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C535" s="15" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="D535" s="15" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="E535" s="15">
-        <v>10080056119</v>
+        <v>10080005895</v>
       </c>
       <c r="F535" s="15"/>
       <c r="G535" s="15"/>
       <c r="H535" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I535" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I535" s="15" t="s">
+        <v>1575</v>
+      </c>
       <c r="J535" s="15">
         <v>20</v>
       </c>
       <c r="K535" s="15">
-        <v>0.9385</v>
+        <v>0.89711</v>
       </c>
       <c r="L535" s="15">
-        <v>0.84883</v>
+        <v>0.8114</v>
       </c>
       <c r="M535" s="15">
-        <v>0.78906</v>
+        <v>0.75426</v>
       </c>
       <c r="N535" s="15">
-        <v>2622</v>
+        <v>17734</v>
       </c>
       <c r="O535" s="15"/>
       <c r="P535" s="15"/>
       <c r="Q535" s="15"/>
       <c r="R535"/>
     </row>
     <row r="536" spans="1:18">
       <c r="B536" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C536" s="15" t="s">
-        <v>1570</v>
+        <v>1576</v>
       </c>
       <c r="D536" s="15" t="s">
-        <v>1571</v>
-[...2 lines deleted...]
-        <v>1572</v>
+        <v>1577</v>
+      </c>
+      <c r="E536" s="15">
+        <v>10080056119</v>
       </c>
       <c r="F536" s="15"/>
       <c r="G536" s="15"/>
       <c r="H536" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I536" s="15"/>
       <c r="J536" s="15">
         <v>20</v>
       </c>
       <c r="K536" s="15">
-        <v>0.71253</v>
+        <v>0.9385</v>
       </c>
       <c r="L536" s="15">
-        <v>0.71253</v>
+        <v>0.84883</v>
       </c>
       <c r="M536" s="15">
-        <v>0.71253</v>
+        <v>0.78906</v>
       </c>
       <c r="N536" s="15">
-        <v>4748</v>
+        <v>2726</v>
       </c>
       <c r="O536" s="15"/>
       <c r="P536" s="15"/>
       <c r="Q536" s="15"/>
       <c r="R536"/>
     </row>
     <row r="537" spans="1:18">
       <c r="B537" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C537" s="15" t="s">
-        <v>1573</v>
+        <v>1578</v>
       </c>
       <c r="D537" s="15" t="s">
-        <v>1574</v>
-[...2 lines deleted...]
-        <v>10080055423</v>
+        <v>1579</v>
+      </c>
+      <c r="E537" s="15" t="s">
+        <v>1580</v>
       </c>
       <c r="F537" s="15"/>
       <c r="G537" s="15"/>
       <c r="H537" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I537" s="15"/>
       <c r="J537" s="15">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="K537" s="15">
-        <v>0.97324</v>
+        <v>0.71253</v>
       </c>
       <c r="L537" s="15">
-        <v>0.97324</v>
+        <v>0.71253</v>
       </c>
       <c r="M537" s="15">
-        <v>0.97324</v>
-[...1 lines deleted...]
-      <c r="N537" s="15"/>
+        <v>0.71253</v>
+      </c>
+      <c r="N537" s="15">
+        <v>5381</v>
+      </c>
       <c r="O537" s="15"/>
       <c r="P537" s="15"/>
       <c r="Q537" s="15"/>
       <c r="R537"/>
     </row>
     <row r="538" spans="1:18">
       <c r="B538" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C538" s="15" t="s">
-        <v>1575</v>
+        <v>1581</v>
       </c>
       <c r="D538" s="15" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="E538" s="15">
-        <v>10080026810</v>
+        <v>10080055423</v>
       </c>
       <c r="F538" s="15"/>
       <c r="G538" s="15"/>
       <c r="H538" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I538" s="15"/>
       <c r="J538" s="15">
         <v>10</v>
       </c>
       <c r="K538" s="15">
-        <v>1.31</v>
+        <v>0.97324</v>
       </c>
       <c r="L538" s="15">
-        <v>1.14</v>
+        <v>0.97324</v>
       </c>
       <c r="M538" s="15">
-        <v>1.09</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.97324</v>
+      </c>
+      <c r="N538" s="15"/>
       <c r="O538" s="15"/>
       <c r="P538" s="15"/>
       <c r="Q538" s="15"/>
       <c r="R538"/>
     </row>
     <row r="539" spans="1:18">
       <c r="B539" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C539" s="15" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="D539" s="15" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="E539" s="15">
-        <v>10080017988</v>
+        <v>10080026810</v>
       </c>
       <c r="F539" s="15"/>
       <c r="G539" s="15"/>
       <c r="H539" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I539" s="15" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="J539" s="15">
         <v>10</v>
       </c>
       <c r="K539" s="15">
-        <v>1.56</v>
+        <v>1.31</v>
       </c>
       <c r="L539" s="15">
-        <v>1.41</v>
+        <v>1.14</v>
       </c>
       <c r="M539" s="15">
-        <v>1.31</v>
+        <v>1.09</v>
       </c>
       <c r="N539" s="15">
-        <v>3731</v>
+        <v>3015</v>
       </c>
       <c r="O539" s="15"/>
       <c r="P539" s="15"/>
       <c r="Q539" s="15"/>
       <c r="R539"/>
     </row>
     <row r="540" spans="1:18">
       <c r="B540" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C540" s="15" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="D540" s="15" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="E540" s="15">
-        <v>10080032291</v>
+        <v>10080017988</v>
       </c>
       <c r="F540" s="15"/>
       <c r="G540" s="15"/>
       <c r="H540" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I540" s="15" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="J540" s="15">
         <v>10</v>
       </c>
       <c r="K540" s="15">
-        <v>1.46</v>
+        <v>1.56</v>
       </c>
       <c r="L540" s="15">
-        <v>1.32</v>
+        <v>1.41</v>
       </c>
       <c r="M540" s="15">
-        <v>1.22</v>
-[...1 lines deleted...]
-      <c r="N540" s="15"/>
+        <v>1.31</v>
+      </c>
+      <c r="N540" s="15">
+        <v>2730</v>
+      </c>
       <c r="O540" s="15"/>
       <c r="P540" s="15"/>
       <c r="Q540" s="15"/>
       <c r="R540"/>
     </row>
     <row r="541" spans="1:18">
       <c r="B541" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C541" s="15" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="D541" s="15" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="E541" s="15">
-        <v>10080068158</v>
+        <v>10080032291</v>
       </c>
       <c r="F541" s="15"/>
       <c r="G541" s="15"/>
       <c r="H541" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I541" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I541" s="15" t="s">
+        <v>1591</v>
+      </c>
       <c r="J541" s="15">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="K541" s="15">
-        <v>0.83991</v>
+        <v>1.46</v>
       </c>
       <c r="L541" s="15">
-        <v>0.72792</v>
+        <v>1.32</v>
       </c>
       <c r="M541" s="15">
-        <v>0.6999300000000001</v>
+        <v>1.22</v>
       </c>
       <c r="N541" s="15"/>
-      <c r="O541" s="15"/>
-      <c r="P541" s="15"/>
+      <c r="O541" s="15">
+        <v>640</v>
+      </c>
+      <c r="P541" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q541" s="15"/>
       <c r="R541"/>
     </row>
     <row r="542" spans="1:18">
       <c r="B542" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C542" s="15" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="D542" s="15" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="E542" s="15">
-        <v>10080034839</v>
+        <v>10080068158</v>
       </c>
       <c r="F542" s="15"/>
       <c r="G542" s="15"/>
       <c r="H542" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I542" s="15"/>
       <c r="J542" s="15">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="K542" s="15">
-        <v>0.97375</v>
+        <v>0.83991</v>
       </c>
       <c r="L542" s="15">
-        <v>0.88071</v>
+        <v>0.72792</v>
       </c>
       <c r="M542" s="15">
-        <v>0.81869</v>
+        <v>0.6999300000000001</v>
       </c>
       <c r="N542" s="15"/>
       <c r="O542" s="15"/>
       <c r="P542" s="15"/>
       <c r="Q542" s="15"/>
       <c r="R542"/>
     </row>
     <row r="543" spans="1:18">
       <c r="B543" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C543" s="15" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="D543" s="15" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="E543" s="15">
-        <v>10080074425</v>
+        <v>10080034839</v>
       </c>
       <c r="F543" s="15"/>
       <c r="G543" s="15"/>
       <c r="H543" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I543" s="15"/>
       <c r="J543" s="15">
         <v>10</v>
       </c>
       <c r="K543" s="15">
-        <v>2</v>
+        <v>0.97375</v>
       </c>
       <c r="L543" s="15">
-        <v>1.66</v>
+        <v>0.88071</v>
       </c>
       <c r="M543" s="15">
-        <v>1.6</v>
+        <v>0.81869</v>
       </c>
       <c r="N543" s="15"/>
-      <c r="O543" s="15"/>
-      <c r="P543" s="15"/>
+      <c r="O543" s="15">
+        <v>630</v>
+      </c>
+      <c r="P543" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q543" s="15"/>
       <c r="R543"/>
     </row>
     <row r="544" spans="1:18">
       <c r="B544" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C544" s="15" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="D544" s="15" t="s">
-        <v>1591</v>
-[...2 lines deleted...]
-        <v>1592</v>
+        <v>1597</v>
+      </c>
+      <c r="E544" s="15">
+        <v>10080074425</v>
       </c>
       <c r="F544" s="15"/>
       <c r="G544" s="15"/>
       <c r="H544" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I544" s="15"/>
       <c r="J544" s="15">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K544" s="15">
-        <v>1.5</v>
+        <v>2</v>
       </c>
       <c r="L544" s="15">
-        <v>1.36</v>
+        <v>1.66</v>
       </c>
       <c r="M544" s="15">
-        <v>1.26</v>
+        <v>1.6</v>
       </c>
       <c r="N544" s="15"/>
       <c r="O544" s="15"/>
       <c r="P544" s="15"/>
       <c r="Q544" s="15"/>
       <c r="R544"/>
     </row>
     <row r="545" spans="1:18">
       <c r="B545" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C545" s="15" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="D545" s="15" t="s">
-        <v>1595</v>
-[...2 lines deleted...]
-        <v>10080047822</v>
+        <v>1599</v>
+      </c>
+      <c r="E545" s="15" t="s">
+        <v>1600</v>
       </c>
       <c r="F545" s="15"/>
       <c r="G545" s="15"/>
       <c r="H545" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I545" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I545" s="15" t="s">
+        <v>1601</v>
+      </c>
       <c r="J545" s="15">
         <v>25</v>
       </c>
       <c r="K545" s="15">
-        <v>0.73</v>
+        <v>1.5</v>
       </c>
       <c r="L545" s="15">
-        <v>0.73</v>
+        <v>1.36</v>
       </c>
       <c r="M545" s="15">
-        <v>0.73</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.26</v>
+      </c>
+      <c r="N545" s="15"/>
       <c r="O545" s="15"/>
       <c r="P545" s="15"/>
       <c r="Q545" s="15"/>
       <c r="R545"/>
     </row>
     <row r="546" spans="1:18">
       <c r="B546" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C546" s="15" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="D546" s="15" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="E546" s="15">
-        <v>10000018838</v>
+        <v>10080047822</v>
       </c>
       <c r="F546" s="15"/>
       <c r="G546" s="15"/>
       <c r="H546" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I546" s="15"/>
       <c r="J546" s="15">
         <v>25</v>
       </c>
       <c r="K546" s="15">
-        <v>0.97299</v>
+        <v>0.73</v>
       </c>
       <c r="L546" s="15">
-        <v>0.88003</v>
+        <v>0.73</v>
       </c>
       <c r="M546" s="15">
-        <v>0.81806</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.73</v>
+      </c>
+      <c r="N546" s="15">
+        <v>10</v>
+      </c>
+      <c r="O546" s="15"/>
+      <c r="P546" s="15"/>
       <c r="Q546" s="15"/>
       <c r="R546"/>
     </row>
     <row r="547" spans="1:18">
       <c r="B547" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C547" s="15" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="D547" s="15" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="E547" s="15">
-        <v>10080051279</v>
+        <v>10000018838</v>
       </c>
       <c r="F547" s="15"/>
       <c r="G547" s="15"/>
       <c r="H547" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I547" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I547" s="15" t="s">
+        <v>1606</v>
+      </c>
       <c r="J547" s="15">
         <v>25</v>
       </c>
       <c r="K547" s="15">
-        <v>1.36</v>
+        <v>0.97299</v>
       </c>
       <c r="L547" s="15">
-        <v>1.23</v>
+        <v>0.88003</v>
       </c>
       <c r="M547" s="15">
-        <v>1.14</v>
+        <v>0.81806</v>
       </c>
       <c r="N547" s="15"/>
-      <c r="O547" s="15"/>
-      <c r="P547" s="15"/>
+      <c r="O547" s="15">
+        <v>6311</v>
+      </c>
+      <c r="P547" s="15" t="s">
+        <v>1607</v>
+      </c>
       <c r="Q547" s="15"/>
       <c r="R547"/>
     </row>
     <row r="548" spans="1:18">
       <c r="B548" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C548" s="15" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="D548" s="15" t="s">
-        <v>1603</v>
+        <v>1609</v>
       </c>
       <c r="E548" s="15">
-        <v>10080003663</v>
+        <v>10080051279</v>
       </c>
       <c r="F548" s="15"/>
       <c r="G548" s="15"/>
       <c r="H548" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I548" s="15"/>
       <c r="J548" s="15">
         <v>25</v>
       </c>
       <c r="K548" s="15">
-        <v>0.87552</v>
+        <v>1.36</v>
       </c>
       <c r="L548" s="15">
-        <v>0.84185</v>
+        <v>1.23</v>
       </c>
       <c r="M548" s="15">
-        <v>0.80818</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.14</v>
+      </c>
+      <c r="N548" s="15"/>
       <c r="O548" s="15"/>
       <c r="P548" s="15"/>
       <c r="Q548" s="15"/>
       <c r="R548"/>
     </row>
     <row r="549" spans="1:18">
       <c r="B549" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C549" s="15" t="s">
-        <v>1605</v>
+        <v>1610</v>
       </c>
       <c r="D549" s="15" t="s">
-        <v>1606</v>
-[...2 lines deleted...]
-        <v>1607</v>
+        <v>1611</v>
+      </c>
+      <c r="E549" s="15">
+        <v>10080003663</v>
       </c>
       <c r="F549" s="15"/>
       <c r="G549" s="15"/>
       <c r="H549" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I549" s="15" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
       <c r="J549" s="15">
         <v>25</v>
       </c>
       <c r="K549" s="15">
-        <v>1.15</v>
+        <v>0.87552</v>
       </c>
       <c r="L549" s="15">
-        <v>1.04</v>
+        <v>0.84185</v>
       </c>
       <c r="M549" s="15">
-        <v>0.96454</v>
+        <v>0.80818</v>
       </c>
       <c r="N549" s="15">
-        <v>880</v>
+        <v>634</v>
       </c>
       <c r="O549" s="15"/>
       <c r="P549" s="15"/>
       <c r="Q549" s="15"/>
       <c r="R549"/>
     </row>
     <row r="550" spans="1:18">
       <c r="B550" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C550" s="15" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="D550" s="15" t="s">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>10080002610</v>
+        <v>1614</v>
+      </c>
+      <c r="E550" s="15" t="s">
+        <v>1615</v>
       </c>
       <c r="F550" s="15"/>
       <c r="G550" s="15"/>
       <c r="H550" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I550" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I550" s="15" t="s">
+        <v>1616</v>
+      </c>
       <c r="J550" s="15">
         <v>25</v>
       </c>
       <c r="K550" s="15">
-        <v>1.01</v>
+        <v>1.15</v>
       </c>
       <c r="L550" s="15">
-        <v>0.91658</v>
+        <v>1.04</v>
       </c>
       <c r="M550" s="15">
-        <v>0.85203</v>
+        <v>0.96454</v>
       </c>
       <c r="N550" s="15">
-        <v>313</v>
+        <v>680</v>
       </c>
       <c r="O550" s="15"/>
       <c r="P550" s="15"/>
       <c r="Q550" s="15"/>
       <c r="R550"/>
     </row>
     <row r="551" spans="1:18">
       <c r="B551" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C551" s="15" t="s">
-        <v>1611</v>
+        <v>1617</v>
       </c>
       <c r="D551" s="15" t="s">
-        <v>1612</v>
+        <v>1618</v>
       </c>
       <c r="E551" s="15">
-        <v>10000021424</v>
+        <v>10080002610</v>
       </c>
       <c r="F551" s="15"/>
       <c r="G551" s="15"/>
       <c r="H551" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I551" s="15"/>
       <c r="J551" s="15">
         <v>25</v>
       </c>
       <c r="K551" s="15">
         <v>1.01</v>
       </c>
       <c r="L551" s="15">
-        <v>0.9166</v>
+        <v>0.91658</v>
       </c>
       <c r="M551" s="15">
-        <v>0.85205</v>
+        <v>0.85203</v>
       </c>
       <c r="N551" s="15">
-        <v>2157</v>
+        <v>353</v>
       </c>
       <c r="O551" s="15"/>
       <c r="P551" s="15"/>
       <c r="Q551" s="15"/>
       <c r="R551"/>
     </row>
     <row r="552" spans="1:18">
       <c r="B552" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C552" s="15" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="D552" s="15" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
       <c r="E552" s="15">
-        <v>10080016368</v>
+        <v>10000021424</v>
       </c>
       <c r="F552" s="15"/>
       <c r="G552" s="15"/>
       <c r="H552" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I552" s="15" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="J552" s="15">
         <v>25</v>
       </c>
       <c r="K552" s="15">
-        <v>0.8025099999999999</v>
+        <v>1.01</v>
       </c>
       <c r="L552" s="15">
-        <v>0.72583</v>
+        <v>0.9166</v>
       </c>
       <c r="M552" s="15">
-        <v>0.67472</v>
+        <v>0.85205</v>
       </c>
       <c r="N552" s="15">
-        <v>324</v>
+        <v>2131</v>
       </c>
       <c r="O552" s="15"/>
       <c r="P552" s="15"/>
       <c r="Q552" s="15"/>
       <c r="R552"/>
     </row>
     <row r="553" spans="1:18">
       <c r="B553" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C553" s="15" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="D553" s="15" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="E553" s="15">
-        <v>10080050548</v>
+        <v>10080016368</v>
       </c>
       <c r="F553" s="15"/>
       <c r="G553" s="15"/>
       <c r="H553" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I553" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I553" s="15" t="s">
+        <v>1624</v>
+      </c>
       <c r="J553" s="15">
         <v>25</v>
       </c>
       <c r="K553" s="15">
-        <v>0.87942</v>
+        <v>0.8025099999999999</v>
       </c>
       <c r="L553" s="15">
-        <v>0.7954</v>
+        <v>0.72583</v>
       </c>
       <c r="M553" s="15">
-        <v>0.73938</v>
+        <v>0.67472</v>
       </c>
       <c r="N553" s="15">
-        <v>2079</v>
-[...2 lines deleted...]
-      <c r="P553" s="15"/>
+        <v>405</v>
+      </c>
+      <c r="O553" s="15">
+        <v>900</v>
+      </c>
+      <c r="P553" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q553" s="15"/>
       <c r="R553"/>
     </row>
     <row r="554" spans="1:18">
       <c r="B554" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C554" s="15" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="D554" s="15" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="E554" s="15">
-        <v>10000018077</v>
+        <v>10080050548</v>
       </c>
       <c r="F554" s="15"/>
       <c r="G554" s="15"/>
       <c r="H554" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I554" s="15"/>
       <c r="J554" s="15">
         <v>25</v>
       </c>
       <c r="K554" s="15">
-        <v>0.8118</v>
+        <v>0.87942</v>
       </c>
       <c r="L554" s="15">
-        <v>0.73424</v>
+        <v>0.7954</v>
       </c>
       <c r="M554" s="15">
-        <v>0.68253</v>
+        <v>0.73938</v>
       </c>
       <c r="N554" s="15">
-        <v>1592</v>
+        <v>2349</v>
       </c>
       <c r="O554" s="15"/>
       <c r="P554" s="15"/>
       <c r="Q554" s="15"/>
       <c r="R554"/>
     </row>
     <row r="555" spans="1:18">
       <c r="B555" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C555" s="15" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
       <c r="D555" s="15" t="s">
-        <v>1623</v>
+        <v>1628</v>
       </c>
       <c r="E555" s="15">
-        <v>10000023371</v>
+        <v>10000018077</v>
       </c>
       <c r="F555" s="15"/>
       <c r="G555" s="15"/>
       <c r="H555" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I555" s="15" t="s">
-        <v>1624</v>
+        <v>1629</v>
       </c>
       <c r="J555" s="15">
         <v>25</v>
       </c>
       <c r="K555" s="15">
-        <v>0.32</v>
+        <v>0.8118</v>
       </c>
       <c r="L555" s="15">
-        <v>0.32</v>
+        <v>0.73424</v>
       </c>
       <c r="M555" s="15">
-        <v>0.32</v>
+        <v>0.68253</v>
       </c>
       <c r="N555" s="15">
-        <v>3259</v>
+        <v>1732</v>
       </c>
       <c r="O555" s="15"/>
       <c r="P555" s="15"/>
       <c r="Q555" s="15"/>
       <c r="R555"/>
     </row>
     <row r="556" spans="1:18">
       <c r="B556" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C556" s="15" t="s">
-        <v>1625</v>
+        <v>1630</v>
       </c>
       <c r="D556" s="15" t="s">
-        <v>1626</v>
-[...2 lines deleted...]
-        <v>1627</v>
+        <v>1631</v>
+      </c>
+      <c r="E556" s="15">
+        <v>10000023371</v>
       </c>
       <c r="F556" s="15"/>
       <c r="G556" s="15"/>
       <c r="H556" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I556" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I556" s="15" t="s">
+        <v>1632</v>
+      </c>
       <c r="J556" s="15">
         <v>25</v>
       </c>
       <c r="K556" s="15">
-        <v>0.44339</v>
+        <v>0.32</v>
       </c>
       <c r="L556" s="15">
-        <v>0.41876</v>
+        <v>0.32</v>
       </c>
       <c r="M556" s="15">
-        <v>0.39413</v>
-[...1 lines deleted...]
-      <c r="N556" s="15"/>
+        <v>0.32</v>
+      </c>
+      <c r="N556" s="15">
+        <v>4152</v>
+      </c>
       <c r="O556" s="15"/>
       <c r="P556" s="15"/>
       <c r="Q556" s="15"/>
       <c r="R556"/>
     </row>
     <row r="557" spans="1:18">
       <c r="B557" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C557" s="15" t="s">
-        <v>1628</v>
+        <v>1633</v>
       </c>
       <c r="D557" s="15" t="s">
-        <v>1629</v>
+        <v>1634</v>
       </c>
       <c r="E557" s="15" t="s">
-        <v>1630</v>
+        <v>1635</v>
       </c>
       <c r="F557" s="15"/>
       <c r="G557" s="15"/>
       <c r="H557" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I557" s="15"/>
       <c r="J557" s="15">
         <v>25</v>
       </c>
       <c r="K557" s="15">
-        <v>0.7245</v>
+        <v>0.44339</v>
       </c>
       <c r="L557" s="15">
-        <v>0.47093</v>
+        <v>0.41876</v>
       </c>
       <c r="M557" s="15">
-        <v>0.44678</v>
+        <v>0.39413</v>
       </c>
       <c r="N557" s="15"/>
       <c r="O557" s="15"/>
       <c r="P557" s="15"/>
       <c r="Q557" s="15"/>
       <c r="R557"/>
     </row>
     <row r="558" spans="1:18">
       <c r="B558" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C558" s="15" t="s">
-        <v>1631</v>
+        <v>1636</v>
       </c>
       <c r="D558" s="15" t="s">
-        <v>1632</v>
-[...2 lines deleted...]
-        <v>10000011533</v>
+        <v>1637</v>
+      </c>
+      <c r="E558" s="15" t="s">
+        <v>1638</v>
       </c>
       <c r="F558" s="15"/>
       <c r="G558" s="15"/>
       <c r="H558" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I558" s="15"/>
       <c r="J558" s="15">
         <v>25</v>
       </c>
       <c r="K558" s="15">
-        <v>0.3695</v>
+        <v>0.7245</v>
       </c>
       <c r="L558" s="15">
-        <v>0.35718</v>
+        <v>0.47093</v>
       </c>
       <c r="M558" s="15">
-        <v>0.34486</v>
+        <v>0.44678</v>
       </c>
       <c r="N558" s="15"/>
       <c r="O558" s="15"/>
       <c r="P558" s="15"/>
       <c r="Q558" s="15"/>
       <c r="R558"/>
     </row>
     <row r="559" spans="1:18">
       <c r="B559" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C559" s="15" t="s">
-        <v>1633</v>
+        <v>1639</v>
       </c>
       <c r="D559" s="15" t="s">
-        <v>1634</v>
+        <v>1640</v>
       </c>
       <c r="E559" s="15">
-        <v>10000011550</v>
+        <v>10000011533</v>
       </c>
       <c r="F559" s="15"/>
       <c r="G559" s="15"/>
       <c r="H559" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I559" s="15" t="s">
-        <v>1635</v>
+        <v>302</v>
       </c>
       <c r="J559" s="15">
         <v>25</v>
       </c>
       <c r="K559" s="15">
-        <v>0.46183</v>
+        <v>0.3695</v>
       </c>
       <c r="L559" s="15">
-        <v>0.41771</v>
+        <v>0.35718</v>
       </c>
       <c r="M559" s="15">
-        <v>0.38829</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34486</v>
+      </c>
+      <c r="N559" s="15"/>
       <c r="O559" s="15"/>
       <c r="P559" s="15"/>
       <c r="Q559" s="15"/>
       <c r="R559"/>
     </row>
     <row r="560" spans="1:18">
       <c r="B560" s="14" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="C560" s="15" t="s">
-        <v>1636</v>
-[...1 lines deleted...]
-      <c r="D560" s="15"/>
+        <v>1641</v>
+      </c>
+      <c r="D560" s="15" t="s">
+        <v>1642</v>
+      </c>
       <c r="E560" s="15">
-        <v>10080003482</v>
+        <v>10000011550</v>
       </c>
       <c r="F560" s="15"/>
       <c r="G560" s="15"/>
       <c r="H560" s="15" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-      <c r="J560" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I560" s="15" t="s">
+        <v>1643</v>
+      </c>
+      <c r="J560" s="15">
+        <v>25</v>
+      </c>
       <c r="K560" s="15">
-        <v>3.74</v>
+        <v>0.46183</v>
       </c>
       <c r="L560" s="15">
-        <v>3.39</v>
+        <v>0.41771</v>
       </c>
       <c r="M560" s="15">
-        <v>3.16</v>
-[...3 lines deleted...]
-      <c r="P560" s="15"/>
+        <v>0.38829</v>
+      </c>
+      <c r="N560" s="15">
+        <v>5144</v>
+      </c>
+      <c r="O560" s="15">
+        <v>4860</v>
+      </c>
+      <c r="P560" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q560" s="15"/>
       <c r="R560"/>
     </row>
     <row r="561" spans="1:18">
       <c r="B561" s="14" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="C561" s="15" t="s">
-        <v>1637</v>
-[...5 lines deleted...]
-        <v>1639</v>
+        <v>1644</v>
+      </c>
+      <c r="D561" s="15"/>
+      <c r="E561" s="15">
+        <v>10080003482</v>
       </c>
       <c r="F561" s="15"/>
       <c r="G561" s="15"/>
       <c r="H561" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="I561" s="15"/>
+      <c r="J561" s="15"/>
       <c r="K561" s="15">
-        <v>1.01</v>
+        <v>3.74</v>
       </c>
       <c r="L561" s="15">
-        <v>0.90962</v>
+        <v>3.39</v>
       </c>
       <c r="M561" s="15">
-        <v>0.84557</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.16</v>
+      </c>
+      <c r="N561" s="15"/>
       <c r="O561" s="15"/>
       <c r="P561" s="15"/>
       <c r="Q561" s="15"/>
       <c r="R561"/>
     </row>
     <row r="562" spans="1:18">
       <c r="B562" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C562" s="15" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="D562" s="15" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="E562" s="15" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="F562" s="15"/>
       <c r="G562" s="15"/>
       <c r="H562" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I562" s="15" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="J562" s="15">
         <v>15</v>
       </c>
       <c r="K562" s="15">
-        <v>1.05</v>
+        <v>1.01</v>
       </c>
       <c r="L562" s="15">
-        <v>0.9498</v>
+        <v>0.90962</v>
       </c>
       <c r="M562" s="15">
-        <v>0.88291</v>
+        <v>0.84557</v>
       </c>
       <c r="N562" s="15">
-        <v>2016</v>
+        <v>1642</v>
       </c>
       <c r="O562" s="15"/>
       <c r="P562" s="15"/>
       <c r="Q562" s="15"/>
       <c r="R562"/>
     </row>
     <row r="563" spans="1:18">
       <c r="B563" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C563" s="15" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="D563" s="15" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="E563" s="15" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="F563" s="15"/>
       <c r="G563" s="15"/>
       <c r="H563" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I563" s="15" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="J563" s="15">
         <v>15</v>
       </c>
       <c r="K563" s="15">
-        <v>0.61607</v>
+        <v>1.05</v>
       </c>
       <c r="L563" s="15">
-        <v>0.61607</v>
+        <v>0.9498</v>
       </c>
       <c r="M563" s="15">
-        <v>0.61607</v>
+        <v>0.88291</v>
       </c>
       <c r="N563" s="15">
-        <v>521</v>
+        <v>2040</v>
       </c>
       <c r="O563" s="15"/>
       <c r="P563" s="15"/>
       <c r="Q563" s="15"/>
       <c r="R563"/>
     </row>
     <row r="564" spans="1:18">
       <c r="B564" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C564" s="15" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="D564" s="15" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="E564" s="15" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="F564" s="15"/>
       <c r="G564" s="15"/>
       <c r="H564" s="15" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="J564" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I564" s="15" t="s">
+        <v>1656</v>
+      </c>
+      <c r="J564" s="15">
+        <v>15</v>
+      </c>
       <c r="K564" s="15">
-        <v>1.23</v>
+        <v>0.61607</v>
       </c>
       <c r="L564" s="15">
-        <v>1.17</v>
+        <v>0.61607</v>
       </c>
       <c r="M564" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N564" s="15"/>
+        <v>0.61607</v>
+      </c>
+      <c r="N564" s="15">
+        <v>504</v>
+      </c>
       <c r="O564" s="15"/>
       <c r="P564" s="15"/>
       <c r="Q564" s="15"/>
       <c r="R564"/>
     </row>
     <row r="565" spans="1:18">
       <c r="B565" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C565" s="15" t="s">
-        <v>1652</v>
+        <v>1657</v>
       </c>
       <c r="D565" s="15" t="s">
-        <v>1653</v>
-[...2 lines deleted...]
-        <v>10000014133</v>
+        <v>1658</v>
+      </c>
+      <c r="E565" s="15" t="s">
+        <v>1659</v>
       </c>
       <c r="F565" s="15"/>
       <c r="G565" s="15"/>
       <c r="H565" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I565" s="15"/>
+      <c r="J565" s="15"/>
       <c r="K565" s="15">
-        <v>1.58</v>
+        <v>1.23</v>
       </c>
       <c r="L565" s="15">
-        <v>1.43</v>
+        <v>1.17</v>
       </c>
       <c r="M565" s="15">
-        <v>1.32</v>
+        <v>0</v>
       </c>
       <c r="N565" s="15"/>
       <c r="O565" s="15"/>
       <c r="P565" s="15"/>
       <c r="Q565" s="15"/>
       <c r="R565"/>
     </row>
     <row r="566" spans="1:18">
       <c r="B566" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C566" s="15" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="D566" s="15" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="E566" s="15">
-        <v>10080073634</v>
+        <v>10000014133</v>
       </c>
       <c r="F566" s="15"/>
       <c r="G566" s="15"/>
       <c r="H566" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I566" s="15" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="J566" s="15">
         <v>15</v>
       </c>
       <c r="K566" s="15">
-        <v>1.41</v>
+        <v>1.58</v>
       </c>
       <c r="L566" s="15">
-        <v>1.27</v>
+        <v>1.43</v>
       </c>
       <c r="M566" s="15">
-        <v>1.18</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.32</v>
+      </c>
+      <c r="N566" s="15"/>
       <c r="O566" s="15"/>
       <c r="P566" s="15"/>
       <c r="Q566" s="15"/>
       <c r="R566"/>
     </row>
     <row r="567" spans="1:18">
       <c r="B567" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C567" s="15" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="D567" s="15" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="E567" s="15">
-        <v>10080000046</v>
+        <v>10080073634</v>
       </c>
       <c r="F567" s="15"/>
       <c r="G567" s="15"/>
       <c r="H567" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I567" s="15" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="J567" s="15">
         <v>15</v>
       </c>
       <c r="K567" s="15">
-        <v>0.95139</v>
+        <v>1.41</v>
       </c>
       <c r="L567" s="15">
-        <v>0.86049</v>
+        <v>1.27</v>
       </c>
       <c r="M567" s="15">
-        <v>0.79989</v>
+        <v>1.18</v>
       </c>
       <c r="N567" s="15">
-        <v>1756</v>
+        <v>126</v>
       </c>
       <c r="O567" s="15"/>
       <c r="P567" s="15"/>
       <c r="Q567" s="15"/>
       <c r="R567"/>
     </row>
     <row r="568" spans="1:18">
       <c r="B568" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C568" s="15" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="D568" s="15" t="s">
-        <v>1662</v>
-[...2 lines deleted...]
-        <v>1663</v>
+        <v>1667</v>
+      </c>
+      <c r="E568" s="15">
+        <v>10080000046</v>
       </c>
       <c r="F568" s="15"/>
       <c r="G568" s="15"/>
       <c r="H568" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I568" s="15" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="J568" s="15">
         <v>15</v>
       </c>
       <c r="K568" s="15">
-        <v>0.60576</v>
+        <v>0.95139</v>
       </c>
       <c r="L568" s="15">
-        <v>0.60576</v>
+        <v>0.86049</v>
       </c>
       <c r="M568" s="15">
-        <v>0.60576</v>
+        <v>0.79989</v>
       </c>
       <c r="N568" s="15">
-        <v>953</v>
+        <v>1571</v>
       </c>
       <c r="O568" s="15"/>
       <c r="P568" s="15"/>
       <c r="Q568" s="15"/>
       <c r="R568"/>
     </row>
     <row r="569" spans="1:18">
       <c r="B569" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C569" s="15" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="D569" s="15" t="s">
-        <v>1666</v>
-[...2 lines deleted...]
-        <v>10080006048</v>
+        <v>1670</v>
+      </c>
+      <c r="E569" s="15" t="s">
+        <v>1671</v>
       </c>
       <c r="F569" s="15"/>
       <c r="G569" s="15"/>
       <c r="H569" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I569" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I569" s="15" t="s">
+        <v>1672</v>
+      </c>
       <c r="J569" s="15">
         <v>15</v>
       </c>
       <c r="K569" s="15">
-        <v>1.21</v>
+        <v>0.60576</v>
       </c>
       <c r="L569" s="15">
-        <v>1.09</v>
+        <v>0.60576</v>
       </c>
       <c r="M569" s="15">
-        <v>1.01</v>
-[...1 lines deleted...]
-      <c r="N569" s="15"/>
+        <v>0.60576</v>
+      </c>
+      <c r="N569" s="15">
+        <v>897</v>
+      </c>
       <c r="O569" s="15"/>
       <c r="P569" s="15"/>
       <c r="Q569" s="15"/>
       <c r="R569"/>
     </row>
     <row r="570" spans="1:18">
       <c r="B570" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C570" s="15" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="D570" s="15" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="E570" s="15">
-        <v>10080073635</v>
+        <v>10080006048</v>
       </c>
       <c r="F570" s="15"/>
       <c r="G570" s="15"/>
       <c r="H570" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I570" s="15"/>
       <c r="J570" s="15">
         <v>15</v>
       </c>
       <c r="K570" s="15">
-        <v>0.68115</v>
+        <v>1.21</v>
       </c>
       <c r="L570" s="15">
-        <v>0.68115</v>
+        <v>1.09</v>
       </c>
       <c r="M570" s="15">
-        <v>0.68115</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.01</v>
+      </c>
+      <c r="N570" s="15"/>
       <c r="O570" s="15"/>
       <c r="P570" s="15"/>
       <c r="Q570" s="15"/>
       <c r="R570"/>
     </row>
     <row r="571" spans="1:18">
       <c r="B571" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C571" s="15" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="D571" s="15" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="E571" s="15">
-        <v>10080010753</v>
+        <v>10080073635</v>
       </c>
       <c r="F571" s="15"/>
       <c r="G571" s="15"/>
       <c r="H571" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I571" s="15"/>
       <c r="J571" s="15">
         <v>15</v>
       </c>
       <c r="K571" s="15">
-        <v>1.44</v>
+        <v>0.68115</v>
       </c>
       <c r="L571" s="15">
-        <v>1.3</v>
+        <v>0.68115</v>
       </c>
       <c r="M571" s="15">
-        <v>1.2</v>
-[...1 lines deleted...]
-      <c r="N571" s="15"/>
+        <v>0.68115</v>
+      </c>
+      <c r="N571" s="15">
+        <v>1116</v>
+      </c>
       <c r="O571" s="15"/>
       <c r="P571" s="15"/>
       <c r="Q571" s="15"/>
       <c r="R571"/>
     </row>
     <row r="572" spans="1:18">
       <c r="B572" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C572" s="15" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="D572" s="15" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="E572" s="15">
-        <v>10080074588</v>
+        <v>10080010753</v>
       </c>
       <c r="F572" s="15"/>
       <c r="G572" s="15"/>
       <c r="H572" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I572" s="15"/>
       <c r="J572" s="15">
         <v>15</v>
       </c>
       <c r="K572" s="15">
-        <v>1.14</v>
+        <v>1.44</v>
       </c>
       <c r="L572" s="15">
-        <v>1.03</v>
+        <v>1.3</v>
       </c>
       <c r="M572" s="15">
-        <v>0.9575</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.2</v>
+      </c>
+      <c r="N572" s="15"/>
       <c r="O572" s="15"/>
       <c r="P572" s="15"/>
       <c r="Q572" s="15"/>
       <c r="R572"/>
     </row>
     <row r="573" spans="1:18">
       <c r="B573" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C573" s="15" t="s">
-        <v>1674</v>
+        <v>1679</v>
       </c>
       <c r="D573" s="15" t="s">
-        <v>1675</v>
-[...2 lines deleted...]
-        <v>1676</v>
+        <v>1680</v>
+      </c>
+      <c r="E573" s="15">
+        <v>10080074588</v>
       </c>
       <c r="F573" s="15"/>
       <c r="G573" s="15"/>
       <c r="H573" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I573" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I573" s="15" t="s">
+        <v>1681</v>
+      </c>
       <c r="J573" s="15">
         <v>15</v>
       </c>
       <c r="K573" s="15">
-        <v>2.47</v>
+        <v>1.14</v>
       </c>
       <c r="L573" s="15">
-        <v>2.24</v>
+        <v>1.03</v>
       </c>
       <c r="M573" s="15">
-        <v>2.08</v>
+        <v>0.9575</v>
       </c>
       <c r="N573" s="15">
-        <v>40</v>
+        <v>202</v>
       </c>
       <c r="O573" s="15"/>
       <c r="P573" s="15"/>
       <c r="Q573" s="15"/>
       <c r="R573"/>
     </row>
     <row r="574" spans="1:18">
       <c r="B574" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C574" s="15" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="D574" s="15" t="s">
-        <v>1678</v>
-[...2 lines deleted...]
-        <v>10080067638</v>
+        <v>1683</v>
+      </c>
+      <c r="E574" s="15" t="s">
+        <v>1684</v>
       </c>
       <c r="F574" s="15"/>
       <c r="G574" s="15"/>
       <c r="H574" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I574" s="15"/>
       <c r="J574" s="15">
         <v>15</v>
       </c>
       <c r="K574" s="15">
-        <v>4.42</v>
+        <v>2.47</v>
       </c>
       <c r="L574" s="15">
-        <v>3.69</v>
+        <v>2.24</v>
       </c>
       <c r="M574" s="15">
-        <v>3.54</v>
+        <v>2.08</v>
       </c>
       <c r="N574" s="15"/>
-      <c r="O574" s="15"/>
-      <c r="P574" s="15"/>
+      <c r="O574" s="15">
+        <v>189</v>
+      </c>
+      <c r="P574" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q574" s="15"/>
       <c r="R574"/>
     </row>
     <row r="575" spans="1:18">
       <c r="B575" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C575" s="15" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="D575" s="15" t="s">
-        <v>1680</v>
-[...2 lines deleted...]
-        <v>1681</v>
+        <v>1686</v>
+      </c>
+      <c r="E575" s="15">
+        <v>10080067638</v>
       </c>
       <c r="F575" s="15"/>
       <c r="G575" s="15"/>
       <c r="H575" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I575" s="15"/>
       <c r="J575" s="15">
-        <v>300</v>
+        <v>15</v>
       </c>
       <c r="K575" s="15">
-        <v>5.02</v>
+        <v>4.42</v>
       </c>
       <c r="L575" s="15">
-        <v>4.21</v>
+        <v>3.69</v>
       </c>
       <c r="M575" s="15">
-        <v>4.05</v>
+        <v>3.54</v>
       </c>
       <c r="N575" s="15"/>
       <c r="O575" s="15"/>
       <c r="P575" s="15"/>
-      <c r="Q575" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q575" s="15"/>
       <c r="R575"/>
     </row>
     <row r="576" spans="1:18">
       <c r="B576" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C576" s="15" t="s">
-        <v>1682</v>
+        <v>1687</v>
       </c>
       <c r="D576" s="15" t="s">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="E576" s="15" t="s">
-        <v>1684</v>
+        <v>1689</v>
       </c>
       <c r="F576" s="15"/>
       <c r="G576" s="15"/>
       <c r="H576" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I576" s="15"/>
       <c r="J576" s="15">
-        <v>15</v>
+        <v>300</v>
       </c>
       <c r="K576" s="15">
-        <v>1.71</v>
+        <v>5.02</v>
       </c>
       <c r="L576" s="15">
-        <v>1.54</v>
+        <v>4.21</v>
       </c>
       <c r="M576" s="15">
-        <v>1.43</v>
+        <v>4.05</v>
       </c>
       <c r="N576" s="15"/>
       <c r="O576" s="15"/>
       <c r="P576" s="15"/>
-      <c r="Q576" s="15"/>
+      <c r="Q576" s="15">
+        <v>600</v>
+      </c>
       <c r="R576"/>
     </row>
     <row r="577" spans="1:18">
       <c r="B577" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C577" s="15" t="s">
-        <v>1685</v>
+        <v>1690</v>
       </c>
       <c r="D577" s="15" t="s">
-        <v>1686</v>
+        <v>1691</v>
       </c>
       <c r="E577" s="15" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="F577" s="15"/>
       <c r="G577" s="15"/>
       <c r="H577" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I577" s="15"/>
       <c r="J577" s="15">
         <v>15</v>
       </c>
       <c r="K577" s="15">
-        <v>1.1</v>
+        <v>1.71</v>
       </c>
       <c r="L577" s="15">
-        <v>1</v>
+        <v>1.54</v>
       </c>
       <c r="M577" s="15">
-        <v>0.93113</v>
+        <v>1.43</v>
       </c>
       <c r="N577" s="15"/>
       <c r="O577" s="15"/>
       <c r="P577" s="15"/>
       <c r="Q577" s="15"/>
       <c r="R577"/>
     </row>
     <row r="578" spans="1:18">
       <c r="B578" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C578" s="15" t="s">
-        <v>1689</v>
-[...3 lines deleted...]
-        <v>10080003168</v>
+        <v>1693</v>
+      </c>
+      <c r="D578" s="15" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E578" s="15" t="s">
+        <v>1695</v>
       </c>
       <c r="F578" s="15"/>
       <c r="G578" s="15"/>
       <c r="H578" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I578" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I578" s="15" t="s">
+        <v>1696</v>
+      </c>
       <c r="J578" s="15">
         <v>15</v>
       </c>
       <c r="K578" s="15">
-        <v>1.31</v>
+        <v>1.1</v>
       </c>
       <c r="L578" s="15">
-        <v>1.18</v>
+        <v>1</v>
       </c>
       <c r="M578" s="15">
-        <v>1.1</v>
+        <v>0.93113</v>
       </c>
       <c r="N578" s="15"/>
       <c r="O578" s="15"/>
       <c r="P578" s="15"/>
       <c r="Q578" s="15"/>
       <c r="R578"/>
     </row>
     <row r="579" spans="1:18">
       <c r="B579" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C579" s="15" t="s">
-        <v>1690</v>
+        <v>1697</v>
       </c>
       <c r="D579" s="15"/>
       <c r="E579" s="15">
-        <v>10080074589</v>
+        <v>10080003168</v>
       </c>
       <c r="F579" s="15"/>
       <c r="G579" s="15"/>
       <c r="H579" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I579" s="15"/>
       <c r="J579" s="15">
         <v>15</v>
       </c>
       <c r="K579" s="15">
-        <v>1.19</v>
+        <v>1.31</v>
       </c>
       <c r="L579" s="15">
-        <v>1.07</v>
+        <v>1.18</v>
       </c>
       <c r="M579" s="15">
-        <v>0.99661</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.1</v>
+      </c>
+      <c r="N579" s="15"/>
       <c r="O579" s="15"/>
       <c r="P579" s="15"/>
       <c r="Q579" s="15"/>
       <c r="R579"/>
     </row>
     <row r="580" spans="1:18">
       <c r="B580" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C580" s="15" t="s">
-        <v>1691</v>
-[...3 lines deleted...]
-      </c>
+        <v>1698</v>
+      </c>
+      <c r="D580" s="15"/>
       <c r="E580" s="15">
-        <v>10080003169</v>
+        <v>10080074589</v>
       </c>
       <c r="F580" s="15"/>
       <c r="G580" s="15"/>
       <c r="H580" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I580" s="15"/>
       <c r="J580" s="15">
         <v>15</v>
       </c>
       <c r="K580" s="15">
-        <v>1.28</v>
+        <v>1.19</v>
       </c>
       <c r="L580" s="15">
-        <v>1.16</v>
+        <v>1.07</v>
       </c>
       <c r="M580" s="15">
-        <v>1.07</v>
-[...1 lines deleted...]
-      <c r="N580" s="15"/>
+        <v>0.99661</v>
+      </c>
+      <c r="N580" s="15">
+        <v>953</v>
+      </c>
       <c r="O580" s="15"/>
       <c r="P580" s="15"/>
       <c r="Q580" s="15"/>
       <c r="R580"/>
     </row>
     <row r="581" spans="1:18">
       <c r="B581" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C581" s="15" t="s">
-        <v>1694</v>
-[...3 lines deleted...]
-        <v>1695</v>
+        <v>1699</v>
+      </c>
+      <c r="D581" s="15" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E581" s="15">
+        <v>10080003169</v>
       </c>
       <c r="F581" s="15"/>
       <c r="G581" s="15"/>
       <c r="H581" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I581" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I581" s="15" t="s">
+        <v>1701</v>
+      </c>
       <c r="J581" s="15">
         <v>15</v>
       </c>
       <c r="K581" s="15">
-        <v>0.81236</v>
+        <v>1.28</v>
       </c>
       <c r="L581" s="15">
-        <v>0.81236</v>
+        <v>1.16</v>
       </c>
       <c r="M581" s="15">
-        <v>0.81236</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.07</v>
+      </c>
+      <c r="N581" s="15"/>
       <c r="O581" s="15"/>
       <c r="P581" s="15"/>
       <c r="Q581" s="15"/>
       <c r="R581"/>
     </row>
     <row r="582" spans="1:18">
       <c r="B582" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C582" s="15" t="s">
-        <v>1696</v>
-[...3 lines deleted...]
-      </c>
+        <v>1702</v>
+      </c>
+      <c r="D582" s="15"/>
       <c r="E582" s="15" t="s">
-        <v>1698</v>
+        <v>1703</v>
       </c>
       <c r="F582" s="15"/>
       <c r="G582" s="15"/>
       <c r="H582" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I582" s="15"/>
       <c r="J582" s="15">
         <v>15</v>
       </c>
       <c r="K582" s="15">
-        <v>0.9601</v>
+        <v>0.81236</v>
       </c>
       <c r="L582" s="15">
-        <v>0.9601</v>
+        <v>0.81236</v>
       </c>
       <c r="M582" s="15">
-        <v>0.9601</v>
+        <v>0.81236</v>
       </c>
       <c r="N582" s="15">
-        <v>813</v>
+        <v>3840</v>
       </c>
       <c r="O582" s="15"/>
       <c r="P582" s="15"/>
       <c r="Q582" s="15"/>
       <c r="R582"/>
     </row>
     <row r="583" spans="1:18">
       <c r="B583" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C583" s="15" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="D583" s="15" t="s">
-        <v>1701</v>
-[...2 lines deleted...]
-        <v>10080040467</v>
+        <v>1705</v>
+      </c>
+      <c r="E583" s="15" t="s">
+        <v>1706</v>
       </c>
       <c r="F583" s="15"/>
       <c r="G583" s="15"/>
       <c r="H583" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I583" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I583" s="15" t="s">
+        <v>1707</v>
+      </c>
       <c r="J583" s="15">
         <v>15</v>
       </c>
       <c r="K583" s="15">
-        <v>2.58</v>
+        <v>0.9601</v>
       </c>
       <c r="L583" s="15">
-        <v>2.33</v>
+        <v>0.9601</v>
       </c>
       <c r="M583" s="15">
-        <v>2.16</v>
-[...1 lines deleted...]
-      <c r="N583" s="15"/>
+        <v>0.9601</v>
+      </c>
+      <c r="N583" s="15">
+        <v>776</v>
+      </c>
       <c r="O583" s="15"/>
       <c r="P583" s="15"/>
       <c r="Q583" s="15"/>
       <c r="R583"/>
     </row>
     <row r="584" spans="1:18">
       <c r="B584" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C584" s="15" t="s">
-        <v>1702</v>
+        <v>1708</v>
       </c>
       <c r="D584" s="15" t="s">
-        <v>1703</v>
+        <v>1709</v>
       </c>
       <c r="E584" s="15">
-        <v>10080074587</v>
+        <v>10080040467</v>
       </c>
       <c r="F584" s="15"/>
       <c r="G584" s="15"/>
       <c r="H584" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I584" s="15"/>
       <c r="J584" s="15">
         <v>15</v>
       </c>
       <c r="K584" s="15">
-        <v>1.44</v>
+        <v>2.58</v>
       </c>
       <c r="L584" s="15">
-        <v>1.44</v>
+        <v>2.33</v>
       </c>
       <c r="M584" s="15">
-        <v>1.44</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.16</v>
+      </c>
+      <c r="N584" s="15"/>
       <c r="O584" s="15"/>
       <c r="P584" s="15"/>
       <c r="Q584" s="15"/>
       <c r="R584"/>
     </row>
     <row r="585" spans="1:18">
       <c r="B585" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C585" s="15" t="s">
-        <v>1704</v>
+        <v>1710</v>
       </c>
       <c r="D585" s="15" t="s">
-        <v>1705</v>
+        <v>1711</v>
       </c>
       <c r="E585" s="15">
-        <v>10080007321</v>
+        <v>10080074587</v>
       </c>
       <c r="F585" s="15"/>
       <c r="G585" s="15"/>
       <c r="H585" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I585" s="15"/>
       <c r="J585" s="15">
         <v>15</v>
       </c>
       <c r="K585" s="15">
-        <v>1.64</v>
+        <v>1.44</v>
       </c>
       <c r="L585" s="15">
-        <v>1.48</v>
+        <v>1.44</v>
       </c>
       <c r="M585" s="15">
-        <v>1.37</v>
-[...1 lines deleted...]
-      <c r="N585" s="15"/>
+        <v>1.44</v>
+      </c>
+      <c r="N585" s="15">
+        <v>773</v>
+      </c>
       <c r="O585" s="15"/>
       <c r="P585" s="15"/>
       <c r="Q585" s="15"/>
       <c r="R585"/>
     </row>
     <row r="586" spans="1:18">
       <c r="B586" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C586" s="15" t="s">
-        <v>1707</v>
+        <v>1712</v>
       </c>
       <c r="D586" s="15" t="s">
-        <v>1708</v>
+        <v>1713</v>
       </c>
       <c r="E586" s="15">
-        <v>10080073636</v>
+        <v>10080007321</v>
       </c>
       <c r="F586" s="15"/>
       <c r="G586" s="15"/>
       <c r="H586" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I586" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I586" s="15" t="s">
+        <v>1714</v>
+      </c>
       <c r="J586" s="15">
         <v>15</v>
       </c>
       <c r="K586" s="15">
-        <v>0.91438</v>
+        <v>1.64</v>
       </c>
       <c r="L586" s="15">
-        <v>0.91438</v>
+        <v>1.48</v>
       </c>
       <c r="M586" s="15">
-        <v>0.91438</v>
+        <v>1.37</v>
       </c>
       <c r="N586" s="15"/>
       <c r="O586" s="15"/>
       <c r="P586" s="15"/>
       <c r="Q586" s="15"/>
       <c r="R586"/>
     </row>
     <row r="587" spans="1:18">
       <c r="B587" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C587" s="15" t="s">
-        <v>1709</v>
+        <v>1715</v>
       </c>
       <c r="D587" s="15" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="E587" s="15">
-        <v>10080018960</v>
+        <v>10080073636</v>
       </c>
       <c r="F587" s="15"/>
       <c r="G587" s="15"/>
       <c r="H587" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I587" s="15"/>
       <c r="J587" s="15">
         <v>15</v>
       </c>
       <c r="K587" s="15">
-        <v>1.61</v>
+        <v>0.91438</v>
       </c>
       <c r="L587" s="15">
-        <v>1.45</v>
+        <v>0.91438</v>
       </c>
       <c r="M587" s="15">
-        <v>1.34</v>
+        <v>0.91438</v>
       </c>
       <c r="N587" s="15"/>
-      <c r="O587" s="15"/>
-      <c r="P587" s="15"/>
+      <c r="O587" s="15">
+        <v>1200</v>
+      </c>
+      <c r="P587" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q587" s="15"/>
       <c r="R587"/>
     </row>
     <row r="588" spans="1:18">
       <c r="B588" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C588" s="15" t="s">
-        <v>1712</v>
+        <v>1717</v>
       </c>
       <c r="D588" s="15" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-        <v>1714</v>
+        <v>1718</v>
+      </c>
+      <c r="E588" s="15">
+        <v>10080018960</v>
       </c>
       <c r="F588" s="15"/>
       <c r="G588" s="15"/>
       <c r="H588" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I588" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I588" s="15" t="s">
+        <v>1719</v>
+      </c>
       <c r="J588" s="15">
         <v>15</v>
       </c>
       <c r="K588" s="15">
-        <v>0.93022</v>
+        <v>1.61</v>
       </c>
       <c r="L588" s="15">
-        <v>0.93022</v>
+        <v>1.45</v>
       </c>
       <c r="M588" s="15">
-        <v>0.93022</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.34</v>
+      </c>
+      <c r="N588" s="15"/>
       <c r="O588" s="15"/>
       <c r="P588" s="15"/>
       <c r="Q588" s="15"/>
       <c r="R588"/>
     </row>
     <row r="589" spans="1:18">
       <c r="B589" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C589" s="15" t="s">
-        <v>1715</v>
+        <v>1720</v>
       </c>
       <c r="D589" s="15" t="s">
-        <v>1716</v>
+        <v>1721</v>
       </c>
       <c r="E589" s="15" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="F589" s="15"/>
       <c r="G589" s="15"/>
       <c r="H589" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I589" s="15"/>
       <c r="J589" s="15">
         <v>15</v>
       </c>
       <c r="K589" s="15">
-        <v>0.96954</v>
+        <v>0.93022</v>
       </c>
       <c r="L589" s="15">
-        <v>0.96954</v>
+        <v>0.93022</v>
       </c>
       <c r="M589" s="15">
-        <v>0.96954</v>
+        <v>0.93022</v>
       </c>
       <c r="N589" s="15">
-        <v>312</v>
+        <v>976</v>
       </c>
       <c r="O589" s="15"/>
       <c r="P589" s="15"/>
       <c r="Q589" s="15"/>
       <c r="R589"/>
     </row>
     <row r="590" spans="1:18">
       <c r="B590" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C590" s="15" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="D590" s="15" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="E590" s="15" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="F590" s="15"/>
       <c r="G590" s="15"/>
       <c r="H590" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I590" s="15" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="J590" s="15">
         <v>15</v>
       </c>
       <c r="K590" s="15">
         <v>0.96954</v>
       </c>
       <c r="L590" s="15">
         <v>0.96954</v>
       </c>
       <c r="M590" s="15">
         <v>0.96954</v>
       </c>
       <c r="N590" s="15">
-        <v>876</v>
+        <v>259</v>
       </c>
       <c r="O590" s="15"/>
       <c r="P590" s="15"/>
       <c r="Q590" s="15"/>
       <c r="R590"/>
     </row>
     <row r="591" spans="1:18">
       <c r="B591" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C591" s="15" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="D591" s="15" t="s">
-        <v>1724</v>
-[...2 lines deleted...]
-        <v>10080008989</v>
+        <v>1728</v>
+      </c>
+      <c r="E591" s="15" t="s">
+        <v>1729</v>
       </c>
       <c r="F591" s="15"/>
       <c r="G591" s="15"/>
       <c r="H591" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I591" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I591" s="15" t="s">
+        <v>1730</v>
+      </c>
       <c r="J591" s="15">
         <v>15</v>
       </c>
       <c r="K591" s="15">
-        <v>1.12</v>
+        <v>0.96954</v>
       </c>
       <c r="L591" s="15">
-        <v>1.01</v>
+        <v>0.96954</v>
       </c>
       <c r="M591" s="15">
-        <v>0.93973</v>
-[...1 lines deleted...]
-      <c r="N591" s="15"/>
+        <v>0.96954</v>
+      </c>
+      <c r="N591" s="15">
+        <v>936</v>
+      </c>
       <c r="O591" s="15"/>
       <c r="P591" s="15"/>
       <c r="Q591" s="15"/>
       <c r="R591"/>
     </row>
     <row r="592" spans="1:18">
       <c r="B592" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C592" s="15" t="s">
-        <v>1725</v>
+        <v>1731</v>
       </c>
       <c r="D592" s="15" t="s">
-        <v>1726</v>
-[...2 lines deleted...]
-        <v>1727</v>
+        <v>1732</v>
+      </c>
+      <c r="E592" s="15">
+        <v>10080008989</v>
       </c>
       <c r="F592" s="15"/>
       <c r="G592" s="15"/>
       <c r="H592" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I592" s="15"/>
       <c r="J592" s="15">
         <v>15</v>
       </c>
       <c r="K592" s="15">
-        <v>0.77133</v>
+        <v>1.12</v>
       </c>
       <c r="L592" s="15">
-        <v>0.77133</v>
+        <v>1.01</v>
       </c>
       <c r="M592" s="15">
-        <v>0.77133</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.93973</v>
+      </c>
+      <c r="N592" s="15"/>
       <c r="O592" s="15"/>
       <c r="P592" s="15"/>
       <c r="Q592" s="15"/>
       <c r="R592"/>
     </row>
     <row r="593" spans="1:18">
       <c r="B593" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C593" s="15" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="D593" s="15" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="E593" s="15" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="F593" s="15"/>
       <c r="G593" s="15"/>
       <c r="H593" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I593" s="15"/>
       <c r="J593" s="15">
         <v>15</v>
       </c>
       <c r="K593" s="15">
-        <v>1.16</v>
+        <v>0.77133</v>
       </c>
       <c r="L593" s="15">
-        <v>1.05</v>
+        <v>0.77133</v>
       </c>
       <c r="M593" s="15">
-        <v>0.98101</v>
-[...1 lines deleted...]
-      <c r="N593" s="15"/>
+        <v>0.77133</v>
+      </c>
+      <c r="N593" s="15">
+        <v>436</v>
+      </c>
       <c r="O593" s="15"/>
       <c r="P593" s="15"/>
       <c r="Q593" s="15"/>
       <c r="R593"/>
     </row>
     <row r="594" spans="1:18">
       <c r="B594" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C594" s="15" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="D594" s="15" t="s">
-        <v>1733</v>
-[...2 lines deleted...]
-        <v>10000015634</v>
+        <v>1737</v>
+      </c>
+      <c r="E594" s="15" t="s">
+        <v>1738</v>
       </c>
       <c r="F594" s="15"/>
       <c r="G594" s="15"/>
       <c r="H594" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I594" s="15" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="J594" s="15">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K594" s="15">
-        <v>2.52</v>
+        <v>1.16</v>
       </c>
       <c r="L594" s="15">
-        <v>2.27</v>
+        <v>1.05</v>
       </c>
       <c r="M594" s="15">
-        <v>2.1</v>
+        <v>0.98101</v>
       </c>
       <c r="N594" s="15"/>
       <c r="O594" s="15"/>
       <c r="P594" s="15"/>
       <c r="Q594" s="15"/>
       <c r="R594"/>
     </row>
     <row r="595" spans="1:18">
       <c r="B595" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C595" s="15" t="s">
-        <v>1735</v>
+        <v>1740</v>
       </c>
       <c r="D595" s="15" t="s">
-        <v>1736</v>
+        <v>1741</v>
       </c>
       <c r="E595" s="15">
-        <v>10080074590</v>
+        <v>10000015634</v>
       </c>
       <c r="F595" s="15"/>
       <c r="G595" s="15"/>
       <c r="H595" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I595" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I595" s="15" t="s">
+        <v>1742</v>
+      </c>
       <c r="J595" s="15">
         <v>20</v>
       </c>
       <c r="K595" s="15">
-        <v>2.26</v>
+        <v>2.52</v>
       </c>
       <c r="L595" s="15">
-        <v>2.04</v>
+        <v>2.27</v>
       </c>
       <c r="M595" s="15">
-        <v>1.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.1</v>
+      </c>
+      <c r="N595" s="15"/>
       <c r="O595" s="15"/>
       <c r="P595" s="15"/>
       <c r="Q595" s="15"/>
       <c r="R595"/>
     </row>
     <row r="596" spans="1:18">
       <c r="B596" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C596" s="15" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="D596" s="15" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="E596" s="15">
-        <v>10000029789</v>
+        <v>10080074590</v>
       </c>
       <c r="F596" s="15"/>
       <c r="G596" s="15"/>
       <c r="H596" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I596" s="15"/>
       <c r="J596" s="15">
         <v>20</v>
       </c>
       <c r="K596" s="15">
-        <v>2.3</v>
+        <v>2.26</v>
       </c>
       <c r="L596" s="15">
-        <v>2.08</v>
+        <v>2.04</v>
       </c>
       <c r="M596" s="15">
-        <v>1.93</v>
+        <v>1.9</v>
       </c>
       <c r="N596" s="15">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="P596" s="15"/>
+        <v>35</v>
+      </c>
+      <c r="O596" s="15">
+        <v>17400</v>
+      </c>
+      <c r="P596" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q596" s="15"/>
       <c r="R596"/>
     </row>
     <row r="597" spans="1:18">
       <c r="B597" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C597" s="15" t="s">
-        <v>1740</v>
+        <v>1745</v>
       </c>
       <c r="D597" s="15" t="s">
-        <v>1741</v>
+        <v>1746</v>
       </c>
       <c r="E597" s="15">
-        <v>10080010784</v>
+        <v>10000029789</v>
       </c>
       <c r="F597" s="15"/>
       <c r="G597" s="15"/>
       <c r="H597" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I597" s="15" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="J597" s="15">
         <v>20</v>
       </c>
       <c r="K597" s="15">
-        <v>1.53</v>
+        <v>2.3</v>
       </c>
       <c r="L597" s="15">
-        <v>1.38</v>
+        <v>2.08</v>
       </c>
       <c r="M597" s="15">
-        <v>1.28</v>
-[...3 lines deleted...]
-      <c r="P597" s="15"/>
+        <v>1.93</v>
+      </c>
+      <c r="N597" s="15">
+        <v>30</v>
+      </c>
+      <c r="O597" s="15">
+        <v>234</v>
+      </c>
+      <c r="P597" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q597" s="15"/>
       <c r="R597"/>
     </row>
     <row r="598" spans="1:18">
       <c r="B598" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C598" s="15" t="s">
-        <v>1743</v>
+        <v>1748</v>
       </c>
       <c r="D598" s="15" t="s">
-        <v>1744</v>
+        <v>1749</v>
       </c>
       <c r="E598" s="15">
-        <v>10080073186</v>
+        <v>10080010784</v>
       </c>
       <c r="F598" s="15"/>
       <c r="G598" s="15"/>
       <c r="H598" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I598" s="15" t="s">
-        <v>1745</v>
+        <v>1750</v>
       </c>
       <c r="J598" s="15">
         <v>20</v>
       </c>
       <c r="K598" s="15">
+        <v>1.53</v>
+      </c>
+      <c r="L598" s="15">
+        <v>1.38</v>
+      </c>
+      <c r="M598" s="15">
         <v>1.28</v>
       </c>
-      <c r="L598" s="15">
-[...7 lines deleted...]
-      </c>
+      <c r="N598" s="15"/>
       <c r="O598" s="15"/>
       <c r="P598" s="15"/>
       <c r="Q598" s="15"/>
       <c r="R598"/>
     </row>
     <row r="599" spans="1:18">
       <c r="B599" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C599" s="15" t="s">
-        <v>1746</v>
+        <v>1751</v>
       </c>
       <c r="D599" s="15" t="s">
-        <v>1747</v>
+        <v>1752</v>
       </c>
       <c r="E599" s="15">
-        <v>10080007311</v>
+        <v>10080073186</v>
       </c>
       <c r="F599" s="15"/>
       <c r="G599" s="15"/>
       <c r="H599" s="15" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="J599" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I599" s="15" t="s">
+        <v>1753</v>
+      </c>
+      <c r="J599" s="15">
+        <v>20</v>
+      </c>
       <c r="K599" s="15">
-        <v>1.49</v>
+        <v>1.28</v>
       </c>
       <c r="L599" s="15">
-        <v>1.44</v>
+        <v>1.16</v>
       </c>
       <c r="M599" s="15">
-        <v>1.4</v>
-[...3 lines deleted...]
-      <c r="P599" s="15"/>
+        <v>1.08</v>
+      </c>
+      <c r="N599" s="15">
+        <v>20</v>
+      </c>
+      <c r="O599" s="15">
+        <v>1104</v>
+      </c>
+      <c r="P599" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q599" s="15"/>
       <c r="R599"/>
     </row>
     <row r="600" spans="1:18">
       <c r="B600" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="D600" s="15" t="s">
-        <v>1749</v>
-[...2 lines deleted...]
-        <v>1750</v>
+        <v>1755</v>
+      </c>
+      <c r="E600" s="15">
+        <v>10080007311</v>
       </c>
       <c r="F600" s="15"/>
       <c r="G600" s="15"/>
       <c r="H600" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I600" s="15"/>
-      <c r="J600" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J600" s="15"/>
       <c r="K600" s="15">
-        <v>1.57</v>
+        <v>1.49</v>
       </c>
       <c r="L600" s="15">
-        <v>1.42</v>
+        <v>1.44</v>
       </c>
       <c r="M600" s="15">
-        <v>1.32</v>
+        <v>1.4</v>
       </c>
       <c r="N600" s="15"/>
       <c r="O600" s="15"/>
       <c r="P600" s="15"/>
       <c r="Q600" s="15"/>
       <c r="R600"/>
     </row>
     <row r="601" spans="1:18">
       <c r="B601" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C601" s="15" t="s">
-        <v>1751</v>
+        <v>1756</v>
       </c>
       <c r="D601" s="15" t="s">
-        <v>1752</v>
-[...2 lines deleted...]
-        <v>10080050461</v>
+        <v>1757</v>
+      </c>
+      <c r="E601" s="15" t="s">
+        <v>1758</v>
       </c>
       <c r="F601" s="15"/>
       <c r="G601" s="15"/>
       <c r="H601" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I601" s="15"/>
       <c r="J601" s="15">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="K601" s="15">
-        <v>2.85</v>
+        <v>1.57</v>
       </c>
       <c r="L601" s="15">
-        <v>2.85</v>
+        <v>1.42</v>
       </c>
       <c r="M601" s="15">
-        <v>2.85</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.32</v>
+      </c>
+      <c r="N601" s="15"/>
       <c r="O601" s="15"/>
       <c r="P601" s="15"/>
       <c r="Q601" s="15"/>
       <c r="R601"/>
     </row>
     <row r="602" spans="1:18">
       <c r="B602" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C602" s="15" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="D602" s="15" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
       <c r="E602" s="15">
-        <v>10080051977</v>
+        <v>10080050461</v>
       </c>
       <c r="F602" s="15"/>
       <c r="G602" s="15"/>
       <c r="H602" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I602" s="15"/>
       <c r="J602" s="15">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="K602" s="15">
-        <v>0.73944</v>
+        <v>2.85</v>
       </c>
       <c r="L602" s="15">
-        <v>0.64085</v>
+        <v>2.85</v>
       </c>
       <c r="M602" s="15">
-        <v>0.6162</v>
+        <v>2.85</v>
       </c>
       <c r="N602" s="15">
-        <v>148</v>
+        <v>216</v>
       </c>
       <c r="O602" s="15"/>
       <c r="P602" s="15"/>
       <c r="Q602" s="15"/>
       <c r="R602"/>
     </row>
     <row r="603" spans="1:18">
       <c r="B603" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C603" s="15" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="D603" s="15" t="s">
-        <v>1756</v>
-[...2 lines deleted...]
-        <v>1757</v>
+        <v>1762</v>
+      </c>
+      <c r="E603" s="15">
+        <v>10080051977</v>
       </c>
       <c r="F603" s="15"/>
       <c r="G603" s="15"/>
       <c r="H603" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I603" s="15"/>
       <c r="J603" s="15">
         <v>25</v>
       </c>
       <c r="K603" s="15">
-        <v>1.01</v>
+        <v>0.73944</v>
       </c>
       <c r="L603" s="15">
-        <v>0.72136</v>
+        <v>0.64085</v>
       </c>
       <c r="M603" s="15">
-        <v>0.6295500000000001</v>
+        <v>0.6162</v>
       </c>
       <c r="N603" s="15">
-        <v>1</v>
+        <v>170</v>
       </c>
       <c r="O603" s="15"/>
       <c r="P603" s="15"/>
       <c r="Q603" s="15"/>
       <c r="R603"/>
     </row>
     <row r="604" spans="1:18">
       <c r="B604" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C604" s="15" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="D604" s="15" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="E604" s="15" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="F604" s="15"/>
       <c r="G604" s="15"/>
       <c r="H604" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I604" s="15"/>
       <c r="J604" s="15">
         <v>25</v>
       </c>
       <c r="K604" s="15">
         <v>1.01</v>
       </c>
       <c r="L604" s="15">
-        <v>0.65578</v>
+        <v>0.72136</v>
       </c>
       <c r="M604" s="15">
         <v>0.6295500000000001</v>
       </c>
       <c r="N604" s="15">
         <v>1</v>
       </c>
       <c r="O604" s="15"/>
       <c r="P604" s="15"/>
       <c r="Q604" s="15"/>
       <c r="R604"/>
     </row>
     <row r="605" spans="1:18">
       <c r="B605" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C605" s="15" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="D605" s="15" t="s">
-        <v>1762</v>
-[...2 lines deleted...]
-        <v>10000015635</v>
+        <v>1767</v>
+      </c>
+      <c r="E605" s="15" t="s">
+        <v>1768</v>
       </c>
       <c r="F605" s="15"/>
       <c r="G605" s="15"/>
       <c r="H605" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I605" s="15"/>
       <c r="J605" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K605" s="15">
-        <v>0.78791</v>
+        <v>1.01</v>
       </c>
       <c r="L605" s="15">
-        <v>0.78791</v>
+        <v>0.65578</v>
       </c>
       <c r="M605" s="15">
-        <v>0.78791</v>
+        <v>0.6295500000000001</v>
       </c>
       <c r="N605" s="15">
-        <v>573</v>
+        <v>1</v>
       </c>
       <c r="O605" s="15"/>
       <c r="P605" s="15"/>
       <c r="Q605" s="15"/>
       <c r="R605"/>
     </row>
     <row r="606" spans="1:18">
       <c r="B606" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C606" s="15" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="D606" s="15" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="E606" s="15">
-        <v>10080018270</v>
+        <v>10000015635</v>
       </c>
       <c r="F606" s="15"/>
       <c r="G606" s="15"/>
       <c r="H606" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I606" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I606" s="15" t="s">
+        <v>1771</v>
+      </c>
       <c r="J606" s="15">
         <v>20</v>
       </c>
       <c r="K606" s="15">
-        <v>1.22</v>
+        <v>0.78791</v>
       </c>
       <c r="L606" s="15">
-        <v>1.1</v>
+        <v>0.78791</v>
       </c>
       <c r="M606" s="15">
-        <v>1.02</v>
-[...1 lines deleted...]
-      <c r="N606" s="15"/>
+        <v>0.78791</v>
+      </c>
+      <c r="N606" s="15">
+        <v>709</v>
+      </c>
       <c r="O606" s="15"/>
       <c r="P606" s="15"/>
       <c r="Q606" s="15"/>
       <c r="R606"/>
     </row>
     <row r="607" spans="1:18">
       <c r="B607" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C607" s="15" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="D607" s="15" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="E607" s="15">
-        <v>10080025918</v>
+        <v>10080018270</v>
       </c>
       <c r="F607" s="15"/>
       <c r="G607" s="15"/>
       <c r="H607" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I607" s="15"/>
       <c r="J607" s="15">
         <v>20</v>
       </c>
       <c r="K607" s="15">
-        <v>1.4</v>
+        <v>1.22</v>
       </c>
       <c r="L607" s="15">
-        <v>1.21</v>
+        <v>1.1</v>
       </c>
       <c r="M607" s="15">
-        <v>1.16</v>
-[...5 lines deleted...]
-      <c r="P607" s="15"/>
+        <v>1.02</v>
+      </c>
+      <c r="N607" s="15"/>
+      <c r="O607" s="15">
+        <v>312</v>
+      </c>
+      <c r="P607" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q607" s="15"/>
       <c r="R607"/>
     </row>
     <row r="608" spans="1:18">
       <c r="B608" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>1768</v>
+        <v>1774</v>
       </c>
       <c r="D608" s="15" t="s">
-        <v>1769</v>
-[...2 lines deleted...]
-        <v>1770</v>
+        <v>1775</v>
+      </c>
+      <c r="E608" s="15">
+        <v>10080025918</v>
       </c>
       <c r="F608" s="15"/>
       <c r="G608" s="15"/>
       <c r="H608" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I608" s="15"/>
       <c r="J608" s="15">
         <v>20</v>
       </c>
       <c r="K608" s="15">
-        <v>1.72</v>
+        <v>1.4</v>
       </c>
       <c r="L608" s="15">
-        <v>1.72</v>
+        <v>1.21</v>
       </c>
       <c r="M608" s="15">
-        <v>1.72</v>
-[...1 lines deleted...]
-      <c r="N608" s="15"/>
+        <v>1.16</v>
+      </c>
+      <c r="N608" s="15">
+        <v>780</v>
+      </c>
       <c r="O608" s="15"/>
       <c r="P608" s="15"/>
       <c r="Q608" s="15"/>
       <c r="R608"/>
     </row>
     <row r="609" spans="1:18">
       <c r="B609" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C609" s="15" t="s">
-        <v>1771</v>
+        <v>1776</v>
       </c>
       <c r="D609" s="15" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="E609" s="15" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="F609" s="15"/>
       <c r="G609" s="15"/>
       <c r="H609" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I609" s="15"/>
       <c r="J609" s="15">
         <v>20</v>
       </c>
       <c r="K609" s="15">
-        <v>6.16</v>
+        <v>1.72</v>
       </c>
       <c r="L609" s="15">
-        <v>5.78</v>
+        <v>1.72</v>
       </c>
       <c r="M609" s="15">
-        <v>5.59</v>
+        <v>1.72</v>
       </c>
       <c r="N609" s="15"/>
       <c r="O609" s="15"/>
       <c r="P609" s="15"/>
       <c r="Q609" s="15"/>
       <c r="R609"/>
     </row>
     <row r="610" spans="1:18">
       <c r="B610" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C610" s="15" t="s">
-        <v>1774</v>
-[...3 lines deleted...]
-        <v>10000019112</v>
+        <v>1779</v>
+      </c>
+      <c r="D610" s="15" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E610" s="15" t="s">
+        <v>1781</v>
       </c>
       <c r="F610" s="15"/>
       <c r="G610" s="15"/>
       <c r="H610" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I610" s="15"/>
       <c r="J610" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K610" s="15">
-        <v>0.79847</v>
+        <v>6.16</v>
       </c>
       <c r="L610" s="15">
-        <v>0.79847</v>
+        <v>5.78</v>
       </c>
       <c r="M610" s="15">
-        <v>0.79847</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.59</v>
+      </c>
+      <c r="N610" s="15"/>
       <c r="O610" s="15"/>
       <c r="P610" s="15"/>
       <c r="Q610" s="15"/>
       <c r="R610"/>
     </row>
     <row r="611" spans="1:18">
       <c r="B611" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>1776</v>
-[...3 lines deleted...]
-      </c>
+        <v>1782</v>
+      </c>
+      <c r="D611" s="15"/>
       <c r="E611" s="15">
-        <v>10080035228</v>
+        <v>10000019112</v>
       </c>
       <c r="F611" s="15"/>
       <c r="G611" s="15"/>
       <c r="H611" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I611" s="15" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="J611" s="15">
         <v>25</v>
       </c>
       <c r="K611" s="15">
-        <v>1.22</v>
+        <v>0.79847</v>
       </c>
       <c r="L611" s="15">
-        <v>1.1</v>
+        <v>0.79847</v>
       </c>
       <c r="M611" s="15">
-        <v>1.02</v>
-[...1 lines deleted...]
-      <c r="N611" s="15"/>
+        <v>0.79847</v>
+      </c>
+      <c r="N611" s="15">
+        <v>202</v>
+      </c>
       <c r="O611" s="15"/>
       <c r="P611" s="15"/>
       <c r="Q611" s="15"/>
       <c r="R611"/>
     </row>
     <row r="612" spans="1:18">
       <c r="B612" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="D612" s="15" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="E612" s="15">
-        <v>10080051684</v>
+        <v>10080035228</v>
       </c>
       <c r="F612" s="15"/>
       <c r="G612" s="15"/>
       <c r="H612" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I612" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I612" s="15" t="s">
+        <v>1786</v>
+      </c>
       <c r="J612" s="15">
         <v>25</v>
       </c>
       <c r="K612" s="15">
-        <v>0.64</v>
+        <v>1.22</v>
       </c>
       <c r="L612" s="15">
-        <v>0.64</v>
+        <v>1.1</v>
       </c>
       <c r="M612" s="15">
-        <v>0.64</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.02</v>
+      </c>
+      <c r="N612" s="15"/>
       <c r="O612" s="15"/>
       <c r="P612" s="15"/>
       <c r="Q612" s="15"/>
       <c r="R612"/>
     </row>
     <row r="613" spans="1:18">
       <c r="B613" s="14" t="s">
-        <v>381</v>
+        <v>127</v>
       </c>
       <c r="C613" s="15" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="D613" s="15" t="s">
-        <v>1782</v>
-[...2 lines deleted...]
-        <v>1783</v>
+        <v>1788</v>
+      </c>
+      <c r="E613" s="15">
+        <v>10080051684</v>
       </c>
       <c r="F613" s="15"/>
       <c r="G613" s="15"/>
       <c r="H613" s="15" t="s">
-        <v>384</v>
+        <v>131</v>
       </c>
       <c r="I613" s="15"/>
       <c r="J613" s="15">
         <v>25</v>
       </c>
       <c r="K613" s="15">
-        <v>2.45</v>
+        <v>0.64</v>
       </c>
       <c r="L613" s="15">
-        <v>2.05</v>
+        <v>0.64</v>
       </c>
       <c r="M613" s="15">
-        <v>1.98</v>
-[...1 lines deleted...]
-      <c r="N613" s="15"/>
+        <v>0.64</v>
+      </c>
+      <c r="N613" s="15">
+        <v>932</v>
+      </c>
       <c r="O613" s="15"/>
       <c r="P613" s="15"/>
       <c r="Q613" s="15"/>
       <c r="R613"/>
     </row>
     <row r="614" spans="1:18">
       <c r="B614" s="14" t="s">
-        <v>26</v>
+        <v>388</v>
       </c>
       <c r="C614" s="15" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="D614" s="15" t="s">
-        <v>1785</v>
-[...2 lines deleted...]
-        <v>10080061527</v>
+        <v>1790</v>
+      </c>
+      <c r="E614" s="15" t="s">
+        <v>1791</v>
       </c>
       <c r="F614" s="15"/>
       <c r="G614" s="15"/>
       <c r="H614" s="15" t="s">
-        <v>30</v>
+        <v>391</v>
       </c>
       <c r="I614" s="15"/>
       <c r="J614" s="15">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="K614" s="15">
-        <v>0.93984</v>
+        <v>2.45</v>
       </c>
       <c r="L614" s="15">
-        <v>0.75793</v>
+        <v>2.05</v>
       </c>
       <c r="M614" s="15">
-        <v>0.72762</v>
+        <v>1.98</v>
       </c>
       <c r="N614" s="15"/>
       <c r="O614" s="15"/>
       <c r="P614" s="15"/>
       <c r="Q614" s="15"/>
       <c r="R614"/>
     </row>
     <row r="615" spans="1:18">
       <c r="B615" s="14" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="D615" s="15" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="E615" s="15">
-        <v>10000017871</v>
+        <v>10080061527</v>
       </c>
       <c r="F615" s="15"/>
       <c r="G615" s="15"/>
       <c r="H615" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I615" s="15"/>
       <c r="J615" s="15">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K615" s="15">
-        <v>1.19</v>
+        <v>0.93984</v>
       </c>
       <c r="L615" s="15">
-        <v>1.01</v>
+        <v>0.75793</v>
       </c>
       <c r="M615" s="15">
-        <v>0.9181</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.72762</v>
+      </c>
+      <c r="N615" s="15"/>
       <c r="O615" s="15"/>
       <c r="P615" s="15"/>
       <c r="Q615" s="15"/>
       <c r="R615"/>
     </row>
     <row r="616" spans="1:18">
       <c r="B616" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="D616" s="15" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="E616" s="15">
-        <v>10000017872</v>
+        <v>10000017871</v>
       </c>
       <c r="F616" s="15"/>
       <c r="G616" s="15"/>
       <c r="H616" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I616" s="15" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="J616" s="15">
         <v>25</v>
       </c>
       <c r="K616" s="15">
-        <v>0.81606</v>
+        <v>1.19</v>
       </c>
       <c r="L616" s="15">
-        <v>0.70725</v>
+        <v>1.01</v>
       </c>
       <c r="M616" s="15">
-        <v>0.68005</v>
+        <v>0.9181</v>
       </c>
       <c r="N616" s="15">
-        <v>1066</v>
+        <v>7412</v>
       </c>
       <c r="O616" s="15"/>
       <c r="P616" s="15"/>
       <c r="Q616" s="15"/>
       <c r="R616"/>
     </row>
     <row r="617" spans="1:18">
       <c r="B617" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C617" s="15" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
       <c r="D617" s="15" t="s">
-        <v>1793</v>
-[...2 lines deleted...]
-        <v>1794</v>
+        <v>1798</v>
+      </c>
+      <c r="E617" s="15">
+        <v>10000017872</v>
       </c>
       <c r="F617" s="15"/>
       <c r="G617" s="15"/>
       <c r="H617" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I617" s="15" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="J617" s="15">
         <v>25</v>
       </c>
       <c r="K617" s="15">
-        <v>0.73887</v>
+        <v>0.81606</v>
       </c>
       <c r="L617" s="15">
-        <v>0.66828</v>
+        <v>0.70725</v>
       </c>
       <c r="M617" s="15">
-        <v>0.62122</v>
+        <v>0.68005</v>
       </c>
       <c r="N617" s="15">
-        <v>878</v>
+        <v>865</v>
       </c>
       <c r="O617" s="15"/>
       <c r="P617" s="15"/>
       <c r="Q617" s="15"/>
       <c r="R617"/>
     </row>
     <row r="618" spans="1:18">
       <c r="B618" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C618" s="15" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="D618" s="15" t="s">
-        <v>1797</v>
-[...2 lines deleted...]
-        <v>10000017870</v>
+        <v>1801</v>
+      </c>
+      <c r="E618" s="15" t="s">
+        <v>1802</v>
       </c>
       <c r="F618" s="15"/>
       <c r="G618" s="15"/>
       <c r="H618" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I618" s="15" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="J618" s="15">
         <v>25</v>
       </c>
       <c r="K618" s="15">
-        <v>0.51515</v>
+        <v>0.73887</v>
       </c>
       <c r="L618" s="15">
-        <v>0.51515</v>
+        <v>0.66828</v>
       </c>
       <c r="M618" s="15">
-        <v>0.51515</v>
+        <v>0.62122</v>
       </c>
       <c r="N618" s="15">
-        <v>386</v>
-[...2 lines deleted...]
-      <c r="P618" s="15"/>
+        <v>868</v>
+      </c>
+      <c r="O618" s="15">
+        <v>267</v>
+      </c>
+      <c r="P618" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q618" s="15"/>
       <c r="R618"/>
     </row>
     <row r="619" spans="1:18">
       <c r="B619" s="14" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="C619" s="15" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="D619" s="15" t="s">
-        <v>1800</v>
-[...2 lines deleted...]
-        <v>1801</v>
+        <v>1805</v>
+      </c>
+      <c r="E619" s="15">
+        <v>10000017870</v>
       </c>
       <c r="F619" s="15"/>
       <c r="G619" s="15"/>
       <c r="H619" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I619" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I619" s="15" t="s">
+        <v>1806</v>
+      </c>
       <c r="J619" s="15">
         <v>25</v>
       </c>
       <c r="K619" s="15">
-        <v>1.57</v>
+        <v>0.51515</v>
       </c>
       <c r="L619" s="15">
-        <v>1.32</v>
+        <v>0.51515</v>
       </c>
       <c r="M619" s="15">
-        <v>1.27</v>
-[...1 lines deleted...]
-      <c r="N619" s="15"/>
+        <v>0.51515</v>
+      </c>
+      <c r="N619" s="15">
+        <v>386</v>
+      </c>
       <c r="O619" s="15"/>
       <c r="P619" s="15"/>
       <c r="Q619" s="15"/>
       <c r="R619"/>
     </row>
     <row r="620" spans="1:18">
       <c r="B620" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C620" s="15" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="D620" s="15" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="E620" s="15" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="F620" s="15"/>
       <c r="G620" s="15"/>
       <c r="H620" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I620" s="15"/>
-      <c r="J620" s="15"/>
+      <c r="J620" s="15">
+        <v>25</v>
+      </c>
       <c r="K620" s="15">
-        <v>2.62</v>
+        <v>1.57</v>
       </c>
       <c r="L620" s="15">
-        <v>2.2</v>
+        <v>1.32</v>
       </c>
       <c r="M620" s="15">
-        <v>2.11</v>
+        <v>1.27</v>
       </c>
       <c r="N620" s="15"/>
       <c r="O620" s="15"/>
       <c r="P620" s="15"/>
       <c r="Q620" s="15"/>
       <c r="R620"/>
     </row>
     <row r="621" spans="1:18">
       <c r="B621" s="14" t="s">
-        <v>122</v>
+        <v>26</v>
       </c>
       <c r="C621" s="15" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="D621" s="15" t="s">
-        <v>1806</v>
-[...2 lines deleted...]
-        <v>10080002615</v>
+        <v>1811</v>
+      </c>
+      <c r="E621" s="15" t="s">
+        <v>1812</v>
       </c>
       <c r="F621" s="15"/>
       <c r="G621" s="15"/>
       <c r="H621" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I621" s="15"/>
+      <c r="J621" s="15"/>
       <c r="K621" s="15">
-        <v>0.86499</v>
+        <v>2.62</v>
       </c>
       <c r="L621" s="15">
-        <v>0.86499</v>
+        <v>2.2</v>
       </c>
       <c r="M621" s="15">
-        <v>0.86499</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.11</v>
+      </c>
+      <c r="N621" s="15"/>
       <c r="O621" s="15"/>
       <c r="P621" s="15"/>
       <c r="Q621" s="15"/>
       <c r="R621"/>
     </row>
     <row r="622" spans="1:18">
       <c r="B622" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="D622" s="15" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="E622" s="15">
-        <v>10080002616</v>
+        <v>10080002615</v>
       </c>
       <c r="F622" s="15"/>
       <c r="G622" s="15"/>
       <c r="H622" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I622" s="15" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
       <c r="J622" s="15">
         <v>25</v>
       </c>
       <c r="K622" s="15">
-        <v>0.83208</v>
+        <v>0.86499</v>
       </c>
       <c r="L622" s="15">
-        <v>0.83208</v>
+        <v>0.86499</v>
       </c>
       <c r="M622" s="15">
-        <v>0.83208</v>
+        <v>0.86499</v>
       </c>
       <c r="N622" s="15">
-        <v>1267</v>
+        <v>1808</v>
       </c>
       <c r="O622" s="15"/>
       <c r="P622" s="15"/>
       <c r="Q622" s="15"/>
       <c r="R622"/>
     </row>
     <row r="623" spans="1:18">
       <c r="B623" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="D623" s="15" t="s">
-        <v>1812</v>
-[...2 lines deleted...]
-        <v>1813</v>
+        <v>1817</v>
+      </c>
+      <c r="E623" s="15">
+        <v>10080002616</v>
       </c>
       <c r="F623" s="15"/>
       <c r="G623" s="15"/>
       <c r="H623" s="15" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="I623" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I623" s="15" t="s">
+        <v>1818</v>
+      </c>
       <c r="J623" s="15">
         <v>25</v>
       </c>
       <c r="K623" s="15">
-        <v>0.82991</v>
+        <v>0.83208</v>
       </c>
       <c r="L623" s="15">
-        <v>0.82991</v>
+        <v>0.83208</v>
       </c>
       <c r="M623" s="15">
-        <v>0.82991</v>
-[...1 lines deleted...]
-      <c r="N623" s="15"/>
+        <v>0.83208</v>
+      </c>
+      <c r="N623" s="15">
+        <v>985</v>
+      </c>
       <c r="O623" s="15"/>
       <c r="P623" s="15"/>
       <c r="Q623" s="15"/>
       <c r="R623"/>
     </row>
     <row r="624" spans="1:18">
       <c r="B624" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C624" s="15" t="s">
-        <v>1814</v>
+        <v>1819</v>
       </c>
       <c r="D624" s="15" t="s">
-        <v>1815</v>
-[...2 lines deleted...]
-        <v>10000017869</v>
+        <v>1820</v>
+      </c>
+      <c r="E624" s="15" t="s">
+        <v>1821</v>
       </c>
       <c r="F624" s="15"/>
       <c r="G624" s="15"/>
       <c r="H624" s="15" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I624" s="15"/>
       <c r="J624" s="15">
         <v>25</v>
       </c>
       <c r="K624" s="15">
-        <v>1.16</v>
+        <v>0.82991</v>
       </c>
       <c r="L624" s="15">
-        <v>1.01</v>
+        <v>0.82991</v>
       </c>
       <c r="M624" s="15">
-        <v>0.9707</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.82991</v>
+      </c>
+      <c r="N624" s="15"/>
       <c r="O624" s="15"/>
       <c r="P624" s="15"/>
       <c r="Q624" s="15"/>
       <c r="R624"/>
     </row>
     <row r="625" spans="1:18">
       <c r="B625" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C625" s="15" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="D625" s="15" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="E625" s="15">
-        <v>10000017874</v>
+        <v>10000017869</v>
       </c>
       <c r="F625" s="15"/>
       <c r="G625" s="15"/>
       <c r="H625" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I625" s="15" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="J625" s="15">
         <v>25</v>
       </c>
       <c r="K625" s="15">
-        <v>0.52293</v>
+        <v>1.16</v>
       </c>
       <c r="L625" s="15">
-        <v>0.52293</v>
+        <v>1.01</v>
       </c>
       <c r="M625" s="15">
-        <v>0.52293</v>
+        <v>0.9707</v>
       </c>
       <c r="N625" s="15">
-        <v>138</v>
+        <v>635</v>
       </c>
       <c r="O625" s="15"/>
       <c r="P625" s="15"/>
       <c r="Q625" s="15"/>
       <c r="R625"/>
     </row>
     <row r="626" spans="1:18">
       <c r="B626" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C626" s="15" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="D626" s="15" t="s">
-        <v>1821</v>
-[...2 lines deleted...]
-        <v>1822</v>
+        <v>1826</v>
+      </c>
+      <c r="E626" s="15">
+        <v>10000017874</v>
       </c>
       <c r="F626" s="15"/>
       <c r="G626" s="15"/>
       <c r="H626" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I626" s="15" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="J626" s="15">
         <v>25</v>
       </c>
       <c r="K626" s="15">
-        <v>1.33</v>
+        <v>0.52293</v>
       </c>
       <c r="L626" s="15">
-        <v>0.97056</v>
+        <v>0.52293</v>
       </c>
       <c r="M626" s="15">
-        <v>0.89186</v>
+        <v>0.52293</v>
       </c>
       <c r="N626" s="15">
-        <v>35</v>
+        <v>140</v>
       </c>
       <c r="O626" s="15"/>
       <c r="P626" s="15"/>
       <c r="Q626" s="15"/>
       <c r="R626"/>
     </row>
     <row r="627" spans="1:18">
       <c r="B627" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C627" s="15" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="D627" s="15" t="s">
-        <v>1825</v>
-[...2 lines deleted...]
-        <v>10080068488</v>
+        <v>1829</v>
+      </c>
+      <c r="E627" s="15" t="s">
+        <v>1830</v>
       </c>
       <c r="F627" s="15"/>
       <c r="G627" s="15"/>
       <c r="H627" s="15" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="J627" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I627" s="15" t="s">
+        <v>1831</v>
+      </c>
+      <c r="J627" s="15">
+        <v>25</v>
+      </c>
       <c r="K627" s="15">
-        <v>1.17</v>
+        <v>1.33</v>
       </c>
       <c r="L627" s="15">
-        <v>0.97506</v>
+        <v>0.97056</v>
       </c>
       <c r="M627" s="15">
-        <v>0.93605</v>
-[...1 lines deleted...]
-      <c r="N627" s="15"/>
+        <v>0.89186</v>
+      </c>
+      <c r="N627" s="15">
+        <v>35</v>
+      </c>
       <c r="O627" s="15"/>
       <c r="P627" s="15"/>
       <c r="Q627" s="15"/>
       <c r="R627"/>
     </row>
     <row r="628" spans="1:18">
       <c r="B628" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>1826</v>
+        <v>1832</v>
       </c>
       <c r="D628" s="15" t="s">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="E628" s="15">
-        <v>10000017873</v>
+        <v>10080068488</v>
       </c>
       <c r="F628" s="15"/>
       <c r="G628" s="15"/>
       <c r="H628" s="15" t="s">
-        <v>126</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I628" s="15"/>
+      <c r="J628" s="15"/>
       <c r="K628" s="15">
-        <v>0.59315</v>
+        <v>1.17</v>
       </c>
       <c r="L628" s="15">
-        <v>0.59315</v>
+        <v>0.97506</v>
       </c>
       <c r="M628" s="15">
-        <v>0.59315</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.93605</v>
+      </c>
+      <c r="N628" s="15"/>
       <c r="O628" s="15"/>
       <c r="P628" s="15"/>
       <c r="Q628" s="15"/>
       <c r="R628"/>
     </row>
     <row r="629" spans="1:18">
       <c r="B629" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C629" s="15" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="D629" s="15" t="s">
-        <v>1830</v>
-[...2 lines deleted...]
-        <v>1831</v>
+        <v>1835</v>
+      </c>
+      <c r="E629" s="15">
+        <v>10000017873</v>
       </c>
       <c r="F629" s="15"/>
       <c r="G629" s="15"/>
       <c r="H629" s="15" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-      <c r="J629" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="I629" s="15" t="s">
+        <v>1836</v>
+      </c>
+      <c r="J629" s="15">
+        <v>25</v>
+      </c>
       <c r="K629" s="15">
-        <v>1.91</v>
+        <v>0.59315</v>
       </c>
       <c r="L629" s="15">
-        <v>1.51</v>
+        <v>0.59315</v>
       </c>
       <c r="M629" s="15">
-        <v>1.31</v>
+        <v>0.59315</v>
       </c>
       <c r="N629" s="15">
-        <v>860</v>
-[...2 lines deleted...]
-      <c r="P629" s="15"/>
+        <v>82</v>
+      </c>
+      <c r="O629" s="15">
+        <v>790</v>
+      </c>
+      <c r="P629" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="Q629" s="15"/>
       <c r="R629"/>
     </row>
     <row r="630" spans="1:18">
       <c r="B630" s="14" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="D630" s="15" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="E630" s="15" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="F630" s="15"/>
       <c r="G630" s="15"/>
       <c r="H630" s="15" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I630" s="15"/>
       <c r="J630" s="15"/>
       <c r="K630" s="15">
-        <v>0.85789</v>
+        <v>1.91</v>
       </c>
       <c r="L630" s="15">
-        <v>0.85789</v>
+        <v>1.51</v>
       </c>
       <c r="M630" s="15">
-        <v>0.85789</v>
+        <v>1.31</v>
       </c>
       <c r="N630" s="15">
-        <v>1397</v>
+        <v>780</v>
       </c>
       <c r="O630" s="15"/>
       <c r="P630" s="15"/>
       <c r="Q630" s="15"/>
       <c r="R630"/>
     </row>
     <row r="631" spans="1:18">
       <c r="B631" s="14" t="s">
-        <v>258</v>
+        <v>127</v>
       </c>
       <c r="C631" s="15" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="D631" s="15" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="E631" s="15" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="F631" s="15"/>
       <c r="G631" s="15"/>
       <c r="H631" s="15" t="s">
-        <v>1838</v>
-[...6 lines deleted...]
-      </c>
+        <v>131</v>
+      </c>
+      <c r="I631" s="15"/>
+      <c r="J631" s="15"/>
       <c r="K631" s="15">
-        <v>20.49</v>
+        <v>0.85789</v>
       </c>
       <c r="L631" s="15">
-        <v>17.18</v>
+        <v>0.85789</v>
       </c>
       <c r="M631" s="15">
-        <v>16.52</v>
-[...1 lines deleted...]
-      <c r="N631" s="15"/>
+        <v>0.85789</v>
+      </c>
+      <c r="N631" s="15">
+        <v>1381</v>
+      </c>
       <c r="O631" s="15"/>
       <c r="P631" s="15"/>
       <c r="Q631" s="15"/>
       <c r="R631"/>
     </row>
     <row r="632" spans="1:18">
       <c r="B632" s="14" t="s">
-        <v>239</v>
+        <v>265</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="D632" s="15" t="s">
-        <v>1841</v>
-[...2 lines deleted...]
-        <v>10080033894</v>
+        <v>1844</v>
+      </c>
+      <c r="E632" s="15" t="s">
+        <v>1845</v>
       </c>
       <c r="F632" s="15"/>
       <c r="G632" s="15"/>
       <c r="H632" s="15" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="I632" s="15"/>
+        <v>1846</v>
+      </c>
+      <c r="I632" s="15" t="s">
+        <v>1847</v>
+      </c>
       <c r="J632" s="15">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="K632" s="15">
-        <v>3.55</v>
+        <v>20.49</v>
       </c>
       <c r="L632" s="15">
-        <v>1.61</v>
+        <v>17.18</v>
       </c>
       <c r="M632" s="15">
-        <v>1.77</v>
+        <v>16.52</v>
       </c>
       <c r="N632" s="15"/>
       <c r="O632" s="15"/>
       <c r="P632" s="15"/>
       <c r="Q632" s="15"/>
       <c r="R632"/>
     </row>
     <row r="633" spans="1:18">
       <c r="B633" s="14" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C633" s="15" t="s">
-        <v>1842</v>
+        <v>1848</v>
       </c>
       <c r="D633" s="15" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
       <c r="E633" s="15">
-        <v>10080004907</v>
+        <v>10080033894</v>
       </c>
       <c r="F633" s="15"/>
       <c r="G633" s="15"/>
       <c r="H633" s="15" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="I633" s="15"/>
       <c r="J633" s="15">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="K633" s="15">
-        <v>2.3</v>
+        <v>3.55</v>
       </c>
       <c r="L633" s="15">
-        <v>2.3</v>
+        <v>1.61</v>
       </c>
       <c r="M633" s="15">
-        <v>2.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.77</v>
+      </c>
+      <c r="N633" s="15"/>
       <c r="O633" s="15"/>
       <c r="P633" s="15"/>
       <c r="Q633" s="15"/>
       <c r="R633"/>
     </row>
     <row r="634" spans="1:18">
       <c r="B634" s="14" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C634" s="15" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="D634" s="15" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="E634" s="15">
-        <v>10080004908</v>
+        <v>10080004907</v>
       </c>
       <c r="F634" s="15"/>
       <c r="G634" s="15"/>
       <c r="H634" s="15" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="I634" s="15"/>
-      <c r="J634" s="15"/>
+      <c r="J634" s="15">
+        <v>10</v>
+      </c>
       <c r="K634" s="15">
-        <v>3.42</v>
+        <v>2.3</v>
       </c>
       <c r="L634" s="15">
-        <v>3.29</v>
+        <v>2.3</v>
       </c>
       <c r="M634" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N634" s="15"/>
+        <v>2.3</v>
+      </c>
+      <c r="N634" s="15">
+        <v>9</v>
+      </c>
       <c r="O634" s="15"/>
       <c r="P634" s="15"/>
       <c r="Q634" s="15"/>
       <c r="R634"/>
     </row>
     <row r="635" spans="1:18">
       <c r="B635" s="14" t="s">
-        <v>381</v>
+        <v>246</v>
       </c>
       <c r="C635" s="15" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="D635" s="15" t="s">
-        <v>1847</v>
-[...2 lines deleted...]
-        <v>1848</v>
+        <v>1853</v>
+      </c>
+      <c r="E635" s="15">
+        <v>10080004908</v>
       </c>
       <c r="F635" s="15"/>
       <c r="G635" s="15"/>
       <c r="H635" s="15" t="s">
-        <v>384</v>
+        <v>250</v>
       </c>
       <c r="I635" s="15"/>
-      <c r="J635" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J635" s="15"/>
       <c r="K635" s="15">
-        <v>3.72</v>
+        <v>3.42</v>
       </c>
       <c r="L635" s="15">
-        <v>3.23</v>
+        <v>3.29</v>
       </c>
       <c r="M635" s="15">
-        <v>3.1</v>
+        <v>0</v>
       </c>
       <c r="N635" s="15"/>
       <c r="O635" s="15"/>
       <c r="P635" s="15"/>
       <c r="Q635" s="15"/>
       <c r="R635"/>
     </row>
     <row r="636" spans="1:18">
       <c r="B636" s="14" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="D636" s="15" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="E636" s="15" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="F636" s="15"/>
       <c r="G636" s="15"/>
       <c r="H636" s="15" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="I636" s="15"/>
-      <c r="J636" s="15"/>
+      <c r="J636" s="15">
+        <v>100</v>
+      </c>
       <c r="K636" s="15">
-        <v>1.71</v>
+        <v>3.72</v>
       </c>
       <c r="L636" s="15">
-        <v>1.64</v>
+        <v>3.23</v>
       </c>
       <c r="M636" s="15">
-        <v>1.56</v>
+        <v>3.1</v>
       </c>
       <c r="N636" s="15"/>
       <c r="O636" s="15"/>
       <c r="P636" s="15"/>
       <c r="Q636" s="15"/>
       <c r="R636"/>
     </row>
     <row r="637" spans="1:18">
       <c r="B637" s="14" t="s">
-        <v>26</v>
+        <v>388</v>
       </c>
       <c r="C637" s="15" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="D637" s="15" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="E637" s="15" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="F637" s="15"/>
       <c r="G637" s="15"/>
       <c r="H637" s="15" t="s">
-        <v>30</v>
+        <v>391</v>
       </c>
       <c r="I637" s="15"/>
-      <c r="J637" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J637" s="15"/>
       <c r="K637" s="15">
-        <v>2.32</v>
+        <v>1.71</v>
       </c>
       <c r="L637" s="15">
-        <v>2.32</v>
+        <v>1.64</v>
       </c>
       <c r="M637" s="15">
-        <v>2.32</v>
+        <v>1.56</v>
       </c>
       <c r="N637" s="15"/>
       <c r="O637" s="15"/>
       <c r="P637" s="15"/>
-      <c r="Q637" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q637" s="15"/>
       <c r="R637"/>
     </row>
     <row r="638" spans="1:18">
       <c r="B638" s="14" t="s">
-        <v>258</v>
+        <v>26</v>
       </c>
       <c r="C638" s="15" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="D638" s="15" t="s">
-        <v>1856</v>
+        <v>1861</v>
       </c>
       <c r="E638" s="15" t="s">
-        <v>1857</v>
+        <v>1862</v>
       </c>
       <c r="F638" s="15"/>
-      <c r="G638" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G638" s="15"/>
       <c r="H638" s="15" t="s">
-        <v>1859</v>
+        <v>30</v>
       </c>
       <c r="I638" s="15"/>
       <c r="J638" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K638" s="15">
-        <v>3.05</v>
+        <v>2.32</v>
       </c>
       <c r="L638" s="15">
-        <v>2.56</v>
+        <v>2.32</v>
       </c>
       <c r="M638" s="15">
-        <v>2.46</v>
+        <v>2.32</v>
       </c>
       <c r="N638" s="15"/>
       <c r="O638" s="15"/>
       <c r="P638" s="15"/>
-      <c r="Q638" s="15"/>
+      <c r="Q638" s="15">
+        <v>500</v>
+      </c>
       <c r="R638"/>
     </row>
     <row r="639" spans="1:18">
       <c r="B639" s="14" t="s">
-        <v>1860</v>
+        <v>265</v>
       </c>
       <c r="C639" s="15" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="D639" s="15" t="s">
-        <v>1862</v>
-[...2 lines deleted...]
-        <v>10080005454</v>
+        <v>1864</v>
+      </c>
+      <c r="E639" s="15" t="s">
+        <v>1865</v>
       </c>
       <c r="F639" s="15"/>
-      <c r="G639" s="15"/>
+      <c r="G639" s="15" t="s">
+        <v>1866</v>
+      </c>
       <c r="H639" s="15" t="s">
-        <v>1863</v>
-[...3 lines deleted...]
-      </c>
+        <v>1867</v>
+      </c>
+      <c r="I639" s="15"/>
       <c r="J639" s="15">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="K639" s="15">
-        <v>1.54</v>
+        <v>3.05</v>
       </c>
       <c r="L639" s="15">
-        <v>1.12</v>
+        <v>2.56</v>
       </c>
       <c r="M639" s="15">
-        <v>0.97355</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.46</v>
+      </c>
+      <c r="N639" s="15"/>
       <c r="O639" s="15"/>
       <c r="P639" s="15"/>
       <c r="Q639" s="15"/>
       <c r="R639"/>
     </row>
     <row r="640" spans="1:18">
       <c r="B640" s="14" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="C640" s="15" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="D640" s="15" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="E640" s="15">
-        <v>10080003133</v>
+        <v>10080005454</v>
       </c>
       <c r="F640" s="15"/>
       <c r="G640" s="15"/>
       <c r="H640" s="15" t="s">
-        <v>1868</v>
-[...1 lines deleted...]
-      <c r="I640" s="15"/>
+        <v>1871</v>
+      </c>
+      <c r="I640" s="15" t="s">
+        <v>1872</v>
+      </c>
       <c r="J640" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K640" s="15">
-        <v>0.34</v>
+        <v>1.08</v>
       </c>
       <c r="L640" s="15">
-        <v>0.34</v>
+        <v>0.93828</v>
       </c>
       <c r="M640" s="15">
-        <v>0.34</v>
+        <v>0.90219</v>
       </c>
       <c r="N640" s="15">
-        <v>1107</v>
+        <v>11083</v>
       </c>
       <c r="O640" s="15"/>
       <c r="P640" s="15"/>
       <c r="Q640" s="15"/>
       <c r="R640"/>
     </row>
     <row r="641" spans="1:18">
       <c r="B641" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C641" s="15" t="s">
-        <v>1869</v>
+        <v>1874</v>
       </c>
       <c r="D641" s="15" t="s">
-        <v>1870</v>
+        <v>1875</v>
       </c>
       <c r="E641" s="15">
-        <v>10080005300</v>
+        <v>10080003133</v>
       </c>
       <c r="F641" s="15"/>
       <c r="G641" s="15"/>
       <c r="H641" s="15" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="I641" s="15"/>
       <c r="J641" s="15">
         <v>25</v>
       </c>
       <c r="K641" s="15">
-        <v>0.73044</v>
+        <v>0.34</v>
       </c>
       <c r="L641" s="15">
-        <v>0.52463</v>
+        <v>0.34</v>
       </c>
       <c r="M641" s="15">
-        <v>0.47216</v>
+        <v>0.34</v>
       </c>
       <c r="N641" s="15">
-        <v>344</v>
+        <v>1465</v>
       </c>
       <c r="O641" s="15"/>
       <c r="P641" s="15"/>
       <c r="Q641" s="15"/>
       <c r="R641"/>
     </row>
     <row r="642" spans="1:18">
       <c r="B642" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="D642" s="15" t="s">
-        <v>1872</v>
+        <v>1878</v>
       </c>
       <c r="E642" s="15">
-        <v>10080008762</v>
+        <v>10080005300</v>
       </c>
       <c r="F642" s="15"/>
       <c r="G642" s="15"/>
       <c r="H642" s="15" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="I642" s="15"/>
       <c r="J642" s="15">
         <v>25</v>
       </c>
       <c r="K642" s="15">
-        <v>0.67741</v>
+        <v>0.73044</v>
       </c>
       <c r="L642" s="15">
-        <v>0.66509</v>
+        <v>0.52463</v>
       </c>
       <c r="M642" s="15">
-        <v>0.64046</v>
-[...1 lines deleted...]
-      <c r="N642" s="15"/>
+        <v>0.47216</v>
+      </c>
+      <c r="N642" s="15">
+        <v>359</v>
+      </c>
       <c r="O642" s="15"/>
       <c r="P642" s="15"/>
       <c r="Q642" s="15"/>
       <c r="R642"/>
     </row>
     <row r="643" spans="1:18">
       <c r="B643" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
       <c r="D643" s="15" t="s">
-        <v>1874</v>
+        <v>1880</v>
       </c>
       <c r="E643" s="15">
-        <v>10080005298</v>
+        <v>10080008762</v>
       </c>
       <c r="F643" s="15"/>
       <c r="G643" s="15"/>
       <c r="H643" s="15" t="s">
-        <v>1868</v>
-[...3 lines deleted...]
-      </c>
+        <v>1876</v>
+      </c>
+      <c r="I643" s="15"/>
       <c r="J643" s="15">
         <v>25</v>
       </c>
       <c r="K643" s="15">
         <v>0.67741</v>
       </c>
       <c r="L643" s="15">
         <v>0.66509</v>
       </c>
       <c r="M643" s="15">
         <v>0.64046</v>
       </c>
       <c r="N643" s="15"/>
       <c r="O643" s="15"/>
       <c r="P643" s="15"/>
       <c r="Q643" s="15"/>
       <c r="R643"/>
     </row>
     <row r="644" spans="1:18">
       <c r="B644" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>1875</v>
+        <v>1881</v>
       </c>
       <c r="D644" s="15" t="s">
-        <v>1876</v>
-[...2 lines deleted...]
-        <v>1877</v>
+        <v>1882</v>
+      </c>
+      <c r="E644" s="15">
+        <v>10080005298</v>
       </c>
       <c r="F644" s="15"/>
       <c r="G644" s="15"/>
       <c r="H644" s="15" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="I644" s="15" t="s">
-        <v>1878</v>
+        <v>1232</v>
       </c>
       <c r="J644" s="15">
-        <v>200</v>
+        <v>25</v>
       </c>
       <c r="K644" s="15">
-        <v>0.35909</v>
+        <v>0.67741</v>
       </c>
       <c r="L644" s="15">
-        <v>0.30117</v>
+        <v>0.66509</v>
       </c>
       <c r="M644" s="15">
-        <v>0.28959</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.64046</v>
+      </c>
+      <c r="N644" s="15"/>
       <c r="O644" s="15"/>
       <c r="P644" s="15"/>
       <c r="Q644" s="15"/>
       <c r="R644"/>
     </row>
     <row r="645" spans="1:18">
       <c r="B645" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C645" s="15" t="s">
-        <v>1879</v>
+        <v>1883</v>
       </c>
       <c r="D645" s="15" t="s">
-        <v>1880</v>
+        <v>1884</v>
       </c>
       <c r="E645" s="15" t="s">
-        <v>1881</v>
+        <v>1885</v>
       </c>
       <c r="F645" s="15"/>
       <c r="G645" s="15"/>
       <c r="H645" s="15" t="s">
-        <v>1868</v>
-[...2 lines deleted...]
-      <c r="J645" s="15"/>
+        <v>1876</v>
+      </c>
+      <c r="I645" s="15" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J645" s="15">
+        <v>200</v>
+      </c>
       <c r="K645" s="15">
-        <v>1.22</v>
+        <v>0.35909</v>
       </c>
       <c r="L645" s="15">
-        <v>1.02</v>
+        <v>0.30117</v>
       </c>
       <c r="M645" s="15">
-        <v>0.97776</v>
-[...1 lines deleted...]
-      <c r="N645" s="15"/>
+        <v>0.28959</v>
+      </c>
+      <c r="N645" s="15">
+        <v>1373</v>
+      </c>
       <c r="O645" s="15"/>
       <c r="P645" s="15"/>
       <c r="Q645" s="15"/>
       <c r="R645"/>
     </row>
     <row r="646" spans="1:18">
       <c r="B646" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="D646" s="15" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="E646" s="15" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="F646" s="15"/>
       <c r="G646" s="15"/>
       <c r="H646" s="15" t="s">
-        <v>1868</v>
-[...3 lines deleted...]
-      </c>
+        <v>1876</v>
+      </c>
+      <c r="I646" s="15"/>
       <c r="J646" s="15"/>
       <c r="K646" s="15">
-        <v>0.17243</v>
+        <v>1.22</v>
       </c>
       <c r="L646" s="15">
-        <v>0</v>
+        <v>1.02</v>
       </c>
       <c r="M646" s="15">
-        <v>0</v>
+        <v>0.97776</v>
       </c>
       <c r="N646" s="15"/>
       <c r="O646" s="15"/>
       <c r="P646" s="15"/>
       <c r="Q646" s="15"/>
       <c r="R646"/>
     </row>
     <row r="647" spans="1:18">
       <c r="B647" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>1886</v>
+        <v>1890</v>
       </c>
       <c r="D647" s="15" t="s">
-        <v>1887</v>
+        <v>1891</v>
       </c>
       <c r="E647" s="15" t="s">
-        <v>1888</v>
+        <v>1892</v>
       </c>
       <c r="F647" s="15"/>
       <c r="G647" s="15"/>
       <c r="H647" s="15" t="s">
-        <v>1868</v>
-[...4 lines deleted...]
-      </c>
+        <v>1876</v>
+      </c>
+      <c r="I647" s="15" t="s">
+        <v>1893</v>
+      </c>
+      <c r="J647" s="15"/>
       <c r="K647" s="15">
-        <v>0.63101</v>
+        <v>0.17243</v>
       </c>
       <c r="L647" s="15">
-        <v>0.52923</v>
+        <v>0</v>
       </c>
       <c r="M647" s="15">
-        <v>0.50888</v>
+        <v>0</v>
       </c>
       <c r="N647" s="15"/>
       <c r="O647" s="15"/>
       <c r="P647" s="15"/>
       <c r="Q647" s="15"/>
       <c r="R647"/>
     </row>
     <row r="648" spans="1:18">
       <c r="B648" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="D648" s="15" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="E648" s="15" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="F648" s="15"/>
       <c r="G648" s="15"/>
       <c r="H648" s="15" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="I648" s="15"/>
-      <c r="J648" s="15"/>
+      <c r="J648" s="15">
+        <v>100</v>
+      </c>
       <c r="K648" s="15">
-        <v>0.32214</v>
+        <v>0.63101</v>
       </c>
       <c r="L648" s="15">
-        <v>0.32214</v>
+        <v>0.52923</v>
       </c>
       <c r="M648" s="15">
-        <v>0.32214</v>
+        <v>0.50888</v>
       </c>
       <c r="N648" s="15"/>
       <c r="O648" s="15"/>
       <c r="P648" s="15"/>
       <c r="Q648" s="15"/>
       <c r="R648"/>
     </row>
     <row r="649" spans="1:18">
       <c r="B649" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C649" s="15" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="D649" s="15" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="E649" s="15" t="s">
-        <v>1894</v>
+        <v>1899</v>
       </c>
       <c r="F649" s="15"/>
       <c r="G649" s="15"/>
       <c r="H649" s="15" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="I649" s="15"/>
-      <c r="J649" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J649" s="15"/>
       <c r="K649" s="15">
-        <v>0.54461</v>
+        <v>0.32214</v>
       </c>
       <c r="L649" s="15">
-        <v>0.45677</v>
+        <v>0.32214</v>
       </c>
       <c r="M649" s="15">
-        <v>0.4392</v>
+        <v>0.32214</v>
       </c>
       <c r="N649" s="15"/>
       <c r="O649" s="15"/>
       <c r="P649" s="15"/>
       <c r="Q649" s="15"/>
       <c r="R649"/>
     </row>
     <row r="650" spans="1:18">
       <c r="B650" s="14" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="D650" s="15" t="s">
-        <v>1896</v>
-[...2 lines deleted...]
-        <v>10080005531</v>
+        <v>1901</v>
+      </c>
+      <c r="E650" s="15" t="s">
+        <v>1902</v>
       </c>
       <c r="F650" s="15"/>
       <c r="G650" s="15"/>
       <c r="H650" s="15" t="s">
-        <v>1868</v>
-[...3 lines deleted...]
-      </c>
+        <v>1876</v>
+      </c>
+      <c r="I650" s="15"/>
       <c r="J650" s="15">
         <v>100</v>
       </c>
       <c r="K650" s="15">
-        <v>0.62534</v>
+        <v>0.54461</v>
       </c>
       <c r="L650" s="15">
-        <v>0.52111</v>
+        <v>0.45677</v>
       </c>
       <c r="M650" s="15">
-        <v>0.50027</v>
+        <v>0.4392</v>
       </c>
       <c r="N650" s="15"/>
       <c r="O650" s="15"/>
       <c r="P650" s="15"/>
       <c r="Q650" s="15"/>
       <c r="R650"/>
     </row>
     <row r="651" spans="1:18">
       <c r="B651" s="14" t="s">
-        <v>26</v>
+        <v>1873</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
       <c r="D651" s="15" t="s">
-        <v>1899</v>
-[...2 lines deleted...]
-        <v>1900</v>
+        <v>1904</v>
+      </c>
+      <c r="E651" s="15">
+        <v>10080005531</v>
       </c>
       <c r="F651" s="15"/>
       <c r="G651" s="15"/>
       <c r="H651" s="15" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="J651" s="15"/>
+        <v>1876</v>
+      </c>
+      <c r="I651" s="15" t="s">
+        <v>1905</v>
+      </c>
+      <c r="J651" s="15">
+        <v>100</v>
+      </c>
       <c r="K651" s="15">
-        <v>4.46</v>
+        <v>0.62534</v>
       </c>
       <c r="L651" s="15">
-        <v>3.74</v>
+        <v>0.52111</v>
       </c>
       <c r="M651" s="15">
-        <v>3.6</v>
+        <v>0.50027</v>
       </c>
       <c r="N651" s="15"/>
       <c r="O651" s="15"/>
       <c r="P651" s="15"/>
       <c r="Q651" s="15"/>
       <c r="R651"/>
     </row>
     <row r="652" spans="1:18">
       <c r="B652" s="14" t="s">
-        <v>296</v>
+        <v>26</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>1901</v>
+        <v>1906</v>
       </c>
       <c r="D652" s="15" t="s">
-        <v>1902</v>
-[...2 lines deleted...]
-        <v>10080005185</v>
+        <v>1907</v>
+      </c>
+      <c r="E652" s="15" t="s">
+        <v>1908</v>
       </c>
       <c r="F652" s="15"/>
       <c r="G652" s="15"/>
       <c r="H652" s="15" t="s">
-        <v>299</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I652" s="15"/>
+      <c r="J652" s="15"/>
       <c r="K652" s="15">
-        <v>1.69</v>
+        <v>4.46</v>
       </c>
       <c r="L652" s="15">
-        <v>1.41</v>
+        <v>3.74</v>
       </c>
       <c r="M652" s="15">
-        <v>1.35</v>
+        <v>3.6</v>
       </c>
       <c r="N652" s="15"/>
       <c r="O652" s="15"/>
       <c r="P652" s="15"/>
       <c r="Q652" s="15"/>
       <c r="R652"/>
     </row>
     <row r="653" spans="1:18">
       <c r="B653" s="14" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="C653" s="15" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
       <c r="D653" s="15" t="s">
-        <v>1905</v>
-[...2 lines deleted...]
-        <v>1906</v>
+        <v>1910</v>
+      </c>
+      <c r="E653" s="15">
+        <v>10080005185</v>
       </c>
       <c r="F653" s="15"/>
       <c r="G653" s="15"/>
       <c r="H653" s="15" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="I653" s="15" t="s">
-        <v>1907</v>
-[...1 lines deleted...]
-      <c r="J653" s="15"/>
+        <v>1911</v>
+      </c>
+      <c r="J653" s="15">
+        <v>50</v>
+      </c>
       <c r="K653" s="15">
-        <v>2.27</v>
+        <v>1.69</v>
       </c>
       <c r="L653" s="15">
-        <v>1.89</v>
+        <v>1.41</v>
       </c>
       <c r="M653" s="15">
-        <v>1.82</v>
+        <v>1.35</v>
       </c>
       <c r="N653" s="15"/>
       <c r="O653" s="15"/>
       <c r="P653" s="15"/>
       <c r="Q653" s="15"/>
       <c r="R653"/>
     </row>
     <row r="654" spans="1:18">
       <c r="B654" s="14" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>1908</v>
+        <v>1912</v>
       </c>
       <c r="D654" s="15" t="s">
-        <v>1909</v>
-[...2 lines deleted...]
-        <v>10080058674</v>
+        <v>1913</v>
+      </c>
+      <c r="E654" s="15" t="s">
+        <v>1914</v>
       </c>
       <c r="F654" s="15"/>
       <c r="G654" s="15"/>
       <c r="H654" s="15" t="s">
-        <v>299</v>
-[...4 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="I654" s="15" t="s">
+        <v>1915</v>
+      </c>
+      <c r="J654" s="15"/>
       <c r="K654" s="15">
-        <v>1.71</v>
+        <v>2.27</v>
       </c>
       <c r="L654" s="15">
-        <v>1.38</v>
+        <v>1.89</v>
       </c>
       <c r="M654" s="15">
-        <v>1.32</v>
+        <v>1.82</v>
       </c>
       <c r="N654" s="15"/>
       <c r="O654" s="15"/>
       <c r="P654" s="15"/>
       <c r="Q654" s="15"/>
       <c r="R654"/>
     </row>
     <row r="655" spans="1:18">
       <c r="B655" s="14" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>1910</v>
+        <v>1916</v>
       </c>
       <c r="D655" s="15" t="s">
-        <v>1911</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>1917</v>
+      </c>
+      <c r="E655" s="15">
+        <v>10080058674</v>
       </c>
       <c r="F655" s="15"/>
       <c r="G655" s="15"/>
       <c r="H655" s="15" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="I655" s="15"/>
       <c r="J655" s="15">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="K655" s="15">
-        <v>3.43</v>
+        <v>1.71</v>
       </c>
       <c r="L655" s="15">
-        <v>2.88</v>
+        <v>1.38</v>
       </c>
       <c r="M655" s="15">
-        <v>2.77</v>
+        <v>1.32</v>
       </c>
       <c r="N655" s="15"/>
       <c r="O655" s="15"/>
       <c r="P655" s="15"/>
       <c r="Q655" s="15"/>
       <c r="R655"/>
     </row>
     <row r="656" spans="1:18">
       <c r="B656" s="14" t="s">
-        <v>1063</v>
+        <v>303</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="D656" s="15" t="s">
-        <v>1914</v>
+        <v>1919</v>
       </c>
       <c r="E656" s="15" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="F656" s="15"/>
       <c r="G656" s="15"/>
       <c r="H656" s="15" t="s">
-        <v>1067</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="I656" s="15"/>
       <c r="J656" s="15">
-        <v>25</v>
+        <v>500</v>
       </c>
       <c r="K656" s="15">
-        <v>0.5924199999999999</v>
+        <v>3.43</v>
       </c>
       <c r="L656" s="15">
-        <v>0.57395</v>
+        <v>2.88</v>
       </c>
       <c r="M656" s="15">
-        <v>0.55424</v>
+        <v>2.77</v>
       </c>
       <c r="N656" s="15"/>
       <c r="O656" s="15"/>
       <c r="P656" s="15"/>
       <c r="Q656" s="15"/>
       <c r="R656"/>
     </row>
     <row r="657" spans="1:18">
       <c r="B657" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C657" s="15" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="D657" s="15" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="E657" s="15" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="F657" s="15"/>
       <c r="G657" s="15"/>
       <c r="H657" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I657" s="15" t="s">
-        <v>1180</v>
-[...1 lines deleted...]
-      <c r="J657" s="15"/>
+        <v>1181</v>
+      </c>
+      <c r="J657" s="15">
+        <v>25</v>
+      </c>
       <c r="K657" s="15">
         <v>0.5924199999999999</v>
       </c>
       <c r="L657" s="15">
         <v>0.57395</v>
       </c>
       <c r="M657" s="15">
         <v>0.55424</v>
       </c>
       <c r="N657" s="15"/>
       <c r="O657" s="15"/>
       <c r="P657" s="15"/>
       <c r="Q657" s="15"/>
       <c r="R657"/>
     </row>
     <row r="658" spans="1:18">
       <c r="B658" s="14" t="s">
-        <v>1919</v>
+        <v>1070</v>
       </c>
       <c r="C658" s="15" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="D658" s="15" t="s">
-        <v>1921</v>
-[...2 lines deleted...]
-        <v>10080038646</v>
+        <v>1925</v>
+      </c>
+      <c r="E658" s="15" t="s">
+        <v>1926</v>
       </c>
       <c r="F658" s="15"/>
       <c r="G658" s="15"/>
       <c r="H658" s="15" t="s">
-        <v>1922</v>
+        <v>1074</v>
       </c>
       <c r="I658" s="15" t="s">
-        <v>1923</v>
-[...3 lines deleted...]
-      </c>
+        <v>1187</v>
+      </c>
+      <c r="J658" s="15"/>
       <c r="K658" s="15">
-        <v>2.93</v>
+        <v>0.5924199999999999</v>
       </c>
       <c r="L658" s="15">
-        <v>2.4</v>
+        <v>0.57395</v>
       </c>
       <c r="M658" s="15">
-        <v>2.31</v>
+        <v>0.55424</v>
       </c>
       <c r="N658" s="15"/>
       <c r="O658" s="15"/>
       <c r="P658" s="15"/>
       <c r="Q658" s="15"/>
       <c r="R658"/>
     </row>
     <row r="659" spans="1:18">
       <c r="B659" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="D659" s="15" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="E659" s="15">
-        <v>10080050305</v>
+        <v>10080038646</v>
       </c>
       <c r="F659" s="15"/>
       <c r="G659" s="15"/>
       <c r="H659" s="15" t="s">
-        <v>1922</v>
-[...1 lines deleted...]
-      <c r="I659" s="15"/>
+        <v>1930</v>
+      </c>
+      <c r="I659" s="15" t="s">
+        <v>1931</v>
+      </c>
       <c r="J659" s="15">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K659" s="15">
-        <v>6.76</v>
+        <v>2.93</v>
       </c>
       <c r="L659" s="15">
-        <v>4.71</v>
+        <v>2.4</v>
       </c>
       <c r="M659" s="15">
-        <v>4.35</v>
+        <v>2.31</v>
       </c>
       <c r="N659" s="15"/>
       <c r="O659" s="15"/>
       <c r="P659" s="15"/>
       <c r="Q659" s="15"/>
       <c r="R659"/>
     </row>
     <row r="660" spans="1:18">
       <c r="B660" s="14" t="s">
-        <v>1063</v>
+        <v>1927</v>
       </c>
       <c r="C660" s="15" t="s">
-        <v>1926</v>
+        <v>1932</v>
       </c>
       <c r="D660" s="15" t="s">
-        <v>1927</v>
-[...2 lines deleted...]
-        <v>1928</v>
+        <v>1933</v>
+      </c>
+      <c r="E660" s="15">
+        <v>10080050305</v>
       </c>
       <c r="F660" s="15"/>
       <c r="G660" s="15"/>
       <c r="H660" s="15" t="s">
-        <v>1067</v>
+        <v>1930</v>
       </c>
       <c r="I660" s="15"/>
-      <c r="J660" s="15"/>
+      <c r="J660" s="15">
+        <v>20</v>
+      </c>
       <c r="K660" s="15">
-        <v>1.38</v>
+        <v>6.76</v>
       </c>
       <c r="L660" s="15">
-        <v>1.29</v>
+        <v>4.71</v>
       </c>
       <c r="M660" s="15">
-        <v>1.25</v>
+        <v>4.35</v>
       </c>
       <c r="N660" s="15"/>
       <c r="O660" s="15"/>
       <c r="P660" s="15"/>
       <c r="Q660" s="15"/>
       <c r="R660"/>
     </row>
     <row r="661" spans="1:18">
       <c r="B661" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C661" s="15" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="D661" s="15" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
       <c r="E661" s="15" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
       <c r="F661" s="15"/>
       <c r="G661" s="15"/>
       <c r="H661" s="15" t="s">
-        <v>1067</v>
+        <v>1074</v>
       </c>
       <c r="I661" s="15"/>
       <c r="J661" s="15"/>
       <c r="K661" s="15">
-        <v>0.98532</v>
+        <v>1.38</v>
       </c>
       <c r="L661" s="15">
-        <v>0.92374</v>
+        <v>1.29</v>
       </c>
       <c r="M661" s="15">
-        <v>0.89295</v>
+        <v>1.25</v>
       </c>
       <c r="N661" s="15"/>
       <c r="O661" s="15"/>
       <c r="P661" s="15"/>
       <c r="Q661" s="15"/>
       <c r="R661"/>
     </row>
     <row r="662" spans="1:18">
       <c r="B662" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C662" s="15" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="D662" s="15" t="s">
-        <v>1933</v>
+        <v>1938</v>
       </c>
       <c r="E662" s="15" t="s">
-        <v>1934</v>
+        <v>1939</v>
       </c>
       <c r="F662" s="15"/>
       <c r="G662" s="15"/>
       <c r="H662" s="15" t="s">
-        <v>1067</v>
-[...6 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="I662" s="15"/>
+      <c r="J662" s="15"/>
       <c r="K662" s="15">
-        <v>1.55</v>
+        <v>0.98532</v>
       </c>
       <c r="L662" s="15">
-        <v>1.45</v>
+        <v>0.92374</v>
       </c>
       <c r="M662" s="15">
-        <v>1.4</v>
+        <v>0.89295</v>
       </c>
       <c r="N662" s="15"/>
       <c r="O662" s="15"/>
       <c r="P662" s="15"/>
       <c r="Q662" s="15"/>
       <c r="R662"/>
     </row>
     <row r="663" spans="1:18">
       <c r="B663" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C663" s="15" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="D663" s="15" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="E663" s="15" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
       <c r="F663" s="15"/>
       <c r="G663" s="15"/>
       <c r="H663" s="15" t="s">
-        <v>1067</v>
-[...1 lines deleted...]
-      <c r="I663" s="15"/>
+        <v>1074</v>
+      </c>
+      <c r="I663" s="15" t="s">
+        <v>1943</v>
+      </c>
       <c r="J663" s="15">
         <v>25</v>
       </c>
       <c r="K663" s="15">
-        <v>2.09</v>
+        <v>1.55</v>
       </c>
       <c r="L663" s="15">
-        <v>1.75</v>
+        <v>1.45</v>
       </c>
       <c r="M663" s="15">
-        <v>1.68</v>
+        <v>1.4</v>
       </c>
       <c r="N663" s="15"/>
       <c r="O663" s="15"/>
       <c r="P663" s="15"/>
       <c r="Q663" s="15"/>
       <c r="R663"/>
     </row>
     <row r="664" spans="1:18">
       <c r="B664" s="14" t="s">
-        <v>1919</v>
+        <v>1070</v>
       </c>
       <c r="C664" s="15" t="s">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="D664" s="15" t="s">
-        <v>1940</v>
-[...2 lines deleted...]
-        <v>10080042596</v>
+        <v>1945</v>
+      </c>
+      <c r="E664" s="15" t="s">
+        <v>1946</v>
       </c>
       <c r="F664" s="15"/>
       <c r="G664" s="15"/>
       <c r="H664" s="15" t="s">
-        <v>1922</v>
-[...3 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="I664" s="15"/>
       <c r="J664" s="15">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="K664" s="15">
-        <v>1.25</v>
+        <v>2.09</v>
       </c>
       <c r="L664" s="15">
-        <v>1.02</v>
+        <v>1.75</v>
       </c>
       <c r="M664" s="15">
-        <v>0.98159</v>
+        <v>1.68</v>
       </c>
       <c r="N664" s="15"/>
       <c r="O664" s="15"/>
       <c r="P664" s="15"/>
       <c r="Q664" s="15"/>
       <c r="R664"/>
     </row>
     <row r="665" spans="1:18">
       <c r="B665" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C665" s="15" t="s">
-        <v>1941</v>
+        <v>1947</v>
       </c>
       <c r="D665" s="15" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="E665" s="15">
-        <v>10080040239</v>
+        <v>10080042596</v>
       </c>
       <c r="F665" s="15"/>
       <c r="G665" s="15"/>
       <c r="H665" s="15" t="s">
-        <v>1922</v>
-[...1 lines deleted...]
-      <c r="I665" s="15"/>
+        <v>1930</v>
+      </c>
+      <c r="I665" s="15" t="s">
+        <v>1085</v>
+      </c>
       <c r="J665" s="15">
         <v>20</v>
       </c>
       <c r="K665" s="15">
-        <v>1.12</v>
+        <v>1.25</v>
       </c>
       <c r="L665" s="15">
-        <v>0.92118</v>
+        <v>1.02</v>
       </c>
       <c r="M665" s="15">
-        <v>0.88373</v>
+        <v>0.98159</v>
       </c>
       <c r="N665" s="15"/>
       <c r="O665" s="15"/>
       <c r="P665" s="15"/>
       <c r="Q665" s="15"/>
       <c r="R665"/>
     </row>
     <row r="666" spans="1:18">
       <c r="B666" s="14" t="s">
-        <v>1063</v>
+        <v>1927</v>
       </c>
       <c r="C666" s="15" t="s">
-        <v>1943</v>
+        <v>1949</v>
       </c>
       <c r="D666" s="15" t="s">
-        <v>1944</v>
+        <v>1950</v>
       </c>
       <c r="E666" s="15">
-        <v>10080061844</v>
+        <v>10080040239</v>
       </c>
       <c r="F666" s="15"/>
       <c r="G666" s="15"/>
       <c r="H666" s="15" t="s">
-        <v>1067</v>
-[...3 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="I666" s="15"/>
       <c r="J666" s="15">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="K666" s="15">
-        <v>0.6877</v>
+        <v>1.12</v>
       </c>
       <c r="L666" s="15">
-        <v>0.55459</v>
+        <v>0.92118</v>
       </c>
       <c r="M666" s="15">
-        <v>0.53242</v>
+        <v>0.88373</v>
       </c>
       <c r="N666" s="15"/>
       <c r="O666" s="15"/>
       <c r="P666" s="15"/>
       <c r="Q666" s="15"/>
       <c r="R666"/>
     </row>
     <row r="667" spans="1:18">
       <c r="B667" s="14" t="s">
-        <v>1919</v>
+        <v>1070</v>
       </c>
       <c r="C667" s="15" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="D667" s="15" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="E667" s="15">
-        <v>10000030048</v>
+        <v>10080061844</v>
       </c>
       <c r="F667" s="15"/>
       <c r="G667" s="15"/>
       <c r="H667" s="15" t="s">
-        <v>1922</v>
+        <v>1074</v>
       </c>
       <c r="I667" s="15" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="J667" s="15">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="K667" s="15">
-        <v>2.57</v>
+        <v>0.6877</v>
       </c>
       <c r="L667" s="15">
-        <v>1.8</v>
+        <v>0.55459</v>
       </c>
       <c r="M667" s="15">
-        <v>1.67</v>
+        <v>0.53242</v>
       </c>
       <c r="N667" s="15"/>
       <c r="O667" s="15"/>
       <c r="P667" s="15"/>
       <c r="Q667" s="15"/>
       <c r="R667"/>
     </row>
     <row r="668" spans="1:18">
       <c r="B668" s="14" t="s">
-        <v>1063</v>
+        <v>1927</v>
       </c>
       <c r="C668" s="15" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="D668" s="15" t="s">
-        <v>1950</v>
-[...2 lines deleted...]
-        <v>1951</v>
+        <v>1955</v>
+      </c>
+      <c r="E668" s="15">
+        <v>10000030048</v>
       </c>
       <c r="F668" s="15"/>
       <c r="G668" s="15"/>
       <c r="H668" s="15" t="s">
-        <v>1067</v>
-[...2 lines deleted...]
-      <c r="J668" s="15"/>
+        <v>1930</v>
+      </c>
+      <c r="I668" s="15" t="s">
+        <v>1956</v>
+      </c>
+      <c r="J668" s="15">
+        <v>50</v>
+      </c>
       <c r="K668" s="15">
-        <v>0.98532</v>
+        <v>2.57</v>
       </c>
       <c r="L668" s="15">
-        <v>0.92374</v>
+        <v>1.8</v>
       </c>
       <c r="M668" s="15">
-        <v>0.89295</v>
+        <v>1.67</v>
       </c>
       <c r="N668" s="15"/>
       <c r="O668" s="15"/>
       <c r="P668" s="15"/>
       <c r="Q668" s="15"/>
       <c r="R668"/>
     </row>
     <row r="669" spans="1:18">
       <c r="B669" s="14" t="s">
-        <v>1063</v>
+        <v>1070</v>
       </c>
       <c r="C669" s="15" t="s">
-        <v>1952</v>
+        <v>1957</v>
       </c>
       <c r="D669" s="15" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="E669" s="15" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="F669" s="15"/>
       <c r="G669" s="15"/>
       <c r="H669" s="15" t="s">
-        <v>1067</v>
-[...3 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="I669" s="15"/>
       <c r="J669" s="15"/>
       <c r="K669" s="15">
-        <v>0.48034</v>
+        <v>0.98532</v>
       </c>
       <c r="L669" s="15">
-        <v>0.46557</v>
+        <v>0.92374</v>
       </c>
       <c r="M669" s="15">
-        <v>0.44956</v>
+        <v>0.89295</v>
       </c>
       <c r="N669" s="15"/>
       <c r="O669" s="15"/>
       <c r="P669" s="15"/>
       <c r="Q669" s="15"/>
       <c r="R669"/>
     </row>
     <row r="670" spans="1:18">
       <c r="B670" s="14" t="s">
-        <v>1919</v>
+        <v>1070</v>
       </c>
       <c r="C670" s="15" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="D670" s="15" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="E670" s="15" t="s">
-        <v>1957</v>
+        <v>1962</v>
       </c>
       <c r="F670" s="15"/>
       <c r="G670" s="15"/>
       <c r="H670" s="15" t="s">
-        <v>1922</v>
-[...1 lines deleted...]
-      <c r="I670" s="15"/>
+        <v>1074</v>
+      </c>
+      <c r="I670" s="15" t="s">
+        <v>298</v>
+      </c>
       <c r="J670" s="15"/>
       <c r="K670" s="15">
-        <v>2.51</v>
+        <v>0.48034</v>
       </c>
       <c r="L670" s="15">
-        <v>2.51</v>
+        <v>0.46557</v>
       </c>
       <c r="M670" s="15">
-        <v>2.51</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44956</v>
+      </c>
+      <c r="N670" s="15"/>
       <c r="O670" s="15"/>
       <c r="P670" s="15"/>
       <c r="Q670" s="15"/>
       <c r="R670"/>
     </row>
     <row r="671" spans="1:18">
       <c r="B671" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C671" s="15" t="s">
-        <v>1958</v>
-[...3 lines deleted...]
-        <v>10080009066</v>
+        <v>1963</v>
+      </c>
+      <c r="D671" s="15" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E671" s="15" t="s">
+        <v>1965</v>
       </c>
       <c r="F671" s="15"/>
       <c r="G671" s="15"/>
       <c r="H671" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I671" s="15"/>
-      <c r="J671" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J671" s="15"/>
       <c r="K671" s="15">
-        <v>1.25</v>
+        <v>2.51</v>
       </c>
       <c r="L671" s="15">
-        <v>1.09</v>
+        <v>2.51</v>
       </c>
       <c r="M671" s="15">
-        <v>1.04</v>
+        <v>2.51</v>
       </c>
       <c r="N671" s="15">
-        <v>4045</v>
+        <v>10</v>
       </c>
       <c r="O671" s="15"/>
       <c r="P671" s="15"/>
       <c r="Q671" s="15"/>
       <c r="R671"/>
     </row>
     <row r="672" spans="1:18">
       <c r="B672" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>1959</v>
-[...3 lines deleted...]
-      </c>
+        <v>1966</v>
+      </c>
+      <c r="D672" s="15"/>
       <c r="E672" s="15">
-        <v>10080010237</v>
+        <v>10080009066</v>
       </c>
       <c r="F672" s="15"/>
       <c r="G672" s="15"/>
       <c r="H672" s="15" t="s">
-        <v>1922</v>
-[...3 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="I672" s="15"/>
       <c r="J672" s="15">
         <v>25</v>
       </c>
       <c r="K672" s="15">
-        <v>1.4</v>
+        <v>1.25</v>
       </c>
       <c r="L672" s="15">
-        <v>1.22</v>
+        <v>1.09</v>
       </c>
       <c r="M672" s="15">
-        <v>1.17</v>
+        <v>1.04</v>
       </c>
       <c r="N672" s="15">
-        <v>816</v>
+        <v>4924</v>
       </c>
       <c r="O672" s="15"/>
       <c r="P672" s="15"/>
       <c r="Q672" s="15"/>
       <c r="R672"/>
     </row>
     <row r="673" spans="1:18">
       <c r="B673" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C673" s="15" t="s">
-        <v>1962</v>
-[...1 lines deleted...]
-      <c r="D673" s="15"/>
+        <v>1967</v>
+      </c>
+      <c r="D673" s="15" t="s">
+        <v>1968</v>
+      </c>
       <c r="E673" s="15">
-        <v>10080026934</v>
+        <v>10080010237</v>
       </c>
       <c r="F673" s="15"/>
       <c r="G673" s="15"/>
       <c r="H673" s="15" t="s">
-        <v>1922</v>
-[...1 lines deleted...]
-      <c r="I673" s="15"/>
+        <v>1930</v>
+      </c>
+      <c r="I673" s="15" t="s">
+        <v>1969</v>
+      </c>
       <c r="J673" s="15">
         <v>25</v>
       </c>
       <c r="K673" s="15">
-        <v>1.67</v>
+        <v>1.4</v>
       </c>
       <c r="L673" s="15">
-        <v>1.4</v>
+        <v>1.22</v>
       </c>
       <c r="M673" s="15">
-        <v>1.35</v>
+        <v>1.17</v>
       </c>
       <c r="N673" s="15">
-        <v>1170</v>
+        <v>803</v>
       </c>
       <c r="O673" s="15"/>
       <c r="P673" s="15"/>
       <c r="Q673" s="15"/>
       <c r="R673"/>
     </row>
     <row r="674" spans="1:18">
       <c r="B674" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>1963</v>
-[...3 lines deleted...]
-      </c>
+        <v>1970</v>
+      </c>
+      <c r="D674" s="15"/>
       <c r="E674" s="15">
-        <v>10000022548</v>
+        <v>10080026934</v>
       </c>
       <c r="F674" s="15"/>
       <c r="G674" s="15"/>
       <c r="H674" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I674" s="15"/>
       <c r="J674" s="15">
         <v>25</v>
       </c>
       <c r="K674" s="15">
-        <v>1.08</v>
+        <v>1.67</v>
       </c>
       <c r="L674" s="15">
-        <v>0.93609</v>
+        <v>1.4</v>
       </c>
       <c r="M674" s="15">
-        <v>0.9000899999999999</v>
+        <v>1.35</v>
       </c>
       <c r="N674" s="15">
-        <v>245</v>
+        <v>1426</v>
       </c>
       <c r="O674" s="15"/>
       <c r="P674" s="15"/>
       <c r="Q674" s="15"/>
       <c r="R674"/>
     </row>
     <row r="675" spans="1:18">
       <c r="B675" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>1965</v>
-[...1 lines deleted...]
-      <c r="D675" s="15"/>
+        <v>1971</v>
+      </c>
+      <c r="D675" s="15" t="s">
+        <v>1972</v>
+      </c>
       <c r="E675" s="15">
-        <v>10080012852</v>
+        <v>10000022548</v>
       </c>
       <c r="F675" s="15"/>
       <c r="G675" s="15"/>
       <c r="H675" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I675" s="15"/>
       <c r="J675" s="15">
         <v>25</v>
       </c>
       <c r="K675" s="15">
-        <v>1.62</v>
+        <v>1.08</v>
       </c>
       <c r="L675" s="15">
-        <v>1.4</v>
+        <v>0.93609</v>
       </c>
       <c r="M675" s="15">
-        <v>1.35</v>
+        <v>0.9000899999999999</v>
       </c>
       <c r="N675" s="15">
-        <v>3924</v>
+        <v>186</v>
       </c>
       <c r="O675" s="15"/>
       <c r="P675" s="15"/>
       <c r="Q675" s="15"/>
       <c r="R675"/>
     </row>
     <row r="676" spans="1:18">
       <c r="B676" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>1966</v>
-[...3 lines deleted...]
-      </c>
+        <v>1973</v>
+      </c>
+      <c r="D676" s="15"/>
       <c r="E676" s="15">
-        <v>10080034177</v>
+        <v>10080012852</v>
       </c>
       <c r="F676" s="15"/>
       <c r="G676" s="15"/>
       <c r="H676" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I676" s="15"/>
       <c r="J676" s="15">
         <v>25</v>
       </c>
       <c r="K676" s="15">
-        <v>2.72</v>
+        <v>1.62</v>
       </c>
       <c r="L676" s="15">
-        <v>2.28</v>
+        <v>1.4</v>
       </c>
       <c r="M676" s="15">
-        <v>2.19</v>
+        <v>1.35</v>
       </c>
       <c r="N676" s="15">
-        <v>4322</v>
+        <v>4386</v>
       </c>
       <c r="O676" s="15"/>
       <c r="P676" s="15"/>
       <c r="Q676" s="15"/>
       <c r="R676"/>
     </row>
     <row r="677" spans="1:18">
       <c r="B677" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C677" s="15" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="D677" s="15" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="E677" s="15">
-        <v>10080026935</v>
+        <v>10080034177</v>
       </c>
       <c r="F677" s="15"/>
       <c r="G677" s="15"/>
       <c r="H677" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I677" s="15"/>
       <c r="J677" s="15">
         <v>25</v>
       </c>
       <c r="K677" s="15">
-        <v>3.43</v>
+        <v>2.72</v>
       </c>
       <c r="L677" s="15">
-        <v>2.88</v>
+        <v>2.28</v>
       </c>
       <c r="M677" s="15">
-        <v>2.77</v>
+        <v>2.19</v>
       </c>
       <c r="N677" s="15">
-        <v>5158</v>
+        <v>3920</v>
       </c>
       <c r="O677" s="15"/>
       <c r="P677" s="15"/>
       <c r="Q677" s="15"/>
       <c r="R677"/>
     </row>
     <row r="678" spans="1:18">
       <c r="B678" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="D678" s="15" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="E678" s="15">
-        <v>10080044826</v>
+        <v>10080026935</v>
       </c>
       <c r="F678" s="15"/>
       <c r="G678" s="15"/>
       <c r="H678" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I678" s="15"/>
       <c r="J678" s="15">
         <v>25</v>
       </c>
       <c r="K678" s="15">
-        <v>6.05</v>
+        <v>3.43</v>
       </c>
       <c r="L678" s="15">
-        <v>5.07</v>
+        <v>2.88</v>
       </c>
       <c r="M678" s="15">
-        <v>4.88</v>
+        <v>2.77</v>
       </c>
       <c r="N678" s="15">
-        <v>773</v>
+        <v>4596</v>
       </c>
       <c r="O678" s="15"/>
       <c r="P678" s="15"/>
       <c r="Q678" s="15"/>
       <c r="R678"/>
     </row>
     <row r="679" spans="1:18">
       <c r="B679" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="D679" s="15" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="E679" s="15">
-        <v>10080072241</v>
+        <v>10080044826</v>
       </c>
       <c r="F679" s="15"/>
       <c r="G679" s="15"/>
       <c r="H679" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I679" s="15"/>
-      <c r="J679" s="15"/>
+      <c r="J679" s="15">
+        <v>25</v>
+      </c>
       <c r="K679" s="15">
-        <v>3.68</v>
+        <v>6.05</v>
       </c>
       <c r="L679" s="15">
-        <v>3.07</v>
+        <v>5.07</v>
       </c>
       <c r="M679" s="15">
-        <v>2.94</v>
-[...1 lines deleted...]
-      <c r="N679" s="15"/>
+        <v>4.88</v>
+      </c>
+      <c r="N679" s="15">
+        <v>1122</v>
+      </c>
       <c r="O679" s="15"/>
       <c r="P679" s="15"/>
       <c r="Q679" s="15"/>
       <c r="R679"/>
     </row>
     <row r="680" spans="1:18">
       <c r="B680" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="D680" s="15" t="s">
-        <v>1975</v>
+        <v>1981</v>
       </c>
       <c r="E680" s="15">
-        <v>10080056958</v>
+        <v>10080072241</v>
       </c>
       <c r="F680" s="15"/>
       <c r="G680" s="15"/>
       <c r="H680" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I680" s="15"/>
-      <c r="J680" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J680" s="15"/>
       <c r="K680" s="15">
-        <v>3.7</v>
+        <v>3.68</v>
       </c>
       <c r="L680" s="15">
-        <v>2.98</v>
+        <v>3.07</v>
       </c>
       <c r="M680" s="15">
-        <v>2.86</v>
+        <v>2.94</v>
       </c>
       <c r="N680" s="15"/>
       <c r="O680" s="15"/>
       <c r="P680" s="15"/>
       <c r="Q680" s="15"/>
       <c r="R680"/>
     </row>
     <row r="681" spans="1:18">
       <c r="B681" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="D681" s="15" t="s">
-        <v>1977</v>
+        <v>1983</v>
       </c>
       <c r="E681" s="15">
-        <v>10080009167</v>
+        <v>10080056958</v>
       </c>
       <c r="F681" s="15"/>
       <c r="G681" s="15"/>
       <c r="H681" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I681" s="15"/>
       <c r="J681" s="15">
         <v>25</v>
       </c>
       <c r="K681" s="15">
-        <v>1.99</v>
+        <v>3.7</v>
       </c>
       <c r="L681" s="15">
-        <v>1.67</v>
+        <v>2.98</v>
       </c>
       <c r="M681" s="15">
-        <v>1.61</v>
+        <v>2.86</v>
       </c>
       <c r="N681" s="15"/>
-      <c r="O681" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O681" s="15"/>
+      <c r="P681" s="15"/>
       <c r="Q681" s="15"/>
       <c r="R681"/>
     </row>
     <row r="682" spans="1:18">
       <c r="B682" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="D682" s="15" t="s">
-        <v>1980</v>
+        <v>1985</v>
       </c>
       <c r="E682" s="15">
-        <v>10080015935</v>
+        <v>10080009167</v>
       </c>
       <c r="F682" s="15"/>
       <c r="G682" s="15"/>
       <c r="H682" s="15" t="s">
-        <v>1922</v>
-[...3 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="I682" s="15"/>
       <c r="J682" s="15">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="K682" s="15">
-        <v>3.09</v>
+        <v>1.99</v>
       </c>
       <c r="L682" s="15">
-        <v>2.59</v>
+        <v>1.67</v>
       </c>
       <c r="M682" s="15">
-        <v>2.49</v>
-[...5 lines deleted...]
-      <c r="P682" s="15"/>
+        <v>1.61</v>
+      </c>
+      <c r="N682" s="15"/>
+      <c r="O682" s="15">
+        <v>2400</v>
+      </c>
+      <c r="P682" s="15" t="s">
+        <v>1986</v>
+      </c>
       <c r="Q682" s="15"/>
       <c r="R682"/>
     </row>
     <row r="683" spans="1:18">
       <c r="B683" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C683" s="15" t="s">
-        <v>1982</v>
+        <v>1987</v>
       </c>
       <c r="D683" s="15" t="s">
-        <v>1983</v>
+        <v>1988</v>
       </c>
       <c r="E683" s="15">
-        <v>10080044825</v>
+        <v>10080015935</v>
       </c>
       <c r="F683" s="15"/>
       <c r="G683" s="15"/>
       <c r="H683" s="15" t="s">
-        <v>1922</v>
-[...1 lines deleted...]
-      <c r="I683" s="15"/>
+        <v>1930</v>
+      </c>
+      <c r="I683" s="15" t="s">
+        <v>1989</v>
+      </c>
       <c r="J683" s="15">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="K683" s="15">
-        <v>3.39</v>
+        <v>3.09</v>
       </c>
       <c r="L683" s="15">
-        <v>2.85</v>
+        <v>2.59</v>
       </c>
       <c r="M683" s="15">
-        <v>2.74</v>
+        <v>2.49</v>
       </c>
       <c r="N683" s="15">
-        <v>4935</v>
+        <v>5756</v>
       </c>
       <c r="O683" s="15"/>
       <c r="P683" s="15"/>
       <c r="Q683" s="15"/>
       <c r="R683"/>
     </row>
     <row r="684" spans="1:18">
       <c r="B684" s="14" t="s">
-        <v>1063</v>
+        <v>1927</v>
       </c>
       <c r="C684" s="15" t="s">
-        <v>1984</v>
+        <v>1990</v>
       </c>
       <c r="D684" s="15" t="s">
-        <v>1985</v>
-[...2 lines deleted...]
-        <v>1986</v>
+        <v>1991</v>
+      </c>
+      <c r="E684" s="15">
+        <v>10080044825</v>
       </c>
       <c r="F684" s="15"/>
       <c r="G684" s="15"/>
       <c r="H684" s="15" t="s">
-        <v>1067</v>
-[...3 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="I684" s="15"/>
       <c r="J684" s="15">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="K684" s="15">
-        <v>1.87</v>
+        <v>3.39</v>
       </c>
       <c r="L684" s="15">
-        <v>1.76</v>
+        <v>2.85</v>
       </c>
       <c r="M684" s="15">
-        <v>1.7</v>
-[...1 lines deleted...]
-      <c r="N684" s="15"/>
+        <v>2.74</v>
+      </c>
+      <c r="N684" s="15">
+        <v>4321</v>
+      </c>
       <c r="O684" s="15"/>
       <c r="P684" s="15"/>
       <c r="Q684" s="15"/>
       <c r="R684"/>
     </row>
     <row r="685" spans="1:18">
       <c r="B685" s="14" t="s">
-        <v>1919</v>
+        <v>1070</v>
       </c>
       <c r="C685" s="15" t="s">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="D685" s="15" t="s">
-        <v>1989</v>
-[...2 lines deleted...]
-        <v>10080009897</v>
+        <v>1993</v>
+      </c>
+      <c r="E685" s="15" t="s">
+        <v>1994</v>
       </c>
       <c r="F685" s="15"/>
       <c r="G685" s="15"/>
       <c r="H685" s="15" t="s">
-        <v>1922</v>
-[...2 lines deleted...]
-      <c r="J685" s="15"/>
+        <v>1074</v>
+      </c>
+      <c r="I685" s="15" t="s">
+        <v>1995</v>
+      </c>
+      <c r="J685" s="15">
+        <v>1</v>
+      </c>
       <c r="K685" s="15">
-        <v>5.76</v>
+        <v>1.87</v>
       </c>
       <c r="L685" s="15">
-        <v>3.84</v>
+        <v>1.76</v>
       </c>
       <c r="M685" s="15">
-        <v>3.49</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.7</v>
+      </c>
+      <c r="N685" s="15"/>
       <c r="O685" s="15"/>
       <c r="P685" s="15"/>
       <c r="Q685" s="15"/>
       <c r="R685"/>
     </row>
     <row r="686" spans="1:18">
       <c r="B686" s="14" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="C686" s="15" t="s">
-        <v>1990</v>
+        <v>1996</v>
       </c>
       <c r="D686" s="15" t="s">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="E686" s="15">
-        <v>10080009898</v>
+        <v>10080009897</v>
       </c>
       <c r="F686" s="15"/>
       <c r="G686" s="15"/>
       <c r="H686" s="15" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="I686" s="15"/>
       <c r="J686" s="15"/>
       <c r="K686" s="15">
-        <v>2.51</v>
+        <v>5.76</v>
       </c>
       <c r="L686" s="15">
-        <v>2.51</v>
+        <v>3.84</v>
       </c>
       <c r="M686" s="15">
-        <v>2.51</v>
+        <v>3.49</v>
       </c>
       <c r="N686" s="15">
         <v>10</v>
       </c>
       <c r="O686" s="15"/>
       <c r="P686" s="15"/>
       <c r="Q686" s="15"/>
       <c r="R686"/>
     </row>
     <row r="687" spans="1:18">
       <c r="B687" s="14" t="s">
-        <v>296</v>
+        <v>1927</v>
       </c>
       <c r="C687" s="15" t="s">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="D687" s="15" t="s">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="E687" s="15">
-        <v>10000004919</v>
+        <v>10080009898</v>
       </c>
       <c r="F687" s="15"/>
       <c r="G687" s="15"/>
       <c r="H687" s="15" t="s">
-        <v>299</v>
-[...6 lines deleted...]
-      </c>
+        <v>1930</v>
+      </c>
+      <c r="I687" s="15"/>
+      <c r="J687" s="15"/>
       <c r="K687" s="15">
-        <v>1.61</v>
+        <v>2.51</v>
       </c>
       <c r="L687" s="15">
-        <v>1.34</v>
+        <v>2.51</v>
       </c>
       <c r="M687" s="15">
-        <v>1.29</v>
-[...1 lines deleted...]
-      <c r="N687" s="15"/>
+        <v>2.51</v>
+      </c>
+      <c r="N687" s="15">
+        <v>10</v>
+      </c>
       <c r="O687" s="15"/>
       <c r="P687" s="15"/>
       <c r="Q687" s="15"/>
       <c r="R687"/>
     </row>
     <row r="688" spans="1:18">
       <c r="B688" s="14" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="C688" s="15" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="D688" s="15" t="s">
-        <v>1996</v>
-[...2 lines deleted...]
-        <v>1997</v>
+        <v>2001</v>
+      </c>
+      <c r="E688" s="15">
+        <v>10000004919</v>
       </c>
       <c r="F688" s="15"/>
       <c r="G688" s="15"/>
       <c r="H688" s="15" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="I688" s="15"/>
+        <v>306</v>
+      </c>
+      <c r="I688" s="15" t="s">
+        <v>2002</v>
+      </c>
       <c r="J688" s="15">
         <v>40</v>
       </c>
       <c r="K688" s="15">
-        <v>1.32</v>
+        <v>1.61</v>
       </c>
       <c r="L688" s="15">
-        <v>1.11</v>
+        <v>1.34</v>
       </c>
       <c r="M688" s="15">
-        <v>1.07</v>
+        <v>1.29</v>
       </c>
       <c r="N688" s="15"/>
       <c r="O688" s="15"/>
       <c r="P688" s="15"/>
       <c r="Q688" s="15"/>
       <c r="R688"/>
     </row>
     <row r="689" spans="1:18">
       <c r="B689" s="14" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="C689" s="15" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="D689" s="15" t="s">
-        <v>1999</v>
+        <v>2004</v>
       </c>
       <c r="E689" s="15" t="s">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="F689" s="15"/>
       <c r="G689" s="15"/>
       <c r="H689" s="15" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="I689" s="15"/>
       <c r="J689" s="15">
-        <v>500</v>
+        <v>40</v>
       </c>
       <c r="K689" s="15">
-        <v>2.11</v>
+        <v>1.32</v>
       </c>
       <c r="L689" s="15">
-        <v>1.77</v>
+        <v>1.11</v>
       </c>
       <c r="M689" s="15">
-        <v>1.7</v>
+        <v>1.07</v>
       </c>
       <c r="N689" s="15"/>
       <c r="O689" s="15"/>
       <c r="P689" s="15"/>
-      <c r="Q689" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q689" s="15"/>
       <c r="R689"/>
     </row>
     <row r="690" spans="1:18">
       <c r="B690" s="14" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="C690" s="15" t="s">
-        <v>2001</v>
+        <v>2006</v>
       </c>
       <c r="D690" s="15" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="E690" s="15" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="F690" s="15"/>
       <c r="G690" s="15"/>
       <c r="H690" s="15" t="s">
-        <v>30</v>
+        <v>306</v>
       </c>
       <c r="I690" s="15"/>
       <c r="J690" s="15">
-        <v>40</v>
+        <v>500</v>
       </c>
       <c r="K690" s="15">
-        <v>45.59</v>
+        <v>2.11</v>
       </c>
       <c r="L690" s="15">
-        <v>38.23</v>
+        <v>1.77</v>
       </c>
       <c r="M690" s="15">
-        <v>36.76</v>
+        <v>1.7</v>
       </c>
       <c r="N690" s="15"/>
       <c r="O690" s="15"/>
       <c r="P690" s="15"/>
       <c r="Q690" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="R690"/>
     </row>
     <row r="691" spans="1:18">
       <c r="B691" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C691" s="15" t="s">
-        <v>2004</v>
+        <v>2009</v>
       </c>
       <c r="D691" s="15" t="s">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="E691" s="15" t="s">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="F691" s="15"/>
       <c r="G691" s="15"/>
       <c r="H691" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I691" s="15"/>
       <c r="J691" s="15">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="K691" s="15">
-        <v>6.88</v>
+        <v>45.59</v>
       </c>
       <c r="L691" s="15">
-        <v>6.88</v>
+        <v>38.23</v>
       </c>
       <c r="M691" s="15">
-        <v>6.88</v>
+        <v>36.76</v>
       </c>
       <c r="N691" s="15"/>
       <c r="O691" s="15"/>
       <c r="P691" s="15"/>
-      <c r="Q691" s="15"/>
+      <c r="Q691" s="15">
+        <v>2000</v>
+      </c>
       <c r="R691"/>
     </row>
     <row r="692" spans="1:18">
       <c r="B692" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C692" s="15" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="D692" s="15" t="s">
-        <v>2008</v>
-[...2 lines deleted...]
-        <v>10080069424</v>
+        <v>2013</v>
+      </c>
+      <c r="E692" s="15" t="s">
+        <v>2014</v>
       </c>
       <c r="F692" s="15"/>
       <c r="G692" s="15"/>
       <c r="H692" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I692" s="15"/>
       <c r="J692" s="15">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="K692" s="15">
-        <v>1.29</v>
+        <v>6.88</v>
       </c>
       <c r="L692" s="15">
-        <v>1.29</v>
+        <v>6.88</v>
       </c>
       <c r="M692" s="15">
-        <v>1.29</v>
+        <v>6.88</v>
       </c>
       <c r="N692" s="15"/>
       <c r="O692" s="15"/>
       <c r="P692" s="15"/>
       <c r="Q692" s="15"/>
       <c r="R692"/>
     </row>
     <row r="693" spans="1:18">
       <c r="B693" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="D693" s="15" t="s">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>2016</v>
+      </c>
+      <c r="E693" s="15">
+        <v>10080069424</v>
       </c>
       <c r="F693" s="15"/>
       <c r="G693" s="15"/>
       <c r="H693" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I693" s="15"/>
       <c r="J693" s="15">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K693" s="15">
-        <v>26.45</v>
+        <v>1.29</v>
       </c>
       <c r="L693" s="15">
-        <v>22.18</v>
+        <v>1.29</v>
       </c>
       <c r="M693" s="15">
-        <v>21.33</v>
+        <v>1.29</v>
       </c>
       <c r="N693" s="15"/>
       <c r="O693" s="15"/>
       <c r="P693" s="15"/>
       <c r="Q693" s="15"/>
       <c r="R693"/>
     </row>
     <row r="694" spans="1:18">
       <c r="B694" s="14" t="s">
-        <v>258</v>
+        <v>26</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>2012</v>
-[...1 lines deleted...]
-      <c r="D694" s="15"/>
+        <v>2017</v>
+      </c>
+      <c r="D694" s="15" t="s">
+        <v>2018</v>
+      </c>
       <c r="E694" s="15" t="s">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F694" s="15"/>
       <c r="G694" s="15"/>
       <c r="H694" s="15" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-      <c r="J694" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I694" s="15" t="s">
+        <v>2020</v>
+      </c>
+      <c r="J694" s="15">
+        <v>20</v>
+      </c>
       <c r="K694" s="15">
-        <v>0.77594</v>
+        <v>4.65</v>
       </c>
       <c r="L694" s="15">
-        <v>0.66509</v>
+        <v>3.5</v>
       </c>
       <c r="M694" s="15">
-        <v>0.60967</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.23</v>
+      </c>
+      <c r="N694" s="15"/>
       <c r="O694" s="15"/>
       <c r="P694" s="15"/>
       <c r="Q694" s="15"/>
       <c r="R694"/>
     </row>
     <row r="695" spans="1:18">
       <c r="B695" s="14" t="s">
-        <v>258</v>
+        <v>26</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="D695" s="15" t="s">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="E695" s="15" t="s">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F695" s="15"/>
       <c r="G695" s="15"/>
       <c r="H695" s="15" t="s">
-        <v>262</v>
+        <v>30</v>
       </c>
       <c r="I695" s="15"/>
       <c r="J695" s="15">
-        <v>8</v>
+        <v>25</v>
       </c>
       <c r="K695" s="15">
-        <v>0.88679</v>
+        <v>26.45</v>
       </c>
       <c r="L695" s="15">
-        <v>0.77594</v>
+        <v>22.18</v>
       </c>
       <c r="M695" s="15">
-        <v>0.66509</v>
-[...3 lines deleted...]
-      </c>
+        <v>21.33</v>
+      </c>
+      <c r="N695" s="15"/>
       <c r="O695" s="15"/>
       <c r="P695" s="15"/>
       <c r="Q695" s="15"/>
       <c r="R695"/>
     </row>
     <row r="696" spans="1:18">
       <c r="B696" s="14" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C696" s="15" t="s">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="D696" s="15"/>
       <c r="E696" s="15" t="s">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="F696" s="15"/>
       <c r="G696" s="15"/>
       <c r="H696" s="15" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="I696" s="15"/>
-      <c r="J696" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J696" s="15"/>
       <c r="K696" s="15">
-        <v>2.77</v>
+        <v>0.77594</v>
       </c>
       <c r="L696" s="15">
-        <v>2.22</v>
+        <v>0.66509</v>
       </c>
       <c r="M696" s="15">
-        <v>2</v>
+        <v>0.60967</v>
       </c>
       <c r="N696" s="15">
-        <v>10</v>
+        <v>193</v>
       </c>
       <c r="O696" s="15"/>
       <c r="P696" s="15"/>
       <c r="Q696" s="15"/>
       <c r="R696"/>
     </row>
     <row r="697" spans="1:18">
       <c r="B697" s="14" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>2019</v>
+        <v>2026</v>
       </c>
       <c r="D697" s="15" t="s">
-        <v>2020</v>
+        <v>2027</v>
       </c>
       <c r="E697" s="15" t="s">
-        <v>2021</v>
+        <v>2028</v>
       </c>
       <c r="F697" s="15"/>
       <c r="G697" s="15"/>
       <c r="H697" s="15" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="I697" s="15"/>
       <c r="J697" s="15">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K697" s="15">
-        <v>0.79811</v>
+        <v>0.88679</v>
       </c>
       <c r="L697" s="15">
-        <v>0.70943</v>
+        <v>0.77594</v>
       </c>
       <c r="M697" s="15">
         <v>0.66509</v>
       </c>
-      <c r="N697" s="15"/>
+      <c r="N697" s="15">
+        <v>194</v>
+      </c>
       <c r="O697" s="15"/>
       <c r="P697" s="15"/>
       <c r="Q697" s="15"/>
       <c r="R697"/>
     </row>
     <row r="698" spans="1:18">
       <c r="B698" s="14" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2029</v>
+      </c>
+      <c r="D698" s="15"/>
       <c r="E698" s="15" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
       <c r="F698" s="15"/>
       <c r="G698" s="15"/>
       <c r="H698" s="15" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="I698" s="15"/>
       <c r="J698" s="15">
         <v>1</v>
       </c>
       <c r="K698" s="15">
-        <v>0.66509</v>
+        <v>2.77</v>
       </c>
       <c r="L698" s="15">
-        <v>0.6385</v>
+        <v>2.22</v>
       </c>
       <c r="M698" s="15">
-        <v>0.59858</v>
-[...1 lines deleted...]
-      <c r="N698" s="15"/>
+        <v>2</v>
+      </c>
+      <c r="N698" s="15">
+        <v>10</v>
+      </c>
       <c r="O698" s="15"/>
       <c r="P698" s="15"/>
       <c r="Q698" s="15"/>
       <c r="R698"/>
     </row>
     <row r="699" spans="1:18">
       <c r="B699" s="14" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="D699" s="15"/>
+        <v>2031</v>
+      </c>
+      <c r="D699" s="15" t="s">
+        <v>2032</v>
+      </c>
       <c r="E699" s="15" t="s">
-        <v>2026</v>
+        <v>2033</v>
       </c>
       <c r="F699" s="15"/>
       <c r="G699" s="15"/>
       <c r="H699" s="15" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="I699" s="15"/>
       <c r="J699" s="15">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K699" s="15">
-        <v>4.43</v>
+        <v>0.79811</v>
       </c>
       <c r="L699" s="15">
-        <v>3.6</v>
+        <v>0.70943</v>
       </c>
       <c r="M699" s="15">
-        <v>3.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.66509</v>
+      </c>
+      <c r="N699" s="15"/>
       <c r="O699" s="15"/>
       <c r="P699" s="15"/>
       <c r="Q699" s="15"/>
       <c r="R699"/>
     </row>
     <row r="700" spans="1:18">
       <c r="B700" s="14" t="s">
-        <v>258</v>
+        <v>265</v>
       </c>
       <c r="C700" s="15" t="s">
-        <v>2027</v>
+        <v>2034</v>
       </c>
       <c r="D700" s="15" t="s">
-        <v>2028</v>
+        <v>2035</v>
       </c>
       <c r="E700" s="15" t="s">
-        <v>2029</v>
+        <v>2036</v>
       </c>
       <c r="F700" s="15"/>
       <c r="G700" s="15"/>
       <c r="H700" s="15" t="s">
-        <v>262</v>
+        <v>269</v>
       </c>
       <c r="I700" s="15"/>
       <c r="J700" s="15">
         <v>1</v>
       </c>
       <c r="K700" s="15">
+        <v>0.66509</v>
+      </c>
+      <c r="L700" s="15">
+        <v>0.6385</v>
+      </c>
+      <c r="M700" s="15">
         <v>0.59858</v>
       </c>
-      <c r="L700" s="15">
-[...7 lines deleted...]
-      </c>
+      <c r="N700" s="15"/>
       <c r="O700" s="15"/>
       <c r="P700" s="15"/>
       <c r="Q700" s="15"/>
       <c r="R700"/>
     </row>
     <row r="701" spans="1:18">
-      <c r="B701" s="14"/>
-      <c r="C701" s="15"/>
+      <c r="B701" s="14" t="s">
+        <v>265</v>
+      </c>
+      <c r="C701" s="15" t="s">
+        <v>2037</v>
+      </c>
       <c r="D701" s="15"/>
-      <c r="E701" s="15"/>
+      <c r="E701" s="15" t="s">
+        <v>2038</v>
+      </c>
       <c r="F701" s="15"/>
       <c r="G701" s="15"/>
-      <c r="H701" s="15"/>
+      <c r="H701" s="15" t="s">
+        <v>269</v>
+      </c>
       <c r="I701" s="15"/>
-      <c r="J701" s="15"/>
-[...3 lines deleted...]
-      <c r="N701" s="15"/>
+      <c r="J701" s="15">
+        <v>1</v>
+      </c>
+      <c r="K701" s="15">
+        <v>4.43</v>
+      </c>
+      <c r="L701" s="15">
+        <v>3.6</v>
+      </c>
+      <c r="M701" s="15">
+        <v>3.21</v>
+      </c>
+      <c r="N701" s="15">
+        <v>6</v>
+      </c>
       <c r="O701" s="15"/>
       <c r="P701" s="15"/>
       <c r="Q701" s="15"/>
+      <c r="R701"/>
+    </row>
+    <row r="702" spans="1:18">
+      <c r="B702" s="14" t="s">
+        <v>265</v>
+      </c>
+      <c r="C702" s="15" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D702" s="15" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E702" s="15" t="s">
+        <v>2041</v>
+      </c>
+      <c r="F702" s="15"/>
+      <c r="G702" s="15"/>
+      <c r="H702" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="I702" s="15"/>
+      <c r="J702" s="15">
+        <v>1</v>
+      </c>
+      <c r="K702" s="15">
+        <v>0.59858</v>
+      </c>
+      <c r="L702" s="15">
+        <v>0.56533</v>
+      </c>
+      <c r="M702" s="15">
+        <v>0.53207</v>
+      </c>
+      <c r="N702" s="15">
+        <v>2</v>
+      </c>
+      <c r="O702" s="15"/>
+      <c r="P702" s="15"/>
+      <c r="Q702" s="15"/>
+      <c r="R702"/>
+    </row>
+    <row r="703" spans="1:18">
+      <c r="B703" s="14"/>
+      <c r="C703" s="15"/>
+      <c r="D703" s="15"/>
+      <c r="E703" s="15"/>
+      <c r="F703" s="15"/>
+      <c r="G703" s="15"/>
+      <c r="H703" s="15"/>
+      <c r="I703" s="15"/>
+      <c r="J703" s="15"/>
+      <c r="K703" s="15"/>
+      <c r="L703" s="15"/>
+      <c r="M703" s="15"/>
+      <c r="N703" s="15"/>
+      <c r="O703" s="15"/>
+      <c r="P703" s="15"/>
+      <c r="Q703" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -33699,317 +33935,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>2030</v>
+        <v>2042</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>2031</v>
+        <v>2043</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>2032</v>
+        <v>2044</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>2033</v>
+        <v>2045</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>2034</v>
+        <v>2046</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>2035</v>
+        <v>2047</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>2036</v>
+        <v>2048</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>2037</v>
+        <v>2049</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>2038</v>
+        <v>2050</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>2039</v>
+        <v>2051</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>2040</v>
+        <v>2052</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>2041</v>
+        <v>2053</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>2042</v>
+        <v>2054</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>2043</v>
+        <v>2055</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>2044</v>
+        <v>2056</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>2045</v>
+        <v>2057</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>2046</v>
+        <v>2058</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>2047</v>
+        <v>2059</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>2048</v>
+        <v>2060</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>2049</v>
+        <v>2061</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>2050</v>
+        <v>2062</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>2051</v>
+        <v>2063</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>2052</v>
+        <v>2064</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>2053</v>
+        <v>2065</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>2054</v>
+        <v>2066</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>2055</v>
+        <v>2067</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>2056</v>
+        <v>2068</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>