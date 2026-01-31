--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2069">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2074">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -376,53 +376,50 @@
   <si>
     <t>UT-00101878</t>
   </si>
   <si>
     <t>2-1462037-7</t>
   </si>
   <si>
     <t>DC12V 0.5A 125VDC / 2-1462037-7 (IM06TS)</t>
   </si>
   <si>
     <t xml:space="preserve">G6K-2P-Y-12VDC OMRON, </t>
   </si>
   <si>
     <t>3-1462037-0</t>
   </si>
   <si>
     <t>DC24V 0.5A 120VAC / 3-1462037-0 (IM07TS)</t>
   </si>
   <si>
     <t>10-00071359</t>
   </si>
   <si>
     <t xml:space="preserve">HFD4/24-LSR HONGFA, G6K-2P-Y-24VDC OMRON, </t>
   </si>
   <si>
-    <t>11.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>Реле / Finder</t>
   </si>
   <si>
     <t>30.22.7.005.0010</t>
   </si>
   <si>
     <t>Реле 30.22.7.005.0010</t>
   </si>
   <si>
     <t>10-00071864</t>
   </si>
   <si>
     <t>FINDER</t>
   </si>
   <si>
     <t xml:space="preserve">M4-5HA FORWARD, N4078-2C-5VDC-0.2 FORWARD, G5V-2-H1-5VDC OMRON, G5V-2-H1 5VDC OMRON, RY-5W-K Fujitsu, HFD27/005-S HONGFA, HK19F-DC5V-SHG HKE, </t>
   </si>
   <si>
     <t>Реле / FORWARD</t>
   </si>
   <si>
     <t>4100-B-5-DC5</t>
   </si>
   <si>
     <t>катушка 5V 0.45W пылезащищенное нагр 5A / 4100-B-5-DC5</t>
@@ -643,1010 +640,1013 @@
   <si>
     <t>Реле 4120-C-S-30-12VDC (EURO TYPE) (JQC-4)</t>
   </si>
   <si>
     <t>10-00071102</t>
   </si>
   <si>
     <t xml:space="preserve">4120-C-S-30-24VDC (EURO TYPE) (JQC-4) </t>
   </si>
   <si>
     <t>10-00071024</t>
   </si>
   <si>
     <t>Реле / NCR</t>
   </si>
   <si>
     <t>41F-1Z-C2-1</t>
   </si>
   <si>
     <t>панель для реле 12-24VDC на дин-рейку, вход 12-24V, выход 6A 250VAC, клеммы винтовые, LED зеленый / 41F-1Z-C2-1 для реле HF-41F (12~24)VDC</t>
   </si>
   <si>
     <t>NCR RELAY</t>
   </si>
   <si>
+    <t>07.05.2026</t>
+  </si>
+  <si>
+    <t>41F-1Z-C2-4</t>
+  </si>
+  <si>
+    <t>панель для реле 60VDC на дин-рейку, вход 220-240V, выход 6A 250VAC, клеммы винтовые, LED зеленый / 41F-1Z-C2-4 для реле HF41F 60VDC</t>
+  </si>
+  <si>
+    <t>UT-00099555</t>
+  </si>
+  <si>
+    <t>41F-1Z-C4-1</t>
+  </si>
+  <si>
+    <t>панель для реле 12-24VDC на дин-рейку, вход 12-24V, выход 6A 250VAC, клеммы нажимные, LED зеленый / 41F-1Z-C4-1 для реле HF41F (12~24)VDC</t>
+  </si>
+  <si>
+    <t>UT-00099783</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DPSF06A-E3-00Z(H) DEGSON, DPSF05A-E1-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>41F-1Z-C4-4</t>
+  </si>
+  <si>
+    <t>панель для реле 60VDC на дин-рейку, вход 220-240V, выход 6A 250VAC, клеммы нажимные, LED зеленый / 41F-1Z-C4-4 для реле HF41F 60VDC</t>
+  </si>
+  <si>
+    <t>UT-00099556</t>
+  </si>
+  <si>
+    <t>41F-J1</t>
+  </si>
+  <si>
+    <t>перемычка 20P для реле 41F на DIN-рейку, шаг 6.3мм, синяя / 41F-J1</t>
+  </si>
+  <si>
+    <t>UT-00099678</t>
+  </si>
+  <si>
+    <t>41F-J1B</t>
+  </si>
+  <si>
+    <t>перемычка 20P для реле 41F на DIN-рейку, шаг 6.3мм, черная / 41F-J1B</t>
+  </si>
+  <si>
+    <t>UT-00099677</t>
+  </si>
+  <si>
+    <t>41F-J1R</t>
+  </si>
+  <si>
+    <t>перемычка 20P для реле 41F на DIN-рейку, шаг 6.3мм, красная / 41F-J1R</t>
+  </si>
+  <si>
+    <t>UT-00099673</t>
+  </si>
+  <si>
+    <t>41F-M</t>
+  </si>
+  <si>
+    <t>маркер пустой, 10*6мм / 41F-M</t>
+  </si>
+  <si>
+    <t>UT-00101815</t>
+  </si>
+  <si>
+    <t>41F-S</t>
+  </si>
+  <si>
+    <t>разделительная пластина для реле 41F на DIN-рейку / 41F-S</t>
+  </si>
+  <si>
+    <t>UT-00099672</t>
+  </si>
+  <si>
+    <t>HF49FD type1</t>
+  </si>
+  <si>
+    <t>панель для реле для монтажа на плату / 49F для реле HF49FD Type1</t>
+  </si>
+  <si>
+    <t>10-00071782</t>
+  </si>
+  <si>
+    <t>5-1462037-9</t>
+  </si>
+  <si>
+    <t>DC5V 2A 250VAC / 220VDC (1 Form C) (PdRu+Au) 0.1W; бистабильное; SMT / 5-1462037-9 (IM43GR)</t>
+  </si>
+  <si>
+    <t>UT-00142288</t>
+  </si>
+  <si>
+    <t>Реле / SONG CHUAN</t>
+  </si>
+  <si>
+    <t>507-2CH-F-C-5VDC</t>
+  </si>
+  <si>
+    <t>DC5V 8A 240VAC (AgSnO) / 507-2CH-F-C-5VDC</t>
+  </si>
+  <si>
+    <t>UT-00098021</t>
+  </si>
+  <si>
+    <t>SONG CHUAN</t>
+  </si>
+  <si>
+    <t>Реле / ASIAON</t>
+  </si>
+  <si>
+    <t>55.04-220VAC</t>
+  </si>
+  <si>
+    <t>Реле 55.04-220VAC</t>
+  </si>
+  <si>
+    <t>10-00071495</t>
+  </si>
+  <si>
+    <t>ASIAON</t>
+  </si>
+  <si>
+    <t>55.04-230VAC</t>
+  </si>
+  <si>
+    <t>Реле 55.04-230VAC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF18FH/A230-4Z1 HONGFA, </t>
+  </si>
+  <si>
+    <t>55.04-24VAC</t>
+  </si>
+  <si>
+    <t>Реле 55.04-24VAC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF18FH/24-4Z1 (HF18FA) HONGFA, HF18FH/A24-4Z1 (HF18FA) HONGFA, </t>
+  </si>
+  <si>
+    <t>55.04-24VDC</t>
+  </si>
+  <si>
+    <t>Реле 55.04-24VDC</t>
+  </si>
+  <si>
+    <t>833H-1C-C-24VDC</t>
+  </si>
+  <si>
+    <t>Реле 833H-1C-C-24VDC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BS-115C-12A-24VDC BESTAR, HK3FF-DC24V-SHG HKE, 36.11.9.024.4011 FINDER, NT73-2-CS-10-DC24V-0.36(10A/250VAC) FORWARD, 36.11.9.024.4001 FINDER, G5LA-1-E-24VDC OMRON, G5LA-14-E-24VDC OMRON, HF3FF/024-1Z HONGFA, HF3FF/024-1ZS HONGFA, HK3FF-DC24V-SDG HKE, SRD-24VDC-F-L-C SONGLE, SRD-24VDC-S-L-C SONGLE, </t>
+  </si>
+  <si>
+    <t>841-S-2A-D-24VDC</t>
+  </si>
+  <si>
+    <t>DC24V 25A 250VAC / 841-S-2A-D-24VDC</t>
+  </si>
+  <si>
+    <t>UT-00093523</t>
+  </si>
+  <si>
+    <t>Реле / реле разные</t>
+  </si>
+  <si>
+    <t>91.3747.000-02 (реле 12в русское открытое)</t>
+  </si>
+  <si>
+    <t>Реле 91.3747.000-02 (реле 12в русское открытое)</t>
+  </si>
+  <si>
+    <t>10-00051822</t>
+  </si>
+  <si>
+    <t>РОССИЯ</t>
+  </si>
+  <si>
+    <t>Реле / Hsinda</t>
+  </si>
+  <si>
+    <t>953-1A-12DG-1</t>
+  </si>
+  <si>
+    <t>Реле 953-1A-12DG-1</t>
+  </si>
+  <si>
+    <t>10-00072236</t>
+  </si>
+  <si>
+    <t>HSINDA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT90-RHAS-DC12V-S-B-0.9 FORWARD, NT90-RHAS-DC12V-C-B-0.9 FORWARD, G8P-1A4P-12VDC OMRON, TR90-12VDC-SC-A4-R TTI, HF105F-1/012DT-1HS HONGFA, HK15F-DC12V-SH1AK HKE, </t>
+  </si>
+  <si>
+    <t>953-1B-12DA-S</t>
+  </si>
+  <si>
+    <t>Реле 953-1B-12DA-S</t>
+  </si>
+  <si>
+    <t>10-00072238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT90T-N-B-S-DC12V-C-B-0.6 FORWARD, HF105F-2/012D-1DS HONGFA, HK15F-DC12V-SH1BС HKE, </t>
+  </si>
+  <si>
+    <t>953-1B-12DG-2</t>
+  </si>
+  <si>
+    <t>Реле 953-1B-12DG-2</t>
+  </si>
+  <si>
+    <t>10-00072234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT90-N-B-E-DC12V-C-B-0.9 FORWARD, HF105F-1/012D6-1D HONGFA, HK15F-DC12V-H1B HKE, </t>
+  </si>
+  <si>
+    <t>953-1C-12DA-S</t>
+  </si>
+  <si>
+    <t>Реле 953-1C-12DA-S</t>
+  </si>
+  <si>
+    <t>10-00072237</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT90T-N-C-S-DC12V-C-B-0.9 FORWARD, NT90T-H-C-S-DC12V-C-B-0.6 FORWARD, NT90TP-H-C-S-DC12-C-B-0.6 FORWARD, TR91-12VDC-SB-C TTI, HF105F-2/012D-1ZS HONGFA, HF105F-4/012D-1ZS HONGFA, HK15F-DC12V-SH1CС HKE, </t>
+  </si>
+  <si>
+    <t>953-1C-12DG-2</t>
+  </si>
+  <si>
+    <t>Реле 953-1C-12DG-2</t>
+  </si>
+  <si>
+    <t>10-00072235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT90-N-C-S-DC12V-S-B-0.6 FORWARD, NT90-N-C-S-DC12V-C-B-0.6 FORWARD, TR90-12VDC-SC-C-R TTI, HF105F-1/012D6-1ZS HONGFA, HK15F-DC12V-SH1C HKE, SLA-12VDC-SD-C SONGLE, </t>
+  </si>
+  <si>
+    <t>953-1C-12DM</t>
+  </si>
+  <si>
+    <t>Реле 953-1C-12DM</t>
+  </si>
+  <si>
+    <t>10-00072239</t>
+  </si>
+  <si>
+    <t>964-1C-12DS</t>
+  </si>
+  <si>
+    <t>Реле 964-1C-12DS</t>
+  </si>
+  <si>
+    <t>10-00072233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NT78-C-S-10-DC12V-0.6 FORWARD, TR81-12VDC-SC-C TTI, SARD-SH-112D SANYOU RELAY, SRA-12VDC-C-L SONGLE, </t>
+  </si>
+  <si>
+    <t>964A-1C-12D</t>
+  </si>
+  <si>
+    <t>Реле 964A-1C-12D</t>
+  </si>
+  <si>
+    <t>10-00072232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TR81-12VDC-FC-CD TTI, </t>
+  </si>
+  <si>
+    <t>Реле / Panasonic</t>
+  </si>
+  <si>
+    <t>AQH2213</t>
+  </si>
+  <si>
+    <t>Реле AQH2213</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>AQY212S</t>
+  </si>
+  <si>
+    <t>SMD / AQY212S</t>
+  </si>
+  <si>
+    <t>BS-115C-12A-24VDC</t>
+  </si>
+  <si>
+    <t>DC24V 10A 240VAC / 28VDC (1 Form C) (AgCdO) 0.36W / BS-115C-12A-24VDC</t>
+  </si>
+  <si>
+    <t>10-00071428</t>
+  </si>
+  <si>
+    <t>BESTAR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HK3FF-DC24V-SHG HKE, 36.11.9.024.4011 FINDER, NT73-2-CS-10-DC24V-0.36(10A/250VAC) FORWARD, 833H-1C-C-24VDC SONG CHUAN, 36.11.9.024.4001 FINDER, G5LA-1-E-24VDC OMRON, G5LA-14-E-24VDC OMRON, HF3FF/024-1Z HONGFA, HF3FF/024-1ZS HONGFA, HK3FF-DC24V-SDG HKE, SRD-24VDC-F-L-C SONGLE, SRD-24VDC-S-L-C SONGLE, </t>
+  </si>
+  <si>
+    <t>Реле / DEGSON</t>
+  </si>
+  <si>
+    <t>DBA20-6-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>перемычка гребенчатая 20P для колодки DPSF06A, черная / DBA20-6-13-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112788</t>
+  </si>
+  <si>
+    <t>DEGSON</t>
+  </si>
+  <si>
+    <t>DBA20-6-16-00Z(H)</t>
+  </si>
+  <si>
+    <t>перемычка гребенчатая 20P для колодки DPSF06A, красная / DBA20-6-16-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116195</t>
+  </si>
+  <si>
+    <t>DM72-RMUS-16-PN-1-44-00Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 5A 250VAC / 30VDC (1 Form A, 16 каналов), на DIN-рейку / DM72-RMUS-16-PN-1-44-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00117730</t>
+  </si>
+  <si>
+    <t>DMD-D1-00Z(H)</t>
+  </si>
+  <si>
+    <t>защитный диодный модуль для реле, 6A 6-250V / DMD-D1-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00118459</t>
+  </si>
+  <si>
+    <t>DPKF14A-F3-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPE-4C, 10A 300VAC, на DIN рейку / DPKF14A-F3-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112655</t>
+  </si>
+  <si>
+    <t>DPSF05A-E1-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPS-1C, 6A 250VAC, LED (12-24VDC), на DIN рейку / DPSF05A-E1-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00118175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41F-1Z-C4-1 HONGFA, </t>
+  </si>
+  <si>
+    <t>DPSF05B-E1-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPS-1C-D60, 6A 250VAC, на DIN рейку / DPSF05B-E1-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112897</t>
+  </si>
+  <si>
+    <t>DPSF06A-E3-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPS, 6A 250VAC, на DIN рейку / DPSF06A-E3-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112267</t>
+  </si>
+  <si>
+    <t>DRPB-1CH-D24-06Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 12A 277VAC / DRPB-1CH-D24-06Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112264</t>
+  </si>
+  <si>
+    <t>DRPB-2C-D24-03Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 8A 250VAC / 30VDC (2 Form C) (Ag alloy) 0.4W / DRPB-2C-D24-03Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00118038</t>
+  </si>
+  <si>
+    <t>DRPB-2C-D24-06Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 8A 277VAC / 30VDC (2 Form C) (Ag alloy) 0.4W / DRPB-2C-D24-06Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00113021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40.52.9.024.0000 FINDER, </t>
+  </si>
+  <si>
+    <t>DRPE-2CH-LR-A220-07Z(H)</t>
+  </si>
+  <si>
+    <t>AC220V 10A 240VAC / 24VDC (2 Form C) (Ag alloy) 1.2VA / DRPE-2CH-LR-A220-07Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00116886</t>
+  </si>
+  <si>
+    <t>DRPE-4C-LR-A220-07Z(H)</t>
+  </si>
+  <si>
+    <t>AC220V 5A 240VAC / 28VDC (4 Form C) (Ag alloy) / DRPE-4C-LR-A220-07Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JZX-18FF-4C-a-AC220V-1L FORWARD, </t>
+  </si>
+  <si>
+    <t>DRPE-4C-LR-D24-07Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 5A 240VAC / 28VDC (4 Form C) (Ag alloy) / DRPE-4C-LR-D24-07Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112606</t>
+  </si>
+  <si>
+    <t>DRPS-1C-D24-06Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 6A 250VAC / DRPS-1C-D24-06Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">V23092-A1024-A301 TE Connectivity, HF41F/24-ZS HONGFA, HF41F/24-ZSG HONGFA, HF41F/24-ZG HONGFA, 34.51.7.024.0010 FINDER, HF41F/24-Z HONGFA, </t>
+  </si>
+  <si>
+    <t>DRPT-1C-LR-D24-02Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 12A 240VAC / 28VDC (1 Form C) (Ag Alloy) / DRPT-1C-LR-D24-02Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112724</t>
+  </si>
+  <si>
+    <t>DRPT-2C-LR-A220-02Z(H)</t>
+  </si>
+  <si>
+    <t>AC220V 8A 240VAC / 28VDC (2 Form C) (Ag Alloy) / DRPT-2C-LR-A220-02Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112265</t>
+  </si>
+  <si>
+    <t>DRPT-2C-LR-D24-02Z(H)</t>
+  </si>
+  <si>
+    <t>DC24V 8A 240VAC / 28VDC (2 Form C) (Ag alloy) / DRPT-2C-LR-D24-02Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00112603</t>
+  </si>
+  <si>
+    <t>DSRC08A-F3-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPB-2C, 10A 300VAC, на DIN рейку / DSRC08A-F3-00Z(H) для реле DRPB-2C</t>
+  </si>
+  <si>
+    <t>UT-00112604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14FF-2Z-C3 HONGFA, 14F-2C-C3 FORWARD, </t>
+  </si>
+  <si>
+    <t>DSRT05A-E3-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPT-1C, 16A 300VAC, на DIN рейку / DSRT05A-E3-00Z(H) для реле DRPT-1C</t>
+  </si>
+  <si>
+    <t>UT-00116887</t>
+  </si>
+  <si>
+    <t>DSRT05A-F3-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPT-1C, 16A 300VAC, на DIN рейку / DSRT05A-F3-00Z(H) для реле DRPT-1C</t>
+  </si>
+  <si>
+    <t>UT-00112802</t>
+  </si>
+  <si>
+    <t>DSRT08A-F3-00Z(H)</t>
+  </si>
+  <si>
+    <t>клеммная колодка для реле DRPT-2C, 10A 300VAC, на DIN рейку / DSRT08A-F3-00Z(H) для реле DRPT-2C</t>
+  </si>
+  <si>
+    <t>UT-00107034</t>
+  </si>
+  <si>
+    <t>Реле / Fujitsu</t>
+  </si>
+  <si>
+    <t>FTR-B3CA4.5Z</t>
+  </si>
+  <si>
+    <t>Реле FTR-B3CA4.5Z</t>
+  </si>
+  <si>
+    <t>Fujitsu</t>
+  </si>
+  <si>
+    <t>FTR-B3GA4.5Z-B10</t>
+  </si>
+  <si>
+    <t>в ленте / FTR-B3GA4.5Z-B10</t>
+  </si>
+  <si>
+    <t>UT-00116507</t>
+  </si>
+  <si>
+    <t>FTR-B4CB4.5Z</t>
+  </si>
+  <si>
+    <t>DC4.5V 2A 250VAC / FTR-B4CB4.5Z</t>
+  </si>
+  <si>
+    <t>FTR-B4SA003Z-B05</t>
+  </si>
+  <si>
+    <t>DC3V 0.3A 125VAC / 1A 30VDC (2 Form C) / FTR-B4SA003Z-B05</t>
+  </si>
+  <si>
+    <t>10-00072047</t>
+  </si>
+  <si>
+    <t>FTR-F1CA012V</t>
+  </si>
+  <si>
+    <t>DC12V 5A 250VAC / 24VDC (2 Form C) (AgSnO2 + Gold plated) 0.53W / FTR-F1CA012V</t>
+  </si>
+  <si>
+    <t>UT-00116167</t>
+  </si>
+  <si>
+    <t>FTR-F1CA024V</t>
+  </si>
+  <si>
+    <t>DC24V 5A 250VAC (2 Form C) (AgSnO2 + Gold) 0.53W / FTR-F1CA024V</t>
+  </si>
+  <si>
+    <t>10-00072044</t>
+  </si>
+  <si>
+    <t>FTR-K1CK024W</t>
+  </si>
+  <si>
+    <t>DC24V 16A 250VAC / 24VDC (1 Form C) (AgSnO2) 0.4W / FTR-K1CK024W</t>
+  </si>
+  <si>
+    <t>10-00072043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF115F/024-1Z3AF HONGFA, HF115F/024-1Z3AF HONGFA, HF115F/024-1ZS3A HONGFA, HF115FK/24-Z3T HONGFA, NT75-1-C-S-16-DC24V-0.41-5.0 FORWARD, HF115FD/024-1Z-3B HONGFA, HF115F-I/024-1Z-3-A HONGFA, </t>
+  </si>
+  <si>
+    <t>Реле / Omron</t>
+  </si>
+  <si>
+    <t>G2RL-1A-E-24VDC</t>
+  </si>
+  <si>
+    <t>DC24V 16A 250VAC / 24VDC (1 Form A) (AgSnO2) 0.4W; 5.0mm / G2RL-1A-E-24VDC</t>
+  </si>
+  <si>
+    <t>UT-00128429</t>
+  </si>
+  <si>
+    <t>OMRON</t>
+  </si>
+  <si>
+    <t>G2RL-1A-E-5VDC</t>
+  </si>
+  <si>
+    <t>DC5V 16A 250VAC (1 Form A) (AgSnO2) 0.4W / G2RL-1A-E-5VDC</t>
+  </si>
+  <si>
+    <t>UT-00101716</t>
+  </si>
+  <si>
+    <t xml:space="preserve">G2RL-1AE-5DC OMRON, </t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>G2RL-2-12VDC</t>
+  </si>
+  <si>
+    <t>DC12V 8A 250VAC / 30VDC (2 Form C) (AgNi) 0.4W / G2RL-2-12VDC (G2RL212DC) (RT424012)</t>
+  </si>
+  <si>
+    <t>UT-00102208</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RT424012 TE Connectivity, HF115F/012-2Z4BF HONGFA, </t>
+  </si>
+  <si>
+    <t>G2RL-24-24VDC</t>
+  </si>
+  <si>
+    <t>DC24V 8A 250VAC / 30VDC (2 Form C) (Ag-alloy, Cd free) 0.4W; 5mm / G2RL-24-24VDC</t>
+  </si>
+  <si>
+    <t>UT-00095582</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF115F/024-2ZS4 HONGFA, </t>
+  </si>
+  <si>
+    <t>G5LE-1-4-24DC</t>
+  </si>
+  <si>
+    <t>Реле G5LE-1-4-24DC</t>
+  </si>
+  <si>
+    <t>10-00071972</t>
+  </si>
+  <si>
+    <t>G5LE-14-12VDC</t>
+  </si>
+  <si>
+    <t>Реле G5LE-14-12VDC</t>
+  </si>
+  <si>
+    <t>G5NB-1A-E 5VDC</t>
+  </si>
+  <si>
+    <t>Реле G5NB-1A-E 5VDC</t>
+  </si>
+  <si>
+    <t>G5NB-1A-E DC12</t>
+  </si>
+  <si>
+    <t>Реле G5NB-1A-E DC12</t>
+  </si>
+  <si>
+    <t>UT-00137207</t>
+  </si>
+  <si>
+    <t xml:space="preserve">G5NB-1A-E-12VDC OMRON, </t>
+  </si>
+  <si>
+    <t>G5NB-1A-E DC24</t>
+  </si>
+  <si>
+    <t>Реле G5NB-1A-E DC24</t>
+  </si>
+  <si>
+    <t>G5NB-1A-E-12VDC</t>
+  </si>
+  <si>
+    <t>Реле G5NB-1A-E-12VDC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">G5NB-1A-E DC12 OMRON, </t>
+  </si>
+  <si>
+    <t>G5Q-14-12VDC</t>
+  </si>
+  <si>
+    <t>DC12V 5A 250VAC / 3A 30VDC (1 Form C) (Ag Alloy) 0.4W / G5Q-14-12VDC</t>
+  </si>
+  <si>
+    <t>G5Q-14-5V</t>
+  </si>
+  <si>
+    <t>DC5V 5A 250VAC / 3A 30VDC (1 Form C) (Ag Alloy) 0.4W / G5Q-14-5V</t>
+  </si>
+  <si>
+    <t>UT-00138905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">G5Q-14 DC5 OMRON, </t>
+  </si>
+  <si>
+    <t>G5Q-14-EU-DC12</t>
+  </si>
+  <si>
+    <t>DC12V 10A 250VAC / 5A 30VDC (1 Form C) (Ag Alloy) 0.4W / G5Q-14-EU-DC12</t>
+  </si>
+  <si>
+    <t>UT-00105654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">G5Q-14-EU-12VDC OMRON, </t>
+  </si>
+  <si>
+    <t>G5Q-1A4-EU-DC12</t>
+  </si>
+  <si>
+    <t>DC12 10A 250VAC / 5A 30VDC (1 Form A) (Ag Alloy) 0.2W / G5Q-1A4-EU-DC12</t>
+  </si>
+  <si>
+    <t>UT-00105653</t>
+  </si>
+  <si>
+    <t>G5V-2-DC48</t>
+  </si>
+  <si>
+    <t>DC48V 0.5A 125VAC / 2A 30VDC (2 Form C) (Ag + Au-alloy) 0.58W / G5V-2-DC48</t>
+  </si>
+  <si>
+    <t>UT-00132212</t>
+  </si>
+  <si>
+    <t>G6K-2F-TR-DC5</t>
+  </si>
+  <si>
+    <t>DC5V 0.3A 125VAC / 1A 30VDC (2 FormC) (Ag / Au-Alloy contact) 0.1W / G6K-2F-TR-DC5</t>
+  </si>
+  <si>
+    <t>10-00072000</t>
+  </si>
+  <si>
+    <t>G6K-2F-Y-TR-3VDC</t>
+  </si>
+  <si>
+    <t>DC3V 0.3A 125VAC / 1A 30VDC (2 Form C) (Ag / Au-Alloy contact) 0.1W / G6K-2F-Y-TR-3VDC</t>
+  </si>
+  <si>
+    <t>UT-00116533</t>
+  </si>
+  <si>
+    <t>G6RL-14-ASI DC12</t>
+  </si>
+  <si>
+    <t>DC12V 10A 250VAC / G6RL-14-ASI DC12</t>
+  </si>
+  <si>
+    <t>G6RN-1-24VDC</t>
+  </si>
+  <si>
+    <t>DC24V 8A 250VAC / G6RN-1-24VDC</t>
+  </si>
+  <si>
+    <t>10-00071994</t>
+  </si>
+  <si>
+    <t>G6RN-1-5VDC</t>
+  </si>
+  <si>
+    <t>DC5V 8A 250VAC / G6RN-1-5VDC</t>
+  </si>
+  <si>
+    <t>UT-00090390</t>
+  </si>
+  <si>
+    <t>HEV800-1AHXM/12V</t>
+  </si>
+  <si>
+    <t>DC12V 800A 200VDC (1 Form A) (Alloy) start 30~60W (keep 4~10W); провода 390мм; монтаж горизонтально на поверхность / HEV800-1AHXM/12V</t>
+  </si>
+  <si>
+    <t>UT-00149763</t>
+  </si>
+  <si>
+    <t>SAYOON</t>
+  </si>
+  <si>
+    <t>HF102F-P/T-12VDC</t>
+  </si>
+  <si>
+    <t>Реле HF102F-P/T-12VDC</t>
+  </si>
+  <si>
+    <t>10-00071727</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF118F/024-1H5T HONGFA, G4A-1A-PE 12VDC OMRON, FTR-K3AB012W Fujitsu, </t>
+  </si>
+  <si>
+    <t>HF102F/T-12VDC</t>
+  </si>
+  <si>
+    <t>Реле HF102F/T-12VDC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF160F/12-H5 HONGFA, HF160F/12-H5T HONGFA, G4A-1A-E 12VDC OMRON, FTR-K3JB012W Fujitsu, SFK-112DM-F SANYOU RELAY, </t>
+  </si>
+  <si>
+    <t>HF105F-1/220A-1HST</t>
+  </si>
+  <si>
+    <t>AC220V 30A 240VAC / 20A 28VDC (1 Form A) (AgSnO2) 2.0VA / HF105F-1/220A-1HST</t>
+  </si>
+  <si>
+    <t>UT-00128582</t>
+  </si>
+  <si>
+    <t>HF115F-A/024-2ZS4AF</t>
+  </si>
+  <si>
+    <t>DC24V 8A 250VAC (2 Form C) (AgSnO2) 0.4W; 5.0mm / HF115F-A/024-2ZS4AF</t>
+  </si>
+  <si>
+    <t>UT-00101968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASJQX-115F-2C-24VDC ASIAON, </t>
+  </si>
+  <si>
+    <t>HF115F-A/230-2Z4A</t>
+  </si>
+  <si>
+    <t>AC230V 8A 250VAC (2 Form C) (AgSnO2) 0.75VA / HF115F-A/230-2Z4A</t>
+  </si>
+  <si>
+    <t>UT-00101194</t>
+  </si>
+  <si>
+    <t>HF115F-A/230-2ZS4AF</t>
+  </si>
+  <si>
+    <t>AC230V 8A 250VAC (2 Form C) (AgSnO2) 0.75VA; 5.0mm; Class F / HF115F-A/230-2ZS4AF</t>
+  </si>
+  <si>
+    <t>UT-00098596</t>
+  </si>
+  <si>
+    <t>HF115F-H/009-1HS1B</t>
+  </si>
+  <si>
+    <t>Реле HF115F-H/009-1HS1B</t>
+  </si>
+  <si>
+    <t>HF115F-I/012-1HS3A</t>
+  </si>
+  <si>
+    <t>Реле HF115F-I/012-1HS3A</t>
+  </si>
+  <si>
+    <t>HF115F-I/012-1Z3A</t>
+  </si>
+  <si>
+    <t>DC12V 16A 250VAC (1 Form C) (AgSnO2) 0.4W; 5.0mm / HF115F-I/012-1Z3A</t>
+  </si>
+  <si>
+    <t>UT-00090573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF115F-I/012-1Z3A  HONGFA, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF115F-I/012-1Z3A </t>
+  </si>
+  <si>
+    <t>UT-00144809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HF115F-I/012-1Z3A HONGFA, </t>
+  </si>
+  <si>
+    <t>HF115F-L/24-1HS3L2TF</t>
+  </si>
+  <si>
+    <t>Реле HF115F-L/24-1HS3L2TF</t>
+  </si>
+  <si>
+    <t>10-00071667</t>
+  </si>
+  <si>
+    <t>HF115F-L/5-2ZS4L2TF</t>
+  </si>
+  <si>
+    <t>DC5V 8A 250VAC / HF115F-L/5-2ZS4L2TF</t>
+  </si>
+  <si>
+    <t>UT-00094835</t>
+  </si>
+  <si>
+    <t>HF115F-Q/012-1DT</t>
+  </si>
+  <si>
+    <t>DC12V 20A 250VAC (1 Form B) (AgSnO2) / HF115F-Q/012-1DT</t>
+  </si>
+  <si>
+    <t>HF115F-Q/048-1H</t>
+  </si>
+  <si>
+    <t>DC48V 20A 250VAC (1 Form A) (AgNi) / HF115F-Q/048-1H</t>
+  </si>
+  <si>
+    <t>UT-00103586</t>
+  </si>
+  <si>
+    <t>HF115F-S/12-HSF</t>
+  </si>
+  <si>
+    <t>DC12V 16A 250VAC (1 Form A) (W+AgSnO2) 0.4W / HF115F-S/12-HSF</t>
+  </si>
+  <si>
+    <t>UT-00094455</t>
+  </si>
+  <si>
+    <t>HF115F-S/24-HSF</t>
+  </si>
+  <si>
+    <t>DC24V 16A 250VAC (1 Form A) (W+AgSnO2) 0.4W / HF115F-S/24-HSF</t>
+  </si>
+  <si>
+    <t>UT-00098825</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RTS3T024 TE Connectivity, </t>
+  </si>
+  <si>
+    <t>HF115F-S/5-HSF</t>
+  </si>
+  <si>
+    <t>DC5V 16A 250VAC (1 Form A) (W+AgSnO2) 0.4W / HF115F-S/5-HSF</t>
+  </si>
+  <si>
+    <t>UT-00098824</t>
+  </si>
+  <si>
     <t>25.05.3333</t>
   </si>
   <si>
-    <t>41F-1Z-C2-4</t>
-[...955 lines deleted...]
-  <si>
     <t>HF115F-T/012-1HS3A</t>
   </si>
   <si>
     <t xml:space="preserve">DC12V 16A 250VAC (1 Form A) (AgSnO2) шаг 5.0мм / HF115F-T/012-1HS3A </t>
   </si>
   <si>
     <t>UT-00102407</t>
   </si>
   <si>
     <t>HF115F/005-1Z3BF</t>
   </si>
   <si>
     <t>DC5V 16A 250VAC (AgNi) / HF115F/005-1Z3BF</t>
   </si>
   <si>
     <t xml:space="preserve">HF115F/005-1ZS1BF </t>
   </si>
   <si>
     <t>DC5V 12A 250VAC (1 Form C) (AgNi) шаг 3.5мм / HF115F/005-1ZS1BF</t>
   </si>
   <si>
     <t>UT-00104936</t>
   </si>
   <si>
     <t xml:space="preserve">G2RL145DC OMRON, NT75 1CS0.41 3.5 12DC5V FORWARD, </t>
@@ -1705,50 +1705,53 @@
   <si>
     <t>DC12V 12A 250VAC (1 Form C) (AgNi) 0.4W; 5.0мм / HF115F/012-1Z3B</t>
   </si>
   <si>
     <t>10-00071694</t>
   </si>
   <si>
     <t>HF115F/012-2ZS4</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC (2 Form C) (AgCdO) 0.4W; 5.0мм / HF115F/012-2ZS4</t>
   </si>
   <si>
     <t xml:space="preserve">HF115F/012-2ZS4 HONGFA, HF115F/012-2ZS4A HONGFA, </t>
   </si>
   <si>
     <t>HF115F/012-2ZS4A</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC (2 Form C) (AgSnO2) 0.4W; 5.0мм / HF115F/012-2ZS4A</t>
   </si>
   <si>
     <t>UT-00147328</t>
   </si>
   <si>
+    <t>18.06.2026</t>
+  </si>
+  <si>
     <t>HF115F/024-1Z3AF</t>
   </si>
   <si>
     <t>Реле HF115F/024-1Z3AF</t>
   </si>
   <si>
     <t>10-00071530</t>
   </si>
   <si>
     <t xml:space="preserve">FTR-K1CK024W Fujitsu, HF115F/024-1Z3AF HONGFA, HF115F/024-1ZS3A HONGFA, HF115FK/24-Z3T HONGFA, NT75-1-C-S-16-DC24V-0.41-5.0 FORWARD, HF115FD/024-1Z-3B HONGFA, HF115F-I/024-1Z-3-A HONGFA, </t>
   </si>
   <si>
     <t>HF115F/024-1ZS3</t>
   </si>
   <si>
     <t>DC12V 16A 250VAC (1 Form C) (AgCdO) / HF115F/024-1ZS3</t>
   </si>
   <si>
     <t>UT-00100146</t>
   </si>
   <si>
     <t xml:space="preserve">NT75-1-C-S-16-DC24V-0.41-5.0 FORWARD, </t>
   </si>
   <si>
     <t>HF115F/024-1ZS3A</t>
@@ -2011,50 +2014,53 @@
   <si>
     <t xml:space="preserve">HK115FD-DC24V-SG HKE, HF140FF/024-2ZST HONGFA, G2RL-2-24VDC OMRON, HK115FD-DC24V-SG KYR, NT75-2-C-Z-8-DC24V-0.41-5.0 FORWARD, JW2SN-DC24V PANASONIC, HF140FF/024-2ZS HONGFA, HK14FD-DC24V-SHG HKE, </t>
   </si>
   <si>
     <t>HF14FF/012-1HS</t>
   </si>
   <si>
     <t>DC12V 10A 277VAC / 30VDC (1 Form A) (AgCdO) / HF14FF/012-1HS</t>
   </si>
   <si>
     <t>UT-00102085</t>
   </si>
   <si>
     <t>HF152F/005-1Z</t>
   </si>
   <si>
     <t>Реле HF152F/005-1Z</t>
   </si>
   <si>
     <t>HF152F/012-1HT</t>
   </si>
   <si>
     <t>Реле HF152F/012-1HT</t>
   </si>
   <si>
+    <t>28.05.2026</t>
+  </si>
+  <si>
     <t>HF152F/012-1Z</t>
   </si>
   <si>
     <t>Реле HF152F/012-1Z</t>
   </si>
   <si>
     <t>HF152F/012-1ZS</t>
   </si>
   <si>
     <t>Реле HF152F/012-1ZS</t>
   </si>
   <si>
     <t xml:space="preserve">JZC-22F3-S-C-16L-DC12V FORWARD, </t>
   </si>
   <si>
     <t>HF152F/012-1ZST</t>
   </si>
   <si>
     <t>контакты AgSnO2 / HF152F/012-1ZST</t>
   </si>
   <si>
     <t>UT-00119381</t>
   </si>
   <si>
     <t>HF157F/024-2Z25FD1</t>
@@ -2707,50 +2713,53 @@
   <si>
     <t>HFCF(G)</t>
   </si>
   <si>
     <t>Модуль на панельку 14FF-2Z. 6-24VAC/VDC. С защитным диодом. Зеленый светодиод. / HFCF(G)</t>
   </si>
   <si>
     <t>HFD2/003-M-L1</t>
   </si>
   <si>
     <t>Реле HFD2/003-M-L1</t>
   </si>
   <si>
     <t>HFD2/003-S-L2</t>
   </si>
   <si>
     <t>Реле HFD2/003-S-L2</t>
   </si>
   <si>
     <t>HFD2/005-S-L2-D</t>
   </si>
   <si>
     <t>DC5V 3A 30VDC / 1A 125VAC / HFD2/005-S-L2-D</t>
   </si>
   <si>
+    <t>18.05.2026</t>
+  </si>
+  <si>
     <t>HFD2/012-S</t>
   </si>
   <si>
     <t xml:space="preserve">DC12V 3A 30VDC / 1A 125VAC / HFD2/012-S </t>
   </si>
   <si>
     <t>UT-00096765</t>
   </si>
   <si>
     <t>HFD2/012-S-L1</t>
   </si>
   <si>
     <t>DC12V 3A 30VDC / 1A 125VAC / HFD2/012-S-L1</t>
   </si>
   <si>
     <t>HFD2/012-S-L2</t>
   </si>
   <si>
     <t>DC12V 1A 125VAC / 2A 30VDC (2 Form C) (AdPg/Ag+Gold plated) 015W; 2 катушки / HFD2/012-S-L2</t>
   </si>
   <si>
     <t>HFD2/024-M-L1-A</t>
   </si>
   <si>
     <t>DC24V 1A 125VAC / 2A 30VDC (2 Form C) (AgPd/AgPd+Gold plated) 0.1W; 1 катушка / HFD2/024-M-L1-A</t>
@@ -3103,51 +3112,51 @@
   <si>
     <t>Реле HFE21-A/12-DT2</t>
   </si>
   <si>
     <t>HFE22-A/24-H1T21-R</t>
   </si>
   <si>
     <t>Реле HFE22-A/24-H1T21-R</t>
   </si>
   <si>
     <t>HFE60/12-1HST-L2</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC / HFE60/12-1HST-L2</t>
   </si>
   <si>
     <t>HFE62/3-1HDST-L1</t>
   </si>
   <si>
     <t>DC3V 8A 250VAC (1 Form A + 1 Form B) (AgSnO2) 0.2W; одна катушка / HFE62/3-1HDST-L1</t>
   </si>
   <si>
     <t>UT-00139754</t>
   </si>
   <si>
-    <t>21.02.2026</t>
+    <t>28.02.2026</t>
   </si>
   <si>
     <t>HFE7/24-1HD-L2 (412)</t>
   </si>
   <si>
     <t>HFE7/24-1HD-L2 (412) снято с производства</t>
   </si>
   <si>
     <t>HFE7/5-2HST-L1</t>
   </si>
   <si>
     <t>HFE7/5-2HST-L1 снято с производства</t>
   </si>
   <si>
     <t>HFE80V-100B/150-12-HTC50</t>
   </si>
   <si>
     <t>HFE80V-100B/12-HTL7Y</t>
   </si>
   <si>
     <t>HFE80V-100B/24-HTL7Y</t>
   </si>
   <si>
     <t>Реле HFE80V-100B/24-HTL7Y</t>
   </si>
@@ -3943,53 +3952,50 @@
   <si>
     <t>UT-00104188</t>
   </si>
   <si>
     <t xml:space="preserve">NT73-2-C-15-DC5V-0.36 FORWARD, NT73-2-CS-15-DC5V-0.36 FORWARD, </t>
   </si>
   <si>
     <t>IM03GR</t>
   </si>
   <si>
     <t>DC5V 2A 250VAC (2 Form C) (PdRu+Au) 0.14W; SMT Gull wing / IM03GR (1-1462037-4)</t>
   </si>
   <si>
     <t>10-00071489</t>
   </si>
   <si>
     <t xml:space="preserve">1-1462037-4 TE Connectivity, </t>
   </si>
   <si>
     <t>IM03TS</t>
   </si>
   <si>
     <t>Реле - Конфиг: 2C; Uкатушки: 5 В; AC-DC: DC; Pупр(max): 140 мВт; Iкомм: 2 А; UDC: 220 В / IM03TS</t>
   </si>
   <si>
-    <t>16.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>IM06GR</t>
   </si>
   <si>
     <t>Реле IM06GR</t>
   </si>
   <si>
     <t>IM23GR</t>
   </si>
   <si>
     <t>DC5V 0.25 250VAC / 2A 30VDC (2 Form C) (PdRu +Au); 0.14W; SMT gull wing / IM23GR (2-1462039-9)</t>
   </si>
   <si>
     <t>UT-00132524</t>
   </si>
   <si>
     <t>IM43GR</t>
   </si>
   <si>
     <t>Реле IM43GR</t>
   </si>
   <si>
     <t xml:space="preserve">HFD4/5-LSR HONGFA, </t>
   </si>
   <si>
     <t>JMX-94F-A-Z-80A-DC12V</t>
@@ -4837,51 +4843,51 @@
   <si>
     <t>Реле NT76-A-S-DC12V</t>
   </si>
   <si>
     <t>10-00071167</t>
   </si>
   <si>
     <t xml:space="preserve">TRV-12VDC-SC-AL TTI, TRV-12VDC-SC-Ax TTI, HF7520/012-HSxP HONGFA, </t>
   </si>
   <si>
     <t>NT76-A-Z-DC5V-0.2W</t>
   </si>
   <si>
     <t>NT76-A-Z-DC5V-0.2W новая партия с широким контактом</t>
   </si>
   <si>
     <t>NT76-C-S-DC12V-0.45W(WIDE PIN)</t>
   </si>
   <si>
     <t>NT76-C-S-DC12V-0.45W(WIDE PIN) новая партия с широким контактом</t>
   </si>
   <si>
     <t xml:space="preserve">TRV-12VDC-SC-CD-R TTI, HF7520/012-ZS HONGFA, </t>
   </si>
   <si>
-    <t>15.04.2026</t>
+    <t>22.04.2026</t>
   </si>
   <si>
     <t>NT76-C-S-DC24V-0.45</t>
   </si>
   <si>
     <t>Реле NT76-C-S-DC24V-0.45</t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45</t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45W новая партия с широким контактом</t>
   </si>
   <si>
     <t xml:space="preserve">NT76-C-S-DC5V-0.45W(WIDE PIN) FORWARD, </t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45W(WIDE PIN)</t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45W(WIDE PIN) с широким контактом</t>
   </si>
   <si>
     <t>UT-00142289</t>
   </si>
@@ -5974,51 +5980,51 @@
   <si>
     <t>TRR1C05S00-R</t>
   </si>
   <si>
     <t>Реле TRR1C05S00-R</t>
   </si>
   <si>
     <t>TRR1C12D00-R</t>
   </si>
   <si>
     <t>Реле TRR1C12D00-R</t>
   </si>
   <si>
     <t>TRR1C24D00</t>
   </si>
   <si>
     <t>Реле TRR1C24D00</t>
   </si>
   <si>
     <t>TRR2A05D00-R</t>
   </si>
   <si>
     <t xml:space="preserve">DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05D00-R </t>
   </si>
   <si>
-    <t>20.03.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>TRR2A05S00-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05S00-R</t>
   </si>
   <si>
     <t xml:space="preserve">TRR-2A-05S-00-R TTI, </t>
   </si>
   <si>
     <t>TRR2A05S00D-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7), с диодом / TRR2A05S00D-R</t>
   </si>
   <si>
     <t>TRV4-L-12VDC-Z-F</t>
   </si>
   <si>
     <t>Реле TRV4-L-12VDC-Z-F</t>
   </si>
   <si>
     <t>10-00072093</t>
   </si>
@@ -6065,50 +6071,59 @@
     <t>UT-00118130</t>
   </si>
   <si>
     <t>V23026B1106B201</t>
   </si>
   <si>
     <t>DC3V 1A 150VAC / 125VDC (1 Form C) 0.069W бистабильное / V23026B1106B201 (1393775-3)</t>
   </si>
   <si>
     <t>UT-00104447</t>
   </si>
   <si>
     <t>V23047-A1024-A501</t>
   </si>
   <si>
     <t>DC24V 6A 250VAC (2 Form C) (AgNi) 0.7W / V23047-A1024-A501 (1-1393258-5)</t>
   </si>
   <si>
     <t>UT-00145099</t>
   </si>
   <si>
     <t>1393280-6</t>
   </si>
   <si>
     <t>DC12V 30A 12VDC / V23086-C1001-A403 (1393280-6)</t>
+  </si>
+  <si>
+    <t>1393236-8</t>
+  </si>
+  <si>
+    <t>DC12V 6A 240VAC (1 Form A) (AgSnO2) 0.17W; вертикальное / V23092-A1012-A302 (0-1393236-8) (1393236-8)</t>
+  </si>
+  <si>
+    <t>UT-00155299</t>
   </si>
   <si>
     <t>V23092-A1024-A301</t>
   </si>
   <si>
     <t>DC24V 6A 250VAC (1 Form C) (AgSnO2) 0.17W / V23092-A1024-A301 (2-1393236-4)</t>
   </si>
   <si>
     <t>10-00071385</t>
   </si>
   <si>
     <t xml:space="preserve">HF41F/24-ZS HONGFA, HF41F/24-ZSG HONGFA, DRPS-1C-D24-06Z(H) DEGSON, HF41F/24-ZG HONGFA, 34.51.7.024.0010 FINDER, HF41F/24-Z HONGFA, </t>
   </si>
   <si>
     <t>V23100V4024A010</t>
   </si>
   <si>
     <t>DC24V 1A 200VDC (1 Form A) (Rhodium) 0.288W; DIP flat; с диодом / V23100V4024A010 (1-1393763-6)</t>
   </si>
   <si>
     <t>UT-00119635</t>
   </si>
   <si>
     <t>РП21-003 110В УХЛ4Б</t>
   </si>
@@ -6729,51 +6744,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R703"/>
+  <dimension ref="A1:R704"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -7166,51 +7181,51 @@
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15">
         <v>10080065437</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>1.43</v>
       </c>
       <c r="L14" s="15">
         <v>1.43</v>
       </c>
       <c r="M14" s="15">
         <v>1.43</v>
       </c>
       <c r="N14" s="15">
-        <v>461</v>
+        <v>402</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>500</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -7281,51 +7296,51 @@
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080018893</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>40</v>
       </c>
       <c r="K17" s="15">
         <v>0.41143</v>
       </c>
       <c r="L17" s="15">
         <v>0.37213</v>
       </c>
       <c r="M17" s="15">
         <v>0.34592</v>
       </c>
       <c r="N17" s="15">
-        <v>11590</v>
+        <v>13977</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080005037</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="15" t="s">
@@ -7443,51 +7458,51 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>50</v>
       </c>
       <c r="K21" s="15">
         <v>2.01</v>
       </c>
       <c r="L21" s="15">
         <v>1.74</v>
       </c>
       <c r="M21" s="15">
         <v>1.68</v>
       </c>
       <c r="N21" s="15">
-        <v>410</v>
+        <v>370</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -7675,51 +7690,51 @@
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>6000</v>
       </c>
       <c r="K27" s="15">
         <v>0.04205</v>
       </c>
       <c r="L27" s="15">
         <v>0.03644</v>
       </c>
       <c r="M27" s="15">
         <v>0.03504</v>
       </c>
       <c r="N27" s="15">
-        <v>259</v>
+        <v>275</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -7751,90 +7766,90 @@
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>300</v>
       </c>
       <c r="K29" s="15">
         <v>0.79959</v>
       </c>
       <c r="L29" s="15">
         <v>0.79959</v>
       </c>
       <c r="M29" s="15">
         <v>0.79959</v>
       </c>
       <c r="N29" s="15">
-        <v>167</v>
+        <v>203</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>20</v>
       </c>
       <c r="K30" s="15">
         <v>0.68024</v>
       </c>
       <c r="L30" s="15">
         <v>0.58954</v>
       </c>
       <c r="M30" s="15">
         <v>0.56686</v>
       </c>
       <c r="N30" s="15">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15">
         <v>10080018906</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="15"/>
@@ -7868,51 +7883,51 @@
       <c r="D32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>10</v>
       </c>
       <c r="K32" s="15">
         <v>1.76</v>
       </c>
       <c r="L32" s="15">
         <v>1.76</v>
       </c>
       <c r="M32" s="15">
         <v>1.76</v>
       </c>
       <c r="N32" s="15">
-        <v>3157</v>
+        <v>2600</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>120</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10080005039</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
@@ -8024,51 +8039,51 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>600</v>
       </c>
       <c r="K36" s="15">
         <v>0.11891</v>
       </c>
       <c r="L36" s="15">
         <v>0.11891</v>
       </c>
       <c r="M36" s="15">
         <v>0.11891</v>
       </c>
       <c r="N36" s="15">
-        <v>2244</v>
+        <v>1967</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I37" s="15"/>
@@ -8134,4997 +8149,4993 @@
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>119</v>
       </c>
       <c r="J39" s="15">
         <v>50</v>
       </c>
       <c r="K39" s="15">
-        <v>4.75</v>
+        <v>3.25</v>
       </c>
       <c r="L39" s="15">
-        <v>3.56</v>
+        <v>2.81</v>
       </c>
       <c r="M39" s="15">
-        <v>3.3</v>
+        <v>2.7</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
-      <c r="P39" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C40" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="C40" s="15" t="s">
+      <c r="D40" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="I40" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>6.42</v>
       </c>
       <c r="L40" s="15">
         <v>6.42</v>
       </c>
       <c r="M40" s="15">
         <v>6.42</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="C41" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="C41" s="15" t="s">
+      <c r="D41" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>0.40644</v>
       </c>
       <c r="L41" s="15">
         <v>0.38181</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.40644</v>
       </c>
       <c r="L42" s="15">
         <v>0.38181</v>
       </c>
       <c r="M42" s="15">
         <v>0</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E43" s="15">
         <v>10000029826</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J43" s="15">
         <v>25</v>
       </c>
       <c r="K43" s="15">
         <v>0.52235</v>
       </c>
       <c r="L43" s="15">
         <v>0.47081</v>
       </c>
       <c r="M43" s="15">
         <v>0.43644</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E44" s="15">
         <v>10000011555</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J44" s="15">
         <v>25</v>
       </c>
       <c r="K44" s="15">
         <v>0.46464</v>
       </c>
       <c r="L44" s="15">
         <v>0.42025</v>
       </c>
       <c r="M44" s="15">
         <v>0.39065</v>
       </c>
       <c r="N44" s="15">
-        <v>3423</v>
+        <v>2770</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E45" s="15">
         <v>10000029825</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J45" s="15">
         <v>25</v>
       </c>
       <c r="K45" s="15">
         <v>0.32226</v>
       </c>
       <c r="L45" s="15">
         <v>0.32226</v>
       </c>
       <c r="M45" s="15">
         <v>0.32226</v>
       </c>
       <c r="N45" s="15">
-        <v>1398</v>
+        <v>1468</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E46" s="15">
         <v>10080075787</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J46" s="15">
         <v>25</v>
       </c>
       <c r="K46" s="15">
         <v>0.30752</v>
       </c>
       <c r="L46" s="15">
         <v>0.30752</v>
       </c>
       <c r="M46" s="15">
         <v>0.30752</v>
       </c>
       <c r="N46" s="15">
-        <v>264</v>
+        <v>347</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.46384</v>
       </c>
       <c r="L47" s="15">
         <v>0.41952</v>
       </c>
       <c r="M47" s="15">
         <v>0.38998</v>
       </c>
       <c r="N47" s="15">
-        <v>142</v>
+        <v>160</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>4000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="C48" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="C48" s="15" t="s">
+      <c r="D48" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E48" s="15">
         <v>10080003485</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>3.74</v>
       </c>
       <c r="L48" s="15">
         <v>3.39</v>
       </c>
       <c r="M48" s="15">
         <v>3.16</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="E49" s="15">
         <v>10080003483</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15"/>
       <c r="K49" s="15">
         <v>3.74</v>
       </c>
       <c r="L49" s="15">
         <v>3.39</v>
       </c>
       <c r="M49" s="15">
         <v>3.16</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E50" s="15">
         <v>10080003484</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>3.74</v>
       </c>
       <c r="L50" s="15">
         <v>3.39</v>
       </c>
       <c r="M50" s="15">
         <v>3.16</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>12</v>
       </c>
       <c r="K51" s="15">
         <v>0.70407</v>
       </c>
       <c r="L51" s="15">
         <v>0.70407</v>
       </c>
       <c r="M51" s="15">
         <v>0.70407</v>
       </c>
       <c r="N51" s="15">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>12</v>
       </c>
       <c r="K52" s="15">
         <v>0.75607</v>
       </c>
       <c r="L52" s="15">
         <v>0.75607</v>
       </c>
       <c r="M52" s="15">
         <v>0.75607</v>
       </c>
       <c r="N52" s="15">
-        <v>223</v>
+        <v>271</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>12</v>
       </c>
       <c r="K53" s="15">
         <v>0.71407</v>
       </c>
       <c r="L53" s="15">
         <v>0.71407</v>
       </c>
       <c r="M53" s="15">
         <v>0.71407</v>
       </c>
       <c r="N53" s="15">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E54" s="15">
         <v>10000017865</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>25</v>
       </c>
       <c r="K54" s="15">
         <v>0.36471</v>
       </c>
       <c r="L54" s="15">
         <v>0.36471</v>
       </c>
       <c r="M54" s="15">
         <v>0.36471</v>
       </c>
       <c r="N54" s="15">
-        <v>1239</v>
+        <v>1516</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E55" s="15">
         <v>10000009472</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>60</v>
       </c>
       <c r="K55" s="15">
         <v>0.37</v>
       </c>
       <c r="L55" s="15">
         <v>0.37</v>
       </c>
       <c r="M55" s="15">
         <v>0.37</v>
       </c>
       <c r="N55" s="15">
-        <v>6210</v>
+        <v>5781</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="E56" s="15">
         <v>10080047317</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>60</v>
       </c>
       <c r="K56" s="15">
         <v>0.39</v>
       </c>
       <c r="L56" s="15">
         <v>0.39</v>
       </c>
       <c r="M56" s="15">
         <v>0.39</v>
       </c>
       <c r="N56" s="15">
-        <v>3714</v>
+        <v>3756</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E57" s="15">
         <v>10000007473</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>25</v>
       </c>
       <c r="K57" s="15">
         <v>0.32</v>
       </c>
       <c r="L57" s="15">
         <v>0.32</v>
       </c>
       <c r="M57" s="15">
         <v>0.32</v>
       </c>
       <c r="N57" s="15">
-        <v>17292</v>
+        <v>17699</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E58" s="15">
         <v>10000007472</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>25</v>
       </c>
       <c r="K58" s="15">
         <v>0.524</v>
       </c>
       <c r="L58" s="15">
         <v>0.524</v>
       </c>
       <c r="M58" s="15">
         <v>0.524</v>
       </c>
       <c r="N58" s="15">
-        <v>7460</v>
+        <v>7744</v>
       </c>
       <c r="O58" s="15">
-        <v>3550</v>
+        <v>4300</v>
       </c>
       <c r="P58" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="E59" s="15">
         <v>10000011535</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>25</v>
       </c>
       <c r="K59" s="15">
         <v>0.61213</v>
       </c>
       <c r="L59" s="15">
         <v>0.59365</v>
       </c>
       <c r="M59" s="15">
         <v>0.57518</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="E60" s="15">
         <v>10000014714</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>60</v>
       </c>
       <c r="K60" s="15">
         <v>0.4</v>
       </c>
       <c r="L60" s="15">
         <v>0.4</v>
       </c>
       <c r="M60" s="15">
         <v>0.4</v>
       </c>
       <c r="N60" s="15">
-        <v>9228</v>
+        <v>9690</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E61" s="15">
         <v>10080029143</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>60</v>
       </c>
       <c r="K61" s="15">
         <v>0.42004</v>
       </c>
       <c r="L61" s="15">
         <v>0.42004</v>
       </c>
       <c r="M61" s="15">
         <v>0.42004</v>
       </c>
       <c r="N61" s="15">
-        <v>1633</v>
+        <v>1771</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E62" s="15">
         <v>10000018655</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>25</v>
       </c>
       <c r="K62" s="15">
         <v>0.65389</v>
       </c>
       <c r="L62" s="15">
         <v>0.61298</v>
       </c>
       <c r="M62" s="15">
         <v>0.59255</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E63" s="15">
         <v>10000023551</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>25</v>
       </c>
       <c r="K63" s="15">
         <v>0.39</v>
       </c>
       <c r="L63" s="15">
         <v>0.39</v>
       </c>
       <c r="M63" s="15">
         <v>0.39</v>
       </c>
       <c r="N63" s="15">
-        <v>11597</v>
+        <v>14110</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>25</v>
       </c>
       <c r="K64" s="15">
         <v>0.48034</v>
       </c>
       <c r="L64" s="15">
         <v>0.43108</v>
       </c>
       <c r="M64" s="15">
         <v>0</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E65" s="15">
         <v>10000011537</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>25</v>
       </c>
       <c r="K65" s="15">
         <v>0.60906</v>
       </c>
       <c r="L65" s="15">
         <v>0.60906</v>
       </c>
       <c r="M65" s="15">
         <v>0.60906</v>
       </c>
       <c r="N65" s="15">
-        <v>1258</v>
+        <v>1103</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>25</v>
       </c>
       <c r="K66" s="15">
         <v>0.60351</v>
       </c>
       <c r="L66" s="15">
         <v>0.56656</v>
       </c>
       <c r="M66" s="15">
         <v>0</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>25</v>
       </c>
       <c r="K67" s="15">
         <v>0.89528</v>
       </c>
       <c r="L67" s="15">
         <v>0.80974</v>
       </c>
       <c r="M67" s="15">
         <v>0.7527199999999999</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>25</v>
       </c>
       <c r="K68" s="15">
         <v>0.55178</v>
       </c>
       <c r="L68" s="15">
         <v>0.50005</v>
       </c>
       <c r="M68" s="15">
         <v>0.46557</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D69" s="15"/>
       <c r="E69" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>25</v>
       </c>
       <c r="K69" s="15">
         <v>0.11001</v>
       </c>
       <c r="L69" s="15">
         <v>0.11001</v>
       </c>
       <c r="M69" s="15">
         <v>0.11001</v>
       </c>
       <c r="N69" s="15">
         <v>9</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="C70" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="C70" s="15" t="s">
+      <c r="D70" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E70" s="15">
         <v>10080012033</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>10</v>
       </c>
       <c r="K70" s="15">
         <v>3.35</v>
       </c>
       <c r="L70" s="15">
         <v>2.85</v>
       </c>
       <c r="M70" s="15">
         <v>2.68</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="E71" s="15">
         <v>10080005036</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
         <v>3.1</v>
       </c>
       <c r="L71" s="15">
         <v>2.6</v>
       </c>
       <c r="M71" s="15">
         <v>2.5</v>
       </c>
       <c r="N71" s="15">
         <v>628</v>
       </c>
       <c r="O71" s="15">
         <v>1700</v>
       </c>
       <c r="P71" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
         <v>3.69</v>
       </c>
       <c r="L72" s="15">
         <v>3.34</v>
       </c>
       <c r="M72" s="15">
         <v>3.11</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15">
         <v>100</v>
       </c>
       <c r="P72" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J73" s="15">
         <v>10</v>
       </c>
       <c r="K73" s="15">
         <v>2.18</v>
       </c>
       <c r="L73" s="15">
         <v>2.18</v>
       </c>
       <c r="M73" s="15">
         <v>2.18</v>
       </c>
       <c r="N73" s="15">
-        <v>720</v>
+        <v>531</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>300</v>
       </c>
       <c r="K74" s="15">
         <v>2.33</v>
       </c>
       <c r="L74" s="15">
         <v>2.33</v>
       </c>
       <c r="M74" s="15">
         <v>2.33</v>
       </c>
       <c r="N74" s="15">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>1.05</v>
       </c>
       <c r="L75" s="15">
         <v>0.95103</v>
       </c>
       <c r="M75" s="15">
         <v>0.88406</v>
       </c>
       <c r="N75" s="15">
-        <v>262</v>
+        <v>308</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>223</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>1.05</v>
       </c>
       <c r="L76" s="15">
         <v>0.94803</v>
       </c>
       <c r="M76" s="15">
         <v>0.88127</v>
       </c>
       <c r="N76" s="15">
         <v>100</v>
       </c>
       <c r="O76" s="15">
         <v>100</v>
       </c>
       <c r="P76" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.71743</v>
       </c>
       <c r="L77" s="15">
         <v>0.71743</v>
       </c>
       <c r="M77" s="15">
         <v>0.71743</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1</v>
       </c>
       <c r="K78" s="15">
         <v>0.42121</v>
       </c>
       <c r="L78" s="15">
         <v>0.42121</v>
       </c>
       <c r="M78" s="15">
         <v>0.42121</v>
       </c>
       <c r="N78" s="15">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.27765</v>
       </c>
       <c r="L79" s="15">
         <v>0.27765</v>
       </c>
       <c r="M79" s="15">
         <v>0.27765</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>10</v>
       </c>
       <c r="K80" s="15">
         <v>0.30453</v>
       </c>
       <c r="L80" s="15">
         <v>0.30453</v>
       </c>
       <c r="M80" s="15">
         <v>0.30453</v>
       </c>
       <c r="N80" s="15">
         <v>1</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>1000</v>
       </c>
       <c r="K81" s="15">
         <v>3.03</v>
       </c>
       <c r="L81" s="15">
         <v>2.54</v>
       </c>
       <c r="M81" s="15">
         <v>2.45</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="C82" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="C82" s="15" t="s">
+      <c r="D82" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>20</v>
       </c>
       <c r="K82" s="15">
         <v>3.25</v>
       </c>
       <c r="L82" s="15">
         <v>2.73</v>
       </c>
       <c r="M82" s="15">
         <v>2.62</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
+        <v>245</v>
+      </c>
+      <c r="C83" s="15" t="s">
         <v>246</v>
       </c>
-      <c r="C83" s="15" t="s">
+      <c r="D83" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>5.18</v>
       </c>
       <c r="L83" s="15">
         <v>2.59</v>
       </c>
       <c r="M83" s="15">
         <v>2.35</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="E84" s="15">
         <v>10080004900</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="J84" s="15">
         <v>50</v>
       </c>
       <c r="K84" s="15">
         <v>2.7</v>
       </c>
       <c r="L84" s="15">
         <v>2.6</v>
       </c>
       <c r="M84" s="15">
         <v>0</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="E85" s="15">
         <v>10080004901</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="J85" s="15">
         <v>50</v>
       </c>
       <c r="K85" s="15">
         <v>1.78</v>
       </c>
       <c r="L85" s="15">
         <v>1.78</v>
       </c>
       <c r="M85" s="15">
         <v>1.78</v>
       </c>
       <c r="N85" s="15">
         <v>2</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E86" s="15">
         <v>10080004902</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>50</v>
       </c>
       <c r="K86" s="15">
         <v>5.18</v>
       </c>
       <c r="L86" s="15">
         <v>2.59</v>
       </c>
       <c r="M86" s="15">
         <v>2.35</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E87" s="15">
         <v>10080005117</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J87" s="15">
         <v>20</v>
       </c>
       <c r="K87" s="15">
         <v>0.89254</v>
       </c>
       <c r="L87" s="15">
         <v>0.74377</v>
       </c>
       <c r="M87" s="15">
         <v>0.71402</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>262</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>20.76</v>
       </c>
       <c r="L88" s="15">
         <v>17.3</v>
       </c>
       <c r="M88" s="15">
         <v>16.61</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
+        <v>264</v>
+      </c>
+      <c r="C89" s="15" t="s">
         <v>265</v>
       </c>
-      <c r="C89" s="15" t="s">
+      <c r="D89" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>90</v>
       </c>
       <c r="K89" s="15">
         <v>0.37688</v>
       </c>
       <c r="L89" s="15">
         <v>0.35472</v>
       </c>
       <c r="M89" s="15">
         <v>0.33255</v>
       </c>
       <c r="N89" s="15">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="C90" s="15" t="s">
         <v>270</v>
       </c>
-      <c r="C90" s="15" t="s">
+      <c r="D90" s="15" t="s">
         <v>271</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="I90" s="15" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.66509</v>
       </c>
       <c r="L90" s="15">
         <v>0.55424</v>
       </c>
       <c r="M90" s="15">
         <v>0.48034</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>1.33</v>
       </c>
       <c r="L91" s="15">
         <v>1.11</v>
       </c>
       <c r="M91" s="15">
         <v>0.96069</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J92" s="15"/>
       <c r="K92" s="15">
         <v>0.39413</v>
       </c>
       <c r="L92" s="15">
         <v>0.33255</v>
       </c>
       <c r="M92" s="15">
         <v>0.28328</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J93" s="15"/>
       <c r="K93" s="15">
         <v>0.51729</v>
       </c>
       <c r="L93" s="15">
         <v>0.46803</v>
       </c>
       <c r="M93" s="15">
         <v>0.41876</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>0.57888</v>
       </c>
       <c r="L94" s="15">
         <v>0.48034</v>
       </c>
       <c r="M94" s="15">
         <v>0.41876</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.96069</v>
       </c>
       <c r="L95" s="15">
         <v>0.86216</v>
       </c>
       <c r="M95" s="15">
         <v>0.76362</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>295</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="J96" s="15"/>
       <c r="K96" s="15">
         <v>0.39413</v>
       </c>
       <c r="L96" s="15">
         <v>0.33255</v>
       </c>
       <c r="M96" s="15">
         <v>0.28328</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>299</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>300</v>
-      </c>
-[...1 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
         <v>0.49266</v>
       </c>
       <c r="L97" s="15">
         <v>0.40644</v>
       </c>
       <c r="M97" s="15">
         <v>0.35718</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
+        <v>302</v>
+      </c>
+      <c r="C98" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="C98" s="15" t="s">
+      <c r="D98" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E98" s="15">
         <v>10080051656</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>4.28</v>
       </c>
       <c r="L98" s="15">
         <v>3.51</v>
       </c>
       <c r="M98" s="15">
         <v>3.37</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="E99" s="15">
         <v>10080055629</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>2.62</v>
       </c>
       <c r="L99" s="15">
         <v>2.15</v>
       </c>
       <c r="M99" s="15">
         <v>2.06</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>308</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>309</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="I100" s="15" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="J100" s="15">
         <v>25</v>
       </c>
       <c r="K100" s="15">
         <v>1.61</v>
       </c>
       <c r="L100" s="15">
         <v>1.29</v>
       </c>
       <c r="M100" s="15">
         <v>1.24</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="C101" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="C101" s="15" t="s">
+      <c r="D101" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="D101" s="15" t="s">
+      <c r="E101" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>1.11</v>
       </c>
       <c r="L101" s="15">
         <v>0.9638600000000001</v>
       </c>
       <c r="M101" s="15">
         <v>0.92679</v>
       </c>
       <c r="N101" s="15">
         <v>5</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>10</v>
       </c>
       <c r="K102" s="15">
         <v>1.11</v>
       </c>
       <c r="L102" s="15">
         <v>0.96261</v>
       </c>
       <c r="M102" s="15">
         <v>0.92559</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
         <v>100</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>2</v>
       </c>
       <c r="K103" s="15">
         <v>76.06999999999999</v>
       </c>
       <c r="L103" s="15">
         <v>65.93000000000001</v>
       </c>
       <c r="M103" s="15">
         <v>63.39</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15">
         <v>32</v>
       </c>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>325</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>200</v>
       </c>
       <c r="K104" s="15">
         <v>0.54806</v>
       </c>
       <c r="L104" s="15">
         <v>0.47498</v>
       </c>
       <c r="M104" s="15">
         <v>0.45671</v>
       </c>
       <c r="N104" s="15">
         <v>50</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15">
         <v>3600</v>
       </c>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>328</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>10</v>
       </c>
       <c r="K105" s="15">
         <v>1.91</v>
       </c>
       <c r="L105" s="15">
         <v>1.65</v>
       </c>
       <c r="M105" s="15">
         <v>1.59</v>
       </c>
       <c r="N105" s="15">
-        <v>313</v>
+        <v>399</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>331</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="J106" s="15">
         <v>25</v>
       </c>
       <c r="K106" s="15">
         <v>2.34</v>
       </c>
       <c r="L106" s="15">
         <v>2.03</v>
       </c>
       <c r="M106" s="15">
         <v>1.95</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15">
         <v>750</v>
       </c>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>335</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>25</v>
       </c>
       <c r="K107" s="15">
         <v>2.36</v>
       </c>
       <c r="L107" s="15">
         <v>2.05</v>
       </c>
       <c r="M107" s="15">
         <v>1.97</v>
       </c>
       <c r="N107" s="15">
         <v>50</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15">
         <v>750</v>
       </c>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>338</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="J108" s="15">
         <v>25</v>
       </c>
       <c r="K108" s="15">
         <v>2.63</v>
       </c>
       <c r="L108" s="15">
         <v>2.28</v>
       </c>
       <c r="M108" s="15">
         <v>2.19</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15">
-        <v>400</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="D109" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="E109" s="15" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
       </c>
       <c r="K109" s="15">
         <v>2.03</v>
       </c>
       <c r="L109" s="15">
         <v>1.76</v>
       </c>
       <c r="M109" s="15">
         <v>1.69</v>
       </c>
       <c r="N109" s="15">
         <v>100</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D110" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="E110" s="15" t="s">
         <v>345</v>
-      </c>
-[...4 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>25</v>
       </c>
       <c r="K110" s="15">
         <v>2</v>
       </c>
       <c r="L110" s="15">
         <v>1.74</v>
       </c>
       <c r="M110" s="15">
         <v>1.67</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15">
         <v>1000</v>
       </c>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D111" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="E111" s="15" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="J111" s="15">
         <v>50</v>
       </c>
       <c r="K111" s="15">
         <v>1.98</v>
       </c>
       <c r="L111" s="15">
         <v>1.72</v>
       </c>
       <c r="M111" s="15">
         <v>1.65</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15">
         <v>500</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D112" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="E112" s="15" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>20</v>
       </c>
       <c r="K112" s="15">
         <v>1.98</v>
       </c>
       <c r="L112" s="15">
         <v>1.98</v>
       </c>
       <c r="M112" s="15">
         <v>1.98</v>
       </c>
       <c r="N112" s="15">
         <v>100</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>500</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D113" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="E113" s="15" t="s">
         <v>355</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="J113" s="15">
         <v>20</v>
       </c>
       <c r="K113" s="15">
         <v>2.94</v>
       </c>
       <c r="L113" s="15">
         <v>2.54</v>
       </c>
       <c r="M113" s="15">
         <v>2.45</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="E114" s="15" t="s">
         <v>359</v>
-      </c>
-[...4 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>20</v>
       </c>
       <c r="K114" s="15">
         <v>2.82</v>
       </c>
       <c r="L114" s="15">
         <v>2.44</v>
       </c>
       <c r="M114" s="15">
         <v>2.35</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>500</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D115" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="E115" s="15" t="s">
         <v>362</v>
-      </c>
-[...4 lines deleted...]
-        <v>364</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="J115" s="15">
         <v>50</v>
       </c>
       <c r="K115" s="15">
         <v>2.74</v>
       </c>
       <c r="L115" s="15">
         <v>2.38</v>
       </c>
       <c r="M115" s="15">
         <v>2.29</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>364</v>
+      </c>
+      <c r="D116" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="E116" s="15" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>368</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>20</v>
       </c>
       <c r="K116" s="15">
         <v>2.28</v>
       </c>
       <c r="L116" s="15">
         <v>1.98</v>
       </c>
       <c r="M116" s="15">
         <v>1.9</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D117" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="E117" s="15" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>20</v>
       </c>
       <c r="K117" s="15">
         <v>3.29</v>
       </c>
       <c r="L117" s="15">
         <v>2.85</v>
       </c>
       <c r="M117" s="15">
         <v>2.74</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D118" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="E118" s="15" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>20</v>
       </c>
       <c r="K118" s="15">
         <v>2.67</v>
       </c>
       <c r="L118" s="15">
         <v>2.32</v>
       </c>
       <c r="M118" s="15">
         <v>2.23</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15">
         <v>1000</v>
       </c>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D119" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="E119" s="15" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="J119" s="15">
         <v>10</v>
       </c>
       <c r="K119" s="15">
         <v>1.23</v>
       </c>
       <c r="L119" s="15">
         <v>1.07</v>
       </c>
       <c r="M119" s="15">
         <v>1.03</v>
       </c>
       <c r="N119" s="15">
-        <v>497</v>
+        <v>572</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15">
         <v>200</v>
       </c>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="E120" s="15" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>381</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>10</v>
       </c>
       <c r="K120" s="15">
         <v>1.12</v>
       </c>
       <c r="L120" s="15">
         <v>0.97244</v>
       </c>
       <c r="M120" s="15">
         <v>0.93504</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15">
         <v>500</v>
       </c>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="E121" s="15" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>25</v>
       </c>
       <c r="K121" s="15">
         <v>1.21</v>
       </c>
       <c r="L121" s="15">
         <v>1.05</v>
       </c>
       <c r="M121" s="15">
         <v>1.01</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15">
         <v>500</v>
       </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="E122" s="15" t="s">
         <v>385</v>
-      </c>
-[...4 lines deleted...]
-        <v>387</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>25</v>
       </c>
       <c r="K122" s="15">
         <v>1.31</v>
       </c>
       <c r="L122" s="15">
         <v>1.13</v>
       </c>
       <c r="M122" s="15">
         <v>1.09</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
+        <v>386</v>
+      </c>
+      <c r="C123" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>390</v>
       </c>
       <c r="E123" s="15">
         <v>10080035662</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>50</v>
       </c>
       <c r="K123" s="15">
         <v>1.66</v>
       </c>
       <c r="L123" s="15">
         <v>1.36</v>
       </c>
       <c r="M123" s="15">
         <v>1.31</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D124" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="E124" s="15" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>1000</v>
       </c>
       <c r="K124" s="15">
         <v>0.96653</v>
       </c>
       <c r="L124" s="15">
         <v>0.81064</v>
       </c>
       <c r="M124" s="15">
         <v>0.77946</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="E125" s="15">
         <v>10080060090</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>50</v>
       </c>
       <c r="K125" s="15">
         <v>1.07</v>
       </c>
       <c r="L125" s="15">
         <v>0.8958700000000001</v>
       </c>
       <c r="M125" s="15">
         <v>0.86141</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="D126" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="E126" s="15" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>50</v>
       </c>
       <c r="K126" s="15">
         <v>8.33</v>
       </c>
       <c r="L126" s="15">
         <v>6.99</v>
       </c>
       <c r="M126" s="15">
         <v>6.72</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D127" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="E127" s="15" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>20</v>
       </c>
       <c r="K127" s="15">
         <v>2.15</v>
       </c>
       <c r="L127" s="15">
         <v>1.8</v>
       </c>
       <c r="M127" s="15">
         <v>1.73</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>401</v>
+      </c>
+      <c r="D128" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="E128" s="15" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>20</v>
       </c>
       <c r="K128" s="15">
         <v>2.47</v>
       </c>
       <c r="L128" s="15">
         <v>2.07</v>
       </c>
       <c r="M128" s="15">
         <v>1.99</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>404</v>
+      </c>
+      <c r="D129" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="E129" s="15" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="J129" s="15">
         <v>25</v>
       </c>
       <c r="K129" s="15">
         <v>2.09</v>
       </c>
       <c r="L129" s="15">
         <v>1.75</v>
       </c>
       <c r="M129" s="15">
         <v>1.69</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
+        <v>408</v>
+      </c>
+      <c r="C130" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>410</v>
       </c>
-      <c r="C130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>20</v>
       </c>
       <c r="K130" s="15">
         <v>2.56</v>
       </c>
       <c r="L130" s="15">
         <v>2.15</v>
       </c>
       <c r="M130" s="15">
         <v>2.07</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15">
         <v>100</v>
       </c>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>413</v>
+      </c>
+      <c r="D131" s="15" t="s">
+        <v>414</v>
+      </c>
+      <c r="E131" s="15" t="s">
         <v>415</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="J131" s="15">
         <v>20</v>
       </c>
       <c r="K131" s="15">
         <v>2.49</v>
       </c>
       <c r="L131" s="15">
         <v>2.09</v>
       </c>
       <c r="M131" s="15">
         <v>2.01</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
-      <c r="P131" s="15"/>
+      <c r="P131" s="15" t="s">
+        <v>417</v>
+      </c>
       <c r="Q131" s="15">
         <v>100</v>
       </c>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>419</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="J132" s="15">
         <v>20</v>
       </c>
       <c r="K132" s="15">
         <v>1.96</v>
       </c>
       <c r="L132" s="15">
         <v>1.7</v>
       </c>
       <c r="M132" s="15">
         <v>1.63</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="J133" s="15">
         <v>20</v>
       </c>
       <c r="K133" s="15">
         <v>3.31</v>
       </c>
       <c r="L133" s="15">
         <v>2.77</v>
       </c>
       <c r="M133" s="15">
         <v>2.67</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>427</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15"/>
       <c r="K134" s="15">
         <v>2.09</v>
       </c>
       <c r="L134" s="15">
         <v>1.75</v>
       </c>
       <c r="M134" s="15">
         <v>1.68</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E135" s="15">
         <v>10080047561</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>100</v>
       </c>
       <c r="K135" s="15">
         <v>1.58</v>
       </c>
       <c r="L135" s="15">
         <v>1.3</v>
       </c>
       <c r="M135" s="15">
         <v>1.25</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>431</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="E136" s="15">
         <v>10080072796</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>100</v>
       </c>
       <c r="K136" s="15">
         <v>0.45572</v>
       </c>
       <c r="L136" s="15">
         <v>0.39495</v>
       </c>
       <c r="M136" s="15">
         <v>0.37976</v>
       </c>
       <c r="N136" s="15">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>433</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>434</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>437</v>
+        <v>436</v>
       </c>
       <c r="J137" s="15">
         <v>100</v>
       </c>
       <c r="K137" s="15">
         <v>0.66007</v>
       </c>
       <c r="L137" s="15">
         <v>0.55361</v>
       </c>
       <c r="M137" s="15">
         <v>0.53232</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>437</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="E138" s="15">
         <v>10080060591</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>100</v>
       </c>
       <c r="K138" s="15">
         <v>0.47029</v>
       </c>
       <c r="L138" s="15">
         <v>0.39443</v>
       </c>
       <c r="M138" s="15">
         <v>0.37926</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="E139" s="15">
         <v>10080060084</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J139" s="15">
         <v>100</v>
       </c>
       <c r="K139" s="15">
         <v>0.56732</v>
       </c>
       <c r="L139" s="15">
         <v>0.47581</v>
       </c>
       <c r="M139" s="15">
         <v>0.45751</v>
       </c>
       <c r="N139" s="15">
-        <v>799</v>
+        <v>912</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="E140" s="15">
         <v>10080044670</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>40</v>
       </c>
       <c r="K140" s="15">
         <v>1.04</v>
       </c>
       <c r="L140" s="15">
         <v>0.8701</v>
       </c>
       <c r="M140" s="15">
         <v>0.8366400000000001</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>445</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J141" s="15">
         <v>40</v>
       </c>
       <c r="K141" s="15">
         <v>0.79231</v>
       </c>
       <c r="L141" s="15">
         <v>0.66452</v>
       </c>
       <c r="M141" s="15">
         <v>0.63896</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>449</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="J142" s="15">
         <v>100</v>
       </c>
       <c r="K142" s="15">
         <v>1.38</v>
       </c>
       <c r="L142" s="15">
         <v>1.15</v>
       </c>
       <c r="M142" s="15">
         <v>1.11</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15">
         <v>500</v>
       </c>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>453</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>100</v>
       </c>
       <c r="K143" s="15">
         <v>1.65</v>
       </c>
       <c r="L143" s="15">
         <v>1.38</v>
       </c>
       <c r="M143" s="15">
         <v>1.33</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15">
         <v>500</v>
       </c>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>456</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>25</v>
       </c>
       <c r="K144" s="15">
         <v>3.1</v>
       </c>
       <c r="L144" s="15">
         <v>2.6</v>
       </c>
       <c r="M144" s="15">
         <v>2.5</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>459</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>2.73</v>
       </c>
       <c r="L145" s="15">
         <v>2.27</v>
       </c>
       <c r="M145" s="15">
         <v>2.18</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>462</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>900</v>
       </c>
       <c r="K146" s="15">
         <v>1.5</v>
       </c>
       <c r="L146" s="15">
         <v>1.26</v>
       </c>
       <c r="M146" s="15">
         <v>1.21</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>464</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="E147" s="15">
         <v>10080064422</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>100</v>
       </c>
       <c r="K147" s="15">
         <v>2.89</v>
       </c>
       <c r="L147" s="15">
         <v>2.41</v>
       </c>
       <c r="M147" s="15">
         <v>2.31</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>466</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>467</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>468</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>400</v>
       </c>
       <c r="K148" s="15">
         <v>2.46</v>
       </c>
       <c r="L148" s="15">
         <v>2.05</v>
       </c>
       <c r="M148" s="15">
         <v>1.97</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>470</v>
       </c>
-      <c r="D149" s="15" t="s">
+      <c r="E149" s="15" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>20</v>
       </c>
       <c r="K149" s="15">
         <v>3.55</v>
       </c>
       <c r="L149" s="15">
         <v>2.57</v>
       </c>
       <c r="M149" s="15">
         <v>2.24</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>473</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>1</v>
       </c>
       <c r="K150" s="15">
         <v>240.76</v>
       </c>
       <c r="L150" s="15">
         <v>201.93</v>
       </c>
       <c r="M150" s="15">
         <v>194.16</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>476</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>477</v>
       </c>
-      <c r="D151" s="15" t="s">
+      <c r="E151" s="15" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>1.78</v>
       </c>
       <c r="L151" s="15">
         <v>1.61</v>
       </c>
       <c r="M151" s="15">
         <v>1.49</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>480</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="E152" s="15">
         <v>10080005333</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="J152" s="15">
         <v>50</v>
       </c>
       <c r="K152" s="15">
         <v>1.64</v>
       </c>
       <c r="L152" s="15">
         <v>1.09</v>
       </c>
       <c r="M152" s="15">
         <v>0.99</v>
       </c>
       <c r="N152" s="15">
-        <v>2392</v>
+        <v>2801</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>484</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>40</v>
       </c>
       <c r="K153" s="15">
         <v>2.54</v>
       </c>
       <c r="L153" s="15">
         <v>2.2</v>
       </c>
       <c r="M153" s="15">
         <v>2.12</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15">
         <v>400</v>
       </c>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>486</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>487</v>
       </c>
-      <c r="D154" s="15" t="s">
+      <c r="E154" s="15" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="J154" s="15">
         <v>20</v>
       </c>
       <c r="K154" s="15">
         <v>1.14</v>
       </c>
       <c r="L154" s="15">
         <v>1.14</v>
       </c>
       <c r="M154" s="15">
         <v>1.14</v>
       </c>
       <c r="N154" s="15">
-        <v>4101</v>
+        <v>4209</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15">
         <v>500</v>
       </c>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>491</v>
       </c>
-      <c r="D155" s="15" t="s">
+      <c r="E155" s="15" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>50</v>
       </c>
       <c r="K155" s="15">
         <v>3.99</v>
       </c>
       <c r="L155" s="15">
         <v>3.61</v>
       </c>
       <c r="M155" s="15">
         <v>3.36</v>
       </c>
       <c r="N155" s="15">
-        <v>2643</v>
+        <v>2607</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15">
         <v>500</v>
       </c>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>493</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>494</v>
       </c>
-      <c r="D156" s="15" t="s">
+      <c r="E156" s="15" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>20</v>
       </c>
       <c r="K156" s="15">
         <v>3.24</v>
       </c>
       <c r="L156" s="15">
         <v>3.24</v>
       </c>
       <c r="M156" s="15">
         <v>3.24</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15">
         <v>500</v>
       </c>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>496</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>497</v>
-      </c>
-[...1 lines deleted...]
-        <v>498</v>
       </c>
       <c r="E157" s="15">
         <v>10080071397</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>50</v>
       </c>
       <c r="K157" s="15">
         <v>1.21</v>
       </c>
       <c r="L157" s="15">
         <v>1.09</v>
       </c>
       <c r="M157" s="15">
         <v>1.02</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15">
         <v>100</v>
       </c>
       <c r="P157" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>498</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="E158" s="15">
         <v>10080070438</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
         <v>1.74</v>
       </c>
       <c r="L158" s="15">
         <v>1.45</v>
       </c>
       <c r="M158" s="15">
         <v>1.39</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>501</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="J159" s="15">
         <v>20</v>
       </c>
       <c r="K159" s="15">
         <v>1.11</v>
       </c>
       <c r="L159" s="15">
         <v>1.11</v>
       </c>
       <c r="M159" s="15">
         <v>1.11</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="D160" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="E160" s="15" t="s">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>506</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="J160" s="15">
         <v>50</v>
       </c>
       <c r="K160" s="15">
         <v>2.15</v>
       </c>
       <c r="L160" s="15">
         <v>1.43</v>
       </c>
       <c r="M160" s="15">
         <v>1.3</v>
       </c>
       <c r="N160" s="15">
-        <v>25611</v>
+        <v>27096</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>508</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>509</v>
-      </c>
-[...1 lines deleted...]
-        <v>510</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15"/>
       <c r="K161" s="15">
         <v>2.56</v>
       </c>
       <c r="L161" s="15">
         <v>2.13</v>
       </c>
       <c r="M161" s="15">
         <v>2.05</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>511</v>
       </c>
-      <c r="D162" s="15" t="s">
+      <c r="E162" s="15" t="s">
         <v>512</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>50</v>
       </c>
       <c r="K162" s="15">
         <v>2.28</v>
       </c>
       <c r="L162" s="15">
         <v>1.97</v>
       </c>
       <c r="M162" s="15">
         <v>1.9</v>
       </c>
-      <c r="N162" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="E163" s="15">
         <v>10080071789</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>100</v>
       </c>
       <c r="K163" s="15">
         <v>2.89</v>
       </c>
       <c r="L163" s="15">
         <v>2.41</v>
       </c>
       <c r="M163" s="15">
         <v>2.31</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>516</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15">
         <v>400</v>
       </c>
       <c r="K164" s="15">
         <v>1.99</v>
       </c>
       <c r="L164" s="15">
         <v>1.99</v>
       </c>
       <c r="M164" s="15">
         <v>1.99</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>518</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>519</v>
       </c>
-      <c r="D165" s="15" t="s">
+      <c r="E165" s="15" t="s">
         <v>520</v>
-      </c>
-[...1 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>50</v>
       </c>
       <c r="K165" s="15">
         <v>2.63</v>
       </c>
       <c r="L165" s="15">
         <v>2.21</v>
       </c>
       <c r="M165" s="15">
         <v>2.12</v>
       </c>
       <c r="N165" s="15">
-        <v>3176</v>
+        <v>2364</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15">
         <v>500</v>
       </c>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="D166" s="15" t="s">
         <v>522</v>
       </c>
-      <c r="D166" s="15" t="s">
+      <c r="E166" s="15" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="J166" s="15">
         <v>50</v>
       </c>
       <c r="K166" s="15">
         <v>3.45</v>
       </c>
       <c r="L166" s="15">
         <v>2.99</v>
       </c>
       <c r="M166" s="15">
         <v>2.87</v>
       </c>
       <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15">
         <v>500</v>
       </c>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>525</v>
+      </c>
+      <c r="D167" s="15" t="s">
         <v>526</v>
       </c>
-      <c r="D167" s="15" t="s">
+      <c r="E167" s="15" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>50</v>
       </c>
       <c r="K167" s="15">
         <v>2.29</v>
       </c>
       <c r="L167" s="15">
         <v>1.98</v>
       </c>
       <c r="M167" s="15">
         <v>1.91</v>
       </c>
-      <c r="N167" s="15">
-[...3 lines deleted...]
-      <c r="P167" s="15"/>
+      <c r="N167" s="15"/>
+      <c r="O167" s="15">
+        <v>1240</v>
+      </c>
+      <c r="P167" s="15" t="s">
+        <v>528</v>
+      </c>
       <c r="Q167" s="15">
         <v>500</v>
       </c>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>529</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>530</v>
       </c>
       <c r="E168" s="15" t="s">
         <v>531</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
@@ -13155,51 +13166,51 @@
       <c r="D169" s="15" t="s">
         <v>533</v>
       </c>
       <c r="E169" s="15">
         <v>10080034805</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>50</v>
       </c>
       <c r="K169" s="15">
         <v>0.97184</v>
       </c>
       <c r="L169" s="15">
         <v>0.97184</v>
       </c>
       <c r="M169" s="15">
         <v>0.97184</v>
       </c>
       <c r="N169" s="15">
-        <v>563</v>
+        <v>637</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15">
         <v>500</v>
       </c>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>534</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>535</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>536</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>52</v>
@@ -13237,94 +13248,94 @@
       <c r="D171" s="15" t="s">
         <v>539</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>540</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>50</v>
       </c>
       <c r="K171" s="15">
         <v>1.31</v>
       </c>
       <c r="L171" s="15">
         <v>1.13</v>
       </c>
       <c r="M171" s="15">
         <v>1.09</v>
       </c>
       <c r="N171" s="15">
-        <v>7235</v>
+        <v>9887</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15">
         <v>500</v>
       </c>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>543</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I172" s="15" t="s">
         <v>544</v>
       </c>
       <c r="J172" s="15">
         <v>50</v>
       </c>
       <c r="K172" s="15">
         <v>1.75</v>
       </c>
       <c r="L172" s="15">
         <v>1.52</v>
       </c>
       <c r="M172" s="15">
         <v>1.46</v>
       </c>
       <c r="N172" s="15">
-        <v>900</v>
+        <v>690</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15">
         <v>500</v>
       </c>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E173" s="15" t="s">
         <v>545</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>52</v>
@@ -13522,20400 +13533,20429 @@
       </c>
       <c r="E178" s="15">
         <v>10080048929</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I178" s="15" t="s">
         <v>559</v>
       </c>
       <c r="J178" s="15">
         <v>50</v>
       </c>
       <c r="K178" s="15">
         <v>1.22</v>
       </c>
       <c r="L178" s="15">
         <v>1.06</v>
       </c>
       <c r="M178" s="15">
         <v>1.02</v>
       </c>
       <c r="N178" s="15">
-        <v>1884</v>
+        <v>1797</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15">
         <v>500</v>
       </c>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C179" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D179" s="15" t="s">
         <v>561</v>
       </c>
       <c r="E179" s="15" t="s">
         <v>562</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I179" s="15" t="s">
         <v>559</v>
       </c>
       <c r="J179" s="15">
         <v>50</v>
       </c>
       <c r="K179" s="15">
         <v>1.28</v>
       </c>
       <c r="L179" s="15">
         <v>1.11</v>
       </c>
       <c r="M179" s="15">
         <v>1.07</v>
       </c>
       <c r="N179" s="15">
-        <v>2210</v>
+        <v>2184</v>
       </c>
       <c r="O179" s="15">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="P179" s="15" t="s">
-        <v>209</v>
+        <v>563</v>
       </c>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E180" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I180" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J180" s="15"/>
       <c r="K180" s="15">
         <v>1.46</v>
       </c>
       <c r="L180" s="15">
         <v>1.32</v>
       </c>
       <c r="M180" s="15">
         <v>1.23</v>
       </c>
       <c r="N180" s="15"/>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E181" s="15">
         <v>10080060372</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I181" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J181" s="15">
         <v>20</v>
       </c>
       <c r="K181" s="15">
         <v>1.44</v>
       </c>
       <c r="L181" s="15">
         <v>1.3</v>
       </c>
       <c r="M181" s="15">
         <v>1.21</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15">
         <v>1000</v>
       </c>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E182" s="15" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I182" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="J182" s="15">
         <v>50</v>
       </c>
       <c r="K182" s="15">
         <v>2.38</v>
       </c>
       <c r="L182" s="15">
         <v>2</v>
       </c>
       <c r="M182" s="15">
         <v>1.92</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15">
         <v>500</v>
       </c>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E183" s="15">
         <v>10080061196</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I183" s="15" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="J183" s="15">
         <v>20</v>
       </c>
       <c r="K183" s="15">
         <v>1.27</v>
       </c>
       <c r="L183" s="15">
         <v>1.15</v>
       </c>
       <c r="M183" s="15">
         <v>1.07</v>
       </c>
       <c r="N183" s="15">
-        <v>8357</v>
+        <v>7939</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15">
         <v>1000</v>
       </c>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E184" s="15">
         <v>10080060365</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I184" s="15" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="J184" s="15">
         <v>50</v>
       </c>
       <c r="K184" s="15">
         <v>1.42</v>
       </c>
       <c r="L184" s="15">
         <v>1.28</v>
       </c>
       <c r="M184" s="15">
         <v>1.19</v>
       </c>
       <c r="N184" s="15">
-        <v>20545</v>
+        <v>19630</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15">
         <v>500</v>
       </c>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E185" s="15">
         <v>10080060373</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15">
         <v>20</v>
       </c>
       <c r="K185" s="15">
         <v>1.46</v>
       </c>
       <c r="L185" s="15">
         <v>1.26</v>
       </c>
       <c r="M185" s="15">
         <v>1.21</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15">
         <v>500</v>
       </c>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="E186" s="15">
         <v>10080054888</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="J186" s="15">
         <v>50</v>
       </c>
       <c r="K186" s="15">
         <v>1.91</v>
       </c>
       <c r="L186" s="15">
         <v>0</v>
       </c>
       <c r="M186" s="15">
         <v>0</v>
       </c>
       <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15">
         <v>500</v>
       </c>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="E187" s="15">
         <v>10080060366</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="J187" s="15">
         <v>50</v>
       </c>
       <c r="K187" s="15">
         <v>1.92</v>
       </c>
       <c r="L187" s="15">
         <v>1.92</v>
       </c>
       <c r="M187" s="15">
         <v>1.92</v>
       </c>
       <c r="N187" s="15">
-        <v>315</v>
+        <v>274</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15">
         <v>500</v>
       </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E188" s="15">
         <v>10080061195</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I188" s="15"/>
       <c r="J188" s="15">
         <v>50</v>
       </c>
       <c r="K188" s="15">
         <v>1.97</v>
       </c>
       <c r="L188" s="15">
         <v>0</v>
       </c>
       <c r="M188" s="15">
         <v>0</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15">
         <v>500</v>
       </c>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E189" s="15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I189" s="15"/>
       <c r="J189" s="15">
         <v>50</v>
       </c>
       <c r="K189" s="15">
         <v>3.79</v>
       </c>
       <c r="L189" s="15">
         <v>3.18</v>
       </c>
       <c r="M189" s="15">
         <v>3.06</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15">
         <v>500</v>
       </c>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E190" s="15">
         <v>10080048261</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="J190" s="15">
         <v>50</v>
       </c>
       <c r="K190" s="15">
         <v>1.52</v>
       </c>
       <c r="L190" s="15">
         <v>1.42</v>
       </c>
       <c r="M190" s="15">
         <v>1.32</v>
       </c>
       <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="E191" s="15">
         <v>10080005900</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="J191" s="15">
         <v>50</v>
       </c>
       <c r="K191" s="15">
         <v>2.03</v>
       </c>
       <c r="L191" s="15">
         <v>1.46</v>
       </c>
       <c r="M191" s="15">
         <v>1.27</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E192" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>50</v>
       </c>
       <c r="K192" s="15">
         <v>0.70266</v>
       </c>
       <c r="L192" s="15">
         <v>0.70266</v>
       </c>
       <c r="M192" s="15">
         <v>0.70266</v>
       </c>
       <c r="N192" s="15">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E193" s="15">
         <v>10080060367</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="J193" s="15">
         <v>50</v>
       </c>
       <c r="K193" s="15">
         <v>0.97794</v>
       </c>
       <c r="L193" s="15">
         <v>0.84755</v>
       </c>
       <c r="M193" s="15">
         <v>0.81495</v>
       </c>
       <c r="N193" s="15">
-        <v>279</v>
+        <v>88</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E194" s="15" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>1000</v>
       </c>
       <c r="K194" s="15">
         <v>0.70265</v>
       </c>
       <c r="L194" s="15">
         <v>0.70265</v>
       </c>
       <c r="M194" s="15">
         <v>0.70265</v>
       </c>
       <c r="N194" s="15">
-        <v>400</v>
+        <v>319</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="J195" s="15">
         <v>1000</v>
       </c>
       <c r="K195" s="15">
         <v>1.14</v>
       </c>
       <c r="L195" s="15">
         <v>1.06</v>
       </c>
       <c r="M195" s="15">
         <v>0.98885</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E196" s="15">
         <v>10080005033</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>50</v>
       </c>
       <c r="K196" s="15">
         <v>4.95</v>
       </c>
       <c r="L196" s="15">
         <v>4.15</v>
       </c>
       <c r="M196" s="15">
         <v>3.99</v>
       </c>
       <c r="N196" s="15">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="E197" s="15">
         <v>10080005031</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>50</v>
       </c>
       <c r="K197" s="15">
         <v>2.89</v>
       </c>
       <c r="L197" s="15">
         <v>2.89</v>
       </c>
       <c r="M197" s="15">
         <v>2.89</v>
       </c>
       <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E198" s="15">
         <v>10080005034</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15">
         <v>50</v>
       </c>
       <c r="K198" s="15">
         <v>2.38</v>
       </c>
       <c r="L198" s="15">
         <v>2.38</v>
       </c>
       <c r="M198" s="15">
         <v>2.38</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E199" s="15">
         <v>10080058923</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>10</v>
       </c>
       <c r="K199" s="15">
         <v>1.64</v>
       </c>
       <c r="L199" s="15">
         <v>0</v>
       </c>
       <c r="M199" s="15">
         <v>0</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="E200" s="15">
         <v>10080058922</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I200" s="15" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="J200" s="15">
         <v>20</v>
       </c>
       <c r="K200" s="15">
         <v>1.49</v>
       </c>
       <c r="L200" s="15">
         <v>1.29</v>
       </c>
       <c r="M200" s="15">
         <v>1.24</v>
       </c>
       <c r="N200" s="15">
-        <v>1980</v>
+        <v>1733</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15">
         <v>1000</v>
       </c>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E201" s="15" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="J201" s="15">
         <v>20</v>
       </c>
       <c r="K201" s="15">
         <v>1.07</v>
       </c>
       <c r="L201" s="15">
         <v>1.07</v>
       </c>
       <c r="M201" s="15">
         <v>1.07</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15">
         <v>20</v>
       </c>
       <c r="K202" s="15">
         <v>1.26</v>
       </c>
       <c r="L202" s="15">
         <v>1.14</v>
       </c>
       <c r="M202" s="15">
         <v>1.06</v>
       </c>
       <c r="N202" s="15"/>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E203" s="15">
         <v>10080061198</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>20</v>
       </c>
       <c r="K203" s="15">
         <v>1.07</v>
       </c>
       <c r="L203" s="15">
         <v>0.93025</v>
       </c>
       <c r="M203" s="15">
         <v>0.8944800000000001</v>
       </c>
       <c r="N203" s="15">
-        <v>1448</v>
+        <v>1182</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="E204" s="15">
         <v>10080069794</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
         <v>20</v>
       </c>
       <c r="K204" s="15">
         <v>2.32</v>
       </c>
       <c r="L204" s="15">
         <v>1.94</v>
       </c>
       <c r="M204" s="15">
         <v>1.86</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E205" s="15">
         <v>10080005384</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="J205" s="15">
         <v>60</v>
       </c>
       <c r="K205" s="15">
         <v>1.71</v>
       </c>
       <c r="L205" s="15">
         <v>0.90626</v>
       </c>
       <c r="M205" s="15">
         <v>0.77298</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E206" s="15">
         <v>10080018891</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J206" s="15">
         <v>60</v>
       </c>
       <c r="K206" s="15">
         <v>1.87</v>
       </c>
       <c r="L206" s="15">
         <v>0.9929</v>
       </c>
       <c r="M206" s="15">
         <v>0.84688</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E207" s="15" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I207" s="15"/>
       <c r="J207" s="15">
         <v>30</v>
       </c>
       <c r="K207" s="15">
         <v>6.85</v>
       </c>
       <c r="L207" s="15">
         <v>5.94</v>
       </c>
       <c r="M207" s="15">
         <v>5.71</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E208" s="15">
         <v>10080056319</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15">
         <v>50</v>
       </c>
       <c r="K208" s="15">
         <v>3.57</v>
       </c>
       <c r="L208" s="15">
         <v>0</v>
       </c>
       <c r="M208" s="15">
         <v>0</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>50</v>
       </c>
       <c r="K209" s="15">
         <v>1.36</v>
       </c>
       <c r="L209" s="15">
         <v>1.36</v>
       </c>
       <c r="M209" s="15">
         <v>1.36</v>
       </c>
       <c r="N209" s="15">
-        <v>522</v>
+        <v>647</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E210" s="15">
         <v>10080005353</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="J210" s="15">
         <v>50</v>
       </c>
       <c r="K210" s="15">
         <v>1.58</v>
       </c>
       <c r="L210" s="15">
         <v>1.37</v>
       </c>
       <c r="M210" s="15">
         <v>1.32</v>
       </c>
       <c r="N210" s="15">
-        <v>173</v>
+        <v>152</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E211" s="15">
         <v>10080005032</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>1.63</v>
       </c>
       <c r="L211" s="15">
         <v>1.53</v>
       </c>
       <c r="M211" s="15">
         <v>1.48</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="E212" s="15">
         <v>10080033597</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="J212" s="15">
         <v>50</v>
       </c>
       <c r="K212" s="15">
         <v>1.56</v>
       </c>
       <c r="L212" s="15">
         <v>1.41</v>
       </c>
       <c r="M212" s="15">
         <v>1.31</v>
       </c>
       <c r="N212" s="15">
-        <v>2544</v>
+        <v>2985</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="J213" s="15">
         <v>500</v>
       </c>
       <c r="K213" s="15">
         <v>1.68</v>
       </c>
       <c r="L213" s="15">
         <v>1.57</v>
       </c>
       <c r="M213" s="15">
         <v>1.52</v>
       </c>
       <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="E214" s="15" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>50</v>
       </c>
       <c r="K214" s="15">
         <v>0.89085</v>
       </c>
       <c r="L214" s="15">
         <v>0.89085</v>
       </c>
       <c r="M214" s="15">
         <v>0.89085</v>
       </c>
       <c r="N214" s="15">
-        <v>936</v>
+        <v>950</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E215" s="15">
         <v>10080044038</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>50</v>
       </c>
       <c r="K215" s="15">
         <v>3.7</v>
       </c>
       <c r="L215" s="15">
         <v>3.03</v>
       </c>
       <c r="M215" s="15">
         <v>2.91</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E216" s="15">
         <v>10080051424</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>50</v>
       </c>
       <c r="K216" s="15">
         <v>0.96995</v>
       </c>
       <c r="L216" s="15">
         <v>0.84062</v>
       </c>
       <c r="M216" s="15">
         <v>0.80829</v>
       </c>
       <c r="N216" s="15">
-        <v>533</v>
+        <v>443</v>
       </c>
       <c r="O216" s="15">
-        <v>410</v>
+        <v>350</v>
       </c>
       <c r="P216" s="15" t="s">
-        <v>209</v>
+        <v>666</v>
       </c>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="E217" s="15">
         <v>10080044037</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>50</v>
       </c>
       <c r="K217" s="15">
         <v>4.13</v>
       </c>
       <c r="L217" s="15">
         <v>3.38</v>
       </c>
       <c r="M217" s="15">
         <v>3.25</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="E218" s="15">
         <v>10080049015</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="J218" s="15">
         <v>50</v>
       </c>
       <c r="K218" s="15">
         <v>0.6456499999999999</v>
       </c>
       <c r="L218" s="15">
         <v>0.6456499999999999</v>
       </c>
       <c r="M218" s="15">
         <v>0.6456499999999999</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I219" s="15"/>
       <c r="J219" s="15">
         <v>50</v>
       </c>
       <c r="K219" s="15">
         <v>0.66209</v>
       </c>
       <c r="L219" s="15">
         <v>0.66209</v>
       </c>
       <c r="M219" s="15">
         <v>0.66209</v>
       </c>
       <c r="N219" s="15">
-        <v>260</v>
+        <v>356</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="E220" s="15" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>50</v>
       </c>
       <c r="K220" s="15">
         <v>1.77</v>
       </c>
       <c r="L220" s="15">
         <v>1.77</v>
       </c>
       <c r="M220" s="15">
         <v>1.77</v>
       </c>
       <c r="N220" s="15">
-        <v>756</v>
+        <v>765</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="E221" s="15" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
         <v>400</v>
       </c>
       <c r="K221" s="15">
         <v>2.05</v>
       </c>
       <c r="L221" s="15">
         <v>2.05</v>
       </c>
       <c r="M221" s="15">
         <v>2.05</v>
       </c>
       <c r="N221" s="15">
-        <v>606</v>
+        <v>681</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="E222" s="15">
         <v>10080059919</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I222" s="15"/>
       <c r="J222" s="15">
         <v>50</v>
       </c>
       <c r="K222" s="15">
         <v>2.34</v>
       </c>
       <c r="L222" s="15">
         <v>2.18</v>
       </c>
       <c r="M222" s="15">
         <v>2.03</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="E223" s="15" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>50</v>
       </c>
       <c r="K223" s="15">
         <v>1.52</v>
       </c>
       <c r="L223" s="15">
         <v>1.37</v>
       </c>
       <c r="M223" s="15">
         <v>1.28</v>
       </c>
       <c r="N223" s="15">
-        <v>4422</v>
+        <v>4611</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15">
         <v>400</v>
       </c>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="E224" s="15" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>400</v>
       </c>
       <c r="K224" s="15">
         <v>0.79451</v>
       </c>
       <c r="L224" s="15">
         <v>0.79451</v>
       </c>
       <c r="M224" s="15">
         <v>0.79451</v>
       </c>
       <c r="N224" s="15">
-        <v>488</v>
+        <v>476</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="E225" s="15">
         <v>10080060369</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
         <v>40</v>
       </c>
       <c r="K225" s="15">
         <v>0.9399999999999999</v>
       </c>
       <c r="L225" s="15">
         <v>0.9399999999999999</v>
       </c>
       <c r="M225" s="15">
         <v>0.9399999999999999</v>
       </c>
       <c r="N225" s="15">
-        <v>1393</v>
+        <v>1302</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="E226" s="15" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
         <v>110</v>
       </c>
       <c r="K226" s="15">
         <v>0.95946</v>
       </c>
       <c r="L226" s="15">
         <v>0.86779</v>
       </c>
       <c r="M226" s="15">
         <v>0.80668</v>
       </c>
       <c r="N226" s="15">
-        <v>407</v>
+        <v>192</v>
       </c>
       <c r="O226" s="15">
-        <v>440</v>
+        <v>395</v>
       </c>
       <c r="P226" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="E227" s="15" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>100</v>
       </c>
       <c r="K227" s="15">
         <v>1.09</v>
       </c>
       <c r="L227" s="15">
         <v>0.91057</v>
       </c>
       <c r="M227" s="15">
         <v>0.8755500000000001</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="P227" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="E228" s="15">
         <v>10080060371</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>110</v>
       </c>
       <c r="K228" s="15">
         <v>0.6760699999999999</v>
       </c>
       <c r="L228" s="15">
         <v>0.6760699999999999</v>
       </c>
       <c r="M228" s="15">
         <v>0.6760699999999999</v>
       </c>
       <c r="N228" s="15">
-        <v>455</v>
+        <v>60</v>
       </c>
       <c r="O228" s="15">
-        <v>900</v>
+        <v>860</v>
       </c>
       <c r="P228" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="E229" s="15" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15">
         <v>110</v>
       </c>
       <c r="K229" s="15">
         <v>1.07</v>
       </c>
       <c r="L229" s="15">
         <v>0.8974</v>
       </c>
       <c r="M229" s="15">
         <v>0.86289</v>
       </c>
       <c r="N229" s="15"/>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="E230" s="15" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15">
         <v>20</v>
       </c>
       <c r="K230" s="15">
         <v>3.71</v>
       </c>
       <c r="L230" s="15">
         <v>3.11</v>
       </c>
       <c r="M230" s="15">
         <v>2.99</v>
       </c>
       <c r="N230" s="15"/>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15">
         <v>320</v>
       </c>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="E231" s="15" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15">
         <v>20</v>
       </c>
       <c r="K231" s="15">
         <v>3.94</v>
       </c>
       <c r="L231" s="15">
         <v>3.77</v>
       </c>
       <c r="M231" s="15">
         <v>3.77</v>
       </c>
       <c r="N231" s="15">
         <v>10</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15">
         <v>320</v>
       </c>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="E232" s="15" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>20</v>
       </c>
       <c r="K232" s="15">
         <v>3.94</v>
       </c>
       <c r="L232" s="15">
         <v>3.77</v>
       </c>
       <c r="M232" s="15">
         <v>3.77</v>
       </c>
       <c r="N232" s="15">
         <v>10</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15">
         <v>320</v>
       </c>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="E233" s="15" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>30</v>
       </c>
       <c r="K233" s="15">
         <v>2.09</v>
       </c>
       <c r="L233" s="15">
         <v>2.09</v>
       </c>
       <c r="M233" s="15">
         <v>2.09</v>
       </c>
       <c r="N233" s="15">
-        <v>1109</v>
+        <v>1054</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="E234" s="15">
         <v>10080005029</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="J234" s="15">
         <v>40</v>
       </c>
       <c r="K234" s="15">
         <v>5.66</v>
       </c>
       <c r="L234" s="15">
         <v>5.3</v>
       </c>
       <c r="M234" s="15">
         <v>5.13</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="E235" s="15" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>30</v>
       </c>
       <c r="K235" s="15">
         <v>2.42</v>
       </c>
       <c r="L235" s="15">
         <v>2.42</v>
       </c>
       <c r="M235" s="15">
         <v>2.42</v>
       </c>
       <c r="N235" s="15">
-        <v>1146</v>
+        <v>1044</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="E236" s="15">
         <v>10080005028</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>40</v>
       </c>
       <c r="K236" s="15">
         <v>6.23</v>
       </c>
       <c r="L236" s="15">
         <v>5.84</v>
       </c>
       <c r="M236" s="15">
         <v>5.65</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="E237" s="15">
         <v>10080005030</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="J237" s="15">
         <v>40</v>
       </c>
       <c r="K237" s="15">
         <v>5.79</v>
       </c>
       <c r="L237" s="15">
         <v>5.43</v>
       </c>
       <c r="M237" s="15">
         <v>5.25</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="E238" s="15">
         <v>10080064677</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>40</v>
       </c>
       <c r="K238" s="15">
         <v>4.88</v>
       </c>
       <c r="L238" s="15">
         <v>4.55</v>
       </c>
       <c r="M238" s="15">
         <v>4.23</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="E239" s="15" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>40</v>
       </c>
       <c r="K239" s="15">
         <v>2.89</v>
       </c>
       <c r="L239" s="15">
         <v>2.5</v>
       </c>
       <c r="M239" s="15">
         <v>2.41</v>
       </c>
       <c r="N239" s="15"/>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15">
         <v>240</v>
       </c>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="E240" s="15">
         <v>10080059918</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>35</v>
       </c>
       <c r="K240" s="15">
         <v>1.44</v>
       </c>
       <c r="L240" s="15">
         <v>1.34</v>
       </c>
       <c r="M240" s="15">
         <v>1.25</v>
       </c>
       <c r="N240" s="15"/>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="E241" s="15">
         <v>10080048662</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>100</v>
       </c>
       <c r="K241" s="15">
         <v>0.60948</v>
       </c>
       <c r="L241" s="15">
         <v>0.56884</v>
       </c>
       <c r="M241" s="15">
         <v>0.52821</v>
       </c>
       <c r="N241" s="15"/>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="E242" s="15" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>100</v>
       </c>
       <c r="K242" s="15">
         <v>0.51011</v>
       </c>
       <c r="L242" s="15">
         <v>0.47609</v>
       </c>
       <c r="M242" s="15">
         <v>0.44209</v>
       </c>
       <c r="N242" s="15"/>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="E243" s="15" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>100</v>
       </c>
       <c r="K243" s="15">
         <v>0.51752</v>
       </c>
       <c r="L243" s="15">
         <v>0.46807</v>
       </c>
       <c r="M243" s="15">
         <v>0.43511</v>
       </c>
       <c r="N243" s="15">
-        <v>4506</v>
+        <v>5522</v>
       </c>
       <c r="O243" s="15">
-        <v>3550</v>
+        <v>4350</v>
       </c>
       <c r="P243" s="15" t="s">
-        <v>209</v>
+        <v>666</v>
       </c>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="E244" s="15">
         <v>10080048663</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="J244" s="15">
         <v>100</v>
       </c>
       <c r="K244" s="15">
         <v>0.77789</v>
       </c>
       <c r="L244" s="15">
         <v>0.64824</v>
       </c>
       <c r="M244" s="15">
         <v>0.62232</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="E245" s="15" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="J245" s="15">
         <v>100</v>
       </c>
       <c r="K245" s="15">
         <v>0.27899</v>
       </c>
       <c r="L245" s="15">
         <v>0.27899</v>
       </c>
       <c r="M245" s="15">
         <v>0.27899</v>
       </c>
       <c r="N245" s="15">
-        <v>29085</v>
+        <v>22311</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="E246" s="15">
         <v>10080005364</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="J246" s="15">
         <v>100</v>
       </c>
       <c r="K246" s="15">
         <v>1.08</v>
       </c>
       <c r="L246" s="15">
         <v>0.772</v>
       </c>
       <c r="M246" s="15">
         <v>0.67042</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="E247" s="15">
         <v>10080072039</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="J247" s="15">
         <v>100</v>
       </c>
       <c r="K247" s="15">
         <v>0.61886</v>
       </c>
       <c r="L247" s="15">
         <v>0.53634</v>
       </c>
       <c r="M247" s="15">
         <v>0.51571</v>
       </c>
       <c r="N247" s="15">
-        <v>2240</v>
+        <v>2467</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="E248" s="15">
         <v>10080075580</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="J248" s="15"/>
       <c r="K248" s="15">
         <v>0.7727000000000001</v>
       </c>
       <c r="L248" s="15">
         <v>0.64807</v>
       </c>
       <c r="M248" s="15">
         <v>0.62314</v>
       </c>
       <c r="N248" s="15"/>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="E249" s="15">
         <v>10080054076</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>100</v>
       </c>
       <c r="K249" s="15">
         <v>0.41</v>
       </c>
       <c r="L249" s="15">
         <v>0.41</v>
       </c>
       <c r="M249" s="15">
         <v>0.41</v>
       </c>
       <c r="N249" s="15">
-        <v>294</v>
+        <v>316</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="E250" s="15">
         <v>10080005362</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="J250" s="15">
         <v>100</v>
       </c>
       <c r="K250" s="15">
         <v>0.93501</v>
       </c>
       <c r="L250" s="15">
         <v>0.67038</v>
       </c>
       <c r="M250" s="15">
         <v>0.58218</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>100</v>
       </c>
       <c r="K251" s="15">
         <v>0.5335800000000001</v>
       </c>
       <c r="L251" s="15">
         <v>0.4826</v>
       </c>
       <c r="M251" s="15">
         <v>0.44862</v>
       </c>
       <c r="N251" s="15">
-        <v>7002</v>
+        <v>5891</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="E252" s="15">
         <v>10080065751</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="J252" s="15">
         <v>100</v>
       </c>
       <c r="K252" s="15">
         <v>0.42138</v>
       </c>
       <c r="L252" s="15">
         <v>0.3652</v>
       </c>
       <c r="M252" s="15">
         <v>0.35115</v>
       </c>
-      <c r="N252" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="E253" s="15">
         <v>10080005363</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>100</v>
       </c>
       <c r="K253" s="15">
         <v>1.16</v>
       </c>
       <c r="L253" s="15">
         <v>0.8319</v>
       </c>
       <c r="M253" s="15">
         <v>0.72243</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="E254" s="15">
         <v>10080072040</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I254" s="15"/>
       <c r="J254" s="15">
         <v>100</v>
       </c>
       <c r="K254" s="15">
         <v>0.53442</v>
       </c>
       <c r="L254" s="15">
         <v>0.49878</v>
       </c>
       <c r="M254" s="15">
         <v>0.46316</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="E255" s="15">
         <v>10080055001</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="J255" s="15">
         <v>100</v>
       </c>
       <c r="K255" s="15">
         <v>0.70834</v>
       </c>
       <c r="L255" s="15">
         <v>0.66112</v>
       </c>
       <c r="M255" s="15">
         <v>0.61389</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="E256" s="15">
         <v>10080074901</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="J256" s="15">
         <v>100</v>
       </c>
       <c r="K256" s="15">
         <v>0.65772</v>
       </c>
       <c r="L256" s="15">
         <v>0.57002</v>
       </c>
       <c r="M256" s="15">
         <v>0.5481</v>
       </c>
       <c r="N256" s="15">
-        <v>657</v>
+        <v>555</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>776</v>
+        <v>778</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="J257" s="15">
         <v>100</v>
       </c>
       <c r="K257" s="15">
         <v>0.58752</v>
       </c>
       <c r="L257" s="15">
         <v>0.58752</v>
       </c>
       <c r="M257" s="15">
         <v>0.58752</v>
       </c>
       <c r="N257" s="15"/>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="E258" s="15">
         <v>10080069888</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I258" s="15"/>
       <c r="J258" s="15">
         <v>50</v>
       </c>
       <c r="K258" s="15">
         <v>0.3725</v>
       </c>
       <c r="L258" s="15">
         <v>0.3725</v>
       </c>
       <c r="M258" s="15">
         <v>0.3725</v>
       </c>
       <c r="N258" s="15"/>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="E259" s="15">
         <v>10080065988</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I259" s="15"/>
       <c r="J259" s="15">
         <v>100</v>
       </c>
       <c r="K259" s="15">
         <v>3.37</v>
       </c>
       <c r="L259" s="15">
         <v>2.81</v>
       </c>
       <c r="M259" s="15">
         <v>2.7</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="E260" s="15" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="J260" s="15">
         <v>100</v>
       </c>
       <c r="K260" s="15">
         <v>0.78781</v>
       </c>
       <c r="L260" s="15">
         <v>0.73699</v>
       </c>
       <c r="M260" s="15">
         <v>0.68616</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15">
-        <v>122</v>
+        <v>148</v>
       </c>
       <c r="P260" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="E261" s="15">
         <v>10080076426</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I261" s="15"/>
       <c r="J261" s="15"/>
       <c r="K261" s="15">
         <v>3.31</v>
       </c>
       <c r="L261" s="15">
         <v>2.76</v>
       </c>
       <c r="M261" s="15">
         <v>2.65</v>
       </c>
       <c r="N261" s="15"/>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="E262" s="15">
         <v>10080005365</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="J262" s="15">
         <v>100</v>
       </c>
       <c r="K262" s="15">
         <v>0.69214</v>
       </c>
       <c r="L262" s="15">
         <v>0.69214</v>
       </c>
       <c r="M262" s="15">
         <v>0.69214</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="E263" s="15">
         <v>10080074902</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>100</v>
       </c>
       <c r="K263" s="15">
         <v>0.82334</v>
       </c>
       <c r="L263" s="15">
         <v>0.74468</v>
       </c>
       <c r="M263" s="15">
         <v>0.69223</v>
       </c>
       <c r="N263" s="15">
-        <v>583</v>
+        <v>793</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="E264" s="15">
         <v>10080005366</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="J264" s="15">
         <v>100</v>
       </c>
       <c r="K264" s="15">
         <v>1.02</v>
       </c>
       <c r="L264" s="15">
         <v>0.9555900000000001</v>
       </c>
       <c r="M264" s="15">
         <v>0.88733</v>
       </c>
       <c r="N264" s="15"/>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="E265" s="15" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I265" s="15" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="J265" s="15">
         <v>100</v>
       </c>
       <c r="K265" s="15">
         <v>0.49103</v>
       </c>
       <c r="L265" s="15">
         <v>0.49103</v>
       </c>
       <c r="M265" s="15">
         <v>0.49103</v>
       </c>
       <c r="N265" s="15">
-        <v>15792</v>
+        <v>17897</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="E266" s="15">
         <v>10080074903</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I266" s="15" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="J266" s="15">
         <v>100</v>
       </c>
       <c r="K266" s="15">
         <v>0.46565</v>
       </c>
       <c r="L266" s="15">
         <v>0.46565</v>
       </c>
       <c r="M266" s="15">
         <v>0.46565</v>
       </c>
       <c r="N266" s="15">
-        <v>911</v>
+        <v>993</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="E267" s="15">
         <v>10080056953</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>50</v>
       </c>
       <c r="K267" s="15">
         <v>1.54</v>
       </c>
       <c r="L267" s="15">
         <v>0</v>
       </c>
       <c r="M267" s="15">
         <v>0</v>
       </c>
       <c r="N267" s="15"/>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15">
         <v>1000</v>
       </c>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="E268" s="15">
         <v>10080048312</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>25</v>
       </c>
       <c r="K268" s="15">
         <v>2.12</v>
       </c>
       <c r="L268" s="15">
         <v>2.12</v>
       </c>
       <c r="M268" s="15">
         <v>2.12</v>
       </c>
       <c r="N268" s="15">
-        <v>215</v>
+        <v>266</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="E269" s="15">
         <v>10080067260</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>25</v>
       </c>
       <c r="K269" s="15">
         <v>6.11</v>
       </c>
       <c r="L269" s="15">
         <v>5.09</v>
       </c>
       <c r="M269" s="15">
         <v>4.89</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="E270" s="15">
         <v>10080056741</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>50</v>
       </c>
       <c r="K270" s="15">
         <v>0.5096000000000001</v>
       </c>
       <c r="L270" s="15">
         <v>0.5096000000000001</v>
       </c>
       <c r="M270" s="15">
         <v>0.5096000000000001</v>
       </c>
       <c r="N270" s="15"/>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="E271" s="15">
         <v>10080061199</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
         <v>100</v>
       </c>
       <c r="K271" s="15">
         <v>0.55236</v>
       </c>
       <c r="L271" s="15">
         <v>0.51673</v>
       </c>
       <c r="M271" s="15">
         <v>0.48109</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15">
-        <v>90</v>
+        <v>101</v>
       </c>
       <c r="P271" s="15" t="s">
-        <v>209</v>
+        <v>563</v>
       </c>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
         <v>100</v>
       </c>
       <c r="K272" s="15">
         <v>0.765</v>
       </c>
       <c r="L272" s="15">
         <v>0.69191</v>
       </c>
       <c r="M272" s="15">
         <v>0.64318</v>
       </c>
       <c r="N272" s="15">
-        <v>350</v>
+        <v>450</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="E273" s="15">
         <v>10080055192</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="J273" s="15">
         <v>100</v>
       </c>
       <c r="K273" s="15">
         <v>0.36433</v>
       </c>
       <c r="L273" s="15">
         <v>0.32953</v>
       </c>
       <c r="M273" s="15">
         <v>0.30632</v>
       </c>
       <c r="N273" s="15">
-        <v>59189</v>
+        <v>46717</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="E274" s="15" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="J274" s="15">
         <v>100</v>
       </c>
       <c r="K274" s="15">
         <v>0.21437</v>
       </c>
       <c r="L274" s="15">
         <v>0.21437</v>
       </c>
       <c r="M274" s="15">
         <v>0.21437</v>
       </c>
       <c r="N274" s="15">
         <v>50</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="E275" s="15">
         <v>10080074691</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="J275" s="15">
         <v>100</v>
       </c>
       <c r="K275" s="15">
         <v>2.03</v>
       </c>
       <c r="L275" s="15">
         <v>1.42</v>
       </c>
       <c r="M275" s="15">
         <v>1.3</v>
       </c>
       <c r="N275" s="15">
-        <v>12376</v>
+        <v>9508</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="E276" s="15">
         <v>10080005035</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="J276" s="15">
         <v>100</v>
       </c>
       <c r="K276" s="15">
         <v>1.5</v>
       </c>
       <c r="L276" s="15">
         <v>1.3</v>
       </c>
       <c r="M276" s="15">
         <v>1.25</v>
       </c>
       <c r="N276" s="15">
-        <v>376</v>
+        <v>150</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="E277" s="15" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I277" s="15" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="J277" s="15">
         <v>100</v>
       </c>
       <c r="K277" s="15">
         <v>1.46</v>
       </c>
       <c r="L277" s="15">
         <v>1.27</v>
       </c>
       <c r="M277" s="15">
         <v>1.22</v>
       </c>
       <c r="N277" s="15">
         <v>3077</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="E278" s="15" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="J278" s="15">
         <v>100</v>
       </c>
       <c r="K278" s="15">
         <v>2.27</v>
       </c>
       <c r="L278" s="15">
         <v>1.91</v>
       </c>
       <c r="M278" s="15">
         <v>1.83</v>
       </c>
       <c r="N278" s="15"/>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="E279" s="15">
         <v>10080042776</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>100</v>
       </c>
       <c r="K279" s="15">
         <v>0.85036</v>
       </c>
       <c r="L279" s="15">
         <v>0.85036</v>
       </c>
       <c r="M279" s="15">
         <v>0.85036</v>
       </c>
       <c r="N279" s="15">
-        <v>17996</v>
+        <v>18347</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I280" s="15" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="J280" s="15">
         <v>100</v>
       </c>
       <c r="K280" s="15">
         <v>1.64</v>
       </c>
       <c r="L280" s="15">
         <v>1.64</v>
       </c>
       <c r="M280" s="15">
         <v>1.64</v>
       </c>
       <c r="N280" s="15"/>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>1600</v>
       </c>
       <c r="K281" s="15">
         <v>0.56679</v>
       </c>
       <c r="L281" s="15">
         <v>0.51263</v>
       </c>
       <c r="M281" s="15">
         <v>0.47653</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="E282" s="15">
         <v>10080054237</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>50</v>
       </c>
       <c r="K282" s="15">
         <v>1.41</v>
       </c>
       <c r="L282" s="15">
         <v>1.18</v>
       </c>
       <c r="M282" s="15">
         <v>1.14</v>
       </c>
       <c r="N282" s="15"/>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="E283" s="15">
         <v>10080068722</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>150</v>
       </c>
       <c r="K283" s="15">
         <v>0.69389</v>
       </c>
       <c r="L283" s="15">
         <v>0.57824</v>
       </c>
       <c r="M283" s="15">
         <v>0.5551199999999999</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="E284" s="15">
         <v>10080064521</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>100</v>
       </c>
       <c r="K284" s="15">
         <v>1.57</v>
       </c>
       <c r="L284" s="15">
         <v>1.13</v>
       </c>
       <c r="M284" s="15">
         <v>0.9772</v>
       </c>
       <c r="N284" s="15"/>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="E285" s="15">
         <v>10080055176</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>100</v>
       </c>
       <c r="K285" s="15">
         <v>1.57</v>
       </c>
       <c r="L285" s="15">
         <v>1.31</v>
       </c>
       <c r="M285" s="15">
         <v>1.25</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="E286" s="15">
         <v>10080065797</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>100</v>
       </c>
       <c r="K286" s="15">
         <v>0.7611</v>
       </c>
       <c r="L286" s="15">
         <v>0.65962</v>
       </c>
       <c r="M286" s="15">
         <v>0.63425</v>
       </c>
       <c r="N286" s="15">
-        <v>8029</v>
+        <v>11526</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="E287" s="15" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>100</v>
       </c>
       <c r="K287" s="15">
         <v>0.67993</v>
       </c>
       <c r="L287" s="15">
         <v>0.67993</v>
       </c>
       <c r="M287" s="15">
         <v>0.67993</v>
       </c>
       <c r="N287" s="15">
-        <v>2665</v>
+        <v>2408</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="E288" s="15">
         <v>10080026809</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>100</v>
       </c>
       <c r="K288" s="15">
         <v>1.75</v>
       </c>
       <c r="L288" s="15">
         <v>1.47</v>
       </c>
       <c r="M288" s="15">
         <v>1.41</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="E289" s="15">
         <v>10080074906</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>100</v>
       </c>
       <c r="K289" s="15">
         <v>0.9926199999999999</v>
       </c>
       <c r="L289" s="15">
         <v>0.89778</v>
       </c>
       <c r="M289" s="15">
         <v>0.83456</v>
       </c>
       <c r="N289" s="15">
         <v>3</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="E290" s="15">
         <v>10080015790</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>100</v>
       </c>
       <c r="K290" s="15">
         <v>0.8258</v>
       </c>
       <c r="L290" s="15">
         <v>0.71569</v>
       </c>
       <c r="M290" s="15">
         <v>0.68816</v>
       </c>
       <c r="N290" s="15">
-        <v>1034</v>
+        <v>934</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="E291" s="15">
         <v>10080026808</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>100</v>
       </c>
       <c r="K291" s="15">
         <v>0.8455</v>
       </c>
       <c r="L291" s="15">
         <v>0.8455</v>
       </c>
       <c r="M291" s="15">
         <v>0.8455</v>
       </c>
       <c r="N291" s="15">
-        <v>455</v>
+        <v>565</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="E292" s="15" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15">
         <v>100</v>
       </c>
       <c r="K292" s="15">
         <v>1.78</v>
       </c>
       <c r="L292" s="15">
         <v>1.32</v>
       </c>
       <c r="M292" s="15">
         <v>1.15</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="E293" s="15">
         <v>10080049361</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I293" s="15"/>
       <c r="J293" s="15">
         <v>50</v>
       </c>
       <c r="K293" s="15">
         <v>2.85</v>
       </c>
       <c r="L293" s="15">
         <v>2.85</v>
       </c>
       <c r="M293" s="15">
         <v>2.85</v>
       </c>
       <c r="N293" s="15">
         <v>5</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15">
         <v>1000</v>
       </c>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="E294" s="15" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I294" s="15"/>
       <c r="J294" s="15">
         <v>50</v>
       </c>
       <c r="K294" s="15">
         <v>0.76307</v>
       </c>
       <c r="L294" s="15">
         <v>0.76307</v>
       </c>
       <c r="M294" s="15">
         <v>0.76307</v>
       </c>
       <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15">
         <v>1000</v>
       </c>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="E295" s="15" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15">
         <v>50</v>
       </c>
       <c r="K295" s="15">
         <v>0.97346</v>
       </c>
       <c r="L295" s="15">
         <v>0.88046</v>
       </c>
       <c r="M295" s="15">
         <v>0.81845</v>
       </c>
       <c r="N295" s="15">
-        <v>741</v>
+        <v>646</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15">
         <v>1000</v>
       </c>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="E296" s="15" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="J296" s="15">
         <v>30</v>
       </c>
       <c r="K296" s="15">
         <v>8.83</v>
       </c>
       <c r="L296" s="15">
         <v>7.99</v>
       </c>
       <c r="M296" s="15">
         <v>7.42</v>
       </c>
       <c r="N296" s="15"/>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15">
         <v>300</v>
       </c>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="E297" s="15" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="J297" s="15">
         <v>30</v>
       </c>
       <c r="K297" s="15">
         <v>10</v>
       </c>
       <c r="L297" s="15">
         <v>6.94</v>
       </c>
       <c r="M297" s="15">
         <v>6.1</v>
       </c>
       <c r="N297" s="15">
-        <v>4781</v>
+        <v>5312</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15">
         <v>300</v>
       </c>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="E298" s="15" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I298" s="15"/>
       <c r="J298" s="15">
         <v>50</v>
       </c>
       <c r="K298" s="15">
         <v>0.4138</v>
       </c>
       <c r="L298" s="15">
         <v>0.4138</v>
       </c>
       <c r="M298" s="15">
         <v>0.4138</v>
       </c>
       <c r="N298" s="15">
         <v>100</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="E299" s="15">
         <v>10080060701</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>20</v>
       </c>
       <c r="K299" s="15">
         <v>0.78038</v>
       </c>
       <c r="L299" s="15">
         <v>0.7283500000000001</v>
       </c>
       <c r="M299" s="15">
         <v>0.6763400000000001</v>
       </c>
       <c r="N299" s="15"/>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="E300" s="15">
         <v>10080069105</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I300" s="15"/>
       <c r="J300" s="15">
         <v>25</v>
       </c>
       <c r="K300" s="15">
         <v>0.74817</v>
       </c>
       <c r="L300" s="15">
         <v>0.74817</v>
       </c>
       <c r="M300" s="15">
         <v>0.74817</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="E301" s="15">
         <v>10080069104</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>25</v>
       </c>
       <c r="K301" s="15">
         <v>0.9171899999999999</v>
       </c>
       <c r="L301" s="15">
         <v>0.9171899999999999</v>
       </c>
       <c r="M301" s="15">
         <v>0.9171899999999999</v>
       </c>
       <c r="N301" s="15">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="E302" s="15">
         <v>10080028218</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>25</v>
       </c>
       <c r="K302" s="15">
         <v>1.6</v>
       </c>
       <c r="L302" s="15">
         <v>1.34</v>
       </c>
       <c r="M302" s="15">
         <v>1.29</v>
       </c>
       <c r="N302" s="15">
-        <v>147</v>
+        <v>178</v>
       </c>
       <c r="O302" s="15">
-        <v>610</v>
+        <v>740</v>
       </c>
       <c r="P302" s="15" t="s">
-        <v>209</v>
+        <v>899</v>
       </c>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="E303" s="15" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>25</v>
       </c>
       <c r="K303" s="15">
         <v>1.19</v>
       </c>
       <c r="L303" s="15">
         <v>1.14</v>
       </c>
       <c r="M303" s="15">
         <v>1.09</v>
       </c>
       <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="E304" s="15">
         <v>10080026804</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>10</v>
       </c>
       <c r="K304" s="15">
         <v>0.82009</v>
       </c>
       <c r="L304" s="15">
         <v>0.82009</v>
       </c>
       <c r="M304" s="15">
         <v>0.82009</v>
       </c>
       <c r="N304" s="15">
         <v>40</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="E305" s="15">
         <v>10080026805</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>25</v>
       </c>
       <c r="K305" s="15">
         <v>3.33</v>
       </c>
       <c r="L305" s="15">
         <v>1.77</v>
       </c>
       <c r="M305" s="15">
         <v>1.51</v>
       </c>
       <c r="N305" s="15"/>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="E306" s="15" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>10</v>
       </c>
       <c r="K306" s="15">
         <v>1.44</v>
       </c>
       <c r="L306" s="15">
         <v>1.44</v>
       </c>
       <c r="M306" s="15">
         <v>1.44</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15">
         <v>100</v>
       </c>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="E307" s="15" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>25</v>
       </c>
       <c r="K307" s="15">
         <v>3.44</v>
       </c>
       <c r="L307" s="15">
         <v>2.88</v>
       </c>
       <c r="M307" s="15">
         <v>2.77</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="E308" s="15">
         <v>10080026806</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>25</v>
       </c>
       <c r="K308" s="15">
         <v>1.74</v>
       </c>
       <c r="L308" s="15">
         <v>1.62</v>
       </c>
       <c r="M308" s="15">
         <v>1.51</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="E309" s="15">
         <v>10080026807</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>25</v>
       </c>
       <c r="K309" s="15">
         <v>1.79</v>
       </c>
       <c r="L309" s="15">
         <v>1.5</v>
       </c>
       <c r="M309" s="15">
         <v>1.44</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="E310" s="15" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15">
         <v>25</v>
       </c>
       <c r="K310" s="15">
         <v>1.66</v>
       </c>
       <c r="L310" s="15">
         <v>1.39</v>
       </c>
       <c r="M310" s="15">
         <v>1.34</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="E311" s="15">
         <v>10080049999</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>919</v>
+        <v>922</v>
       </c>
       <c r="J311" s="15">
         <v>20</v>
       </c>
       <c r="K311" s="15">
         <v>0.53291</v>
       </c>
       <c r="L311" s="15">
         <v>0.49854</v>
       </c>
       <c r="M311" s="15">
         <v>0.46415</v>
       </c>
       <c r="N311" s="15"/>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
       <c r="E312" s="15">
         <v>10080005359</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>922</v>
+        <v>925</v>
       </c>
       <c r="J312" s="15"/>
       <c r="K312" s="15">
         <v>0.97782</v>
       </c>
       <c r="L312" s="15">
         <v>0.81486</v>
       </c>
       <c r="M312" s="15">
         <v>0.78225</v>
       </c>
       <c r="N312" s="15"/>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>923</v>
+        <v>926</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>924</v>
+        <v>927</v>
       </c>
       <c r="E313" s="15">
         <v>10080005358</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="J313" s="15">
         <v>20</v>
       </c>
       <c r="K313" s="15">
         <v>0.45905</v>
       </c>
       <c r="L313" s="15">
         <v>0.45905</v>
       </c>
       <c r="M313" s="15">
         <v>0.45905</v>
       </c>
       <c r="N313" s="15">
-        <v>1600</v>
+        <v>1302</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="E314" s="15" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I314" s="15"/>
       <c r="J314" s="15">
         <v>20</v>
       </c>
       <c r="K314" s="15">
         <v>0.53507</v>
       </c>
       <c r="L314" s="15">
         <v>0.53507</v>
       </c>
       <c r="M314" s="15">
         <v>0.53507</v>
       </c>
       <c r="N314" s="15">
         <v>84</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15">
         <v>1000</v>
       </c>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="E315" s="15">
         <v>10080005354</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="J315" s="15">
         <v>25</v>
       </c>
       <c r="K315" s="15">
         <v>0.83138</v>
       </c>
       <c r="L315" s="15">
         <v>0.75195</v>
       </c>
       <c r="M315" s="15">
         <v>0.69899</v>
       </c>
       <c r="N315" s="15"/>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="E316" s="15">
         <v>10080056434</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I316" s="15"/>
       <c r="J316" s="15">
         <v>40</v>
       </c>
       <c r="K316" s="15">
         <v>1.84</v>
       </c>
       <c r="L316" s="15">
         <v>1.54</v>
       </c>
       <c r="M316" s="15">
         <v>1.48</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="E317" s="15" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I317" s="15"/>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
         <v>1.78</v>
       </c>
       <c r="L317" s="15">
         <v>1.49</v>
       </c>
       <c r="M317" s="15">
         <v>1.43</v>
       </c>
       <c r="N317" s="15"/>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>938</v>
+        <v>941</v>
       </c>
       <c r="E318" s="15" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I318" s="15"/>
       <c r="J318" s="15"/>
       <c r="K318" s="15">
         <v>1.74</v>
       </c>
       <c r="L318" s="15">
         <v>1.46</v>
       </c>
       <c r="M318" s="15">
         <v>1.4</v>
       </c>
       <c r="N318" s="15"/>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="E319" s="15">
         <v>10080005394</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="J319" s="15">
         <v>40</v>
       </c>
       <c r="K319" s="15">
         <v>0.98494</v>
       </c>
       <c r="L319" s="15">
         <v>0.89084</v>
       </c>
       <c r="M319" s="15">
         <v>0.8280999999999999</v>
       </c>
       <c r="N319" s="15">
-        <v>528</v>
+        <v>561</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="E320" s="15">
         <v>10080071972</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I320" s="15" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="J320" s="15">
         <v>40</v>
       </c>
       <c r="K320" s="15">
         <v>0.6591</v>
       </c>
       <c r="L320" s="15">
         <v>0.6591</v>
       </c>
       <c r="M320" s="15">
         <v>0.6591</v>
       </c>
       <c r="N320" s="15">
-        <v>11403</v>
+        <v>10485</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="E321" s="15" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I321" s="15"/>
       <c r="J321" s="15">
         <v>400</v>
       </c>
       <c r="K321" s="15">
         <v>1.57</v>
       </c>
       <c r="L321" s="15">
         <v>1.47</v>
       </c>
       <c r="M321" s="15">
         <v>1.42</v>
       </c>
       <c r="N321" s="15"/>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="E322" s="15">
         <v>10080034823</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>951</v>
+        <v>954</v>
       </c>
       <c r="J322" s="15">
         <v>40</v>
       </c>
       <c r="K322" s="15">
         <v>1.21</v>
       </c>
       <c r="L322" s="15">
         <v>0.97</v>
       </c>
       <c r="M322" s="15">
         <v>0.88</v>
       </c>
       <c r="N322" s="15">
-        <v>4274</v>
+        <v>3359</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="E323" s="15" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I323" s="15"/>
       <c r="J323" s="15">
         <v>15</v>
       </c>
       <c r="K323" s="15">
         <v>2.04</v>
       </c>
       <c r="L323" s="15">
         <v>1.92</v>
       </c>
       <c r="M323" s="15">
         <v>1.85</v>
       </c>
       <c r="N323" s="15"/>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="E324" s="15" t="s">
-        <v>957</v>
+        <v>960</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I324" s="15"/>
       <c r="J324" s="15">
         <v>40</v>
       </c>
       <c r="K324" s="15">
         <v>0.7317</v>
       </c>
       <c r="L324" s="15">
         <v>0.7317</v>
       </c>
       <c r="M324" s="15">
         <v>0.7317</v>
       </c>
       <c r="N324" s="15">
-        <v>394</v>
+        <v>360</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>958</v>
+        <v>961</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="E325" s="15" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
         <v>40</v>
       </c>
       <c r="K325" s="15">
         <v>0.92555</v>
       </c>
       <c r="L325" s="15">
         <v>0.80214</v>
       </c>
       <c r="M325" s="15">
         <v>0.77129</v>
       </c>
       <c r="N325" s="15">
-        <v>176</v>
+        <v>79</v>
       </c>
       <c r="O325" s="15">
-        <v>860</v>
+        <v>800</v>
       </c>
       <c r="P325" s="15" t="s">
-        <v>209</v>
+        <v>666</v>
       </c>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="E326" s="15">
         <v>10080018886</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I326" s="15"/>
       <c r="J326" s="15">
         <v>15</v>
       </c>
       <c r="K326" s="15">
         <v>0.93459</v>
       </c>
       <c r="L326" s="15">
         <v>0.93459</v>
       </c>
       <c r="M326" s="15">
         <v>0.93459</v>
       </c>
       <c r="N326" s="15">
         <v>16</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>963</v>
+        <v>966</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="E327" s="15" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
         <v>50</v>
       </c>
       <c r="K327" s="15">
         <v>0.89185</v>
       </c>
       <c r="L327" s="15">
         <v>0.80665</v>
       </c>
       <c r="M327" s="15">
         <v>0.74984</v>
       </c>
       <c r="N327" s="15">
-        <v>869</v>
+        <v>815</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="E328" s="15" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I328" s="15"/>
       <c r="J328" s="15">
         <v>50</v>
       </c>
       <c r="K328" s="15">
         <v>1.26</v>
       </c>
       <c r="L328" s="15">
         <v>1.18</v>
       </c>
       <c r="M328" s="15">
         <v>1.1</v>
       </c>
       <c r="N328" s="15"/>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="E329" s="15" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
         <v>50</v>
       </c>
       <c r="K329" s="15">
         <v>1.15</v>
       </c>
       <c r="L329" s="15">
         <v>0.9</v>
       </c>
       <c r="M329" s="15">
         <v>0.8</v>
       </c>
       <c r="N329" s="15">
-        <v>950</v>
+        <v>926</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="E330" s="15" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I330" s="15"/>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
         <v>1.2</v>
       </c>
       <c r="L330" s="15">
         <v>0.95</v>
       </c>
       <c r="M330" s="15">
         <v>0.85</v>
       </c>
       <c r="N330" s="15">
-        <v>8447</v>
+        <v>6454</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="E331" s="15">
         <v>10080037081</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
         <v>50</v>
       </c>
       <c r="K331" s="15">
         <v>1.36</v>
       </c>
       <c r="L331" s="15">
         <v>1.23</v>
       </c>
       <c r="M331" s="15">
         <v>1.14</v>
       </c>
       <c r="N331" s="15">
-        <v>2010</v>
+        <v>3015</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="E332" s="15" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
         <v>50</v>
       </c>
       <c r="K332" s="15">
         <v>0.97659</v>
       </c>
       <c r="L332" s="15">
         <v>0.97659</v>
       </c>
       <c r="M332" s="15">
         <v>0.97659</v>
       </c>
       <c r="N332" s="15">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="E333" s="15">
         <v>10080063903</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I333" s="15"/>
       <c r="J333" s="15">
         <v>50</v>
       </c>
       <c r="K333" s="15">
         <v>1.01</v>
       </c>
       <c r="L333" s="15">
         <v>0.87759</v>
       </c>
       <c r="M333" s="15">
         <v>0.84384</v>
       </c>
       <c r="N333" s="15">
         <v>50</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="E334" s="15" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="J334" s="15">
         <v>900</v>
       </c>
       <c r="K334" s="15">
         <v>1.15</v>
       </c>
       <c r="L334" s="15">
         <v>1.04</v>
       </c>
       <c r="M334" s="15">
         <v>0.96615</v>
       </c>
       <c r="N334" s="15">
-        <v>1360</v>
+        <v>1380</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="E335" s="15">
         <v>10080026984</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I335" s="15"/>
       <c r="J335" s="15">
         <v>50</v>
       </c>
       <c r="K335" s="15">
         <v>1.06</v>
       </c>
       <c r="L335" s="15">
         <v>0.8871</v>
       </c>
       <c r="M335" s="15">
         <v>0.85298</v>
       </c>
       <c r="N335" s="15">
-        <v>1018</v>
+        <v>1241</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="E336" s="15">
         <v>10080059848</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I336" s="15"/>
       <c r="J336" s="15">
         <v>50</v>
       </c>
       <c r="K336" s="15">
         <v>0.70131</v>
       </c>
       <c r="L336" s="15">
         <v>0.70131</v>
       </c>
       <c r="M336" s="15">
         <v>0.70131</v>
       </c>
       <c r="N336" s="15">
         <v>424</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>990</v>
+        <v>993</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I337" s="15"/>
       <c r="J337" s="15"/>
       <c r="K337" s="15">
         <v>0.79769</v>
       </c>
       <c r="L337" s="15">
         <v>0.79769</v>
       </c>
       <c r="M337" s="15">
         <v>0.79769</v>
       </c>
       <c r="N337" s="15">
         <v>85</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="E338" s="15" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="J338" s="15">
         <v>50</v>
       </c>
       <c r="K338" s="15">
         <v>1.14</v>
       </c>
       <c r="L338" s="15">
         <v>1.03</v>
       </c>
       <c r="M338" s="15">
         <v>0.95543</v>
       </c>
       <c r="N338" s="15"/>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
       <c r="E339" s="15" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="J339" s="15">
         <v>900</v>
       </c>
       <c r="K339" s="15">
         <v>0.79613</v>
       </c>
       <c r="L339" s="15">
         <v>0.79613</v>
       </c>
       <c r="M339" s="15">
         <v>0.79613</v>
       </c>
-      <c r="N339" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N339" s="15"/>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="E340" s="15">
         <v>10080005375</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="J340" s="15">
         <v>100</v>
       </c>
       <c r="K340" s="15">
         <v>0.67399</v>
       </c>
       <c r="L340" s="15">
         <v>0.62907</v>
       </c>
       <c r="M340" s="15">
         <v>0.58414</v>
       </c>
       <c r="N340" s="15"/>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I341" s="15"/>
       <c r="J341" s="15"/>
       <c r="K341" s="15">
         <v>0.26</v>
       </c>
       <c r="L341" s="15">
         <v>0.26</v>
       </c>
       <c r="M341" s="15">
         <v>0.26</v>
       </c>
       <c r="N341" s="15">
         <v>4</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="E342" s="15">
         <v>10080033135</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I342" s="15"/>
       <c r="J342" s="15">
         <v>50</v>
       </c>
       <c r="K342" s="15">
         <v>4.4</v>
       </c>
       <c r="L342" s="15">
         <v>3.97</v>
       </c>
       <c r="M342" s="15">
         <v>3.83</v>
       </c>
       <c r="N342" s="15"/>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="E343" s="15" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I343" s="15"/>
       <c r="J343" s="15">
         <v>10</v>
       </c>
       <c r="K343" s="15">
         <v>15.78</v>
       </c>
       <c r="L343" s="15">
         <v>13.24</v>
       </c>
       <c r="M343" s="15">
         <v>12.73</v>
       </c>
       <c r="N343" s="15"/>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15">
         <v>60</v>
       </c>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="E344" s="15">
         <v>10080032895</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
         <v>10</v>
       </c>
       <c r="K344" s="15">
         <v>13.8</v>
       </c>
       <c r="L344" s="15">
         <v>10.35</v>
       </c>
       <c r="M344" s="15">
         <v>10.01</v>
       </c>
       <c r="N344" s="15">
         <v>5</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15">
         <v>60</v>
       </c>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="E345" s="15" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I345" s="15"/>
       <c r="J345" s="15">
         <v>42</v>
       </c>
       <c r="K345" s="15">
         <v>2.54</v>
       </c>
       <c r="L345" s="15">
         <v>2.38</v>
       </c>
       <c r="M345" s="15">
         <v>2.22</v>
       </c>
       <c r="N345" s="15"/>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="E346" s="15" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I346" s="15"/>
       <c r="J346" s="15">
         <v>500</v>
       </c>
       <c r="K346" s="15">
         <v>3.08</v>
       </c>
       <c r="L346" s="15">
         <v>2.83</v>
       </c>
       <c r="M346" s="15">
         <v>2.62</v>
       </c>
       <c r="N346" s="15"/>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="E347" s="15">
         <v>10080025998</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I347" s="15"/>
       <c r="J347" s="15">
         <v>16</v>
       </c>
       <c r="K347" s="15">
         <v>20.84</v>
       </c>
       <c r="L347" s="15">
         <v>11.07</v>
       </c>
       <c r="M347" s="15">
         <v>9.44</v>
       </c>
       <c r="N347" s="15"/>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15">
         <v>160</v>
       </c>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="E348" s="15">
         <v>10080038281</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I348" s="15"/>
       <c r="J348" s="15">
         <v>10</v>
       </c>
       <c r="K348" s="15">
         <v>11.04</v>
       </c>
       <c r="L348" s="15">
         <v>10.3</v>
       </c>
       <c r="M348" s="15">
         <v>9.57</v>
       </c>
       <c r="N348" s="15"/>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="E349" s="15">
         <v>10080061822</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>100</v>
       </c>
       <c r="K349" s="15">
         <v>2.06</v>
       </c>
       <c r="L349" s="15">
         <v>1.86</v>
       </c>
       <c r="M349" s="15">
         <v>1.73</v>
       </c>
       <c r="N349" s="15">
-        <v>250</v>
+        <v>201</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>1027</v>
+        <v>1030</v>
       </c>
       <c r="E350" s="15" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
         <v>100</v>
       </c>
       <c r="K350" s="15">
         <v>2.82</v>
       </c>
       <c r="L350" s="15">
         <v>2.44</v>
       </c>
       <c r="M350" s="15">
         <v>2.35</v>
       </c>
       <c r="N350" s="15"/>
       <c r="O350" s="15">
-        <v>1080</v>
+        <v>900</v>
       </c>
       <c r="P350" s="15" t="s">
-        <v>1029</v>
+        <v>1032</v>
       </c>
       <c r="Q350" s="15">
         <v>1000</v>
       </c>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="E351" s="15">
         <v>10080033734</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
         <v>100</v>
       </c>
       <c r="K351" s="15">
         <v>1.5</v>
       </c>
       <c r="L351" s="15">
         <v>1.5</v>
       </c>
       <c r="M351" s="15">
         <v>1.5</v>
       </c>
       <c r="N351" s="15">
-        <v>287</v>
+        <v>349</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="E352" s="15">
         <v>10080034552</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
         <v>100</v>
       </c>
       <c r="K352" s="15">
         <v>2.05</v>
       </c>
       <c r="L352" s="15">
         <v>2.05</v>
       </c>
       <c r="M352" s="15">
         <v>2.05</v>
       </c>
       <c r="N352" s="15">
         <v>39</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="E353" s="15">
         <v>10080073012</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15"/>
       <c r="K353" s="15">
         <v>50.28</v>
       </c>
       <c r="L353" s="15">
         <v>41.9</v>
       </c>
       <c r="M353" s="15">
         <v>40.23</v>
       </c>
       <c r="N353" s="15"/>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="D354" s="15" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="E354" s="15">
         <v>10080073014</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15"/>
       <c r="K354" s="15">
         <v>50.28</v>
       </c>
       <c r="L354" s="15">
         <v>41.9</v>
       </c>
       <c r="M354" s="15">
         <v>40.23</v>
       </c>
       <c r="N354" s="15"/>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="E355" s="15">
         <v>10080073015</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15"/>
       <c r="K355" s="15">
         <v>64.03</v>
       </c>
       <c r="L355" s="15">
         <v>53.36</v>
       </c>
       <c r="M355" s="15">
         <v>51.23</v>
       </c>
       <c r="N355" s="15"/>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="E356" s="15">
         <v>10080073017</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15"/>
       <c r="K356" s="15">
         <v>64.31999999999999</v>
       </c>
       <c r="L356" s="15">
         <v>53.6</v>
       </c>
       <c r="M356" s="15">
         <v>51.45</v>
       </c>
       <c r="N356" s="15"/>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="E357" s="15">
         <v>10080073018</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15"/>
       <c r="K357" s="15">
         <v>64.31999999999999</v>
       </c>
       <c r="L357" s="15">
         <v>53.6</v>
       </c>
       <c r="M357" s="15">
         <v>51.45</v>
       </c>
       <c r="N357" s="15"/>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="E358" s="15">
         <v>10080073020</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15"/>
       <c r="K358" s="15">
         <v>28.42</v>
       </c>
       <c r="L358" s="15">
         <v>23.68</v>
       </c>
       <c r="M358" s="15">
         <v>22.73</v>
       </c>
       <c r="N358" s="15"/>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="D359" s="15" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="E359" s="15">
         <v>10080034794</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15">
         <v>100</v>
       </c>
       <c r="K359" s="15">
         <v>1.49</v>
       </c>
       <c r="L359" s="15">
         <v>0.79209</v>
       </c>
       <c r="M359" s="15">
         <v>0.67561</v>
       </c>
       <c r="N359" s="15"/>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="D360" s="15" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="E360" s="15" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I360" s="15"/>
       <c r="J360" s="15">
         <v>100</v>
       </c>
       <c r="K360" s="15">
         <v>0.3859</v>
       </c>
       <c r="L360" s="15">
         <v>0.3859</v>
       </c>
       <c r="M360" s="15">
         <v>0.3859</v>
       </c>
       <c r="N360" s="15">
-        <v>192</v>
+        <v>252</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="D361" s="15" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="E361" s="15" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15">
         <v>100</v>
       </c>
       <c r="K361" s="15">
         <v>0.3859</v>
       </c>
       <c r="L361" s="15">
         <v>0.3859</v>
       </c>
       <c r="M361" s="15">
         <v>0.3859</v>
       </c>
       <c r="N361" s="15">
-        <v>152</v>
+        <v>134</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="E362" s="15">
         <v>10080060702</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I362" s="15"/>
       <c r="J362" s="15">
         <v>20</v>
       </c>
       <c r="K362" s="15">
         <v>1.2</v>
       </c>
       <c r="L362" s="15">
         <v>1.12</v>
       </c>
       <c r="M362" s="15">
         <v>1.04</v>
       </c>
       <c r="N362" s="15"/>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="D363" s="15" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="E363" s="15">
         <v>10080071705</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I363" s="15"/>
       <c r="J363" s="15"/>
       <c r="K363" s="15">
         <v>1.52</v>
       </c>
       <c r="L363" s="15">
         <v>1.42</v>
       </c>
       <c r="M363" s="15">
         <v>1.31</v>
       </c>
       <c r="N363" s="15"/>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C364" s="15" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="D364" s="15" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="E364" s="15" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I364" s="15"/>
       <c r="J364" s="15">
         <v>25</v>
       </c>
       <c r="K364" s="15">
         <v>0.21</v>
       </c>
       <c r="L364" s="15">
         <v>0.21</v>
       </c>
       <c r="M364" s="15">
         <v>0.21</v>
       </c>
       <c r="N364" s="15">
         <v>5</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="D365" s="15" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="E365" s="15" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I365" s="15" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="J365" s="15">
         <v>25</v>
       </c>
       <c r="K365" s="15">
         <v>1.07</v>
       </c>
       <c r="L365" s="15">
         <v>0.8999</v>
       </c>
       <c r="M365" s="15">
         <v>0.86529</v>
       </c>
       <c r="N365" s="15"/>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="D366" s="15" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="E366" s="15" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I366" s="15"/>
       <c r="J366" s="15">
         <v>25</v>
       </c>
       <c r="K366" s="15">
         <v>0.21</v>
       </c>
       <c r="L366" s="15">
         <v>0.21</v>
       </c>
       <c r="M366" s="15">
         <v>0.21</v>
       </c>
       <c r="N366" s="15">
         <v>5</v>
       </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="D367" s="15" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="E367" s="15">
         <v>10080066602</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I367" s="15"/>
       <c r="J367" s="15">
         <v>8</v>
       </c>
       <c r="K367" s="15">
         <v>32.07</v>
       </c>
       <c r="L367" s="15">
         <v>26.72</v>
       </c>
       <c r="M367" s="15">
         <v>25.65</v>
       </c>
       <c r="N367" s="15"/>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C368" s="15" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="D368" s="15" t="s">
-        <v>1072</v>
+        <v>1075</v>
       </c>
       <c r="E368" s="15" t="s">
-        <v>1073</v>
+        <v>1076</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I368" s="15" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="J368" s="15"/>
       <c r="K368" s="15">
         <v>1.87</v>
       </c>
       <c r="L368" s="15">
         <v>1.76</v>
       </c>
       <c r="M368" s="15">
         <v>1.7</v>
       </c>
       <c r="N368" s="15"/>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>1075</v>
+        <v>1078</v>
       </c>
       <c r="D369" s="15" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="E369" s="15" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I369" s="15" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="J369" s="15">
         <v>15</v>
       </c>
       <c r="K369" s="15">
         <v>1.87</v>
       </c>
       <c r="L369" s="15">
         <v>1.75</v>
       </c>
       <c r="M369" s="15">
         <v>1.69</v>
       </c>
       <c r="N369" s="15"/>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15"/>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="D370" s="15" t="s">
-        <v>1079</v>
+        <v>1082</v>
       </c>
       <c r="E370" s="15" t="s">
-        <v>1080</v>
+        <v>1083</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1081</v>
+        <v>1084</v>
       </c>
       <c r="J370" s="15"/>
       <c r="K370" s="15">
         <v>1.38</v>
       </c>
       <c r="L370" s="15">
         <v>1.29</v>
       </c>
       <c r="M370" s="15">
         <v>1.25</v>
       </c>
       <c r="N370" s="15"/>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="D371" s="15" t="s">
-        <v>1083</v>
+        <v>1086</v>
       </c>
       <c r="E371" s="15" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I371" s="15" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J371" s="15"/>
       <c r="K371" s="15">
         <v>0.88679</v>
       </c>
       <c r="L371" s="15">
         <v>0.8313700000000001</v>
       </c>
       <c r="M371" s="15">
         <v>0.80426</v>
       </c>
       <c r="N371" s="15"/>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C372" s="15" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="D372" s="15" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="E372" s="15">
         <v>10080005339</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I372" s="15" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="J372" s="15"/>
       <c r="K372" s="15">
         <v>0.91331</v>
       </c>
       <c r="L372" s="15">
         <v>0.76109</v>
       </c>
       <c r="M372" s="15">
         <v>0.73064</v>
       </c>
       <c r="N372" s="15"/>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="D373" s="15" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="E373" s="15" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I373" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="J373" s="15"/>
       <c r="K373" s="15">
         <v>0.61459</v>
       </c>
       <c r="L373" s="15">
         <v>0.57641</v>
       </c>
       <c r="M373" s="15">
         <v>0.5567</v>
       </c>
       <c r="N373" s="15"/>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15"/>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C374" s="15" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="D374" s="15" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="E374" s="15" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I374" s="15" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="J374" s="15"/>
       <c r="K374" s="15">
         <v>0.67864</v>
       </c>
       <c r="L374" s="15">
         <v>0.6367699999999999</v>
       </c>
       <c r="M374" s="15">
         <v>0.61583</v>
       </c>
       <c r="N374" s="15"/>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C375" s="15" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="D375" s="15" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="E375" s="15">
         <v>10080005324</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="J375" s="15">
         <v>20</v>
       </c>
       <c r="K375" s="15">
         <v>0.83872</v>
       </c>
       <c r="L375" s="15">
         <v>0.69894</v>
       </c>
       <c r="M375" s="15">
         <v>0.67097</v>
       </c>
       <c r="N375" s="15"/>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="D376" s="15" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="E376" s="15" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="J376" s="15">
         <v>25</v>
       </c>
       <c r="K376" s="15">
         <v>0.45448</v>
       </c>
       <c r="L376" s="15">
         <v>0.42616</v>
       </c>
       <c r="M376" s="15">
         <v>0.41261</v>
       </c>
       <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="D377" s="15" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="E377" s="15" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="J377" s="15">
         <v>25</v>
       </c>
       <c r="K377" s="15">
         <v>0.45448</v>
       </c>
       <c r="L377" s="15">
         <v>0.42616</v>
       </c>
       <c r="M377" s="15">
         <v>0.41137</v>
       </c>
       <c r="N377" s="15"/>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D378" s="15" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="E378" s="15" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="J378" s="15">
         <v>25</v>
       </c>
       <c r="K378" s="15">
         <v>0.45448</v>
       </c>
       <c r="L378" s="15">
         <v>0.42616</v>
       </c>
       <c r="M378" s="15">
         <v>0.41137</v>
       </c>
       <c r="N378" s="15"/>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="D379" s="15" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="E379" s="15">
         <v>10080005335</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I379" s="15" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="J379" s="15">
         <v>25</v>
       </c>
       <c r="K379" s="15">
         <v>0.62588</v>
       </c>
       <c r="L379" s="15">
         <v>0.5132100000000001</v>
       </c>
       <c r="M379" s="15">
         <v>0.49236</v>
       </c>
       <c r="N379" s="15"/>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C380" s="15" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="D380" s="15" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="E380" s="15" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="J380" s="15">
         <v>25</v>
       </c>
       <c r="K380" s="15">
         <v>0.45448</v>
       </c>
       <c r="L380" s="15">
         <v>0.42616</v>
       </c>
       <c r="M380" s="15">
         <v>0.41261</v>
       </c>
       <c r="N380" s="15"/>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="D381" s="15" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="E381" s="15">
         <v>10080005337</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I381" s="15" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="J381" s="15">
         <v>25</v>
       </c>
       <c r="K381" s="15">
         <v>0.38207</v>
       </c>
       <c r="L381" s="15">
         <v>0.38207</v>
       </c>
       <c r="M381" s="15">
         <v>0.38207</v>
       </c>
       <c r="N381" s="15"/>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C382" s="15" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="D382" s="15" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="E382" s="15">
         <v>10080065868</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I382" s="15"/>
       <c r="J382" s="15">
         <v>25</v>
       </c>
       <c r="K382" s="15">
         <v>1.11</v>
       </c>
       <c r="L382" s="15">
         <v>1.11</v>
       </c>
       <c r="M382" s="15">
         <v>1.11</v>
       </c>
       <c r="N382" s="15"/>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="D383" s="15" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="E383" s="15">
         <v>10080052515</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I383" s="15" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="J383" s="15">
         <v>25</v>
       </c>
       <c r="K383" s="15">
         <v>1.11</v>
       </c>
       <c r="L383" s="15">
         <v>1.11</v>
       </c>
       <c r="M383" s="15">
         <v>1.11</v>
       </c>
       <c r="N383" s="15">
-        <v>653</v>
+        <v>170</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C384" s="15" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="D384" s="15" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="E384" s="15">
         <v>10080052516</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I384" s="15" t="s">
-        <v>1131</v>
+        <v>1134</v>
       </c>
       <c r="J384" s="15">
         <v>25</v>
       </c>
       <c r="K384" s="15">
         <v>1.15</v>
       </c>
       <c r="L384" s="15">
         <v>1.15</v>
       </c>
       <c r="M384" s="15">
         <v>1.15</v>
       </c>
       <c r="N384" s="15"/>
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
       <c r="Q384" s="15"/>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="D385" s="15" t="s">
-        <v>1130</v>
+        <v>1133</v>
       </c>
       <c r="E385" s="15">
         <v>10080075906</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="I385" s="15" t="s">
-        <v>1133</v>
+        <v>1136</v>
       </c>
       <c r="J385" s="15">
         <v>25</v>
       </c>
       <c r="K385" s="15">
         <v>2.4</v>
       </c>
       <c r="L385" s="15">
         <v>2</v>
       </c>
       <c r="M385" s="15">
         <v>1.92</v>
       </c>
       <c r="N385" s="15"/>
       <c r="O385" s="15"/>
       <c r="P385" s="15"/>
       <c r="Q385" s="15"/>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C386" s="15" t="s">
-        <v>1134</v>
+        <v>1137</v>
       </c>
       <c r="D386" s="15" t="s">
-        <v>1135</v>
+        <v>1138</v>
       </c>
       <c r="E386" s="15" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I386" s="15" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="J386" s="15">
         <v>25</v>
       </c>
       <c r="K386" s="15">
         <v>1.81</v>
       </c>
       <c r="L386" s="15">
         <v>1.31</v>
       </c>
       <c r="M386" s="15">
         <v>1.15</v>
       </c>
       <c r="N386" s="15">
-        <v>723</v>
+        <v>674</v>
       </c>
       <c r="O386" s="15"/>
       <c r="P386" s="15"/>
       <c r="Q386" s="15"/>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C387" s="15" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="D387" s="15" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="E387" s="15">
         <v>10080005492</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I387" s="15" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="J387" s="15">
         <v>50</v>
       </c>
       <c r="K387" s="15">
         <v>1.5</v>
       </c>
       <c r="L387" s="15">
         <v>1.5</v>
       </c>
       <c r="M387" s="15">
         <v>1.5</v>
       </c>
       <c r="N387" s="15">
-        <v>107</v>
+        <v>137</v>
       </c>
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C388" s="15" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="D388" s="15" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="E388" s="15">
         <v>10080005493</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I388" s="15" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="J388" s="15">
         <v>50</v>
       </c>
       <c r="K388" s="15">
         <v>2.57</v>
       </c>
       <c r="L388" s="15">
         <v>2.4</v>
       </c>
       <c r="M388" s="15">
         <v>2.23</v>
       </c>
       <c r="N388" s="15"/>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
       <c r="Q388" s="15"/>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C389" s="15" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="D389" s="15" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="E389" s="15">
         <v>10080029144</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I389" s="15"/>
       <c r="J389" s="15">
         <v>25</v>
       </c>
       <c r="K389" s="15">
         <v>1.45</v>
       </c>
       <c r="L389" s="15">
         <v>1.05</v>
       </c>
       <c r="M389" s="15">
         <v>0.91331</v>
       </c>
       <c r="N389" s="15">
-        <v>624</v>
+        <v>640</v>
       </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15"/>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C390" s="15" t="s">
-        <v>1146</v>
+        <v>1149</v>
       </c>
       <c r="D390" s="15" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="E390" s="15">
         <v>10080003676</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I390" s="15"/>
       <c r="J390" s="15"/>
       <c r="K390" s="15">
         <v>0.79072</v>
       </c>
       <c r="L390" s="15">
         <v>0.7414500000000001</v>
       </c>
       <c r="M390" s="15">
         <v>0.7155899999999999</v>
       </c>
       <c r="N390" s="15"/>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C391" s="15" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="D391" s="15" t="s">
-        <v>1149</v>
+        <v>1152</v>
       </c>
       <c r="E391" s="15">
         <v>10080005495</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I391" s="15" t="s">
-        <v>1150</v>
+        <v>1153</v>
       </c>
       <c r="J391" s="15">
         <v>25</v>
       </c>
       <c r="K391" s="15">
         <v>0.84851</v>
       </c>
       <c r="L391" s="15">
         <v>0.84851</v>
       </c>
       <c r="M391" s="15">
         <v>0.84851</v>
       </c>
       <c r="N391" s="15">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C392" s="15" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="D392" s="15" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="E392" s="15">
         <v>10080003677</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I392" s="15"/>
       <c r="J392" s="15"/>
       <c r="K392" s="15">
         <v>0.79811</v>
       </c>
       <c r="L392" s="15">
         <v>0.74885</v>
       </c>
       <c r="M392" s="15">
         <v>0.72298</v>
       </c>
       <c r="N392" s="15"/>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C393" s="15" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="D393" s="15" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="E393" s="15">
         <v>10080005496</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I393" s="15" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="J393" s="15">
         <v>25</v>
       </c>
       <c r="K393" s="15">
         <v>1.01</v>
       </c>
       <c r="L393" s="15">
         <v>1.01</v>
       </c>
       <c r="M393" s="15">
         <v>1.01</v>
       </c>
       <c r="N393" s="15">
-        <v>2117</v>
+        <v>2089</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C394" s="15" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="D394" s="15" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="E394" s="15">
         <v>10080009787</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I394" s="15"/>
       <c r="J394" s="15">
         <v>25</v>
       </c>
       <c r="K394" s="15">
         <v>1.24</v>
       </c>
       <c r="L394" s="15">
         <v>1.24</v>
       </c>
       <c r="M394" s="15">
         <v>1.24</v>
       </c>
       <c r="N394" s="15">
-        <v>378</v>
+        <v>351</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C395" s="15" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="D395" s="15" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="E395" s="15">
         <v>10080003678</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I395" s="15"/>
       <c r="J395" s="15"/>
       <c r="K395" s="15">
         <v>0.78826</v>
       </c>
       <c r="L395" s="15">
         <v>0.73899</v>
       </c>
       <c r="M395" s="15">
         <v>0.71436</v>
       </c>
       <c r="N395" s="15"/>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="D396" s="15"/>
       <c r="E396" s="15">
         <v>10080029070</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I396" s="15"/>
       <c r="J396" s="15">
         <v>25</v>
       </c>
       <c r="K396" s="15">
         <v>0.62</v>
       </c>
       <c r="L396" s="15">
         <v>0.62</v>
       </c>
       <c r="M396" s="15">
         <v>0.62</v>
       </c>
       <c r="N396" s="15">
-        <v>6692</v>
+        <v>9763</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C397" s="15" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="D397" s="15" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="E397" s="15">
         <v>10080005517</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I397" s="15" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="J397" s="15">
         <v>25</v>
       </c>
       <c r="K397" s="15">
         <v>0.6</v>
       </c>
       <c r="L397" s="15">
         <v>0.6</v>
       </c>
       <c r="M397" s="15">
         <v>0.6</v>
       </c>
       <c r="N397" s="15">
-        <v>4083</v>
+        <v>4531</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C398" s="15" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="D398" s="15" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="E398" s="15" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I398" s="15"/>
       <c r="J398" s="15">
         <v>25</v>
       </c>
       <c r="K398" s="15">
         <v>1.54</v>
       </c>
       <c r="L398" s="15">
         <v>1.12</v>
       </c>
       <c r="M398" s="15">
         <v>0.9730799999999999</v>
       </c>
       <c r="N398" s="15">
         <v>1800</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C399" s="15" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="D399" s="15" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="E399" s="15">
         <v>10080060003</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I399" s="15" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="J399" s="15">
         <v>25</v>
       </c>
       <c r="K399" s="15">
         <v>1.48</v>
       </c>
       <c r="L399" s="15">
         <v>1.07</v>
       </c>
       <c r="M399" s="15">
         <v>0.93435</v>
       </c>
       <c r="N399" s="15">
-        <v>1807</v>
+        <v>2163</v>
       </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C400" s="15" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="D400" s="15" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="E400" s="15">
         <v>10080005498</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I400" s="15" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="J400" s="15">
         <v>25</v>
       </c>
       <c r="K400" s="15">
         <v>1.05</v>
       </c>
       <c r="L400" s="15">
         <v>0.76252</v>
       </c>
       <c r="M400" s="15">
         <v>0.66538</v>
       </c>
       <c r="N400" s="15"/>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C401" s="15" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="D401" s="15" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="E401" s="15">
         <v>10080003671</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I401" s="15" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="J401" s="15">
         <v>25</v>
       </c>
       <c r="K401" s="15">
         <v>0.55254</v>
       </c>
       <c r="L401" s="15">
         <v>0.55254</v>
       </c>
       <c r="M401" s="15">
         <v>0.55254</v>
       </c>
       <c r="N401" s="15"/>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C402" s="15" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="D402" s="15" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="E402" s="15">
         <v>10080005500</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I402" s="15" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="J402" s="15">
         <v>25</v>
       </c>
       <c r="K402" s="15">
         <v>0.51398</v>
       </c>
       <c r="L402" s="15">
         <v>0.51398</v>
       </c>
       <c r="M402" s="15">
         <v>0.51398</v>
       </c>
       <c r="N402" s="15">
-        <v>661</v>
+        <v>634</v>
       </c>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C403" s="15" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="D403" s="15" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="E403" s="15">
         <v>10080003672</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I403" s="15" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="J403" s="15"/>
       <c r="K403" s="15">
         <v>0.66878</v>
       </c>
       <c r="L403" s="15">
         <v>0.64785</v>
       </c>
       <c r="M403" s="15">
         <v>0.62814</v>
       </c>
       <c r="N403" s="15"/>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C404" s="15" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="D404" s="15" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="E404" s="15">
         <v>10080003674</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I404" s="15" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="J404" s="15">
         <v>25</v>
       </c>
       <c r="K404" s="15">
         <v>0.54682</v>
       </c>
       <c r="L404" s="15">
         <v>0.54682</v>
       </c>
       <c r="M404" s="15">
         <v>0.54682</v>
       </c>
       <c r="N404" s="15">
-        <v>2178</v>
+        <v>1715</v>
       </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C405" s="15" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="D405" s="15" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="E405" s="15">
         <v>10080003673</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I405" s="15" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="J405" s="15">
         <v>25</v>
       </c>
       <c r="K405" s="15">
         <v>0.77742</v>
       </c>
       <c r="L405" s="15">
         <v>0.7256</v>
       </c>
       <c r="M405" s="15">
         <v>0.67377</v>
       </c>
       <c r="N405" s="15"/>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C406" s="15" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="D406" s="15" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="E406" s="15">
         <v>10080061346</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I406" s="15"/>
       <c r="J406" s="15">
         <v>25</v>
       </c>
       <c r="K406" s="15">
         <v>0.77911</v>
       </c>
       <c r="L406" s="15">
         <v>0.72717</v>
       </c>
       <c r="M406" s="15">
         <v>0.67523</v>
       </c>
       <c r="N406" s="15"/>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="D407" s="15" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="E407" s="15">
         <v>10080007287</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I407" s="15" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="J407" s="15">
         <v>100</v>
       </c>
       <c r="K407" s="15">
         <v>0.40194</v>
       </c>
       <c r="L407" s="15">
         <v>0.40194</v>
       </c>
       <c r="M407" s="15">
         <v>0.40194</v>
       </c>
       <c r="N407" s="15">
-        <v>844</v>
+        <v>1007</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C408" s="15" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="D408" s="15" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="E408" s="15" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I408" s="15"/>
       <c r="J408" s="15">
         <v>100</v>
       </c>
       <c r="K408" s="15">
         <v>0.43476</v>
       </c>
       <c r="L408" s="15">
         <v>0.43476</v>
       </c>
       <c r="M408" s="15">
         <v>0.43476</v>
       </c>
       <c r="N408" s="15">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="D409" s="15" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="E409" s="15">
         <v>10080007288</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I409" s="15" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="J409" s="15">
         <v>100</v>
       </c>
       <c r="K409" s="15">
         <v>0.42503</v>
       </c>
       <c r="L409" s="15">
         <v>0.42503</v>
       </c>
       <c r="M409" s="15">
         <v>0.42503</v>
       </c>
       <c r="N409" s="15">
-        <v>503</v>
+        <v>596</v>
       </c>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="D410" s="15" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="E410" s="15">
         <v>10080051173</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I410" s="15" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="J410" s="15">
         <v>100</v>
       </c>
       <c r="K410" s="15">
         <v>0.44651</v>
       </c>
       <c r="L410" s="15">
         <v>0.44651</v>
       </c>
       <c r="M410" s="15">
         <v>0.44651</v>
       </c>
       <c r="N410" s="15">
-        <v>4020</v>
+        <v>4481</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="D411" s="15" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="E411" s="15">
         <v>10080003675</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="J411" s="15">
         <v>100</v>
       </c>
       <c r="K411" s="15">
         <v>0.54597</v>
       </c>
       <c r="L411" s="15">
         <v>0.39501</v>
       </c>
       <c r="M411" s="15">
         <v>0.34469</v>
       </c>
       <c r="N411" s="15">
-        <v>91944</v>
+        <v>74810</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C412" s="15" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="D412" s="15" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="E412" s="15">
         <v>10080007290</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I412" s="15" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="J412" s="15">
         <v>100</v>
       </c>
       <c r="K412" s="15">
         <v>0.60734</v>
       </c>
       <c r="L412" s="15">
         <v>0.43941</v>
       </c>
       <c r="M412" s="15">
         <v>0.38344</v>
       </c>
       <c r="N412" s="15">
-        <v>10748</v>
+        <v>7762</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="D413" s="15" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="E413" s="15">
         <v>10080009000</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I413" s="15" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="J413" s="15">
         <v>100</v>
       </c>
       <c r="K413" s="15">
         <v>0.52312</v>
       </c>
       <c r="L413" s="15">
         <v>0.37848</v>
       </c>
       <c r="M413" s="15">
         <v>0.33027</v>
       </c>
       <c r="N413" s="15">
-        <v>26431</v>
+        <v>20271</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="D414" s="15" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="E414" s="15">
         <v>10080003679</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="J414" s="15">
         <v>25</v>
       </c>
       <c r="K414" s="15">
         <v>0.6247</v>
       </c>
       <c r="L414" s="15">
         <v>0.45197</v>
       </c>
       <c r="M414" s="15">
         <v>0.3944</v>
       </c>
       <c r="N414" s="15">
-        <v>6333</v>
+        <v>6050</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="D415" s="15" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="E415" s="15">
         <v>10080005506</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="J415" s="15">
         <v>25</v>
       </c>
       <c r="K415" s="15">
         <v>0.68605</v>
       </c>
       <c r="L415" s="15">
         <v>0.49636</v>
       </c>
       <c r="M415" s="15">
         <v>0.43313</v>
       </c>
       <c r="N415" s="15">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C416" s="15" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="D416" s="15" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="E416" s="15">
         <v>10080005509</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I416" s="15" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="J416" s="15">
         <v>25</v>
       </c>
       <c r="K416" s="15">
         <v>0.62227</v>
       </c>
       <c r="L416" s="15">
         <v>0.45021</v>
       </c>
       <c r="M416" s="15">
         <v>0.39286</v>
       </c>
       <c r="N416" s="15">
-        <v>20410</v>
+        <v>18824</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="D417" s="15" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="E417" s="15">
         <v>10080005486</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I417" s="15" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="J417" s="15"/>
       <c r="K417" s="15">
         <v>0.56656</v>
       </c>
       <c r="L417" s="15">
         <v>0.55424</v>
       </c>
       <c r="M417" s="15">
         <v>0.54193</v>
       </c>
       <c r="N417" s="15"/>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="D418" s="15" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="E418" s="15" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I418" s="15"/>
       <c r="J418" s="15"/>
       <c r="K418" s="15">
         <v>0.60351</v>
       </c>
       <c r="L418" s="15">
         <v>0.57888</v>
       </c>
       <c r="M418" s="15">
         <v>0.56656</v>
       </c>
       <c r="N418" s="15"/>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="D419" s="15" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="E419" s="15" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I419" s="15"/>
       <c r="J419" s="15"/>
       <c r="K419" s="15">
         <v>0.61583</v>
       </c>
       <c r="L419" s="15">
         <v>0.60351</v>
       </c>
       <c r="M419" s="15">
         <v>0.57888</v>
       </c>
       <c r="N419" s="15"/>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C420" s="15" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="D420" s="15" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="E420" s="15" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I420" s="15" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="J420" s="15"/>
       <c r="K420" s="15">
         <v>0.64046</v>
       </c>
       <c r="L420" s="15">
         <v>0.61583</v>
       </c>
       <c r="M420" s="15">
         <v>0.60351</v>
       </c>
       <c r="N420" s="15"/>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C421" s="15" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="D421" s="15" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="E421" s="15" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I421" s="15"/>
       <c r="J421" s="15"/>
       <c r="K421" s="15">
         <v>0.64046</v>
       </c>
       <c r="L421" s="15">
         <v>0.61583</v>
       </c>
       <c r="M421" s="15">
         <v>0.60351</v>
       </c>
       <c r="N421" s="15"/>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="D422" s="15" t="s">
-        <v>1237</v>
+        <v>1240</v>
       </c>
       <c r="E422" s="15">
         <v>10080057344</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I422" s="15"/>
       <c r="J422" s="15">
         <v>40</v>
       </c>
       <c r="K422" s="15">
         <v>0.79273</v>
       </c>
       <c r="L422" s="15">
         <v>0.79273</v>
       </c>
       <c r="M422" s="15">
         <v>0.79273</v>
       </c>
       <c r="N422" s="15">
-        <v>1720</v>
+        <v>1320</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="D423" s="15" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="E423" s="15">
         <v>10080057345</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I423" s="15"/>
       <c r="J423" s="15">
         <v>200</v>
       </c>
       <c r="K423" s="15">
         <v>0.63075</v>
       </c>
       <c r="L423" s="15">
         <v>0.45635</v>
       </c>
       <c r="M423" s="15">
         <v>0.39822</v>
       </c>
       <c r="N423" s="15">
-        <v>3376</v>
+        <v>3253</v>
       </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="D424" s="15" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
       <c r="E424" s="15" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I424" s="15"/>
       <c r="J424" s="15">
         <v>25</v>
       </c>
       <c r="K424" s="15">
         <v>1.27</v>
       </c>
       <c r="L424" s="15">
         <v>1.19</v>
       </c>
       <c r="M424" s="15">
         <v>1.15</v>
       </c>
       <c r="N424" s="15"/>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>1245</v>
+        <v>1248</v>
       </c>
       <c r="D425" s="15" t="s">
-        <v>1246</v>
+        <v>1249</v>
       </c>
       <c r="E425" s="15" t="s">
-        <v>1247</v>
+        <v>1250</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I425" s="15"/>
       <c r="J425" s="15"/>
       <c r="K425" s="15">
         <v>1.3</v>
       </c>
       <c r="L425" s="15">
         <v>1.22</v>
       </c>
       <c r="M425" s="15">
         <v>1.17</v>
       </c>
       <c r="N425" s="15"/>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>1248</v>
+        <v>1251</v>
       </c>
       <c r="D426" s="15" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="E426" s="15" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I426" s="15"/>
       <c r="J426" s="15">
         <v>25</v>
       </c>
       <c r="K426" s="15">
         <v>1.32</v>
       </c>
       <c r="L426" s="15">
         <v>1.24</v>
       </c>
       <c r="M426" s="15">
         <v>1.2</v>
       </c>
       <c r="N426" s="15"/>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="D427" s="15" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="E427" s="15" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="J427" s="15">
         <v>25</v>
       </c>
       <c r="K427" s="15">
         <v>1.33</v>
       </c>
       <c r="L427" s="15">
         <v>1.24</v>
       </c>
       <c r="M427" s="15">
         <v>1.2</v>
       </c>
       <c r="N427" s="15"/>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C428" s="15" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="D428" s="15" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
       <c r="E428" s="15" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="J428" s="15">
         <v>25</v>
       </c>
       <c r="K428" s="15">
         <v>1.35</v>
       </c>
       <c r="L428" s="15">
         <v>1.27</v>
       </c>
       <c r="M428" s="15">
         <v>1.23</v>
       </c>
       <c r="N428" s="15"/>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="D429" s="15" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="E429" s="15" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I429" s="15" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="J429" s="15"/>
       <c r="K429" s="15">
         <v>0.6109</v>
       </c>
       <c r="L429" s="15">
         <v>0.57272</v>
       </c>
       <c r="M429" s="15">
         <v>0.55424</v>
       </c>
       <c r="N429" s="15"/>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C430" s="15" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="D430" s="15" t="s">
-        <v>1263</v>
+        <v>1266</v>
       </c>
       <c r="E430" s="15" t="s">
-        <v>1264</v>
+        <v>1267</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I430" s="15" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="J430" s="15">
         <v>20</v>
       </c>
       <c r="K430" s="15">
         <v>0.6109</v>
       </c>
       <c r="L430" s="15">
         <v>0.57272</v>
       </c>
       <c r="M430" s="15">
         <v>0.55424</v>
       </c>
       <c r="N430" s="15"/>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C431" s="15" t="s">
-        <v>1265</v>
+        <v>1268</v>
       </c>
       <c r="D431" s="15" t="s">
-        <v>1266</v>
+        <v>1269</v>
       </c>
       <c r="E431" s="15" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="J431" s="15">
         <v>25</v>
       </c>
       <c r="K431" s="15">
         <v>1.38</v>
       </c>
       <c r="L431" s="15">
         <v>1.29</v>
       </c>
       <c r="M431" s="15">
         <v>1.25</v>
       </c>
       <c r="N431" s="15"/>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C432" s="15" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="D432" s="15" t="s">
-        <v>1270</v>
+        <v>1273</v>
       </c>
       <c r="E432" s="15" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="J432" s="15">
         <v>25</v>
       </c>
       <c r="K432" s="15">
         <v>1.46</v>
       </c>
       <c r="L432" s="15">
         <v>1.37</v>
       </c>
       <c r="M432" s="15">
         <v>1.33</v>
       </c>
       <c r="N432" s="15">
         <v>7</v>
       </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="D433" s="15" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="E433" s="15" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="J433" s="15">
         <v>25</v>
       </c>
       <c r="K433" s="15">
         <v>1.89</v>
       </c>
       <c r="L433" s="15">
         <v>1.77</v>
       </c>
       <c r="M433" s="15">
         <v>1.71</v>
       </c>
       <c r="N433" s="15"/>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="D434" s="15" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="E434" s="15" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="J434" s="15"/>
       <c r="K434" s="15">
         <v>1.52</v>
       </c>
       <c r="L434" s="15">
         <v>1.43</v>
       </c>
       <c r="M434" s="15">
         <v>1.38</v>
       </c>
       <c r="N434" s="15"/>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="D435" s="15" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="E435" s="15" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="J435" s="15">
         <v>25</v>
       </c>
       <c r="K435" s="15">
         <v>0.43724</v>
       </c>
       <c r="L435" s="15">
         <v>0.41014</v>
       </c>
       <c r="M435" s="15">
         <v>0.39659</v>
       </c>
       <c r="N435" s="15"/>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="D436" s="15" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="E436" s="15" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="J436" s="15">
         <v>25</v>
       </c>
       <c r="K436" s="15">
         <v>0.45079</v>
       </c>
       <c r="L436" s="15">
         <v>0.42368</v>
       </c>
       <c r="M436" s="15">
         <v>0.40891</v>
       </c>
       <c r="N436" s="15"/>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="D437" s="15" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="E437" s="15" t="s">
-        <v>1291</v>
+        <v>1294</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1292</v>
+        <v>1295</v>
       </c>
       <c r="J437" s="15">
         <v>25</v>
       </c>
       <c r="K437" s="15">
         <v>0.42245</v>
       </c>
       <c r="L437" s="15">
         <v>0.40891</v>
       </c>
       <c r="M437" s="15">
         <v>0.39536</v>
       </c>
       <c r="N437" s="15"/>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C438" s="15" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="D438" s="15" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="E438" s="15" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="J438" s="15"/>
       <c r="K438" s="15">
         <v>0.43724</v>
       </c>
       <c r="L438" s="15">
         <v>0.41014</v>
       </c>
       <c r="M438" s="15">
         <v>0.39659</v>
       </c>
       <c r="N438" s="15"/>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C439" s="15" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="D439" s="15" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="E439" s="15">
         <v>10080070429</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I439" s="15"/>
       <c r="J439" s="15">
         <v>100</v>
       </c>
       <c r="K439" s="15">
         <v>0.7548899999999999</v>
       </c>
       <c r="L439" s="15">
         <v>0.62908</v>
       </c>
       <c r="M439" s="15">
         <v>0.60392</v>
       </c>
       <c r="N439" s="15"/>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="C440" s="15" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="D440" s="15" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="E440" s="15" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="J440" s="15">
         <v>100</v>
       </c>
       <c r="K440" s="15">
         <v>0.58518</v>
       </c>
       <c r="L440" s="15">
         <v>0.4908</v>
       </c>
       <c r="M440" s="15">
         <v>0.47191</v>
       </c>
       <c r="N440" s="15"/>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="D441" s="15" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="E441" s="15" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
       <c r="J441" s="15">
         <v>50</v>
       </c>
       <c r="K441" s="15">
         <v>1.14</v>
       </c>
       <c r="L441" s="15">
         <v>0.95688</v>
       </c>
       <c r="M441" s="15">
         <v>0.92008</v>
       </c>
       <c r="N441" s="15"/>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="D442" s="15" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="E442" s="15">
         <v>10080016996</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I442" s="15"/>
       <c r="J442" s="15"/>
       <c r="K442" s="15">
-        <v>2.03</v>
+        <v>1.43</v>
       </c>
       <c r="L442" s="15">
-        <v>1.67</v>
+        <v>1.24</v>
       </c>
       <c r="M442" s="15">
-        <v>1.6</v>
+        <v>1.19</v>
       </c>
       <c r="N442" s="15"/>
       <c r="O442" s="15"/>
-      <c r="P442" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="D443" s="15" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="E443" s="15">
         <v>10080034009</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I443" s="15"/>
       <c r="J443" s="15"/>
       <c r="K443" s="15">
         <v>2.5</v>
       </c>
       <c r="L443" s="15">
         <v>1.75</v>
       </c>
       <c r="M443" s="15">
         <v>1.62</v>
       </c>
       <c r="N443" s="15"/>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="D444" s="15" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="E444" s="15" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I444" s="15"/>
       <c r="J444" s="15">
         <v>1000</v>
       </c>
       <c r="K444" s="15">
         <v>9.359999999999999</v>
       </c>
       <c r="L444" s="15">
         <v>7.85</v>
       </c>
       <c r="M444" s="15">
         <v>7.55</v>
       </c>
       <c r="N444" s="15"/>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D445" s="15" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="E445" s="15">
         <v>10080054043</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="J445" s="15"/>
       <c r="K445" s="15">
         <v>4</v>
       </c>
       <c r="L445" s="15">
         <v>3.6</v>
       </c>
       <c r="M445" s="15">
         <v>3.4</v>
       </c>
       <c r="N445" s="15">
         <v>76</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="D446" s="15" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="E446" s="15">
         <v>10000017331</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I446" s="15"/>
       <c r="J446" s="15">
         <v>20</v>
       </c>
       <c r="K446" s="15">
         <v>4.64</v>
       </c>
       <c r="L446" s="15">
         <v>4.18</v>
       </c>
       <c r="M446" s="15">
         <v>3.87</v>
       </c>
       <c r="N446" s="15"/>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="D447" s="15" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="E447" s="15" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I447" s="15"/>
       <c r="J447" s="15">
         <v>10</v>
       </c>
       <c r="K447" s="15">
         <v>2.44</v>
       </c>
       <c r="L447" s="15">
         <v>2.21</v>
       </c>
       <c r="M447" s="15">
         <v>2.06</v>
       </c>
       <c r="N447" s="15"/>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C448" s="15" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="D448" s="15" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="E448" s="15">
         <v>10000023373</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I448" s="15"/>
       <c r="J448" s="15">
         <v>10</v>
       </c>
       <c r="K448" s="15">
         <v>5.54</v>
       </c>
       <c r="L448" s="15">
         <v>4.16</v>
       </c>
       <c r="M448" s="15">
         <v>4.02</v>
       </c>
       <c r="N448" s="15"/>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D449" s="15" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="E449" s="15">
         <v>10080003481</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I449" s="15"/>
       <c r="J449" s="15"/>
       <c r="K449" s="15">
         <v>3.74</v>
       </c>
       <c r="L449" s="15">
         <v>3.39</v>
       </c>
       <c r="M449" s="15">
         <v>3.16</v>
       </c>
       <c r="N449" s="15"/>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="D450" s="15" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="E450" s="15">
         <v>10080002809</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="J450" s="15">
         <v>40</v>
       </c>
       <c r="K450" s="15">
         <v>1.65</v>
       </c>
       <c r="L450" s="15">
         <v>1.6</v>
       </c>
       <c r="M450" s="15">
         <v>1.55</v>
       </c>
       <c r="N450" s="15"/>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="D451" s="15" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="E451" s="15">
         <v>10000011523</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="J451" s="15">
         <v>25</v>
       </c>
       <c r="K451" s="15">
         <v>1.58</v>
       </c>
       <c r="L451" s="15">
         <v>1.58</v>
       </c>
       <c r="M451" s="15">
         <v>1.58</v>
       </c>
       <c r="N451" s="15">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C452" s="15" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D452" s="15" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="E452" s="15">
         <v>10000011540</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="J452" s="15">
         <v>25</v>
       </c>
       <c r="K452" s="15">
         <v>1.72</v>
       </c>
       <c r="L452" s="15">
         <v>1.72</v>
       </c>
       <c r="M452" s="15">
         <v>1.72</v>
       </c>
       <c r="N452" s="15">
-        <v>383</v>
+        <v>336</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C453" s="15" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="D453" s="15" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="E453" s="15">
         <v>10000015537</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="J453" s="15">
         <v>25</v>
       </c>
       <c r="K453" s="15">
         <v>3.31</v>
       </c>
       <c r="L453" s="15">
         <v>2.87</v>
       </c>
       <c r="M453" s="15">
         <v>2.76</v>
       </c>
       <c r="N453" s="15">
-        <v>516</v>
+        <v>660</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D454" s="15" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="E454" s="15">
         <v>10080067665</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
       <c r="I454" s="15"/>
       <c r="J454" s="15">
         <v>25</v>
       </c>
       <c r="K454" s="15">
         <v>2.84</v>
       </c>
       <c r="L454" s="15">
         <v>2.37</v>
       </c>
       <c r="M454" s="15">
         <v>2.27</v>
       </c>
       <c r="N454" s="15"/>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="D455" s="15" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="E455" s="15" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I455" s="15"/>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
         <v>1.35</v>
       </c>
       <c r="L455" s="15">
         <v>0</v>
       </c>
       <c r="M455" s="15">
         <v>1.23</v>
       </c>
       <c r="N455" s="15"/>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="D456" s="15" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="E456" s="15">
         <v>10000019661</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I456" s="15" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="J456" s="15">
         <v>25</v>
       </c>
       <c r="K456" s="15">
         <v>1.56</v>
       </c>
       <c r="L456" s="15">
         <v>1.46</v>
       </c>
       <c r="M456" s="15">
         <v>1.41</v>
       </c>
       <c r="N456" s="15"/>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C457" s="15" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="D457" s="15" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="E457" s="15">
         <v>10080000003</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I457" s="15" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="J457" s="15">
         <v>25</v>
       </c>
       <c r="K457" s="15">
         <v>1.55</v>
       </c>
       <c r="L457" s="15">
         <v>1.45</v>
       </c>
       <c r="M457" s="15">
         <v>1.4</v>
       </c>
       <c r="N457" s="15"/>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457"/>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C458" s="15" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="D458" s="15" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="E458" s="15" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15"/>
       <c r="H458" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I458" s="15"/>
       <c r="J458" s="15">
         <v>25</v>
       </c>
       <c r="K458" s="15">
         <v>0.74557</v>
       </c>
       <c r="L458" s="15">
         <v>0.74557</v>
       </c>
       <c r="M458" s="15">
         <v>0.74557</v>
       </c>
       <c r="N458" s="15">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458"/>
     </row>
     <row r="459" spans="1:18">
       <c r="B459" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C459" s="15" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="D459" s="15" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="E459" s="15">
         <v>10080004904</v>
       </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15"/>
       <c r="H459" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I459" s="15"/>
       <c r="J459" s="15">
         <v>25</v>
       </c>
       <c r="K459" s="15">
         <v>1.61</v>
       </c>
       <c r="L459" s="15">
         <v>1.54</v>
       </c>
       <c r="M459" s="15">
         <v>0</v>
       </c>
       <c r="N459" s="15"/>
       <c r="O459" s="15"/>
       <c r="P459" s="15"/>
       <c r="Q459" s="15"/>
       <c r="R459"/>
     </row>
     <row r="460" spans="1:18">
       <c r="B460" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C460" s="15" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="D460" s="15" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="E460" s="15">
         <v>10080004903</v>
       </c>
       <c r="F460" s="15"/>
       <c r="G460" s="15"/>
       <c r="H460" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I460" s="15"/>
       <c r="J460" s="15">
         <v>100</v>
       </c>
       <c r="K460" s="15">
         <v>5.32</v>
       </c>
       <c r="L460" s="15">
         <v>2.83</v>
       </c>
       <c r="M460" s="15">
         <v>2.41</v>
       </c>
       <c r="N460" s="15"/>
       <c r="O460" s="15"/>
       <c r="P460" s="15"/>
       <c r="Q460" s="15"/>
       <c r="R460"/>
     </row>
     <row r="461" spans="1:18">
       <c r="B461" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C461" s="15" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="D461" s="15" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="E461" s="15">
         <v>10080004905</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15"/>
       <c r="H461" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I461" s="15"/>
       <c r="J461" s="15">
         <v>25</v>
       </c>
       <c r="K461" s="15">
         <v>1.58</v>
       </c>
       <c r="L461" s="15">
         <v>1.58</v>
       </c>
       <c r="M461" s="15">
         <v>1.58</v>
       </c>
       <c r="N461" s="15">
         <v>1</v>
       </c>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461"/>
     </row>
     <row r="462" spans="1:18">
       <c r="B462" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C462" s="15" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="D462" s="15" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="E462" s="15">
         <v>10000011524</v>
       </c>
       <c r="F462" s="15"/>
       <c r="G462" s="15"/>
       <c r="H462" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I462" s="15" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="J462" s="15">
         <v>15</v>
       </c>
       <c r="K462" s="15">
         <v>1.68</v>
       </c>
       <c r="L462" s="15">
         <v>1.58</v>
       </c>
       <c r="M462" s="15">
         <v>1.53</v>
       </c>
       <c r="N462" s="15"/>
       <c r="O462" s="15"/>
       <c r="P462" s="15"/>
       <c r="Q462" s="15"/>
       <c r="R462"/>
     </row>
     <row r="463" spans="1:18">
       <c r="B463" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C463" s="15" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="D463" s="15" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="E463" s="15">
         <v>10000011542</v>
       </c>
       <c r="F463" s="15"/>
       <c r="G463" s="15"/>
       <c r="H463" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I463" s="15" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="J463" s="15">
         <v>20</v>
       </c>
       <c r="K463" s="15">
         <v>0.39883</v>
       </c>
       <c r="L463" s="15">
         <v>0.39883</v>
       </c>
       <c r="M463" s="15">
         <v>0.39883</v>
       </c>
       <c r="N463" s="15">
-        <v>5405</v>
+        <v>4109</v>
       </c>
       <c r="O463" s="15"/>
       <c r="P463" s="15"/>
       <c r="Q463" s="15"/>
       <c r="R463"/>
     </row>
     <row r="464" spans="1:18">
       <c r="B464" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C464" s="15" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="D464" s="15" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="E464" s="15">
         <v>10000019660</v>
       </c>
       <c r="F464" s="15"/>
       <c r="G464" s="15"/>
       <c r="H464" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I464" s="15" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="J464" s="15">
         <v>20</v>
       </c>
       <c r="K464" s="15">
         <v>0.42922</v>
       </c>
       <c r="L464" s="15">
         <v>0.42922</v>
       </c>
       <c r="M464" s="15">
         <v>0.42922</v>
       </c>
       <c r="N464" s="15">
-        <v>1779</v>
+        <v>1601</v>
       </c>
       <c r="O464" s="15"/>
       <c r="P464" s="15"/>
       <c r="Q464" s="15"/>
       <c r="R464"/>
     </row>
     <row r="465" spans="1:18">
       <c r="B465" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C465" s="15" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D465" s="15" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="E465" s="15" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="F465" s="15"/>
       <c r="G465" s="15"/>
       <c r="H465" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I465" s="15" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="J465" s="15">
         <v>20</v>
       </c>
       <c r="K465" s="15">
         <v>0.54193</v>
       </c>
       <c r="L465" s="15">
         <v>0.51729</v>
       </c>
       <c r="M465" s="15">
         <v>0</v>
       </c>
       <c r="N465" s="15"/>
       <c r="O465" s="15"/>
       <c r="P465" s="15"/>
       <c r="Q465" s="15"/>
       <c r="R465"/>
     </row>
     <row r="466" spans="1:18">
       <c r="B466" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C466" s="15" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="D466" s="15" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="E466" s="15">
         <v>10000011541</v>
       </c>
       <c r="F466" s="15"/>
       <c r="G466" s="15"/>
       <c r="H466" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I466" s="15" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="J466" s="15">
         <v>20</v>
       </c>
       <c r="K466" s="15">
         <v>0.62568</v>
       </c>
       <c r="L466" s="15">
         <v>0.5659</v>
       </c>
       <c r="M466" s="15">
         <v>0.52605</v>
       </c>
       <c r="N466" s="15">
-        <v>261</v>
+        <v>192</v>
       </c>
       <c r="O466" s="15">
-        <v>522</v>
+        <v>384</v>
       </c>
       <c r="P466" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q466" s="15"/>
       <c r="R466"/>
     </row>
     <row r="467" spans="1:18">
       <c r="B467" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C467" s="15" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="D467" s="15" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="E467" s="15">
         <v>10000011534</v>
       </c>
       <c r="F467" s="15"/>
       <c r="G467" s="15"/>
       <c r="H467" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I467" s="15" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="J467" s="15">
         <v>20</v>
       </c>
       <c r="K467" s="15">
         <v>0.57401</v>
       </c>
       <c r="L467" s="15">
         <v>0.49747</v>
       </c>
       <c r="M467" s="15">
         <v>0.47834</v>
       </c>
       <c r="N467" s="15">
-        <v>3234</v>
+        <v>2609</v>
       </c>
       <c r="O467" s="15"/>
       <c r="P467" s="15"/>
       <c r="Q467" s="15"/>
       <c r="R467"/>
     </row>
     <row r="468" spans="1:18">
       <c r="B468" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C468" s="15" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="D468" s="15" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="E468" s="15">
         <v>10080003662</v>
       </c>
       <c r="F468" s="15"/>
       <c r="G468" s="15"/>
       <c r="H468" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I468" s="15" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="J468" s="15">
         <v>20</v>
       </c>
       <c r="K468" s="15">
         <v>0.40078</v>
       </c>
       <c r="L468" s="15">
         <v>0.40078</v>
       </c>
       <c r="M468" s="15">
         <v>0.40078</v>
       </c>
       <c r="N468" s="15">
-        <v>427</v>
+        <v>623</v>
       </c>
       <c r="O468" s="15"/>
       <c r="P468" s="15"/>
       <c r="Q468" s="15"/>
       <c r="R468"/>
     </row>
     <row r="469" spans="1:18">
       <c r="B469" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C469" s="15" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="D469" s="15" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="E469" s="15">
         <v>10000011526</v>
       </c>
       <c r="F469" s="15"/>
       <c r="G469" s="15"/>
       <c r="H469" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I469" s="15" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="J469" s="15">
         <v>20</v>
       </c>
       <c r="K469" s="15">
         <v>0.38644</v>
       </c>
       <c r="L469" s="15">
         <v>0.38644</v>
       </c>
       <c r="M469" s="15">
         <v>0.38644</v>
       </c>
       <c r="N469" s="15">
-        <v>1037</v>
+        <v>1093</v>
       </c>
       <c r="O469" s="15"/>
       <c r="P469" s="15"/>
       <c r="Q469" s="15"/>
       <c r="R469"/>
     </row>
     <row r="470" spans="1:18">
       <c r="B470" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C470" s="15" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="D470" s="15" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="E470" s="15" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="F470" s="15"/>
       <c r="G470" s="15"/>
       <c r="H470" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I470" s="15" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="J470" s="15"/>
       <c r="K470" s="15">
         <v>1.7</v>
       </c>
       <c r="L470" s="15">
         <v>1.42</v>
       </c>
       <c r="M470" s="15">
         <v>1.37</v>
       </c>
       <c r="N470" s="15"/>
       <c r="O470" s="15"/>
       <c r="P470" s="15"/>
       <c r="Q470" s="15"/>
       <c r="R470"/>
     </row>
     <row r="471" spans="1:18">
       <c r="B471" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C471" s="15" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="D471" s="15" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="E471" s="15" t="s">
-        <v>1389</v>
+        <v>1391</v>
       </c>
       <c r="F471" s="15"/>
       <c r="G471" s="15"/>
       <c r="H471" s="15" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="I471" s="15"/>
       <c r="J471" s="15"/>
       <c r="K471" s="15">
         <v>1.12</v>
       </c>
       <c r="L471" s="15">
         <v>0.93951</v>
       </c>
       <c r="M471" s="15">
         <v>0.90338</v>
       </c>
       <c r="N471" s="15"/>
       <c r="O471" s="15"/>
       <c r="P471" s="15"/>
       <c r="Q471" s="15"/>
       <c r="R471"/>
     </row>
     <row r="472" spans="1:18">
       <c r="B472" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C472" s="15" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D472" s="15" t="s">
-        <v>1392</v>
+        <v>1394</v>
       </c>
       <c r="E472" s="15" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F472" s="15"/>
       <c r="G472" s="15"/>
       <c r="H472" s="15" t="s">
-        <v>1390</v>
+        <v>1392</v>
       </c>
       <c r="I472" s="15"/>
       <c r="J472" s="15"/>
       <c r="K472" s="15">
         <v>1.06</v>
       </c>
       <c r="L472" s="15">
         <v>0.89088</v>
       </c>
       <c r="M472" s="15">
         <v>0.85662</v>
       </c>
       <c r="N472" s="15"/>
       <c r="O472" s="15"/>
       <c r="P472" s="15"/>
       <c r="Q472" s="15"/>
       <c r="R472"/>
     </row>
     <row r="473" spans="1:18">
       <c r="B473" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C473" s="15" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="D473" s="15" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="E473" s="15" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="F473" s="15"/>
       <c r="G473" s="15"/>
       <c r="H473" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I473" s="15"/>
       <c r="J473" s="15"/>
       <c r="K473" s="15">
         <v>0.44339</v>
       </c>
       <c r="L473" s="15">
         <v>0.40644</v>
       </c>
       <c r="M473" s="15">
         <v>0</v>
       </c>
       <c r="N473" s="15"/>
       <c r="O473" s="15"/>
       <c r="P473" s="15"/>
       <c r="Q473" s="15"/>
       <c r="R473"/>
     </row>
     <row r="474" spans="1:18">
       <c r="B474" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C474" s="15" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D474" s="15" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="E474" s="15">
         <v>10000017867</v>
       </c>
       <c r="F474" s="15"/>
       <c r="G474" s="15"/>
       <c r="H474" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I474" s="15"/>
       <c r="J474" s="15">
         <v>25</v>
       </c>
       <c r="K474" s="15">
         <v>0.33003</v>
       </c>
       <c r="L474" s="15">
         <v>0.33003</v>
       </c>
       <c r="M474" s="15">
         <v>0.33003</v>
       </c>
       <c r="N474" s="15">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="O474" s="15"/>
       <c r="P474" s="15"/>
       <c r="Q474" s="15"/>
       <c r="R474"/>
     </row>
     <row r="475" spans="1:18">
       <c r="B475" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C475" s="15" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D475" s="15" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="E475" s="15">
         <v>10000011528</v>
       </c>
       <c r="F475" s="15"/>
       <c r="G475" s="15"/>
       <c r="H475" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I475" s="15" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="J475" s="15">
         <v>25</v>
       </c>
       <c r="K475" s="15">
         <v>0.57042</v>
       </c>
       <c r="L475" s="15">
         <v>0.49436</v>
       </c>
       <c r="M475" s="15">
         <v>0.47535</v>
       </c>
       <c r="N475" s="15">
-        <v>814</v>
+        <v>835</v>
       </c>
       <c r="O475" s="15"/>
       <c r="P475" s="15"/>
       <c r="Q475" s="15"/>
       <c r="R475"/>
     </row>
     <row r="476" spans="1:18">
       <c r="B476" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C476" s="15" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="D476" s="15" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="E476" s="15">
         <v>10000014654</v>
       </c>
       <c r="F476" s="15"/>
       <c r="G476" s="15"/>
       <c r="H476" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I476" s="15" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="J476" s="15">
         <v>25</v>
       </c>
       <c r="K476" s="15">
         <v>0.59119</v>
       </c>
       <c r="L476" s="15">
         <v>0.57888</v>
       </c>
       <c r="M476" s="15">
         <v>0.55424</v>
       </c>
       <c r="N476" s="15"/>
       <c r="O476" s="15"/>
       <c r="P476" s="15"/>
       <c r="Q476" s="15"/>
       <c r="R476"/>
     </row>
     <row r="477" spans="1:18">
       <c r="B477" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C477" s="15" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="D477" s="15"/>
       <c r="E477" s="15">
         <v>10000011527</v>
       </c>
       <c r="F477" s="15"/>
       <c r="G477" s="15"/>
       <c r="H477" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I477" s="15" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="J477" s="15">
         <v>25</v>
       </c>
       <c r="K477" s="15">
         <v>0.51725</v>
       </c>
       <c r="L477" s="15">
         <v>0.44828</v>
       </c>
       <c r="M477" s="15">
         <v>0.43104</v>
       </c>
       <c r="N477" s="15">
-        <v>1476</v>
+        <v>1187</v>
       </c>
       <c r="O477" s="15"/>
       <c r="P477" s="15"/>
       <c r="Q477" s="15"/>
       <c r="R477"/>
     </row>
     <row r="478" spans="1:18">
       <c r="B478" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C478" s="15" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D478" s="15" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="E478" s="15">
         <v>10080049008</v>
       </c>
       <c r="F478" s="15"/>
       <c r="G478" s="15"/>
       <c r="H478" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I478" s="15" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="J478" s="15">
         <v>25</v>
       </c>
       <c r="K478" s="15">
         <v>0.84806</v>
       </c>
       <c r="L478" s="15">
         <v>0.73498</v>
       </c>
       <c r="M478" s="15">
         <v>0.7067099999999999</v>
       </c>
-      <c r="N478" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N478" s="15"/>
       <c r="O478" s="15"/>
       <c r="P478" s="15"/>
       <c r="Q478" s="15"/>
       <c r="R478"/>
     </row>
     <row r="479" spans="1:18">
       <c r="B479" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C479" s="15" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="D479" s="15" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="E479" s="15" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="F479" s="15"/>
       <c r="G479" s="15"/>
       <c r="H479" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I479" s="15" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="J479" s="15">
         <v>2000</v>
       </c>
       <c r="K479" s="15">
         <v>0.33259</v>
       </c>
       <c r="L479" s="15">
         <v>0.33259</v>
       </c>
       <c r="M479" s="15">
         <v>0.33259</v>
       </c>
       <c r="N479" s="15"/>
       <c r="O479" s="15"/>
       <c r="P479" s="15"/>
       <c r="Q479" s="15"/>
       <c r="R479"/>
     </row>
     <row r="480" spans="1:18">
       <c r="B480" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C480" s="15" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="D480" s="15" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="E480" s="15">
         <v>10000011551</v>
       </c>
       <c r="F480" s="15"/>
       <c r="G480" s="15"/>
       <c r="H480" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I480" s="15" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="J480" s="15">
         <v>25</v>
       </c>
       <c r="K480" s="15">
         <v>0.67001</v>
       </c>
       <c r="L480" s="15">
         <v>0.6503100000000001</v>
       </c>
       <c r="M480" s="15">
         <v>0.62937</v>
       </c>
       <c r="N480" s="15"/>
       <c r="O480" s="15"/>
       <c r="P480" s="15"/>
       <c r="Q480" s="15"/>
       <c r="R480"/>
     </row>
     <row r="481" spans="1:18">
       <c r="B481" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C481" s="15" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D481" s="15" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="E481" s="15">
         <v>10080048509</v>
       </c>
       <c r="F481" s="15"/>
       <c r="G481" s="15"/>
       <c r="H481" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I481" s="15"/>
       <c r="J481" s="15">
         <v>25</v>
       </c>
       <c r="K481" s="15">
         <v>0.95733</v>
       </c>
       <c r="L481" s="15">
         <v>0</v>
       </c>
       <c r="M481" s="15">
         <v>0</v>
       </c>
       <c r="N481" s="15"/>
       <c r="O481" s="15"/>
       <c r="P481" s="15"/>
       <c r="Q481" s="15"/>
       <c r="R481"/>
     </row>
     <row r="482" spans="1:18">
       <c r="B482" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C482" s="15" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="D482" s="15" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="E482" s="15" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="F482" s="15"/>
       <c r="G482" s="15"/>
       <c r="H482" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I482" s="15"/>
       <c r="J482" s="15">
         <v>25</v>
       </c>
       <c r="K482" s="15">
         <v>0.44339</v>
       </c>
       <c r="L482" s="15">
         <v>0.39413</v>
       </c>
       <c r="M482" s="15">
         <v>0</v>
       </c>
       <c r="N482" s="15"/>
       <c r="O482" s="15"/>
       <c r="P482" s="15"/>
       <c r="Q482" s="15"/>
       <c r="R482"/>
     </row>
     <row r="483" spans="1:18">
       <c r="B483" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C483" s="15" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D483" s="15" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="E483" s="15">
         <v>10000011552</v>
       </c>
       <c r="F483" s="15"/>
       <c r="G483" s="15"/>
       <c r="H483" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I483" s="15" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="J483" s="15">
         <v>25</v>
       </c>
       <c r="K483" s="15">
         <v>0.67001</v>
       </c>
       <c r="L483" s="15">
         <v>0.6503100000000001</v>
       </c>
       <c r="M483" s="15">
         <v>0.62937</v>
       </c>
       <c r="N483" s="15"/>
       <c r="O483" s="15"/>
       <c r="P483" s="15"/>
       <c r="Q483" s="15"/>
       <c r="R483"/>
     </row>
     <row r="484" spans="1:18">
       <c r="B484" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C484" s="15" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="D484" s="15" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="E484" s="15">
         <v>10000011553</v>
       </c>
       <c r="F484" s="15"/>
       <c r="G484" s="15"/>
       <c r="H484" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I484" s="15" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="J484" s="15">
         <v>25</v>
       </c>
       <c r="K484" s="15">
         <v>0.67741</v>
       </c>
       <c r="L484" s="15">
         <v>0.55424</v>
       </c>
       <c r="M484" s="15">
         <v>0.54193</v>
       </c>
       <c r="N484" s="15"/>
       <c r="O484" s="15"/>
       <c r="P484" s="15"/>
       <c r="Q484" s="15"/>
       <c r="R484"/>
     </row>
     <row r="485" spans="1:18">
       <c r="B485" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C485" s="15" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D485" s="15" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="E485" s="15">
         <v>10080048857</v>
       </c>
       <c r="F485" s="15"/>
       <c r="G485" s="15"/>
       <c r="H485" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I485" s="15" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="J485" s="15">
         <v>25</v>
       </c>
       <c r="K485" s="15">
         <v>0.8849</v>
       </c>
       <c r="L485" s="15">
         <v>0.79641</v>
       </c>
       <c r="M485" s="15">
         <v>0.73743</v>
       </c>
       <c r="N485" s="15"/>
       <c r="O485" s="15"/>
       <c r="P485" s="15"/>
       <c r="Q485" s="15"/>
       <c r="R485"/>
     </row>
     <row r="486" spans="1:18">
       <c r="B486" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C486" s="15" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="D486" s="15" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="E486" s="15">
         <v>10000011152</v>
       </c>
       <c r="F486" s="15"/>
       <c r="G486" s="15"/>
       <c r="H486" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I486" s="15" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="J486" s="15">
         <v>25</v>
       </c>
       <c r="K486" s="15">
         <v>0.7674</v>
       </c>
       <c r="L486" s="15">
         <v>0.69408</v>
       </c>
       <c r="M486" s="15">
         <v>0.6452</v>
       </c>
       <c r="N486" s="15">
-        <v>3542</v>
+        <v>2499</v>
       </c>
       <c r="O486" s="15"/>
       <c r="P486" s="15"/>
       <c r="Q486" s="15"/>
       <c r="R486"/>
     </row>
     <row r="487" spans="1:18">
       <c r="B487" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C487" s="15" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="D487" s="15" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="E487" s="15">
         <v>10000011153</v>
       </c>
       <c r="F487" s="15"/>
       <c r="G487" s="15"/>
       <c r="H487" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I487" s="15" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="J487" s="15">
         <v>25</v>
       </c>
       <c r="K487" s="15">
         <v>0.51788</v>
       </c>
       <c r="L487" s="15">
         <v>0.51788</v>
       </c>
       <c r="M487" s="15">
         <v>0.51788</v>
       </c>
       <c r="N487" s="15">
         <v>18</v>
       </c>
       <c r="O487" s="15">
-        <v>630</v>
+        <v>840</v>
       </c>
       <c r="P487" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q487" s="15"/>
       <c r="R487"/>
     </row>
     <row r="488" spans="1:18">
       <c r="B488" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C488" s="15" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
       <c r="D488" s="15" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="E488" s="15" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="F488" s="15"/>
       <c r="G488" s="15"/>
       <c r="H488" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I488" s="15"/>
       <c r="J488" s="15">
         <v>25</v>
       </c>
       <c r="K488" s="15">
         <v>0.52279</v>
       </c>
       <c r="L488" s="15">
         <v>0.52279</v>
       </c>
       <c r="M488" s="15">
         <v>0.52279</v>
       </c>
       <c r="N488" s="15">
-        <v>870</v>
+        <v>790</v>
       </c>
       <c r="O488" s="15"/>
       <c r="P488" s="15"/>
       <c r="Q488" s="15"/>
       <c r="R488"/>
     </row>
     <row r="489" spans="1:18">
       <c r="B489" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>1440</v>
+        <v>1442</v>
       </c>
       <c r="D489" s="15"/>
       <c r="E489" s="15">
         <v>10080029140</v>
       </c>
       <c r="F489" s="15"/>
       <c r="G489" s="15"/>
       <c r="H489" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I489" s="15"/>
       <c r="J489" s="15">
         <v>25</v>
       </c>
       <c r="K489" s="15">
         <v>3.83</v>
       </c>
       <c r="L489" s="15">
         <v>3.27</v>
       </c>
       <c r="M489" s="15">
         <v>2.96</v>
       </c>
       <c r="N489" s="15"/>
       <c r="O489" s="15">
-        <v>186</v>
+        <v>267</v>
       </c>
       <c r="P489" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q489" s="15"/>
       <c r="R489"/>
     </row>
     <row r="490" spans="1:18">
       <c r="B490" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C490" s="15" t="s">
-        <v>1441</v>
+        <v>1443</v>
       </c>
       <c r="D490" s="15" t="s">
-        <v>1442</v>
+        <v>1444</v>
       </c>
       <c r="E490" s="15" t="s">
-        <v>1443</v>
+        <v>1445</v>
       </c>
       <c r="F490" s="15"/>
       <c r="G490" s="15"/>
       <c r="H490" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I490" s="15"/>
       <c r="J490" s="15"/>
       <c r="K490" s="15">
         <v>3.45</v>
       </c>
       <c r="L490" s="15">
         <v>2.96</v>
       </c>
       <c r="M490" s="15">
         <v>0</v>
       </c>
       <c r="N490" s="15"/>
       <c r="O490" s="15"/>
       <c r="P490" s="15"/>
       <c r="Q490" s="15"/>
       <c r="R490"/>
     </row>
     <row r="491" spans="1:18">
       <c r="B491" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C491" s="15" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="D491" s="15" t="s">
-        <v>1445</v>
+        <v>1447</v>
       </c>
       <c r="E491" s="15">
         <v>10000017802</v>
       </c>
       <c r="F491" s="15"/>
       <c r="G491" s="15"/>
       <c r="H491" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I491" s="15" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="J491" s="15">
         <v>25</v>
       </c>
       <c r="K491" s="15">
         <v>3.92</v>
       </c>
       <c r="L491" s="15">
         <v>3.54</v>
       </c>
       <c r="M491" s="15">
         <v>3.29</v>
       </c>
       <c r="N491" s="15">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="O491" s="15"/>
       <c r="P491" s="15"/>
       <c r="Q491" s="15"/>
       <c r="R491"/>
     </row>
     <row r="492" spans="1:18">
       <c r="B492" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C492" s="15" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="D492" s="15" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="E492" s="15">
         <v>10080066087</v>
       </c>
       <c r="F492" s="15"/>
       <c r="G492" s="15"/>
       <c r="H492" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I492" s="15"/>
       <c r="J492" s="15">
         <v>25</v>
       </c>
       <c r="K492" s="15">
         <v>2.45</v>
       </c>
       <c r="L492" s="15">
         <v>2.45</v>
       </c>
       <c r="M492" s="15">
         <v>2.45</v>
       </c>
       <c r="N492" s="15">
         <v>5</v>
       </c>
       <c r="O492" s="15"/>
       <c r="P492" s="15"/>
       <c r="Q492" s="15"/>
       <c r="R492"/>
     </row>
     <row r="493" spans="1:18">
       <c r="B493" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C493" s="15" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D493" s="15" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="E493" s="15">
         <v>10000011529</v>
       </c>
       <c r="F493" s="15"/>
       <c r="G493" s="15"/>
       <c r="H493" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I493" s="15" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="J493" s="15">
         <v>20</v>
       </c>
       <c r="K493" s="15">
         <v>1.47</v>
       </c>
       <c r="L493" s="15">
         <v>0.77939</v>
       </c>
       <c r="M493" s="15">
         <v>0.6648500000000001</v>
       </c>
       <c r="N493" s="15"/>
       <c r="O493" s="15"/>
       <c r="P493" s="15"/>
       <c r="Q493" s="15"/>
       <c r="R493"/>
     </row>
     <row r="494" spans="1:18">
       <c r="B494" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C494" s="15" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="D494" s="15" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="E494" s="15" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="F494" s="15"/>
       <c r="G494" s="15"/>
       <c r="H494" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I494" s="15"/>
       <c r="J494" s="15">
         <v>20</v>
       </c>
       <c r="K494" s="15">
         <v>0.70268</v>
       </c>
       <c r="L494" s="15">
         <v>0.6355499999999999</v>
       </c>
       <c r="M494" s="15">
         <v>0.59079</v>
       </c>
       <c r="N494" s="15">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="O494" s="15"/>
       <c r="P494" s="15"/>
       <c r="Q494" s="15"/>
       <c r="R494"/>
     </row>
     <row r="495" spans="1:18">
       <c r="B495" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C495" s="15" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="D495" s="15" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="E495" s="15">
         <v>10080002614</v>
       </c>
       <c r="F495" s="15"/>
       <c r="G495" s="15"/>
       <c r="H495" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I495" s="15" t="s">
-        <v>1457</v>
+        <v>1459</v>
       </c>
       <c r="J495" s="15">
         <v>25</v>
       </c>
       <c r="K495" s="15">
         <v>0.68147</v>
       </c>
       <c r="L495" s="15">
         <v>0.61637</v>
       </c>
       <c r="M495" s="15">
         <v>0.57296</v>
       </c>
       <c r="N495" s="15">
-        <v>265</v>
+        <v>277</v>
       </c>
       <c r="O495" s="15"/>
       <c r="P495" s="15"/>
       <c r="Q495" s="15"/>
       <c r="R495"/>
     </row>
     <row r="496" spans="1:18">
       <c r="B496" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C496" s="15" t="s">
-        <v>1458</v>
+        <v>1460</v>
       </c>
       <c r="D496" s="15" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="E496" s="15">
         <v>10080002613</v>
       </c>
       <c r="F496" s="15"/>
       <c r="G496" s="15"/>
       <c r="H496" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I496" s="15" t="s">
-        <v>1460</v>
+        <v>1462</v>
       </c>
       <c r="J496" s="15">
         <v>20</v>
       </c>
       <c r="K496" s="15">
         <v>0.68004</v>
       </c>
       <c r="L496" s="15">
         <v>0.5893699999999999</v>
       </c>
       <c r="M496" s="15">
         <v>0.5667</v>
       </c>
       <c r="N496" s="15">
-        <v>164</v>
+        <v>171</v>
       </c>
       <c r="O496" s="15"/>
       <c r="P496" s="15"/>
       <c r="Q496" s="15"/>
       <c r="R496"/>
     </row>
     <row r="497" spans="1:18">
       <c r="B497" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C497" s="15" t="s">
-        <v>1461</v>
+        <v>1463</v>
       </c>
       <c r="D497" s="15" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="E497" s="15">
         <v>10000011531</v>
       </c>
       <c r="F497" s="15"/>
       <c r="G497" s="15"/>
       <c r="H497" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I497" s="15" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="J497" s="15">
         <v>20</v>
       </c>
       <c r="K497" s="15">
         <v>0.68033</v>
       </c>
       <c r="L497" s="15">
         <v>0.61533</v>
       </c>
       <c r="M497" s="15">
         <v>0.572</v>
       </c>
       <c r="N497" s="15">
-        <v>167</v>
+        <v>145</v>
       </c>
       <c r="O497" s="15">
-        <v>450</v>
+        <v>390</v>
       </c>
       <c r="P497" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q497" s="15"/>
       <c r="R497"/>
     </row>
     <row r="498" spans="1:18">
       <c r="B498" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C498" s="15" t="s">
-        <v>1464</v>
+        <v>1466</v>
       </c>
       <c r="D498" s="15" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="E498" s="15">
         <v>10000014257</v>
       </c>
       <c r="F498" s="15"/>
       <c r="G498" s="15"/>
       <c r="H498" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I498" s="15" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="J498" s="15">
         <v>20</v>
       </c>
       <c r="K498" s="15">
         <v>0.72294</v>
       </c>
       <c r="L498" s="15">
         <v>0.6265500000000001</v>
       </c>
       <c r="M498" s="15">
         <v>0.60245</v>
       </c>
-      <c r="N498" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N498" s="15"/>
       <c r="O498" s="15"/>
       <c r="P498" s="15"/>
       <c r="Q498" s="15"/>
       <c r="R498"/>
     </row>
     <row r="499" spans="1:18">
       <c r="B499" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C499" s="15" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="D499" s="15" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="E499" s="15">
         <v>10080002612</v>
       </c>
       <c r="F499" s="15"/>
       <c r="G499" s="15"/>
       <c r="H499" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I499" s="15" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="J499" s="15">
         <v>20</v>
       </c>
       <c r="K499" s="15">
         <v>0.6899999999999999</v>
       </c>
       <c r="L499" s="15">
         <v>0.62408</v>
       </c>
       <c r="M499" s="15">
         <v>0.58013</v>
       </c>
       <c r="N499" s="15">
-        <v>714</v>
+        <v>549</v>
       </c>
       <c r="O499" s="15"/>
       <c r="P499" s="15"/>
       <c r="Q499" s="15"/>
       <c r="R499"/>
     </row>
     <row r="500" spans="1:18">
       <c r="B500" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C500" s="15" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="D500" s="15" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="E500" s="15">
         <v>10080012624</v>
       </c>
       <c r="F500" s="15"/>
       <c r="G500" s="15"/>
       <c r="H500" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I500" s="15" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="J500" s="15">
         <v>20</v>
       </c>
       <c r="K500" s="15">
         <v>0.45088</v>
       </c>
       <c r="L500" s="15">
         <v>0.45088</v>
       </c>
       <c r="M500" s="15">
         <v>0.45088</v>
       </c>
       <c r="N500" s="15">
-        <v>3217</v>
+        <v>3690</v>
       </c>
       <c r="O500" s="15"/>
       <c r="P500" s="15"/>
       <c r="Q500" s="15"/>
       <c r="R500"/>
     </row>
     <row r="501" spans="1:18">
       <c r="B501" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C501" s="15" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D501" s="15" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="E501" s="15">
         <v>10080049591</v>
       </c>
       <c r="F501" s="15"/>
       <c r="G501" s="15"/>
       <c r="H501" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I501" s="15"/>
       <c r="J501" s="15">
         <v>20</v>
       </c>
       <c r="K501" s="15">
         <v>0.62244</v>
       </c>
       <c r="L501" s="15">
         <v>0.56297</v>
       </c>
       <c r="M501" s="15">
         <v>0.52333</v>
       </c>
       <c r="N501" s="15">
-        <v>992</v>
+        <v>697</v>
       </c>
       <c r="O501" s="15"/>
       <c r="P501" s="15"/>
       <c r="Q501" s="15"/>
       <c r="R501"/>
     </row>
     <row r="502" spans="1:18">
       <c r="B502" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C502" s="15" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="D502" s="15" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="E502" s="15" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="F502" s="15"/>
       <c r="G502" s="15"/>
       <c r="H502" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I502" s="15" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="J502" s="15">
         <v>25</v>
       </c>
       <c r="K502" s="15">
         <v>0.47499</v>
       </c>
       <c r="L502" s="15">
         <v>0.42961</v>
       </c>
       <c r="M502" s="15">
         <v>0.39935</v>
       </c>
       <c r="N502" s="15">
-        <v>435</v>
+        <v>85</v>
       </c>
       <c r="O502" s="15"/>
       <c r="P502" s="15"/>
       <c r="Q502" s="15"/>
       <c r="R502"/>
     </row>
     <row r="503" spans="1:18">
       <c r="B503" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C503" s="15" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D503" s="15" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="E503" s="15" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="F503" s="15"/>
       <c r="G503" s="15"/>
       <c r="H503" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I503" s="15"/>
       <c r="J503" s="15">
         <v>25</v>
       </c>
       <c r="K503" s="15">
         <v>0.70357</v>
       </c>
       <c r="L503" s="15">
         <v>0.70357</v>
       </c>
       <c r="M503" s="15">
         <v>0.70357</v>
       </c>
       <c r="N503" s="15">
-        <v>276</v>
+        <v>221</v>
       </c>
       <c r="O503" s="15"/>
       <c r="P503" s="15"/>
       <c r="Q503" s="15"/>
       <c r="R503"/>
     </row>
     <row r="504" spans="1:18">
       <c r="B504" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C504" s="15" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="D504" s="15" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="E504" s="15">
         <v>10080002276</v>
       </c>
       <c r="F504" s="15"/>
       <c r="G504" s="15"/>
       <c r="H504" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I504" s="15" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="J504" s="15">
         <v>20</v>
       </c>
       <c r="K504" s="15">
         <v>0.67572</v>
       </c>
       <c r="L504" s="15">
         <v>0.67572</v>
       </c>
       <c r="M504" s="15">
         <v>0.67572</v>
       </c>
       <c r="N504" s="15">
-        <v>1982</v>
+        <v>1709</v>
       </c>
       <c r="O504" s="15"/>
       <c r="P504" s="15"/>
       <c r="Q504" s="15"/>
       <c r="R504"/>
     </row>
     <row r="505" spans="1:18">
       <c r="B505" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C505" s="15" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="D505" s="15" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="E505" s="15" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="F505" s="15"/>
       <c r="G505" s="15"/>
       <c r="H505" s="15" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="I505" s="15"/>
       <c r="J505" s="15"/>
       <c r="K505" s="15">
         <v>3.04</v>
       </c>
       <c r="L505" s="15">
         <v>3.04</v>
       </c>
       <c r="M505" s="15">
         <v>3.04</v>
       </c>
       <c r="N505" s="15"/>
       <c r="O505" s="15"/>
       <c r="P505" s="15"/>
       <c r="Q505" s="15"/>
       <c r="R505"/>
     </row>
     <row r="506" spans="1:18">
       <c r="B506" s="14" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C506" s="15" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="D506" s="15" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="E506" s="15">
         <v>10080005428</v>
       </c>
       <c r="F506" s="15"/>
       <c r="G506" s="15"/>
       <c r="H506" s="15" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="I506" s="15" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="J506" s="15"/>
       <c r="K506" s="15">
         <v>0.61583</v>
       </c>
       <c r="L506" s="15">
         <v>0.59119</v>
       </c>
       <c r="M506" s="15">
         <v>0.57888</v>
       </c>
       <c r="N506" s="15"/>
       <c r="O506" s="15"/>
       <c r="P506" s="15"/>
       <c r="Q506" s="15"/>
       <c r="R506"/>
     </row>
     <row r="507" spans="1:18">
       <c r="B507" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C507" s="15" t="s">
-        <v>1491</v>
+        <v>1493</v>
       </c>
       <c r="D507" s="15" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="E507" s="15" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="F507" s="15"/>
       <c r="G507" s="15"/>
       <c r="H507" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I507" s="15" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J507" s="15">
         <v>25</v>
       </c>
       <c r="K507" s="15">
         <v>0.59119</v>
       </c>
       <c r="L507" s="15">
         <v>0.55424</v>
       </c>
       <c r="M507" s="15">
         <v>0</v>
       </c>
       <c r="N507" s="15"/>
       <c r="O507" s="15"/>
       <c r="P507" s="15"/>
       <c r="Q507" s="15"/>
       <c r="R507"/>
     </row>
     <row r="508" spans="1:18">
       <c r="B508" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C508" s="15" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="D508" s="15" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="E508" s="15" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="F508" s="15"/>
       <c r="G508" s="15"/>
       <c r="H508" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I508" s="15" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J508" s="15">
         <v>25</v>
       </c>
       <c r="K508" s="15">
         <v>0.49266</v>
       </c>
       <c r="L508" s="15">
         <v>0.44648</v>
       </c>
       <c r="M508" s="15">
         <v>0.41568</v>
       </c>
       <c r="N508" s="15"/>
       <c r="O508" s="15"/>
       <c r="P508" s="15"/>
       <c r="Q508" s="15"/>
       <c r="R508"/>
     </row>
     <row r="509" spans="1:18">
       <c r="B509" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C509" s="15" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="D509" s="15" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="E509" s="15" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="F509" s="15"/>
       <c r="G509" s="15"/>
       <c r="H509" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I509" s="15"/>
       <c r="J509" s="15">
         <v>25</v>
       </c>
       <c r="K509" s="15">
         <v>0.59119</v>
       </c>
       <c r="L509" s="15">
         <v>0.55424</v>
       </c>
       <c r="M509" s="15">
         <v>0</v>
       </c>
       <c r="N509" s="15"/>
       <c r="O509" s="15"/>
       <c r="P509" s="15"/>
       <c r="Q509" s="15"/>
       <c r="R509"/>
     </row>
     <row r="510" spans="1:18">
       <c r="B510" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C510" s="15" t="s">
-        <v>1500</v>
+        <v>1502</v>
       </c>
       <c r="D510" s="15" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="E510" s="15" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="F510" s="15"/>
       <c r="G510" s="15"/>
       <c r="H510" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I510" s="15"/>
       <c r="J510" s="15">
         <v>25</v>
       </c>
       <c r="K510" s="15">
         <v>0.27</v>
       </c>
       <c r="L510" s="15">
         <v>0.27</v>
       </c>
       <c r="M510" s="15">
         <v>0.27</v>
       </c>
       <c r="N510" s="15">
         <v>1</v>
       </c>
       <c r="O510" s="15"/>
       <c r="P510" s="15"/>
       <c r="Q510" s="15"/>
       <c r="R510"/>
     </row>
     <row r="511" spans="1:18">
       <c r="B511" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C511" s="15" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="D511" s="15" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="E511" s="15" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="F511" s="15"/>
       <c r="G511" s="15"/>
       <c r="H511" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I511" s="15"/>
       <c r="J511" s="15">
         <v>25</v>
       </c>
       <c r="K511" s="15">
         <v>0.5</v>
       </c>
       <c r="L511" s="15">
         <v>0.5</v>
       </c>
       <c r="M511" s="15">
         <v>0.5</v>
       </c>
       <c r="N511" s="15">
         <v>1</v>
       </c>
       <c r="O511" s="15"/>
       <c r="P511" s="15"/>
       <c r="Q511" s="15"/>
       <c r="R511"/>
     </row>
     <row r="512" spans="1:18">
       <c r="B512" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C512" s="15" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="D512" s="15" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="E512" s="15" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="F512" s="15"/>
       <c r="G512" s="15"/>
       <c r="H512" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I512" s="15" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="J512" s="15"/>
       <c r="K512" s="15">
         <v>0.49266</v>
       </c>
       <c r="L512" s="15">
         <v>0.44648</v>
       </c>
       <c r="M512" s="15">
         <v>0.41568</v>
       </c>
       <c r="N512" s="15"/>
       <c r="O512" s="15"/>
       <c r="P512" s="15"/>
       <c r="Q512" s="15"/>
       <c r="R512"/>
     </row>
     <row r="513" spans="1:18">
       <c r="B513" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C513" s="15" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="D513" s="15" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="E513" s="15">
         <v>10000020416</v>
       </c>
       <c r="F513" s="15"/>
       <c r="G513" s="15"/>
       <c r="H513" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I513" s="15" t="s">
-        <v>1512</v>
+        <v>1514</v>
       </c>
       <c r="J513" s="15">
         <v>25</v>
       </c>
       <c r="K513" s="15">
         <v>0.52755</v>
       </c>
       <c r="L513" s="15">
         <v>0.47715</v>
       </c>
       <c r="M513" s="15">
         <v>0.44355</v>
       </c>
       <c r="N513" s="15">
         <v>172</v>
       </c>
       <c r="O513" s="15"/>
       <c r="P513" s="15"/>
       <c r="Q513" s="15"/>
       <c r="R513"/>
     </row>
     <row r="514" spans="1:18">
       <c r="B514" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C514" s="15" t="s">
-        <v>1513</v>
+        <v>1515</v>
       </c>
       <c r="D514" s="15" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="E514" s="15" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="F514" s="15"/>
       <c r="G514" s="15"/>
       <c r="H514" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I514" s="15"/>
       <c r="J514" s="15"/>
       <c r="K514" s="15">
         <v>0.49266</v>
       </c>
       <c r="L514" s="15">
         <v>0.46803</v>
       </c>
       <c r="M514" s="15">
         <v>0.44339</v>
       </c>
       <c r="N514" s="15"/>
       <c r="O514" s="15"/>
       <c r="P514" s="15"/>
       <c r="Q514" s="15"/>
       <c r="R514"/>
     </row>
     <row r="515" spans="1:18">
       <c r="B515" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C515" s="15" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="D515" s="15" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="E515" s="15">
         <v>10000011548</v>
       </c>
       <c r="F515" s="15"/>
       <c r="G515" s="15"/>
       <c r="H515" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I515" s="15" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="J515" s="15"/>
       <c r="K515" s="15">
         <v>0.45571</v>
       </c>
       <c r="L515" s="15">
         <v>0.43108</v>
       </c>
       <c r="M515" s="15">
         <v>0</v>
       </c>
       <c r="N515" s="15"/>
       <c r="O515" s="15"/>
       <c r="P515" s="15"/>
       <c r="Q515" s="15"/>
       <c r="R515"/>
     </row>
     <row r="516" spans="1:18">
       <c r="B516" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C516" s="15" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="D516" s="15" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="E516" s="15" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="F516" s="15"/>
       <c r="G516" s="15"/>
       <c r="H516" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I516" s="15" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="J516" s="15">
         <v>25</v>
       </c>
       <c r="K516" s="15">
         <v>0.46803</v>
       </c>
       <c r="L516" s="15">
         <v>0.43108</v>
       </c>
       <c r="M516" s="15">
         <v>0</v>
       </c>
       <c r="N516" s="15"/>
       <c r="O516" s="15"/>
       <c r="P516" s="15"/>
       <c r="Q516" s="15"/>
       <c r="R516"/>
     </row>
     <row r="517" spans="1:18">
       <c r="B517" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C517" s="15" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="D517" s="15" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="E517" s="15">
         <v>10000011546</v>
       </c>
       <c r="F517" s="15"/>
       <c r="G517" s="15"/>
       <c r="H517" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I517" s="15" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="J517" s="15">
         <v>25</v>
       </c>
       <c r="K517" s="15">
         <v>0.6162300000000001</v>
       </c>
       <c r="L517" s="15">
         <v>0.57219</v>
       </c>
       <c r="M517" s="15">
         <v>0.55018</v>
       </c>
       <c r="N517" s="15"/>
       <c r="O517" s="15"/>
       <c r="P517" s="15"/>
       <c r="Q517" s="15"/>
       <c r="R517"/>
     </row>
     <row r="518" spans="1:18">
       <c r="B518" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C518" s="15" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="D518" s="15" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="E518" s="15">
         <v>10000029824</v>
       </c>
       <c r="F518" s="15"/>
       <c r="G518" s="15"/>
       <c r="H518" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I518" s="15" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="J518" s="15">
         <v>25</v>
       </c>
       <c r="K518" s="15">
         <v>0.00612</v>
       </c>
       <c r="L518" s="15">
         <v>0.44339</v>
       </c>
       <c r="M518" s="15">
         <v>0.43108</v>
       </c>
       <c r="N518" s="15"/>
       <c r="O518" s="15"/>
       <c r="P518" s="15"/>
       <c r="Q518" s="15"/>
       <c r="R518"/>
     </row>
     <row r="519" spans="1:18">
       <c r="B519" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="D519" s="15"/>
       <c r="E519" s="15">
         <v>10080044685</v>
       </c>
       <c r="F519" s="15"/>
       <c r="G519" s="15"/>
       <c r="H519" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I519" s="15"/>
       <c r="J519" s="15">
         <v>25</v>
       </c>
       <c r="K519" s="15">
         <v>0.70877</v>
       </c>
       <c r="L519" s="15">
         <v>0.63788</v>
       </c>
       <c r="M519" s="15">
         <v>0.5906400000000001</v>
       </c>
       <c r="N519" s="15"/>
       <c r="O519" s="15"/>
       <c r="P519" s="15"/>
       <c r="Q519" s="15"/>
       <c r="R519"/>
     </row>
     <row r="520" spans="1:18">
       <c r="B520" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C520" s="15" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="D520" s="15" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="E520" s="15">
         <v>10080067723</v>
       </c>
       <c r="F520" s="15"/>
       <c r="G520" s="15"/>
       <c r="H520" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I520" s="15" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="J520" s="15">
         <v>100</v>
       </c>
       <c r="K520" s="15">
         <v>0.32704</v>
       </c>
       <c r="L520" s="15">
         <v>0.32704</v>
       </c>
       <c r="M520" s="15">
         <v>0.32704</v>
       </c>
       <c r="N520" s="15">
         <v>31</v>
       </c>
       <c r="O520" s="15">
         <v>680</v>
       </c>
       <c r="P520" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q520" s="15"/>
       <c r="R520"/>
     </row>
     <row r="521" spans="1:18">
       <c r="B521" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C521" s="15" t="s">
-        <v>1531</v>
+        <v>1533</v>
       </c>
       <c r="D521" s="15" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="E521" s="15" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="F521" s="15"/>
       <c r="G521" s="15"/>
       <c r="H521" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I521" s="15"/>
       <c r="J521" s="15">
         <v>100</v>
       </c>
       <c r="K521" s="15">
         <v>0.78875</v>
       </c>
       <c r="L521" s="15">
         <v>0.66153</v>
       </c>
       <c r="M521" s="15">
         <v>0.63609</v>
       </c>
       <c r="N521" s="15"/>
       <c r="O521" s="15"/>
       <c r="P521" s="15"/>
       <c r="Q521" s="15"/>
       <c r="R521"/>
     </row>
     <row r="522" spans="1:18">
       <c r="B522" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C522" s="15" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="D522" s="15" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="E522" s="15">
         <v>10080000545</v>
       </c>
       <c r="F522" s="15"/>
       <c r="G522" s="15"/>
       <c r="H522" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I522" s="15" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="J522" s="15">
         <v>25</v>
       </c>
       <c r="K522" s="15">
         <v>0.29284</v>
       </c>
       <c r="L522" s="15">
         <v>0.29284</v>
       </c>
       <c r="M522" s="15">
         <v>0.29284</v>
       </c>
       <c r="N522" s="15"/>
       <c r="O522" s="15"/>
       <c r="P522" s="15"/>
       <c r="Q522" s="15"/>
       <c r="R522"/>
     </row>
     <row r="523" spans="1:18">
       <c r="B523" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C523" s="15" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D523" s="15" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="E523" s="15">
         <v>10080007020</v>
       </c>
       <c r="F523" s="15"/>
       <c r="G523" s="15"/>
       <c r="H523" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I523" s="15" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="J523" s="15">
         <v>25</v>
       </c>
       <c r="K523" s="15">
         <v>0.33871</v>
       </c>
       <c r="L523" s="15">
         <v>0.33871</v>
       </c>
       <c r="M523" s="15">
         <v>0.33871</v>
       </c>
       <c r="N523" s="15"/>
       <c r="O523" s="15"/>
       <c r="P523" s="15"/>
       <c r="Q523" s="15"/>
       <c r="R523"/>
     </row>
     <row r="524" spans="1:18">
       <c r="B524" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C524" s="15" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="D524" s="15" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="E524" s="15">
         <v>10080000295</v>
       </c>
       <c r="F524" s="15"/>
       <c r="G524" s="15"/>
       <c r="H524" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I524" s="15" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="J524" s="15">
         <v>100</v>
       </c>
       <c r="K524" s="15">
         <v>0.3886</v>
       </c>
       <c r="L524" s="15">
         <v>0.3886</v>
       </c>
       <c r="M524" s="15">
         <v>0.3886</v>
       </c>
       <c r="N524" s="15">
-        <v>2570</v>
+        <v>2028</v>
       </c>
       <c r="O524" s="15"/>
       <c r="P524" s="15"/>
       <c r="Q524" s="15"/>
       <c r="R524"/>
     </row>
     <row r="525" spans="1:18">
       <c r="B525" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C525" s="15" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="D525" s="15" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="E525" s="15">
         <v>10080053116</v>
       </c>
       <c r="F525" s="15"/>
       <c r="G525" s="15"/>
       <c r="H525" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I525" s="15"/>
       <c r="J525" s="15">
         <v>25</v>
       </c>
       <c r="K525" s="15">
         <v>0.55347</v>
       </c>
       <c r="L525" s="15">
         <v>0.49812</v>
       </c>
       <c r="M525" s="15">
         <v>0.46123</v>
       </c>
       <c r="N525" s="15"/>
       <c r="O525" s="15"/>
       <c r="P525" s="15"/>
       <c r="Q525" s="15"/>
       <c r="R525"/>
     </row>
     <row r="526" spans="1:18">
       <c r="B526" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C526" s="15" t="s">
-        <v>1545</v>
+        <v>1547</v>
       </c>
       <c r="D526" s="15" t="s">
-        <v>1546</v>
+        <v>1548</v>
       </c>
       <c r="E526" s="15">
         <v>10000011549</v>
       </c>
       <c r="F526" s="15"/>
       <c r="G526" s="15"/>
       <c r="H526" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I526" s="15" t="s">
-        <v>1547</v>
+        <v>1549</v>
       </c>
       <c r="J526" s="15">
         <v>100</v>
       </c>
       <c r="K526" s="15">
         <v>0.49086</v>
       </c>
       <c r="L526" s="15">
         <v>0.44396</v>
       </c>
       <c r="M526" s="15">
         <v>0.4127</v>
       </c>
       <c r="N526" s="15">
-        <v>23257</v>
+        <v>17400</v>
       </c>
       <c r="O526" s="15"/>
       <c r="P526" s="15"/>
       <c r="Q526" s="15"/>
       <c r="R526"/>
     </row>
     <row r="527" spans="1:18">
       <c r="B527" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C527" s="15" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="D527" s="15" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="E527" s="15">
         <v>10080002611</v>
       </c>
       <c r="F527" s="15"/>
       <c r="G527" s="15"/>
       <c r="H527" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I527" s="15"/>
       <c r="J527" s="15"/>
       <c r="K527" s="15">
         <v>0.51237</v>
       </c>
       <c r="L527" s="15">
         <v>0.49512</v>
       </c>
       <c r="M527" s="15">
         <v>0.47911</v>
       </c>
       <c r="N527" s="15"/>
       <c r="O527" s="15"/>
       <c r="P527" s="15"/>
       <c r="Q527" s="15"/>
       <c r="R527"/>
     </row>
     <row r="528" spans="1:18">
       <c r="B528" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C528" s="15" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="D528" s="15" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="E528" s="15">
         <v>10080005566</v>
       </c>
       <c r="F528" s="15"/>
       <c r="G528" s="15"/>
       <c r="H528" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I528" s="15" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="J528" s="15">
         <v>100</v>
       </c>
       <c r="K528" s="15">
         <v>0.50063</v>
       </c>
       <c r="L528" s="15">
         <v>0.4528</v>
       </c>
       <c r="M528" s="15">
         <v>0.42091</v>
       </c>
       <c r="N528" s="15">
-        <v>2561</v>
+        <v>1805</v>
       </c>
       <c r="O528" s="15"/>
       <c r="P528" s="15"/>
       <c r="Q528" s="15"/>
       <c r="R528"/>
     </row>
     <row r="529" spans="1:18">
       <c r="B529" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C529" s="15" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="D529" s="15" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="E529" s="15">
         <v>10080072917</v>
       </c>
       <c r="F529" s="15"/>
       <c r="G529" s="15"/>
       <c r="H529" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I529" s="15"/>
       <c r="J529" s="15"/>
       <c r="K529" s="15">
         <v>0.73682</v>
       </c>
       <c r="L529" s="15">
         <v>0.61402</v>
       </c>
       <c r="M529" s="15">
         <v>0.58946</v>
       </c>
       <c r="N529" s="15"/>
       <c r="O529" s="15"/>
       <c r="P529" s="15"/>
       <c r="Q529" s="15"/>
       <c r="R529"/>
     </row>
     <row r="530" spans="1:18">
       <c r="B530" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C530" s="15" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="D530" s="15" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="E530" s="15" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="F530" s="15"/>
       <c r="G530" s="15"/>
       <c r="H530" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I530" s="15" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="J530" s="15">
         <v>20</v>
       </c>
       <c r="K530" s="15">
         <v>0.94848</v>
       </c>
       <c r="L530" s="15">
         <v>0.82202</v>
       </c>
       <c r="M530" s="15">
         <v>0.7904</v>
       </c>
       <c r="N530" s="15">
-        <v>800</v>
+        <v>620</v>
       </c>
       <c r="O530" s="15"/>
       <c r="P530" s="15"/>
       <c r="Q530" s="15"/>
       <c r="R530"/>
     </row>
     <row r="531" spans="1:18">
       <c r="B531" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C531" s="15" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D531" s="15" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="E531" s="15" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="F531" s="15"/>
       <c r="G531" s="15"/>
       <c r="H531" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I531" s="15" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="J531" s="15"/>
       <c r="K531" s="15">
         <v>0.90956</v>
       </c>
       <c r="L531" s="15">
         <v>0.8226599999999999</v>
       </c>
       <c r="M531" s="15">
         <v>0.76473</v>
       </c>
       <c r="N531" s="15">
-        <v>1260</v>
+        <v>1314</v>
       </c>
       <c r="O531" s="15"/>
       <c r="P531" s="15"/>
       <c r="Q531" s="15"/>
       <c r="R531"/>
     </row>
     <row r="532" spans="1:18">
       <c r="B532" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C532" s="15" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="D532" s="15" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="E532" s="15" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="F532" s="15"/>
       <c r="G532" s="15"/>
       <c r="H532" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I532" s="15"/>
       <c r="J532" s="15">
         <v>25</v>
       </c>
       <c r="K532" s="15">
         <v>0.21</v>
       </c>
       <c r="L532" s="15">
         <v>0.21</v>
       </c>
       <c r="M532" s="15">
         <v>0.21</v>
       </c>
       <c r="N532" s="15">
         <v>5</v>
       </c>
       <c r="O532" s="15"/>
       <c r="P532" s="15"/>
       <c r="Q532" s="15"/>
       <c r="R532"/>
     </row>
     <row r="533" spans="1:18">
       <c r="B533" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C533" s="15" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="D533" s="15" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="E533" s="15" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="F533" s="15"/>
       <c r="G533" s="15"/>
       <c r="H533" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I533" s="15" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="J533" s="15">
         <v>20</v>
       </c>
       <c r="K533" s="15">
         <v>0.93621</v>
       </c>
       <c r="L533" s="15">
         <v>0.84676</v>
       </c>
       <c r="M533" s="15">
         <v>0.78713</v>
       </c>
       <c r="N533" s="15"/>
       <c r="O533" s="15"/>
       <c r="P533" s="15"/>
       <c r="Q533" s="15"/>
       <c r="R533"/>
     </row>
     <row r="534" spans="1:18">
       <c r="B534" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C534" s="15" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="D534" s="15" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="E534" s="15" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="F534" s="15"/>
       <c r="G534" s="15"/>
       <c r="H534" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I534" s="15"/>
       <c r="J534" s="15">
         <v>25</v>
       </c>
       <c r="K534" s="15">
         <v>1.5</v>
       </c>
       <c r="L534" s="15">
         <v>1.36</v>
       </c>
       <c r="M534" s="15">
         <v>1.26</v>
       </c>
       <c r="N534" s="15"/>
       <c r="O534" s="15"/>
       <c r="P534" s="15"/>
       <c r="Q534" s="15"/>
       <c r="R534"/>
     </row>
     <row r="535" spans="1:18">
       <c r="B535" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C535" s="15" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="D535" s="15" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="E535" s="15">
         <v>10080005895</v>
       </c>
       <c r="F535" s="15"/>
       <c r="G535" s="15"/>
       <c r="H535" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I535" s="15" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="J535" s="15">
         <v>20</v>
       </c>
       <c r="K535" s="15">
         <v>0.89711</v>
       </c>
       <c r="L535" s="15">
         <v>0.8114</v>
       </c>
       <c r="M535" s="15">
         <v>0.75426</v>
       </c>
       <c r="N535" s="15">
-        <v>17734</v>
+        <v>19789</v>
       </c>
       <c r="O535" s="15"/>
       <c r="P535" s="15"/>
       <c r="Q535" s="15"/>
       <c r="R535"/>
     </row>
     <row r="536" spans="1:18">
       <c r="B536" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C536" s="15" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="D536" s="15" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="E536" s="15">
         <v>10080056119</v>
       </c>
       <c r="F536" s="15"/>
       <c r="G536" s="15"/>
       <c r="H536" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I536" s="15"/>
       <c r="J536" s="15">
         <v>20</v>
       </c>
       <c r="K536" s="15">
         <v>0.9385</v>
       </c>
       <c r="L536" s="15">
         <v>0.84883</v>
       </c>
       <c r="M536" s="15">
         <v>0.78906</v>
       </c>
       <c r="N536" s="15">
-        <v>2726</v>
+        <v>2584</v>
       </c>
       <c r="O536" s="15"/>
       <c r="P536" s="15"/>
       <c r="Q536" s="15"/>
       <c r="R536"/>
     </row>
     <row r="537" spans="1:18">
       <c r="B537" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C537" s="15" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="D537" s="15" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="E537" s="15" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="F537" s="15"/>
       <c r="G537" s="15"/>
       <c r="H537" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I537" s="15"/>
       <c r="J537" s="15">
         <v>20</v>
       </c>
       <c r="K537" s="15">
         <v>0.71253</v>
       </c>
       <c r="L537" s="15">
         <v>0.71253</v>
       </c>
       <c r="M537" s="15">
         <v>0.71253</v>
       </c>
       <c r="N537" s="15">
-        <v>5381</v>
+        <v>4522</v>
       </c>
       <c r="O537" s="15"/>
       <c r="P537" s="15"/>
       <c r="Q537" s="15"/>
       <c r="R537"/>
     </row>
     <row r="538" spans="1:18">
       <c r="B538" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C538" s="15" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="D538" s="15" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="E538" s="15">
         <v>10080055423</v>
       </c>
       <c r="F538" s="15"/>
       <c r="G538" s="15"/>
       <c r="H538" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I538" s="15"/>
       <c r="J538" s="15">
         <v>10</v>
       </c>
       <c r="K538" s="15">
         <v>0.97324</v>
       </c>
       <c r="L538" s="15">
         <v>0.97324</v>
       </c>
       <c r="M538" s="15">
         <v>0.97324</v>
       </c>
       <c r="N538" s="15"/>
       <c r="O538" s="15"/>
       <c r="P538" s="15"/>
       <c r="Q538" s="15"/>
       <c r="R538"/>
     </row>
     <row r="539" spans="1:18">
       <c r="B539" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C539" s="15" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="D539" s="15" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="E539" s="15">
         <v>10080026810</v>
       </c>
       <c r="F539" s="15"/>
       <c r="G539" s="15"/>
       <c r="H539" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I539" s="15" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="J539" s="15">
         <v>10</v>
       </c>
       <c r="K539" s="15">
         <v>1.31</v>
       </c>
       <c r="L539" s="15">
         <v>1.14</v>
       </c>
       <c r="M539" s="15">
         <v>1.09</v>
       </c>
       <c r="N539" s="15">
-        <v>3015</v>
+        <v>2300</v>
       </c>
       <c r="O539" s="15"/>
       <c r="P539" s="15"/>
       <c r="Q539" s="15"/>
       <c r="R539"/>
     </row>
     <row r="540" spans="1:18">
       <c r="B540" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C540" s="15" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="D540" s="15" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="E540" s="15">
         <v>10080017988</v>
       </c>
       <c r="F540" s="15"/>
       <c r="G540" s="15"/>
       <c r="H540" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I540" s="15" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="J540" s="15">
         <v>10</v>
       </c>
       <c r="K540" s="15">
         <v>1.56</v>
       </c>
       <c r="L540" s="15">
         <v>1.41</v>
       </c>
       <c r="M540" s="15">
         <v>1.31</v>
       </c>
       <c r="N540" s="15">
-        <v>2730</v>
+        <v>846</v>
       </c>
       <c r="O540" s="15"/>
       <c r="P540" s="15"/>
       <c r="Q540" s="15"/>
       <c r="R540"/>
     </row>
     <row r="541" spans="1:18">
       <c r="B541" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C541" s="15" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="D541" s="15" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="E541" s="15">
         <v>10080032291</v>
       </c>
       <c r="F541" s="15"/>
       <c r="G541" s="15"/>
       <c r="H541" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I541" s="15" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="J541" s="15">
         <v>10</v>
       </c>
       <c r="K541" s="15">
         <v>1.46</v>
       </c>
       <c r="L541" s="15">
         <v>1.32</v>
       </c>
       <c r="M541" s="15">
         <v>1.22</v>
       </c>
       <c r="N541" s="15"/>
       <c r="O541" s="15">
-        <v>640</v>
+        <v>660</v>
       </c>
       <c r="P541" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q541" s="15"/>
       <c r="R541"/>
     </row>
     <row r="542" spans="1:18">
       <c r="B542" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C542" s="15" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="D542" s="15" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="E542" s="15">
         <v>10080068158</v>
       </c>
       <c r="F542" s="15"/>
       <c r="G542" s="15"/>
       <c r="H542" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I542" s="15"/>
       <c r="J542" s="15">
         <v>20</v>
       </c>
       <c r="K542" s="15">
         <v>0.83991</v>
       </c>
       <c r="L542" s="15">
         <v>0.72792</v>
       </c>
       <c r="M542" s="15">
         <v>0.6999300000000001</v>
       </c>
-      <c r="N542" s="15"/>
-      <c r="O542" s="15"/>
+      <c r="N542" s="15">
+        <v>7835</v>
+      </c>
+      <c r="O542" s="15">
+        <v>8300</v>
+      </c>
       <c r="P542" s="15"/>
       <c r="Q542" s="15"/>
       <c r="R542"/>
     </row>
     <row r="543" spans="1:18">
       <c r="B543" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C543" s="15" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="D543" s="15" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="E543" s="15">
         <v>10080034839</v>
       </c>
       <c r="F543" s="15"/>
       <c r="G543" s="15"/>
       <c r="H543" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I543" s="15"/>
       <c r="J543" s="15">
         <v>10</v>
       </c>
       <c r="K543" s="15">
         <v>0.97375</v>
       </c>
       <c r="L543" s="15">
         <v>0.88071</v>
       </c>
       <c r="M543" s="15">
         <v>0.81869</v>
       </c>
       <c r="N543" s="15"/>
       <c r="O543" s="15">
-        <v>630</v>
+        <v>790</v>
       </c>
       <c r="P543" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q543" s="15"/>
       <c r="R543"/>
     </row>
     <row r="544" spans="1:18">
       <c r="B544" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C544" s="15" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="D544" s="15" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="E544" s="15">
         <v>10080074425</v>
       </c>
       <c r="F544" s="15"/>
       <c r="G544" s="15"/>
       <c r="H544" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I544" s="15"/>
       <c r="J544" s="15">
         <v>10</v>
       </c>
       <c r="K544" s="15">
         <v>2</v>
       </c>
       <c r="L544" s="15">
         <v>1.66</v>
       </c>
       <c r="M544" s="15">
         <v>1.6</v>
       </c>
       <c r="N544" s="15"/>
       <c r="O544" s="15"/>
       <c r="P544" s="15"/>
       <c r="Q544" s="15"/>
       <c r="R544"/>
     </row>
     <row r="545" spans="1:18">
       <c r="B545" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C545" s="15" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="D545" s="15" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="E545" s="15" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="F545" s="15"/>
       <c r="G545" s="15"/>
       <c r="H545" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I545" s="15" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="J545" s="15">
         <v>25</v>
       </c>
       <c r="K545" s="15">
         <v>1.5</v>
       </c>
       <c r="L545" s="15">
         <v>1.36</v>
       </c>
       <c r="M545" s="15">
         <v>1.26</v>
       </c>
       <c r="N545" s="15"/>
       <c r="O545" s="15"/>
       <c r="P545" s="15"/>
       <c r="Q545" s="15"/>
       <c r="R545"/>
     </row>
     <row r="546" spans="1:18">
       <c r="B546" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C546" s="15" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="D546" s="15" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="E546" s="15">
         <v>10080047822</v>
       </c>
       <c r="F546" s="15"/>
       <c r="G546" s="15"/>
       <c r="H546" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I546" s="15"/>
       <c r="J546" s="15">
         <v>25</v>
       </c>
       <c r="K546" s="15">
         <v>0.73</v>
       </c>
       <c r="L546" s="15">
         <v>0.73</v>
       </c>
       <c r="M546" s="15">
         <v>0.73</v>
       </c>
       <c r="N546" s="15">
         <v>10</v>
       </c>
       <c r="O546" s="15"/>
       <c r="P546" s="15"/>
       <c r="Q546" s="15"/>
       <c r="R546"/>
     </row>
     <row r="547" spans="1:18">
       <c r="B547" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C547" s="15" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="D547" s="15" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="E547" s="15">
         <v>10000018838</v>
       </c>
       <c r="F547" s="15"/>
       <c r="G547" s="15"/>
       <c r="H547" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I547" s="15" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="J547" s="15">
         <v>25</v>
       </c>
       <c r="K547" s="15">
         <v>0.97299</v>
       </c>
       <c r="L547" s="15">
         <v>0.88003</v>
       </c>
       <c r="M547" s="15">
         <v>0.81806</v>
       </c>
       <c r="N547" s="15"/>
       <c r="O547" s="15">
-        <v>6311</v>
+        <v>17</v>
       </c>
       <c r="P547" s="15" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="Q547" s="15"/>
       <c r="R547"/>
     </row>
     <row r="548" spans="1:18">
       <c r="B548" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C548" s="15" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="D548" s="15" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="E548" s="15">
         <v>10080051279</v>
       </c>
       <c r="F548" s="15"/>
       <c r="G548" s="15"/>
       <c r="H548" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I548" s="15"/>
       <c r="J548" s="15">
         <v>25</v>
       </c>
       <c r="K548" s="15">
         <v>1.36</v>
       </c>
       <c r="L548" s="15">
         <v>1.23</v>
       </c>
       <c r="M548" s="15">
         <v>1.14</v>
       </c>
       <c r="N548" s="15"/>
       <c r="O548" s="15"/>
       <c r="P548" s="15"/>
       <c r="Q548" s="15"/>
       <c r="R548"/>
     </row>
     <row r="549" spans="1:18">
       <c r="B549" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C549" s="15" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="D549" s="15" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="E549" s="15">
         <v>10080003663</v>
       </c>
       <c r="F549" s="15"/>
       <c r="G549" s="15"/>
       <c r="H549" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I549" s="15" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="J549" s="15">
         <v>25</v>
       </c>
       <c r="K549" s="15">
         <v>0.87552</v>
       </c>
       <c r="L549" s="15">
         <v>0.84185</v>
       </c>
       <c r="M549" s="15">
         <v>0.80818</v>
       </c>
       <c r="N549" s="15">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="O549" s="15"/>
       <c r="P549" s="15"/>
       <c r="Q549" s="15"/>
       <c r="R549"/>
     </row>
     <row r="550" spans="1:18">
       <c r="B550" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C550" s="15" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="D550" s="15" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="E550" s="15" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="F550" s="15"/>
       <c r="G550" s="15"/>
       <c r="H550" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I550" s="15" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="J550" s="15">
         <v>25</v>
       </c>
       <c r="K550" s="15">
         <v>1.15</v>
       </c>
       <c r="L550" s="15">
         <v>1.04</v>
       </c>
       <c r="M550" s="15">
         <v>0.96454</v>
       </c>
       <c r="N550" s="15">
-        <v>680</v>
+        <v>740</v>
       </c>
       <c r="O550" s="15"/>
       <c r="P550" s="15"/>
       <c r="Q550" s="15"/>
       <c r="R550"/>
     </row>
     <row r="551" spans="1:18">
       <c r="B551" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C551" s="15" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="D551" s="15" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="E551" s="15">
         <v>10080002610</v>
       </c>
       <c r="F551" s="15"/>
       <c r="G551" s="15"/>
       <c r="H551" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I551" s="15"/>
       <c r="J551" s="15">
         <v>25</v>
       </c>
       <c r="K551" s="15">
         <v>1.01</v>
       </c>
       <c r="L551" s="15">
         <v>0.91658</v>
       </c>
       <c r="M551" s="15">
         <v>0.85203</v>
       </c>
       <c r="N551" s="15">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="O551" s="15"/>
       <c r="P551" s="15"/>
       <c r="Q551" s="15"/>
       <c r="R551"/>
     </row>
     <row r="552" spans="1:18">
       <c r="B552" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C552" s="15" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="D552" s="15" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="E552" s="15">
         <v>10000021424</v>
       </c>
       <c r="F552" s="15"/>
       <c r="G552" s="15"/>
       <c r="H552" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I552" s="15" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="J552" s="15">
         <v>25</v>
       </c>
       <c r="K552" s="15">
         <v>1.01</v>
       </c>
       <c r="L552" s="15">
         <v>0.9166</v>
       </c>
       <c r="M552" s="15">
         <v>0.85205</v>
       </c>
       <c r="N552" s="15">
-        <v>2131</v>
+        <v>2017</v>
       </c>
       <c r="O552" s="15"/>
       <c r="P552" s="15"/>
       <c r="Q552" s="15"/>
       <c r="R552"/>
     </row>
     <row r="553" spans="1:18">
       <c r="B553" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C553" s="15" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="D553" s="15" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="E553" s="15">
         <v>10080016368</v>
       </c>
       <c r="F553" s="15"/>
       <c r="G553" s="15"/>
       <c r="H553" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I553" s="15" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="J553" s="15">
         <v>25</v>
       </c>
       <c r="K553" s="15">
         <v>0.8025099999999999</v>
       </c>
       <c r="L553" s="15">
         <v>0.72583</v>
       </c>
       <c r="M553" s="15">
         <v>0.67472</v>
       </c>
-      <c r="N553" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N553" s="15"/>
       <c r="O553" s="15">
-        <v>900</v>
+        <v>1482</v>
       </c>
       <c r="P553" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q553" s="15"/>
       <c r="R553"/>
     </row>
     <row r="554" spans="1:18">
       <c r="B554" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C554" s="15" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="D554" s="15" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="E554" s="15">
         <v>10080050548</v>
       </c>
       <c r="F554" s="15"/>
       <c r="G554" s="15"/>
       <c r="H554" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I554" s="15"/>
       <c r="J554" s="15">
         <v>25</v>
       </c>
       <c r="K554" s="15">
         <v>0.87942</v>
       </c>
       <c r="L554" s="15">
         <v>0.7954</v>
       </c>
       <c r="M554" s="15">
         <v>0.73938</v>
       </c>
       <c r="N554" s="15">
-        <v>2349</v>
+        <v>1728</v>
       </c>
       <c r="O554" s="15"/>
       <c r="P554" s="15"/>
       <c r="Q554" s="15"/>
       <c r="R554"/>
     </row>
     <row r="555" spans="1:18">
       <c r="B555" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C555" s="15" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="D555" s="15" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="E555" s="15">
         <v>10000018077</v>
       </c>
       <c r="F555" s="15"/>
       <c r="G555" s="15"/>
       <c r="H555" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I555" s="15" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="J555" s="15">
         <v>25</v>
       </c>
       <c r="K555" s="15">
         <v>0.8118</v>
       </c>
       <c r="L555" s="15">
         <v>0.73424</v>
       </c>
       <c r="M555" s="15">
         <v>0.68253</v>
       </c>
       <c r="N555" s="15">
-        <v>1732</v>
-[...1 lines deleted...]
-      <c r="O555" s="15"/>
+        <v>1072</v>
+      </c>
+      <c r="O555" s="15">
+        <v>800</v>
+      </c>
       <c r="P555" s="15"/>
       <c r="Q555" s="15"/>
       <c r="R555"/>
     </row>
     <row r="556" spans="1:18">
       <c r="B556" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C556" s="15" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="D556" s="15" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="E556" s="15">
         <v>10000023371</v>
       </c>
       <c r="F556" s="15"/>
       <c r="G556" s="15"/>
       <c r="H556" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I556" s="15" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="J556" s="15">
         <v>25</v>
       </c>
       <c r="K556" s="15">
         <v>0.32</v>
       </c>
       <c r="L556" s="15">
         <v>0.32</v>
       </c>
       <c r="M556" s="15">
         <v>0.32</v>
       </c>
       <c r="N556" s="15">
-        <v>4152</v>
+        <v>3521</v>
       </c>
       <c r="O556" s="15"/>
       <c r="P556" s="15"/>
       <c r="Q556" s="15"/>
       <c r="R556"/>
     </row>
     <row r="557" spans="1:18">
       <c r="B557" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C557" s="15" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="D557" s="15" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="E557" s="15" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="F557" s="15"/>
       <c r="G557" s="15"/>
       <c r="H557" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I557" s="15"/>
       <c r="J557" s="15">
         <v>25</v>
       </c>
       <c r="K557" s="15">
         <v>0.44339</v>
       </c>
       <c r="L557" s="15">
         <v>0.41876</v>
       </c>
       <c r="M557" s="15">
         <v>0.39413</v>
       </c>
       <c r="N557" s="15"/>
       <c r="O557" s="15"/>
       <c r="P557" s="15"/>
       <c r="Q557" s="15"/>
       <c r="R557"/>
     </row>
     <row r="558" spans="1:18">
       <c r="B558" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C558" s="15" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="D558" s="15" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="E558" s="15" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="F558" s="15"/>
       <c r="G558" s="15"/>
       <c r="H558" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I558" s="15"/>
       <c r="J558" s="15">
         <v>25</v>
       </c>
       <c r="K558" s="15">
         <v>0.7245</v>
       </c>
       <c r="L558" s="15">
         <v>0.47093</v>
       </c>
       <c r="M558" s="15">
         <v>0.44678</v>
       </c>
       <c r="N558" s="15"/>
       <c r="O558" s="15"/>
       <c r="P558" s="15"/>
       <c r="Q558" s="15"/>
       <c r="R558"/>
     </row>
     <row r="559" spans="1:18">
       <c r="B559" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C559" s="15" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="D559" s="15" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="E559" s="15">
         <v>10000011533</v>
       </c>
       <c r="F559" s="15"/>
       <c r="G559" s="15"/>
       <c r="H559" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I559" s="15" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="J559" s="15">
         <v>25</v>
       </c>
       <c r="K559" s="15">
         <v>0.3695</v>
       </c>
       <c r="L559" s="15">
         <v>0.35718</v>
       </c>
       <c r="M559" s="15">
         <v>0.34486</v>
       </c>
       <c r="N559" s="15"/>
       <c r="O559" s="15"/>
       <c r="P559" s="15"/>
       <c r="Q559" s="15"/>
       <c r="R559"/>
     </row>
     <row r="560" spans="1:18">
       <c r="B560" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C560" s="15" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D560" s="15" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="E560" s="15">
         <v>10000011550</v>
       </c>
       <c r="F560" s="15"/>
       <c r="G560" s="15"/>
       <c r="H560" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I560" s="15" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="J560" s="15">
         <v>25</v>
       </c>
       <c r="K560" s="15">
         <v>0.46183</v>
       </c>
       <c r="L560" s="15">
         <v>0.41771</v>
       </c>
       <c r="M560" s="15">
         <v>0.38829</v>
       </c>
       <c r="N560" s="15">
-        <v>5144</v>
+        <v>4699</v>
       </c>
       <c r="O560" s="15">
-        <v>4860</v>
+        <v>4440</v>
       </c>
       <c r="P560" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q560" s="15"/>
       <c r="R560"/>
     </row>
     <row r="561" spans="1:18">
       <c r="B561" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C561" s="15" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="D561" s="15"/>
       <c r="E561" s="15">
         <v>10080003482</v>
       </c>
       <c r="F561" s="15"/>
       <c r="G561" s="15"/>
       <c r="H561" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I561" s="15"/>
       <c r="J561" s="15"/>
       <c r="K561" s="15">
         <v>3.74</v>
       </c>
       <c r="L561" s="15">
         <v>3.39</v>
       </c>
       <c r="M561" s="15">
         <v>3.16</v>
       </c>
       <c r="N561" s="15"/>
       <c r="O561" s="15"/>
       <c r="P561" s="15"/>
       <c r="Q561" s="15"/>
       <c r="R561"/>
     </row>
     <row r="562" spans="1:18">
       <c r="B562" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C562" s="15" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="D562" s="15" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="E562" s="15" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="F562" s="15"/>
       <c r="G562" s="15"/>
       <c r="H562" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I562" s="15" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="J562" s="15">
         <v>15</v>
       </c>
       <c r="K562" s="15">
         <v>1.01</v>
       </c>
       <c r="L562" s="15">
         <v>0.90962</v>
       </c>
       <c r="M562" s="15">
         <v>0.84557</v>
       </c>
       <c r="N562" s="15">
-        <v>1642</v>
+        <v>1775</v>
       </c>
       <c r="O562" s="15"/>
       <c r="P562" s="15"/>
       <c r="Q562" s="15"/>
       <c r="R562"/>
     </row>
     <row r="563" spans="1:18">
       <c r="B563" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C563" s="15" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="D563" s="15" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="E563" s="15" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="F563" s="15"/>
       <c r="G563" s="15"/>
       <c r="H563" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I563" s="15" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="J563" s="15">
         <v>15</v>
       </c>
       <c r="K563" s="15">
         <v>1.05</v>
       </c>
       <c r="L563" s="15">
         <v>0.9498</v>
       </c>
       <c r="M563" s="15">
         <v>0.88291</v>
       </c>
       <c r="N563" s="15">
-        <v>2040</v>
+        <v>1704</v>
       </c>
       <c r="O563" s="15"/>
       <c r="P563" s="15"/>
       <c r="Q563" s="15"/>
       <c r="R563"/>
     </row>
     <row r="564" spans="1:18">
       <c r="B564" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C564" s="15" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="D564" s="15" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="E564" s="15" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="F564" s="15"/>
       <c r="G564" s="15"/>
       <c r="H564" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I564" s="15" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="J564" s="15">
         <v>15</v>
       </c>
       <c r="K564" s="15">
         <v>0.61607</v>
       </c>
       <c r="L564" s="15">
         <v>0.61607</v>
       </c>
       <c r="M564" s="15">
         <v>0.61607</v>
       </c>
       <c r="N564" s="15">
-        <v>504</v>
+        <v>417</v>
       </c>
       <c r="O564" s="15"/>
       <c r="P564" s="15"/>
       <c r="Q564" s="15"/>
       <c r="R564"/>
     </row>
     <row r="565" spans="1:18">
       <c r="B565" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C565" s="15" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="D565" s="15" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="E565" s="15" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="F565" s="15"/>
       <c r="G565" s="15"/>
       <c r="H565" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I565" s="15"/>
       <c r="J565" s="15"/>
       <c r="K565" s="15">
         <v>1.23</v>
       </c>
       <c r="L565" s="15">
         <v>1.17</v>
       </c>
       <c r="M565" s="15">
         <v>0</v>
       </c>
       <c r="N565" s="15"/>
       <c r="O565" s="15"/>
       <c r="P565" s="15"/>
       <c r="Q565" s="15"/>
       <c r="R565"/>
     </row>
     <row r="566" spans="1:18">
       <c r="B566" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C566" s="15" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="D566" s="15" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="E566" s="15">
         <v>10000014133</v>
       </c>
       <c r="F566" s="15"/>
       <c r="G566" s="15"/>
       <c r="H566" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I566" s="15" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="J566" s="15">
         <v>15</v>
       </c>
       <c r="K566" s="15">
         <v>1.58</v>
       </c>
       <c r="L566" s="15">
         <v>1.43</v>
       </c>
       <c r="M566" s="15">
         <v>1.32</v>
       </c>
       <c r="N566" s="15"/>
       <c r="O566" s="15"/>
       <c r="P566" s="15"/>
       <c r="Q566" s="15"/>
       <c r="R566"/>
     </row>
     <row r="567" spans="1:18">
       <c r="B567" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C567" s="15" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D567" s="15" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="E567" s="15">
         <v>10080073634</v>
       </c>
       <c r="F567" s="15"/>
       <c r="G567" s="15"/>
       <c r="H567" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I567" s="15" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="J567" s="15">
         <v>15</v>
       </c>
       <c r="K567" s="15">
         <v>1.41</v>
       </c>
       <c r="L567" s="15">
         <v>1.27</v>
       </c>
       <c r="M567" s="15">
         <v>1.18</v>
       </c>
       <c r="N567" s="15">
-        <v>126</v>
+        <v>164</v>
       </c>
       <c r="O567" s="15"/>
       <c r="P567" s="15"/>
       <c r="Q567" s="15"/>
       <c r="R567"/>
     </row>
     <row r="568" spans="1:18">
       <c r="B568" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C568" s="15" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="D568" s="15" t="s">
-        <v>1667</v>
+        <v>1669</v>
       </c>
       <c r="E568" s="15">
         <v>10080000046</v>
       </c>
       <c r="F568" s="15"/>
       <c r="G568" s="15"/>
       <c r="H568" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I568" s="15" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="J568" s="15">
         <v>15</v>
       </c>
       <c r="K568" s="15">
         <v>0.95139</v>
       </c>
       <c r="L568" s="15">
         <v>0.86049</v>
       </c>
       <c r="M568" s="15">
         <v>0.79989</v>
       </c>
       <c r="N568" s="15">
-        <v>1571</v>
+        <v>1410</v>
       </c>
       <c r="O568" s="15"/>
       <c r="P568" s="15"/>
       <c r="Q568" s="15"/>
       <c r="R568"/>
     </row>
     <row r="569" spans="1:18">
       <c r="B569" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C569" s="15" t="s">
-        <v>1669</v>
+        <v>1671</v>
       </c>
       <c r="D569" s="15" t="s">
-        <v>1670</v>
+        <v>1672</v>
       </c>
       <c r="E569" s="15" t="s">
-        <v>1671</v>
+        <v>1673</v>
       </c>
       <c r="F569" s="15"/>
       <c r="G569" s="15"/>
       <c r="H569" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I569" s="15" t="s">
-        <v>1672</v>
+        <v>1674</v>
       </c>
       <c r="J569" s="15">
         <v>15</v>
       </c>
       <c r="K569" s="15">
         <v>0.60576</v>
       </c>
       <c r="L569" s="15">
         <v>0.60576</v>
       </c>
       <c r="M569" s="15">
         <v>0.60576</v>
       </c>
       <c r="N569" s="15">
-        <v>897</v>
+        <v>925</v>
       </c>
       <c r="O569" s="15"/>
       <c r="P569" s="15"/>
       <c r="Q569" s="15"/>
       <c r="R569"/>
     </row>
     <row r="570" spans="1:18">
       <c r="B570" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C570" s="15" t="s">
-        <v>1673</v>
+        <v>1675</v>
       </c>
       <c r="D570" s="15" t="s">
-        <v>1674</v>
+        <v>1676</v>
       </c>
       <c r="E570" s="15">
         <v>10080006048</v>
       </c>
       <c r="F570" s="15"/>
       <c r="G570" s="15"/>
       <c r="H570" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I570" s="15"/>
       <c r="J570" s="15">
         <v>15</v>
       </c>
       <c r="K570" s="15">
         <v>1.21</v>
       </c>
       <c r="L570" s="15">
         <v>1.09</v>
       </c>
       <c r="M570" s="15">
         <v>1.01</v>
       </c>
       <c r="N570" s="15"/>
       <c r="O570" s="15"/>
       <c r="P570" s="15"/>
       <c r="Q570" s="15"/>
       <c r="R570"/>
     </row>
     <row r="571" spans="1:18">
       <c r="B571" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C571" s="15" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="D571" s="15" t="s">
-        <v>1676</v>
+        <v>1678</v>
       </c>
       <c r="E571" s="15">
         <v>10080073635</v>
       </c>
       <c r="F571" s="15"/>
       <c r="G571" s="15"/>
       <c r="H571" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I571" s="15"/>
       <c r="J571" s="15">
         <v>15</v>
       </c>
       <c r="K571" s="15">
         <v>0.68115</v>
       </c>
       <c r="L571" s="15">
         <v>0.68115</v>
       </c>
       <c r="M571" s="15">
         <v>0.68115</v>
       </c>
       <c r="N571" s="15">
-        <v>1116</v>
+        <v>1333</v>
       </c>
       <c r="O571" s="15"/>
       <c r="P571" s="15"/>
       <c r="Q571" s="15"/>
       <c r="R571"/>
     </row>
     <row r="572" spans="1:18">
       <c r="B572" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C572" s="15" t="s">
-        <v>1677</v>
+        <v>1679</v>
       </c>
       <c r="D572" s="15" t="s">
-        <v>1678</v>
+        <v>1680</v>
       </c>
       <c r="E572" s="15">
         <v>10080010753</v>
       </c>
       <c r="F572" s="15"/>
       <c r="G572" s="15"/>
       <c r="H572" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I572" s="15"/>
       <c r="J572" s="15">
         <v>15</v>
       </c>
       <c r="K572" s="15">
         <v>1.44</v>
       </c>
       <c r="L572" s="15">
         <v>1.3</v>
       </c>
       <c r="M572" s="15">
         <v>1.2</v>
       </c>
       <c r="N572" s="15"/>
       <c r="O572" s="15"/>
       <c r="P572" s="15"/>
       <c r="Q572" s="15"/>
       <c r="R572"/>
     </row>
     <row r="573" spans="1:18">
       <c r="B573" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C573" s="15" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="D573" s="15" t="s">
-        <v>1680</v>
+        <v>1682</v>
       </c>
       <c r="E573" s="15">
         <v>10080074588</v>
       </c>
       <c r="F573" s="15"/>
       <c r="G573" s="15"/>
       <c r="H573" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I573" s="15" t="s">
-        <v>1681</v>
+        <v>1683</v>
       </c>
       <c r="J573" s="15">
         <v>15</v>
       </c>
       <c r="K573" s="15">
         <v>1.14</v>
       </c>
       <c r="L573" s="15">
         <v>1.03</v>
       </c>
       <c r="M573" s="15">
         <v>0.9575</v>
       </c>
       <c r="N573" s="15">
-        <v>202</v>
+        <v>173</v>
       </c>
       <c r="O573" s="15"/>
       <c r="P573" s="15"/>
       <c r="Q573" s="15"/>
       <c r="R573"/>
     </row>
     <row r="574" spans="1:18">
       <c r="B574" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C574" s="15" t="s">
-        <v>1682</v>
+        <v>1684</v>
       </c>
       <c r="D574" s="15" t="s">
-        <v>1683</v>
+        <v>1685</v>
       </c>
       <c r="E574" s="15" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="F574" s="15"/>
       <c r="G574" s="15"/>
       <c r="H574" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I574" s="15"/>
       <c r="J574" s="15">
         <v>15</v>
       </c>
       <c r="K574" s="15">
         <v>2.47</v>
       </c>
       <c r="L574" s="15">
         <v>2.24</v>
       </c>
       <c r="M574" s="15">
         <v>2.08</v>
       </c>
       <c r="N574" s="15"/>
       <c r="O574" s="15">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="P574" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q574" s="15"/>
       <c r="R574"/>
     </row>
     <row r="575" spans="1:18">
       <c r="B575" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C575" s="15" t="s">
-        <v>1685</v>
+        <v>1687</v>
       </c>
       <c r="D575" s="15" t="s">
-        <v>1686</v>
+        <v>1688</v>
       </c>
       <c r="E575" s="15">
         <v>10080067638</v>
       </c>
       <c r="F575" s="15"/>
       <c r="G575" s="15"/>
       <c r="H575" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I575" s="15"/>
       <c r="J575" s="15">
         <v>15</v>
       </c>
       <c r="K575" s="15">
         <v>4.42</v>
       </c>
       <c r="L575" s="15">
         <v>3.69</v>
       </c>
       <c r="M575" s="15">
         <v>3.54</v>
       </c>
       <c r="N575" s="15"/>
       <c r="O575" s="15"/>
       <c r="P575" s="15"/>
       <c r="Q575" s="15"/>
       <c r="R575"/>
     </row>
     <row r="576" spans="1:18">
       <c r="B576" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C576" s="15" t="s">
-        <v>1687</v>
+        <v>1689</v>
       </c>
       <c r="D576" s="15" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="E576" s="15" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="F576" s="15"/>
       <c r="G576" s="15"/>
       <c r="H576" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I576" s="15"/>
       <c r="J576" s="15">
         <v>300</v>
       </c>
       <c r="K576" s="15">
         <v>5.02</v>
       </c>
       <c r="L576" s="15">
         <v>4.21</v>
       </c>
       <c r="M576" s="15">
         <v>4.05</v>
       </c>
       <c r="N576" s="15"/>
       <c r="O576" s="15"/>
       <c r="P576" s="15"/>
       <c r="Q576" s="15">
         <v>600</v>
       </c>
       <c r="R576"/>
     </row>
     <row r="577" spans="1:18">
       <c r="B577" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C577" s="15" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="D577" s="15" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="E577" s="15" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="F577" s="15"/>
       <c r="G577" s="15"/>
       <c r="H577" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I577" s="15"/>
       <c r="J577" s="15">
         <v>15</v>
       </c>
       <c r="K577" s="15">
         <v>1.71</v>
       </c>
       <c r="L577" s="15">
         <v>1.54</v>
       </c>
       <c r="M577" s="15">
         <v>1.43</v>
       </c>
       <c r="N577" s="15"/>
       <c r="O577" s="15"/>
       <c r="P577" s="15"/>
       <c r="Q577" s="15"/>
       <c r="R577"/>
     </row>
     <row r="578" spans="1:18">
       <c r="B578" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C578" s="15" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="D578" s="15" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="E578" s="15" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="F578" s="15"/>
       <c r="G578" s="15"/>
       <c r="H578" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I578" s="15" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="J578" s="15">
         <v>15</v>
       </c>
       <c r="K578" s="15">
         <v>1.1</v>
       </c>
       <c r="L578" s="15">
         <v>1</v>
       </c>
       <c r="M578" s="15">
         <v>0.93113</v>
       </c>
       <c r="N578" s="15"/>
       <c r="O578" s="15"/>
       <c r="P578" s="15"/>
       <c r="Q578" s="15"/>
       <c r="R578"/>
     </row>
     <row r="579" spans="1:18">
       <c r="B579" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C579" s="15" t="s">
-        <v>1697</v>
+        <v>1699</v>
       </c>
       <c r="D579" s="15"/>
       <c r="E579" s="15">
         <v>10080003168</v>
       </c>
       <c r="F579" s="15"/>
       <c r="G579" s="15"/>
       <c r="H579" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I579" s="15"/>
       <c r="J579" s="15">
         <v>15</v>
       </c>
       <c r="K579" s="15">
         <v>1.31</v>
       </c>
       <c r="L579" s="15">
         <v>1.18</v>
       </c>
       <c r="M579" s="15">
         <v>1.1</v>
       </c>
       <c r="N579" s="15"/>
       <c r="O579" s="15"/>
       <c r="P579" s="15"/>
       <c r="Q579" s="15"/>
       <c r="R579"/>
     </row>
     <row r="580" spans="1:18">
       <c r="B580" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C580" s="15" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="D580" s="15"/>
       <c r="E580" s="15">
         <v>10080074589</v>
       </c>
       <c r="F580" s="15"/>
       <c r="G580" s="15"/>
       <c r="H580" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I580" s="15"/>
       <c r="J580" s="15">
         <v>15</v>
       </c>
       <c r="K580" s="15">
         <v>1.19</v>
       </c>
       <c r="L580" s="15">
         <v>1.07</v>
       </c>
       <c r="M580" s="15">
         <v>0.99661</v>
       </c>
       <c r="N580" s="15">
-        <v>953</v>
+        <v>792</v>
       </c>
       <c r="O580" s="15"/>
       <c r="P580" s="15"/>
       <c r="Q580" s="15"/>
       <c r="R580"/>
     </row>
     <row r="581" spans="1:18">
       <c r="B581" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C581" s="15" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
       <c r="D581" s="15" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="E581" s="15">
         <v>10080003169</v>
       </c>
       <c r="F581" s="15"/>
       <c r="G581" s="15"/>
       <c r="H581" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I581" s="15" t="s">
-        <v>1701</v>
+        <v>1703</v>
       </c>
       <c r="J581" s="15">
         <v>15</v>
       </c>
       <c r="K581" s="15">
         <v>1.28</v>
       </c>
       <c r="L581" s="15">
         <v>1.16</v>
       </c>
       <c r="M581" s="15">
         <v>1.07</v>
       </c>
       <c r="N581" s="15"/>
       <c r="O581" s="15"/>
       <c r="P581" s="15"/>
       <c r="Q581" s="15"/>
       <c r="R581"/>
     </row>
     <row r="582" spans="1:18">
       <c r="B582" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C582" s="15" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="D582" s="15"/>
       <c r="E582" s="15" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="F582" s="15"/>
       <c r="G582" s="15"/>
       <c r="H582" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I582" s="15"/>
       <c r="J582" s="15">
         <v>15</v>
       </c>
       <c r="K582" s="15">
         <v>0.81236</v>
       </c>
       <c r="L582" s="15">
         <v>0.81236</v>
       </c>
       <c r="M582" s="15">
         <v>0.81236</v>
       </c>
       <c r="N582" s="15">
-        <v>3840</v>
+        <v>4075</v>
       </c>
       <c r="O582" s="15"/>
       <c r="P582" s="15"/>
       <c r="Q582" s="15"/>
       <c r="R582"/>
     </row>
     <row r="583" spans="1:18">
       <c r="B583" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C583" s="15" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="D583" s="15" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="E583" s="15" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="F583" s="15"/>
       <c r="G583" s="15"/>
       <c r="H583" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I583" s="15" t="s">
-        <v>1707</v>
+        <v>1709</v>
       </c>
       <c r="J583" s="15">
         <v>15</v>
       </c>
       <c r="K583" s="15">
         <v>0.9601</v>
       </c>
       <c r="L583" s="15">
         <v>0.9601</v>
       </c>
       <c r="M583" s="15">
         <v>0.9601</v>
       </c>
       <c r="N583" s="15">
-        <v>776</v>
+        <v>822</v>
       </c>
       <c r="O583" s="15"/>
       <c r="P583" s="15"/>
       <c r="Q583" s="15"/>
       <c r="R583"/>
     </row>
     <row r="584" spans="1:18">
       <c r="B584" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C584" s="15" t="s">
-        <v>1708</v>
+        <v>1710</v>
       </c>
       <c r="D584" s="15" t="s">
-        <v>1709</v>
+        <v>1711</v>
       </c>
       <c r="E584" s="15">
         <v>10080040467</v>
       </c>
       <c r="F584" s="15"/>
       <c r="G584" s="15"/>
       <c r="H584" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I584" s="15"/>
       <c r="J584" s="15">
         <v>15</v>
       </c>
       <c r="K584" s="15">
         <v>2.58</v>
       </c>
       <c r="L584" s="15">
         <v>2.33</v>
       </c>
       <c r="M584" s="15">
         <v>2.16</v>
       </c>
       <c r="N584" s="15"/>
       <c r="O584" s="15"/>
       <c r="P584" s="15"/>
       <c r="Q584" s="15"/>
       <c r="R584"/>
     </row>
     <row r="585" spans="1:18">
       <c r="B585" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C585" s="15" t="s">
-        <v>1710</v>
+        <v>1712</v>
       </c>
       <c r="D585" s="15" t="s">
-        <v>1711</v>
+        <v>1713</v>
       </c>
       <c r="E585" s="15">
         <v>10080074587</v>
       </c>
       <c r="F585" s="15"/>
       <c r="G585" s="15"/>
       <c r="H585" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I585" s="15"/>
       <c r="J585" s="15">
         <v>15</v>
       </c>
       <c r="K585" s="15">
         <v>1.44</v>
       </c>
       <c r="L585" s="15">
         <v>1.44</v>
       </c>
       <c r="M585" s="15">
         <v>1.44</v>
       </c>
       <c r="N585" s="15">
-        <v>773</v>
+        <v>609</v>
       </c>
       <c r="O585" s="15"/>
       <c r="P585" s="15"/>
       <c r="Q585" s="15"/>
       <c r="R585"/>
     </row>
     <row r="586" spans="1:18">
       <c r="B586" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C586" s="15" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="D586" s="15" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="E586" s="15">
         <v>10080007321</v>
       </c>
       <c r="F586" s="15"/>
       <c r="G586" s="15"/>
       <c r="H586" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I586" s="15" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="J586" s="15">
         <v>15</v>
       </c>
       <c r="K586" s="15">
         <v>1.64</v>
       </c>
       <c r="L586" s="15">
         <v>1.48</v>
       </c>
       <c r="M586" s="15">
         <v>1.37</v>
       </c>
       <c r="N586" s="15"/>
       <c r="O586" s="15"/>
       <c r="P586" s="15"/>
       <c r="Q586" s="15"/>
       <c r="R586"/>
     </row>
     <row r="587" spans="1:18">
       <c r="B587" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C587" s="15" t="s">
-        <v>1715</v>
+        <v>1717</v>
       </c>
       <c r="D587" s="15" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="E587" s="15">
         <v>10080073636</v>
       </c>
       <c r="F587" s="15"/>
       <c r="G587" s="15"/>
       <c r="H587" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I587" s="15"/>
       <c r="J587" s="15">
         <v>15</v>
       </c>
       <c r="K587" s="15">
         <v>0.91438</v>
       </c>
       <c r="L587" s="15">
         <v>0.91438</v>
       </c>
       <c r="M587" s="15">
         <v>0.91438</v>
       </c>
       <c r="N587" s="15"/>
       <c r="O587" s="15">
-        <v>1200</v>
+        <v>990</v>
       </c>
       <c r="P587" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q587" s="15"/>
       <c r="R587"/>
     </row>
     <row r="588" spans="1:18">
       <c r="B588" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C588" s="15" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="D588" s="15" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
       <c r="E588" s="15">
         <v>10080018960</v>
       </c>
       <c r="F588" s="15"/>
       <c r="G588" s="15"/>
       <c r="H588" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I588" s="15" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="J588" s="15">
         <v>15</v>
       </c>
       <c r="K588" s="15">
         <v>1.61</v>
       </c>
       <c r="L588" s="15">
         <v>1.45</v>
       </c>
       <c r="M588" s="15">
         <v>1.34</v>
       </c>
       <c r="N588" s="15"/>
       <c r="O588" s="15"/>
       <c r="P588" s="15"/>
       <c r="Q588" s="15"/>
       <c r="R588"/>
     </row>
     <row r="589" spans="1:18">
       <c r="B589" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C589" s="15" t="s">
-        <v>1720</v>
+        <v>1722</v>
       </c>
       <c r="D589" s="15" t="s">
-        <v>1721</v>
+        <v>1723</v>
       </c>
       <c r="E589" s="15" t="s">
-        <v>1722</v>
+        <v>1724</v>
       </c>
       <c r="F589" s="15"/>
       <c r="G589" s="15"/>
       <c r="H589" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I589" s="15"/>
       <c r="J589" s="15">
         <v>15</v>
       </c>
       <c r="K589" s="15">
         <v>0.93022</v>
       </c>
       <c r="L589" s="15">
         <v>0.93022</v>
       </c>
       <c r="M589" s="15">
         <v>0.93022</v>
       </c>
       <c r="N589" s="15">
-        <v>976</v>
+        <v>865</v>
       </c>
       <c r="O589" s="15"/>
       <c r="P589" s="15"/>
       <c r="Q589" s="15"/>
       <c r="R589"/>
     </row>
     <row r="590" spans="1:18">
       <c r="B590" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C590" s="15" t="s">
-        <v>1723</v>
+        <v>1725</v>
       </c>
       <c r="D590" s="15" t="s">
-        <v>1724</v>
+        <v>1726</v>
       </c>
       <c r="E590" s="15" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="F590" s="15"/>
       <c r="G590" s="15"/>
       <c r="H590" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I590" s="15" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="J590" s="15">
         <v>15</v>
       </c>
       <c r="K590" s="15">
         <v>0.96954</v>
       </c>
       <c r="L590" s="15">
         <v>0.96954</v>
       </c>
       <c r="M590" s="15">
         <v>0.96954</v>
       </c>
       <c r="N590" s="15">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="O590" s="15"/>
       <c r="P590" s="15"/>
       <c r="Q590" s="15"/>
       <c r="R590"/>
     </row>
     <row r="591" spans="1:18">
       <c r="B591" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C591" s="15" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
       <c r="D591" s="15" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="E591" s="15" t="s">
-        <v>1729</v>
+        <v>1731</v>
       </c>
       <c r="F591" s="15"/>
       <c r="G591" s="15"/>
       <c r="H591" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I591" s="15" t="s">
-        <v>1730</v>
+        <v>1732</v>
       </c>
       <c r="J591" s="15">
         <v>15</v>
       </c>
       <c r="K591" s="15">
         <v>0.96954</v>
       </c>
       <c r="L591" s="15">
         <v>0.96954</v>
       </c>
       <c r="M591" s="15">
         <v>0.96954</v>
       </c>
       <c r="N591" s="15">
-        <v>936</v>
+        <v>828</v>
       </c>
       <c r="O591" s="15"/>
       <c r="P591" s="15"/>
       <c r="Q591" s="15"/>
       <c r="R591"/>
     </row>
     <row r="592" spans="1:18">
       <c r="B592" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C592" s="15" t="s">
-        <v>1731</v>
+        <v>1733</v>
       </c>
       <c r="D592" s="15" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="E592" s="15">
         <v>10080008989</v>
       </c>
       <c r="F592" s="15"/>
       <c r="G592" s="15"/>
       <c r="H592" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I592" s="15"/>
       <c r="J592" s="15">
         <v>15</v>
       </c>
       <c r="K592" s="15">
         <v>1.12</v>
       </c>
       <c r="L592" s="15">
         <v>1.01</v>
       </c>
       <c r="M592" s="15">
         <v>0.93973</v>
       </c>
       <c r="N592" s="15"/>
       <c r="O592" s="15"/>
       <c r="P592" s="15"/>
       <c r="Q592" s="15"/>
       <c r="R592"/>
     </row>
     <row r="593" spans="1:18">
       <c r="B593" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C593" s="15" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="D593" s="15" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="E593" s="15" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="F593" s="15"/>
       <c r="G593" s="15"/>
       <c r="H593" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I593" s="15"/>
       <c r="J593" s="15">
         <v>15</v>
       </c>
       <c r="K593" s="15">
         <v>0.77133</v>
       </c>
       <c r="L593" s="15">
         <v>0.77133</v>
       </c>
       <c r="M593" s="15">
         <v>0.77133</v>
       </c>
       <c r="N593" s="15">
-        <v>436</v>
+        <v>456</v>
       </c>
       <c r="O593" s="15"/>
       <c r="P593" s="15"/>
       <c r="Q593" s="15"/>
       <c r="R593"/>
     </row>
     <row r="594" spans="1:18">
       <c r="B594" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C594" s="15" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="D594" s="15" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="E594" s="15" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="F594" s="15"/>
       <c r="G594" s="15"/>
       <c r="H594" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I594" s="15" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="J594" s="15">
         <v>15</v>
       </c>
       <c r="K594" s="15">
         <v>1.16</v>
       </c>
       <c r="L594" s="15">
         <v>1.05</v>
       </c>
       <c r="M594" s="15">
         <v>0.98101</v>
       </c>
       <c r="N594" s="15"/>
       <c r="O594" s="15"/>
       <c r="P594" s="15"/>
       <c r="Q594" s="15"/>
       <c r="R594"/>
     </row>
     <row r="595" spans="1:18">
       <c r="B595" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C595" s="15" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="D595" s="15" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="E595" s="15">
         <v>10000015634</v>
       </c>
       <c r="F595" s="15"/>
       <c r="G595" s="15"/>
       <c r="H595" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I595" s="15" t="s">
-        <v>1742</v>
+        <v>1744</v>
       </c>
       <c r="J595" s="15">
         <v>20</v>
       </c>
       <c r="K595" s="15">
         <v>2.52</v>
       </c>
       <c r="L595" s="15">
         <v>2.27</v>
       </c>
       <c r="M595" s="15">
         <v>2.1</v>
       </c>
       <c r="N595" s="15"/>
       <c r="O595" s="15"/>
       <c r="P595" s="15"/>
       <c r="Q595" s="15"/>
       <c r="R595"/>
     </row>
     <row r="596" spans="1:18">
       <c r="B596" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C596" s="15" t="s">
-        <v>1743</v>
+        <v>1745</v>
       </c>
       <c r="D596" s="15" t="s">
-        <v>1744</v>
+        <v>1746</v>
       </c>
       <c r="E596" s="15">
         <v>10080074590</v>
       </c>
       <c r="F596" s="15"/>
       <c r="G596" s="15"/>
       <c r="H596" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I596" s="15"/>
       <c r="J596" s="15">
         <v>20</v>
       </c>
       <c r="K596" s="15">
         <v>2.26</v>
       </c>
       <c r="L596" s="15">
         <v>2.04</v>
       </c>
       <c r="M596" s="15">
         <v>1.9</v>
       </c>
-      <c r="N596" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N596" s="15"/>
       <c r="O596" s="15">
-        <v>17400</v>
+        <v>12373</v>
       </c>
       <c r="P596" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q596" s="15"/>
       <c r="R596"/>
     </row>
     <row r="597" spans="1:18">
       <c r="B597" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C597" s="15" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="D597" s="15" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="E597" s="15">
         <v>10000029789</v>
       </c>
       <c r="F597" s="15"/>
       <c r="G597" s="15"/>
       <c r="H597" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I597" s="15" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
       <c r="J597" s="15">
         <v>20</v>
       </c>
       <c r="K597" s="15">
         <v>2.3</v>
       </c>
       <c r="L597" s="15">
         <v>2.08</v>
       </c>
       <c r="M597" s="15">
         <v>1.93</v>
       </c>
       <c r="N597" s="15">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="O597" s="15">
-        <v>234</v>
+        <v>264</v>
       </c>
       <c r="P597" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q597" s="15"/>
       <c r="R597"/>
     </row>
     <row r="598" spans="1:18">
       <c r="B598" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C598" s="15" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="D598" s="15" t="s">
-        <v>1749</v>
+        <v>1751</v>
       </c>
       <c r="E598" s="15">
         <v>10080010784</v>
       </c>
       <c r="F598" s="15"/>
       <c r="G598" s="15"/>
       <c r="H598" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I598" s="15" t="s">
-        <v>1750</v>
+        <v>1752</v>
       </c>
       <c r="J598" s="15">
         <v>20</v>
       </c>
       <c r="K598" s="15">
         <v>1.53</v>
       </c>
       <c r="L598" s="15">
         <v>1.38</v>
       </c>
       <c r="M598" s="15">
         <v>1.28</v>
       </c>
       <c r="N598" s="15"/>
       <c r="O598" s="15"/>
       <c r="P598" s="15"/>
       <c r="Q598" s="15"/>
       <c r="R598"/>
     </row>
     <row r="599" spans="1:18">
       <c r="B599" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C599" s="15" t="s">
-        <v>1751</v>
+        <v>1753</v>
       </c>
       <c r="D599" s="15" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="E599" s="15">
         <v>10080073186</v>
       </c>
       <c r="F599" s="15"/>
       <c r="G599" s="15"/>
       <c r="H599" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I599" s="15" t="s">
-        <v>1753</v>
+        <v>1755</v>
       </c>
       <c r="J599" s="15">
         <v>20</v>
       </c>
       <c r="K599" s="15">
         <v>1.28</v>
       </c>
       <c r="L599" s="15">
         <v>1.16</v>
       </c>
       <c r="M599" s="15">
         <v>1.08</v>
       </c>
-      <c r="N599" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N599" s="15"/>
       <c r="O599" s="15">
-        <v>1104</v>
+        <v>1200</v>
       </c>
       <c r="P599" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q599" s="15"/>
       <c r="R599"/>
     </row>
     <row r="600" spans="1:18">
       <c r="B600" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="D600" s="15" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="E600" s="15">
         <v>10080007311</v>
       </c>
       <c r="F600" s="15"/>
       <c r="G600" s="15"/>
       <c r="H600" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I600" s="15"/>
       <c r="J600" s="15"/>
       <c r="K600" s="15">
         <v>1.49</v>
       </c>
       <c r="L600" s="15">
         <v>1.44</v>
       </c>
       <c r="M600" s="15">
         <v>1.4</v>
       </c>
       <c r="N600" s="15"/>
       <c r="O600" s="15"/>
       <c r="P600" s="15"/>
       <c r="Q600" s="15"/>
       <c r="R600"/>
     </row>
     <row r="601" spans="1:18">
       <c r="B601" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C601" s="15" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="D601" s="15" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="E601" s="15" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="F601" s="15"/>
       <c r="G601" s="15"/>
       <c r="H601" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I601" s="15"/>
       <c r="J601" s="15">
         <v>20</v>
       </c>
       <c r="K601" s="15">
         <v>1.57</v>
       </c>
       <c r="L601" s="15">
         <v>1.42</v>
       </c>
       <c r="M601" s="15">
         <v>1.32</v>
       </c>
       <c r="N601" s="15"/>
       <c r="O601" s="15"/>
       <c r="P601" s="15"/>
       <c r="Q601" s="15"/>
       <c r="R601"/>
     </row>
     <row r="602" spans="1:18">
       <c r="B602" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C602" s="15" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="D602" s="15" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="E602" s="15">
         <v>10080050461</v>
       </c>
       <c r="F602" s="15"/>
       <c r="G602" s="15"/>
       <c r="H602" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I602" s="15"/>
       <c r="J602" s="15">
         <v>15</v>
       </c>
       <c r="K602" s="15">
         <v>2.85</v>
       </c>
       <c r="L602" s="15">
         <v>2.85</v>
       </c>
       <c r="M602" s="15">
         <v>2.85</v>
       </c>
       <c r="N602" s="15">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="O602" s="15"/>
       <c r="P602" s="15"/>
       <c r="Q602" s="15"/>
       <c r="R602"/>
     </row>
     <row r="603" spans="1:18">
       <c r="B603" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C603" s="15" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="D603" s="15" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="E603" s="15">
         <v>10080051977</v>
       </c>
       <c r="F603" s="15"/>
       <c r="G603" s="15"/>
       <c r="H603" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I603" s="15"/>
       <c r="J603" s="15">
         <v>25</v>
       </c>
       <c r="K603" s="15">
         <v>0.73944</v>
       </c>
       <c r="L603" s="15">
         <v>0.64085</v>
       </c>
       <c r="M603" s="15">
         <v>0.6162</v>
       </c>
       <c r="N603" s="15">
-        <v>170</v>
+        <v>154</v>
       </c>
       <c r="O603" s="15"/>
       <c r="P603" s="15"/>
       <c r="Q603" s="15"/>
       <c r="R603"/>
     </row>
     <row r="604" spans="1:18">
       <c r="B604" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C604" s="15" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="D604" s="15" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="E604" s="15" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="F604" s="15"/>
       <c r="G604" s="15"/>
       <c r="H604" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I604" s="15"/>
       <c r="J604" s="15">
         <v>25</v>
       </c>
       <c r="K604" s="15">
         <v>1.01</v>
       </c>
       <c r="L604" s="15">
         <v>0.72136</v>
       </c>
       <c r="M604" s="15">
         <v>0.6295500000000001</v>
       </c>
       <c r="N604" s="15">
         <v>1</v>
       </c>
       <c r="O604" s="15"/>
       <c r="P604" s="15"/>
       <c r="Q604" s="15"/>
       <c r="R604"/>
     </row>
     <row r="605" spans="1:18">
       <c r="B605" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C605" s="15" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="D605" s="15" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
       <c r="E605" s="15" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="F605" s="15"/>
       <c r="G605" s="15"/>
       <c r="H605" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I605" s="15"/>
       <c r="J605" s="15">
         <v>25</v>
       </c>
       <c r="K605" s="15">
         <v>1.01</v>
       </c>
       <c r="L605" s="15">
         <v>0.65578</v>
       </c>
       <c r="M605" s="15">
         <v>0.6295500000000001</v>
       </c>
       <c r="N605" s="15">
         <v>1</v>
       </c>
       <c r="O605" s="15"/>
       <c r="P605" s="15"/>
       <c r="Q605" s="15"/>
       <c r="R605"/>
     </row>
     <row r="606" spans="1:18">
       <c r="B606" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C606" s="15" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="D606" s="15" t="s">
-        <v>1770</v>
+        <v>1772</v>
       </c>
       <c r="E606" s="15">
         <v>10000015635</v>
       </c>
       <c r="F606" s="15"/>
       <c r="G606" s="15"/>
       <c r="H606" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I606" s="15" t="s">
-        <v>1771</v>
+        <v>1773</v>
       </c>
       <c r="J606" s="15">
         <v>20</v>
       </c>
       <c r="K606" s="15">
         <v>0.78791</v>
       </c>
       <c r="L606" s="15">
         <v>0.78791</v>
       </c>
       <c r="M606" s="15">
         <v>0.78791</v>
       </c>
       <c r="N606" s="15">
-        <v>709</v>
+        <v>718</v>
       </c>
       <c r="O606" s="15"/>
       <c r="P606" s="15"/>
       <c r="Q606" s="15"/>
       <c r="R606"/>
     </row>
     <row r="607" spans="1:18">
       <c r="B607" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C607" s="15" t="s">
-        <v>1772</v>
+        <v>1774</v>
       </c>
       <c r="D607" s="15" t="s">
-        <v>1773</v>
+        <v>1775</v>
       </c>
       <c r="E607" s="15">
         <v>10080018270</v>
       </c>
       <c r="F607" s="15"/>
       <c r="G607" s="15"/>
       <c r="H607" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I607" s="15"/>
       <c r="J607" s="15">
         <v>20</v>
       </c>
       <c r="K607" s="15">
         <v>1.22</v>
       </c>
       <c r="L607" s="15">
         <v>1.1</v>
       </c>
       <c r="M607" s="15">
         <v>1.02</v>
       </c>
       <c r="N607" s="15"/>
       <c r="O607" s="15">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="P607" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q607" s="15"/>
       <c r="R607"/>
     </row>
     <row r="608" spans="1:18">
       <c r="B608" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>1774</v>
+        <v>1776</v>
       </c>
       <c r="D608" s="15" t="s">
-        <v>1775</v>
+        <v>1777</v>
       </c>
       <c r="E608" s="15">
         <v>10080025918</v>
       </c>
       <c r="F608" s="15"/>
       <c r="G608" s="15"/>
       <c r="H608" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I608" s="15"/>
       <c r="J608" s="15">
         <v>20</v>
       </c>
       <c r="K608" s="15">
         <v>1.4</v>
       </c>
       <c r="L608" s="15">
         <v>1.21</v>
       </c>
       <c r="M608" s="15">
         <v>1.16</v>
       </c>
       <c r="N608" s="15">
-        <v>780</v>
+        <v>804</v>
       </c>
       <c r="O608" s="15"/>
       <c r="P608" s="15"/>
       <c r="Q608" s="15"/>
       <c r="R608"/>
     </row>
     <row r="609" spans="1:18">
       <c r="B609" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C609" s="15" t="s">
-        <v>1776</v>
+        <v>1778</v>
       </c>
       <c r="D609" s="15" t="s">
-        <v>1777</v>
+        <v>1779</v>
       </c>
       <c r="E609" s="15" t="s">
-        <v>1778</v>
+        <v>1780</v>
       </c>
       <c r="F609" s="15"/>
       <c r="G609" s="15"/>
       <c r="H609" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I609" s="15"/>
       <c r="J609" s="15">
         <v>20</v>
       </c>
       <c r="K609" s="15">
         <v>1.72</v>
       </c>
       <c r="L609" s="15">
         <v>1.72</v>
       </c>
       <c r="M609" s="15">
         <v>1.72</v>
       </c>
       <c r="N609" s="15"/>
       <c r="O609" s="15"/>
       <c r="P609" s="15"/>
       <c r="Q609" s="15"/>
       <c r="R609"/>
     </row>
     <row r="610" spans="1:18">
       <c r="B610" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C610" s="15" t="s">
-        <v>1779</v>
+        <v>1781</v>
       </c>
       <c r="D610" s="15" t="s">
-        <v>1780</v>
+        <v>1782</v>
       </c>
       <c r="E610" s="15" t="s">
-        <v>1781</v>
+        <v>1783</v>
       </c>
       <c r="F610" s="15"/>
       <c r="G610" s="15"/>
       <c r="H610" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I610" s="15"/>
       <c r="J610" s="15">
         <v>20</v>
       </c>
       <c r="K610" s="15">
         <v>6.16</v>
       </c>
       <c r="L610" s="15">
         <v>5.78</v>
       </c>
       <c r="M610" s="15">
         <v>5.59</v>
       </c>
       <c r="N610" s="15"/>
       <c r="O610" s="15"/>
       <c r="P610" s="15"/>
       <c r="Q610" s="15"/>
       <c r="R610"/>
     </row>
     <row r="611" spans="1:18">
       <c r="B611" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="D611" s="15"/>
       <c r="E611" s="15">
         <v>10000019112</v>
       </c>
       <c r="F611" s="15"/>
       <c r="G611" s="15"/>
       <c r="H611" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I611" s="15" t="s">
-        <v>1783</v>
+        <v>1785</v>
       </c>
       <c r="J611" s="15">
         <v>25</v>
       </c>
       <c r="K611" s="15">
         <v>0.79847</v>
       </c>
       <c r="L611" s="15">
         <v>0.79847</v>
       </c>
       <c r="M611" s="15">
         <v>0.79847</v>
       </c>
       <c r="N611" s="15">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="O611" s="15"/>
       <c r="P611" s="15"/>
       <c r="Q611" s="15"/>
       <c r="R611"/>
     </row>
     <row r="612" spans="1:18">
       <c r="B612" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>1784</v>
+        <v>1786</v>
       </c>
       <c r="D612" s="15" t="s">
-        <v>1785</v>
+        <v>1787</v>
       </c>
       <c r="E612" s="15">
         <v>10080035228</v>
       </c>
       <c r="F612" s="15"/>
       <c r="G612" s="15"/>
       <c r="H612" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I612" s="15" t="s">
-        <v>1786</v>
+        <v>1788</v>
       </c>
       <c r="J612" s="15">
         <v>25</v>
       </c>
       <c r="K612" s="15">
         <v>1.22</v>
       </c>
       <c r="L612" s="15">
         <v>1.1</v>
       </c>
       <c r="M612" s="15">
         <v>1.02</v>
       </c>
       <c r="N612" s="15"/>
       <c r="O612" s="15"/>
       <c r="P612" s="15"/>
       <c r="Q612" s="15"/>
       <c r="R612"/>
     </row>
     <row r="613" spans="1:18">
       <c r="B613" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C613" s="15" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="D613" s="15" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="E613" s="15">
         <v>10080051684</v>
       </c>
       <c r="F613" s="15"/>
       <c r="G613" s="15"/>
       <c r="H613" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I613" s="15"/>
       <c r="J613" s="15">
         <v>25</v>
       </c>
       <c r="K613" s="15">
         <v>0.64</v>
       </c>
       <c r="L613" s="15">
         <v>0.64</v>
       </c>
       <c r="M613" s="15">
         <v>0.64</v>
       </c>
       <c r="N613" s="15">
-        <v>932</v>
+        <v>781</v>
       </c>
       <c r="O613" s="15"/>
       <c r="P613" s="15"/>
       <c r="Q613" s="15"/>
       <c r="R613"/>
     </row>
     <row r="614" spans="1:18">
       <c r="B614" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C614" s="15" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="D614" s="15" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="E614" s="15" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="F614" s="15"/>
       <c r="G614" s="15"/>
       <c r="H614" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I614" s="15"/>
       <c r="J614" s="15">
         <v>25</v>
       </c>
       <c r="K614" s="15">
         <v>2.45</v>
       </c>
       <c r="L614" s="15">
         <v>2.05</v>
       </c>
       <c r="M614" s="15">
         <v>1.98</v>
       </c>
       <c r="N614" s="15"/>
       <c r="O614" s="15"/>
       <c r="P614" s="15"/>
       <c r="Q614" s="15"/>
       <c r="R614"/>
     </row>
     <row r="615" spans="1:18">
       <c r="B615" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="D615" s="15" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="E615" s="15">
         <v>10080061527</v>
       </c>
       <c r="F615" s="15"/>
       <c r="G615" s="15"/>
       <c r="H615" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I615" s="15"/>
       <c r="J615" s="15">
         <v>100</v>
       </c>
       <c r="K615" s="15">
         <v>0.93984</v>
       </c>
       <c r="L615" s="15">
         <v>0.75793</v>
       </c>
       <c r="M615" s="15">
         <v>0.72762</v>
       </c>
       <c r="N615" s="15"/>
       <c r="O615" s="15"/>
       <c r="P615" s="15"/>
       <c r="Q615" s="15"/>
       <c r="R615"/>
     </row>
     <row r="616" spans="1:18">
       <c r="B616" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="D616" s="15" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="E616" s="15">
         <v>10000017871</v>
       </c>
       <c r="F616" s="15"/>
       <c r="G616" s="15"/>
       <c r="H616" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I616" s="15" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="J616" s="15">
         <v>25</v>
       </c>
       <c r="K616" s="15">
         <v>1.19</v>
       </c>
       <c r="L616" s="15">
         <v>1.01</v>
       </c>
       <c r="M616" s="15">
         <v>0.9181</v>
       </c>
       <c r="N616" s="15">
-        <v>7412</v>
+        <v>6586</v>
       </c>
       <c r="O616" s="15"/>
       <c r="P616" s="15"/>
       <c r="Q616" s="15"/>
       <c r="R616"/>
     </row>
     <row r="617" spans="1:18">
       <c r="B617" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C617" s="15" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
       <c r="D617" s="15" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="E617" s="15">
         <v>10000017872</v>
       </c>
       <c r="F617" s="15"/>
       <c r="G617" s="15"/>
       <c r="H617" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I617" s="15" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="J617" s="15">
         <v>25</v>
       </c>
       <c r="K617" s="15">
         <v>0.81606</v>
       </c>
       <c r="L617" s="15">
         <v>0.70725</v>
       </c>
       <c r="M617" s="15">
         <v>0.68005</v>
       </c>
       <c r="N617" s="15">
-        <v>865</v>
+        <v>1103</v>
       </c>
       <c r="O617" s="15"/>
       <c r="P617" s="15"/>
       <c r="Q617" s="15"/>
       <c r="R617"/>
     </row>
     <row r="618" spans="1:18">
       <c r="B618" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C618" s="15" t="s">
-        <v>1800</v>
+        <v>1802</v>
       </c>
       <c r="D618" s="15" t="s">
-        <v>1801</v>
+        <v>1803</v>
       </c>
       <c r="E618" s="15" t="s">
-        <v>1802</v>
+        <v>1804</v>
       </c>
       <c r="F618" s="15"/>
       <c r="G618" s="15"/>
       <c r="H618" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I618" s="15" t="s">
-        <v>1803</v>
+        <v>1805</v>
       </c>
       <c r="J618" s="15">
         <v>25</v>
       </c>
       <c r="K618" s="15">
         <v>0.73887</v>
       </c>
       <c r="L618" s="15">
         <v>0.66828</v>
       </c>
       <c r="M618" s="15">
         <v>0.62122</v>
       </c>
       <c r="N618" s="15">
-        <v>868</v>
+        <v>829</v>
       </c>
       <c r="O618" s="15">
-        <v>267</v>
+        <v>255</v>
       </c>
       <c r="P618" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q618" s="15"/>
       <c r="R618"/>
     </row>
     <row r="619" spans="1:18">
       <c r="B619" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C619" s="15" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="D619" s="15" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="E619" s="15">
         <v>10000017870</v>
       </c>
       <c r="F619" s="15"/>
       <c r="G619" s="15"/>
       <c r="H619" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I619" s="15" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="J619" s="15">
         <v>25</v>
       </c>
       <c r="K619" s="15">
         <v>0.51515</v>
       </c>
       <c r="L619" s="15">
         <v>0.51515</v>
       </c>
       <c r="M619" s="15">
         <v>0.51515</v>
       </c>
       <c r="N619" s="15">
-        <v>386</v>
+        <v>111</v>
       </c>
       <c r="O619" s="15"/>
       <c r="P619" s="15"/>
       <c r="Q619" s="15"/>
       <c r="R619"/>
     </row>
     <row r="620" spans="1:18">
       <c r="B620" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C620" s="15" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="D620" s="15" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="E620" s="15" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
       <c r="F620" s="15"/>
       <c r="G620" s="15"/>
       <c r="H620" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I620" s="15"/>
       <c r="J620" s="15">
         <v>25</v>
       </c>
       <c r="K620" s="15">
         <v>1.57</v>
       </c>
       <c r="L620" s="15">
         <v>1.32</v>
       </c>
       <c r="M620" s="15">
         <v>1.27</v>
       </c>
       <c r="N620" s="15"/>
       <c r="O620" s="15"/>
       <c r="P620" s="15"/>
       <c r="Q620" s="15"/>
       <c r="R620"/>
     </row>
     <row r="621" spans="1:18">
       <c r="B621" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C621" s="15" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="D621" s="15" t="s">
-        <v>1811</v>
+        <v>1813</v>
       </c>
       <c r="E621" s="15" t="s">
-        <v>1812</v>
+        <v>1814</v>
       </c>
       <c r="F621" s="15"/>
       <c r="G621" s="15"/>
       <c r="H621" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I621" s="15"/>
       <c r="J621" s="15"/>
       <c r="K621" s="15">
         <v>2.62</v>
       </c>
       <c r="L621" s="15">
         <v>2.2</v>
       </c>
       <c r="M621" s="15">
         <v>2.11</v>
       </c>
       <c r="N621" s="15"/>
       <c r="O621" s="15"/>
       <c r="P621" s="15"/>
       <c r="Q621" s="15"/>
       <c r="R621"/>
     </row>
     <row r="622" spans="1:18">
       <c r="B622" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>1813</v>
+        <v>1815</v>
       </c>
       <c r="D622" s="15" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="E622" s="15">
         <v>10080002615</v>
       </c>
       <c r="F622" s="15"/>
       <c r="G622" s="15"/>
       <c r="H622" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I622" s="15" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="J622" s="15">
         <v>25</v>
       </c>
       <c r="K622" s="15">
         <v>0.86499</v>
       </c>
       <c r="L622" s="15">
         <v>0.86499</v>
       </c>
       <c r="M622" s="15">
         <v>0.86499</v>
       </c>
       <c r="N622" s="15">
-        <v>1808</v>
+        <v>1784</v>
       </c>
       <c r="O622" s="15"/>
       <c r="P622" s="15"/>
       <c r="Q622" s="15"/>
       <c r="R622"/>
     </row>
     <row r="623" spans="1:18">
       <c r="B623" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="D623" s="15" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="E623" s="15">
         <v>10080002616</v>
       </c>
       <c r="F623" s="15"/>
       <c r="G623" s="15"/>
       <c r="H623" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I623" s="15" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="J623" s="15">
         <v>25</v>
       </c>
       <c r="K623" s="15">
         <v>0.83208</v>
       </c>
       <c r="L623" s="15">
         <v>0.83208</v>
       </c>
       <c r="M623" s="15">
         <v>0.83208</v>
       </c>
       <c r="N623" s="15">
-        <v>985</v>
+        <v>772</v>
       </c>
       <c r="O623" s="15"/>
       <c r="P623" s="15"/>
       <c r="Q623" s="15"/>
       <c r="R623"/>
     </row>
     <row r="624" spans="1:18">
       <c r="B624" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C624" s="15" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="D624" s="15" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="E624" s="15" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="F624" s="15"/>
       <c r="G624" s="15"/>
       <c r="H624" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I624" s="15"/>
       <c r="J624" s="15">
         <v>25</v>
       </c>
       <c r="K624" s="15">
         <v>0.82991</v>
       </c>
       <c r="L624" s="15">
         <v>0.82991</v>
       </c>
       <c r="M624" s="15">
         <v>0.82991</v>
       </c>
       <c r="N624" s="15"/>
       <c r="O624" s="15"/>
       <c r="P624" s="15"/>
       <c r="Q624" s="15"/>
       <c r="R624"/>
     </row>
     <row r="625" spans="1:18">
       <c r="B625" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C625" s="15" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="D625" s="15" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="E625" s="15">
         <v>10000017869</v>
       </c>
       <c r="F625" s="15"/>
       <c r="G625" s="15"/>
       <c r="H625" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I625" s="15" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="J625" s="15">
         <v>25</v>
       </c>
       <c r="K625" s="15">
         <v>1.16</v>
       </c>
       <c r="L625" s="15">
         <v>1.01</v>
       </c>
       <c r="M625" s="15">
         <v>0.9707</v>
       </c>
       <c r="N625" s="15">
-        <v>635</v>
+        <v>742</v>
       </c>
       <c r="O625" s="15"/>
       <c r="P625" s="15"/>
       <c r="Q625" s="15"/>
       <c r="R625"/>
     </row>
     <row r="626" spans="1:18">
       <c r="B626" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C626" s="15" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="D626" s="15" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="E626" s="15">
         <v>10000017874</v>
       </c>
       <c r="F626" s="15"/>
       <c r="G626" s="15"/>
       <c r="H626" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I626" s="15" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="J626" s="15">
         <v>25</v>
       </c>
       <c r="K626" s="15">
         <v>0.52293</v>
       </c>
       <c r="L626" s="15">
         <v>0.52293</v>
       </c>
       <c r="M626" s="15">
         <v>0.52293</v>
       </c>
       <c r="N626" s="15">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="O626" s="15"/>
       <c r="P626" s="15"/>
       <c r="Q626" s="15"/>
       <c r="R626"/>
     </row>
     <row r="627" spans="1:18">
       <c r="B627" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C627" s="15" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="D627" s="15" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="E627" s="15" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="F627" s="15"/>
       <c r="G627" s="15"/>
       <c r="H627" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I627" s="15" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="J627" s="15">
         <v>25</v>
       </c>
       <c r="K627" s="15">
         <v>1.33</v>
       </c>
       <c r="L627" s="15">
         <v>0.97056</v>
       </c>
       <c r="M627" s="15">
         <v>0.89186</v>
       </c>
       <c r="N627" s="15">
         <v>35</v>
       </c>
       <c r="O627" s="15"/>
       <c r="P627" s="15"/>
       <c r="Q627" s="15"/>
       <c r="R627"/>
     </row>
     <row r="628" spans="1:18">
       <c r="B628" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="D628" s="15" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="E628" s="15">
         <v>10080068488</v>
       </c>
       <c r="F628" s="15"/>
       <c r="G628" s="15"/>
       <c r="H628" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I628" s="15"/>
       <c r="J628" s="15"/>
       <c r="K628" s="15">
         <v>1.17</v>
       </c>
       <c r="L628" s="15">
         <v>0.97506</v>
       </c>
       <c r="M628" s="15">
         <v>0.93605</v>
       </c>
       <c r="N628" s="15"/>
       <c r="O628" s="15"/>
       <c r="P628" s="15"/>
       <c r="Q628" s="15"/>
       <c r="R628"/>
     </row>
     <row r="629" spans="1:18">
       <c r="B629" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C629" s="15" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="D629" s="15" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="E629" s="15">
         <v>10000017873</v>
       </c>
       <c r="F629" s="15"/>
       <c r="G629" s="15"/>
       <c r="H629" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I629" s="15" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="J629" s="15">
         <v>25</v>
       </c>
       <c r="K629" s="15">
         <v>0.59315</v>
       </c>
       <c r="L629" s="15">
         <v>0.59315</v>
       </c>
       <c r="M629" s="15">
         <v>0.59315</v>
       </c>
       <c r="N629" s="15">
         <v>82</v>
       </c>
       <c r="O629" s="15">
-        <v>790</v>
+        <v>610</v>
       </c>
       <c r="P629" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="Q629" s="15"/>
       <c r="R629"/>
     </row>
     <row r="630" spans="1:18">
       <c r="B630" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="D630" s="15" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="E630" s="15" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="F630" s="15"/>
       <c r="G630" s="15"/>
       <c r="H630" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I630" s="15"/>
       <c r="J630" s="15"/>
       <c r="K630" s="15">
         <v>1.91</v>
       </c>
       <c r="L630" s="15">
         <v>1.51</v>
       </c>
       <c r="M630" s="15">
         <v>1.31</v>
       </c>
       <c r="N630" s="15">
-        <v>780</v>
+        <v>900</v>
       </c>
       <c r="O630" s="15"/>
       <c r="P630" s="15"/>
       <c r="Q630" s="15"/>
       <c r="R630"/>
     </row>
     <row r="631" spans="1:18">
       <c r="B631" s="14" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C631" s="15" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="D631" s="15" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="E631" s="15" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="F631" s="15"/>
       <c r="G631" s="15"/>
       <c r="H631" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I631" s="15"/>
       <c r="J631" s="15"/>
       <c r="K631" s="15">
         <v>0.85789</v>
       </c>
       <c r="L631" s="15">
         <v>0.85789</v>
       </c>
       <c r="M631" s="15">
         <v>0.85789</v>
       </c>
       <c r="N631" s="15">
-        <v>1381</v>
+        <v>1136</v>
       </c>
       <c r="O631" s="15"/>
       <c r="P631" s="15"/>
       <c r="Q631" s="15"/>
       <c r="R631"/>
     </row>
     <row r="632" spans="1:18">
       <c r="B632" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="D632" s="15" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="E632" s="15" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="F632" s="15"/>
       <c r="G632" s="15"/>
       <c r="H632" s="15" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="I632" s="15" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="J632" s="15">
         <v>10</v>
       </c>
       <c r="K632" s="15">
         <v>20.49</v>
       </c>
       <c r="L632" s="15">
         <v>17.18</v>
       </c>
       <c r="M632" s="15">
         <v>16.52</v>
       </c>
       <c r="N632" s="15"/>
       <c r="O632" s="15"/>
       <c r="P632" s="15"/>
       <c r="Q632" s="15"/>
       <c r="R632"/>
     </row>
     <row r="633" spans="1:18">
       <c r="B633" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C633" s="15" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="D633" s="15" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="E633" s="15">
         <v>10080033894</v>
       </c>
       <c r="F633" s="15"/>
       <c r="G633" s="15"/>
       <c r="H633" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I633" s="15"/>
       <c r="J633" s="15">
         <v>20</v>
       </c>
       <c r="K633" s="15">
         <v>3.55</v>
       </c>
       <c r="L633" s="15">
         <v>1.61</v>
       </c>
       <c r="M633" s="15">
         <v>1.77</v>
       </c>
       <c r="N633" s="15"/>
       <c r="O633" s="15"/>
       <c r="P633" s="15"/>
       <c r="Q633" s="15"/>
       <c r="R633"/>
     </row>
     <row r="634" spans="1:18">
       <c r="B634" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C634" s="15" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="D634" s="15" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="E634" s="15">
         <v>10080004907</v>
       </c>
       <c r="F634" s="15"/>
       <c r="G634" s="15"/>
       <c r="H634" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I634" s="15"/>
       <c r="J634" s="15">
         <v>10</v>
       </c>
       <c r="K634" s="15">
         <v>2.3</v>
       </c>
       <c r="L634" s="15">
         <v>2.3</v>
       </c>
       <c r="M634" s="15">
         <v>2.3</v>
       </c>
       <c r="N634" s="15">
         <v>9</v>
       </c>
       <c r="O634" s="15"/>
       <c r="P634" s="15"/>
       <c r="Q634" s="15"/>
       <c r="R634"/>
     </row>
     <row r="635" spans="1:18">
       <c r="B635" s="14" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="C635" s="15" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="D635" s="15" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="E635" s="15">
         <v>10080004908</v>
       </c>
       <c r="F635" s="15"/>
       <c r="G635" s="15"/>
       <c r="H635" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="I635" s="15"/>
       <c r="J635" s="15"/>
       <c r="K635" s="15">
         <v>3.42</v>
       </c>
       <c r="L635" s="15">
         <v>3.29</v>
       </c>
       <c r="M635" s="15">
         <v>0</v>
       </c>
       <c r="N635" s="15"/>
       <c r="O635" s="15"/>
       <c r="P635" s="15"/>
       <c r="Q635" s="15"/>
       <c r="R635"/>
     </row>
     <row r="636" spans="1:18">
       <c r="B636" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="D636" s="15" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="E636" s="15" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="F636" s="15"/>
       <c r="G636" s="15"/>
       <c r="H636" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I636" s="15"/>
       <c r="J636" s="15">
         <v>100</v>
       </c>
       <c r="K636" s="15">
         <v>3.72</v>
       </c>
       <c r="L636" s="15">
         <v>3.23</v>
       </c>
       <c r="M636" s="15">
         <v>3.1</v>
       </c>
       <c r="N636" s="15"/>
       <c r="O636" s="15"/>
       <c r="P636" s="15"/>
       <c r="Q636" s="15"/>
       <c r="R636"/>
     </row>
     <row r="637" spans="1:18">
       <c r="B637" s="14" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C637" s="15" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="D637" s="15" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="E637" s="15" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="F637" s="15"/>
       <c r="G637" s="15"/>
       <c r="H637" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="I637" s="15"/>
       <c r="J637" s="15"/>
       <c r="K637" s="15">
         <v>1.71</v>
       </c>
       <c r="L637" s="15">
         <v>1.64</v>
       </c>
       <c r="M637" s="15">
         <v>1.56</v>
       </c>
       <c r="N637" s="15"/>
       <c r="O637" s="15"/>
       <c r="P637" s="15"/>
       <c r="Q637" s="15"/>
       <c r="R637"/>
     </row>
     <row r="638" spans="1:18">
       <c r="B638" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C638" s="15" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="D638" s="15" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="E638" s="15" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="F638" s="15"/>
       <c r="G638" s="15"/>
       <c r="H638" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I638" s="15"/>
       <c r="J638" s="15">
         <v>20</v>
       </c>
       <c r="K638" s="15">
         <v>2.32</v>
       </c>
       <c r="L638" s="15">
         <v>2.32</v>
       </c>
       <c r="M638" s="15">
         <v>2.32</v>
       </c>
       <c r="N638" s="15"/>
       <c r="O638" s="15"/>
       <c r="P638" s="15"/>
       <c r="Q638" s="15">
         <v>500</v>
       </c>
       <c r="R638"/>
     </row>
     <row r="639" spans="1:18">
       <c r="B639" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C639" s="15" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="D639" s="15" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="E639" s="15" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="F639" s="15"/>
       <c r="G639" s="15" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="H639" s="15" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="I639" s="15"/>
       <c r="J639" s="15">
         <v>25</v>
       </c>
       <c r="K639" s="15">
         <v>3.05</v>
       </c>
       <c r="L639" s="15">
         <v>2.56</v>
       </c>
       <c r="M639" s="15">
         <v>2.46</v>
       </c>
       <c r="N639" s="15"/>
       <c r="O639" s="15"/>
       <c r="P639" s="15"/>
       <c r="Q639" s="15"/>
       <c r="R639"/>
     </row>
     <row r="640" spans="1:18">
       <c r="B640" s="14" t="s">
-        <v>1868</v>
+        <v>1870</v>
       </c>
       <c r="C640" s="15" t="s">
-        <v>1869</v>
+        <v>1871</v>
       </c>
       <c r="D640" s="15" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="E640" s="15">
         <v>10080005454</v>
       </c>
       <c r="F640" s="15"/>
       <c r="G640" s="15"/>
       <c r="H640" s="15" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="I640" s="15" t="s">
-        <v>1872</v>
+        <v>1874</v>
       </c>
       <c r="J640" s="15">
         <v>50</v>
       </c>
       <c r="K640" s="15">
         <v>1.08</v>
       </c>
       <c r="L640" s="15">
         <v>0.93828</v>
       </c>
       <c r="M640" s="15">
         <v>0.90219</v>
       </c>
       <c r="N640" s="15">
-        <v>11083</v>
+        <v>11073</v>
       </c>
       <c r="O640" s="15"/>
       <c r="P640" s="15"/>
       <c r="Q640" s="15"/>
       <c r="R640"/>
     </row>
     <row r="641" spans="1:18">
       <c r="B641" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C641" s="15" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="D641" s="15" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="E641" s="15">
         <v>10080003133</v>
       </c>
       <c r="F641" s="15"/>
       <c r="G641" s="15"/>
       <c r="H641" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I641" s="15"/>
       <c r="J641" s="15">
         <v>25</v>
       </c>
       <c r="K641" s="15">
         <v>0.34</v>
       </c>
       <c r="L641" s="15">
         <v>0.34</v>
       </c>
       <c r="M641" s="15">
         <v>0.34</v>
       </c>
       <c r="N641" s="15">
-        <v>1465</v>
+        <v>1302</v>
       </c>
       <c r="O641" s="15"/>
       <c r="P641" s="15"/>
       <c r="Q641" s="15"/>
       <c r="R641"/>
     </row>
     <row r="642" spans="1:18">
       <c r="B642" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>1877</v>
+        <v>1879</v>
       </c>
       <c r="D642" s="15" t="s">
-        <v>1878</v>
+        <v>1880</v>
       </c>
       <c r="E642" s="15">
         <v>10080005300</v>
       </c>
       <c r="F642" s="15"/>
       <c r="G642" s="15"/>
       <c r="H642" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I642" s="15"/>
       <c r="J642" s="15">
         <v>25</v>
       </c>
       <c r="K642" s="15">
         <v>0.73044</v>
       </c>
       <c r="L642" s="15">
         <v>0.52463</v>
       </c>
       <c r="M642" s="15">
         <v>0.47216</v>
       </c>
       <c r="N642" s="15">
-        <v>359</v>
+        <v>370</v>
       </c>
       <c r="O642" s="15"/>
       <c r="P642" s="15"/>
       <c r="Q642" s="15"/>
       <c r="R642"/>
     </row>
     <row r="643" spans="1:18">
       <c r="B643" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>1879</v>
+        <v>1881</v>
       </c>
       <c r="D643" s="15" t="s">
-        <v>1880</v>
+        <v>1882</v>
       </c>
       <c r="E643" s="15">
         <v>10080008762</v>
       </c>
       <c r="F643" s="15"/>
       <c r="G643" s="15"/>
       <c r="H643" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I643" s="15"/>
       <c r="J643" s="15">
         <v>25</v>
       </c>
       <c r="K643" s="15">
         <v>0.67741</v>
       </c>
       <c r="L643" s="15">
         <v>0.66509</v>
       </c>
       <c r="M643" s="15">
         <v>0.64046</v>
       </c>
       <c r="N643" s="15"/>
       <c r="O643" s="15"/>
       <c r="P643" s="15"/>
       <c r="Q643" s="15"/>
       <c r="R643"/>
     </row>
     <row r="644" spans="1:18">
       <c r="B644" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>1881</v>
+        <v>1883</v>
       </c>
       <c r="D644" s="15" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="E644" s="15">
         <v>10080005298</v>
       </c>
       <c r="F644" s="15"/>
       <c r="G644" s="15"/>
       <c r="H644" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I644" s="15" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="J644" s="15">
         <v>25</v>
       </c>
       <c r="K644" s="15">
         <v>0.67741</v>
       </c>
       <c r="L644" s="15">
         <v>0.66509</v>
       </c>
       <c r="M644" s="15">
         <v>0.64046</v>
       </c>
       <c r="N644" s="15"/>
       <c r="O644" s="15"/>
       <c r="P644" s="15"/>
       <c r="Q644" s="15"/>
       <c r="R644"/>
     </row>
     <row r="645" spans="1:18">
       <c r="B645" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C645" s="15" t="s">
-        <v>1883</v>
+        <v>1885</v>
       </c>
       <c r="D645" s="15" t="s">
-        <v>1884</v>
+        <v>1886</v>
       </c>
       <c r="E645" s="15" t="s">
-        <v>1885</v>
+        <v>1887</v>
       </c>
       <c r="F645" s="15"/>
       <c r="G645" s="15"/>
       <c r="H645" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I645" s="15" t="s">
-        <v>1886</v>
+        <v>1888</v>
       </c>
       <c r="J645" s="15">
         <v>200</v>
       </c>
       <c r="K645" s="15">
         <v>0.35909</v>
       </c>
       <c r="L645" s="15">
         <v>0.30117</v>
       </c>
       <c r="M645" s="15">
         <v>0.28959</v>
       </c>
       <c r="N645" s="15">
-        <v>1373</v>
+        <v>983</v>
       </c>
       <c r="O645" s="15"/>
       <c r="P645" s="15"/>
       <c r="Q645" s="15"/>
       <c r="R645"/>
     </row>
     <row r="646" spans="1:18">
       <c r="B646" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>1887</v>
+        <v>1889</v>
       </c>
       <c r="D646" s="15" t="s">
-        <v>1888</v>
+        <v>1890</v>
       </c>
       <c r="E646" s="15" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="F646" s="15"/>
       <c r="G646" s="15"/>
       <c r="H646" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I646" s="15"/>
       <c r="J646" s="15"/>
       <c r="K646" s="15">
         <v>1.22</v>
       </c>
       <c r="L646" s="15">
         <v>1.02</v>
       </c>
       <c r="M646" s="15">
         <v>0.97776</v>
       </c>
       <c r="N646" s="15"/>
       <c r="O646" s="15"/>
       <c r="P646" s="15"/>
       <c r="Q646" s="15"/>
       <c r="R646"/>
     </row>
     <row r="647" spans="1:18">
       <c r="B647" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="D647" s="15" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="E647" s="15" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="F647" s="15"/>
       <c r="G647" s="15"/>
       <c r="H647" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I647" s="15" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="J647" s="15"/>
       <c r="K647" s="15">
         <v>0.17243</v>
       </c>
       <c r="L647" s="15">
         <v>0</v>
       </c>
       <c r="M647" s="15">
         <v>0</v>
       </c>
       <c r="N647" s="15"/>
       <c r="O647" s="15"/>
       <c r="P647" s="15"/>
       <c r="Q647" s="15"/>
       <c r="R647"/>
     </row>
     <row r="648" spans="1:18">
       <c r="B648" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="D648" s="15" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="E648" s="15" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="F648" s="15"/>
       <c r="G648" s="15"/>
       <c r="H648" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I648" s="15"/>
       <c r="J648" s="15">
         <v>100</v>
       </c>
       <c r="K648" s="15">
         <v>0.63101</v>
       </c>
       <c r="L648" s="15">
         <v>0.52923</v>
       </c>
       <c r="M648" s="15">
         <v>0.50888</v>
       </c>
       <c r="N648" s="15"/>
       <c r="O648" s="15"/>
       <c r="P648" s="15"/>
       <c r="Q648" s="15"/>
       <c r="R648"/>
     </row>
     <row r="649" spans="1:18">
       <c r="B649" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C649" s="15" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="D649" s="15" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="E649" s="15" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="F649" s="15"/>
       <c r="G649" s="15"/>
       <c r="H649" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I649" s="15"/>
       <c r="J649" s="15"/>
       <c r="K649" s="15">
         <v>0.32214</v>
       </c>
       <c r="L649" s="15">
         <v>0.32214</v>
       </c>
       <c r="M649" s="15">
         <v>0.32214</v>
       </c>
       <c r="N649" s="15"/>
       <c r="O649" s="15"/>
       <c r="P649" s="15"/>
       <c r="Q649" s="15"/>
       <c r="R649"/>
     </row>
     <row r="650" spans="1:18">
       <c r="B650" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
       <c r="D650" s="15" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="E650" s="15" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="F650" s="15"/>
       <c r="G650" s="15"/>
       <c r="H650" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I650" s="15"/>
       <c r="J650" s="15">
         <v>100</v>
       </c>
       <c r="K650" s="15">
         <v>0.54461</v>
       </c>
       <c r="L650" s="15">
         <v>0.45677</v>
       </c>
       <c r="M650" s="15">
         <v>0.4392</v>
       </c>
       <c r="N650" s="15"/>
       <c r="O650" s="15"/>
       <c r="P650" s="15"/>
       <c r="Q650" s="15"/>
       <c r="R650"/>
     </row>
     <row r="651" spans="1:18">
       <c r="B651" s="14" t="s">
-        <v>1873</v>
+        <v>1875</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>1903</v>
+        <v>1905</v>
       </c>
       <c r="D651" s="15" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="E651" s="15">
         <v>10080005531</v>
       </c>
       <c r="F651" s="15"/>
       <c r="G651" s="15"/>
       <c r="H651" s="15" t="s">
-        <v>1876</v>
+        <v>1878</v>
       </c>
       <c r="I651" s="15" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="J651" s="15">
         <v>100</v>
       </c>
       <c r="K651" s="15">
         <v>0.62534</v>
       </c>
       <c r="L651" s="15">
         <v>0.52111</v>
       </c>
       <c r="M651" s="15">
         <v>0.50027</v>
       </c>
       <c r="N651" s="15"/>
       <c r="O651" s="15"/>
       <c r="P651" s="15"/>
       <c r="Q651" s="15"/>
       <c r="R651"/>
     </row>
     <row r="652" spans="1:18">
       <c r="B652" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="D652" s="15" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="E652" s="15" t="s">
-        <v>1908</v>
+        <v>1910</v>
       </c>
       <c r="F652" s="15"/>
       <c r="G652" s="15"/>
       <c r="H652" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I652" s="15"/>
       <c r="J652" s="15"/>
       <c r="K652" s="15">
         <v>4.46</v>
       </c>
       <c r="L652" s="15">
         <v>3.74</v>
       </c>
       <c r="M652" s="15">
         <v>3.6</v>
       </c>
       <c r="N652" s="15"/>
       <c r="O652" s="15"/>
       <c r="P652" s="15"/>
       <c r="Q652" s="15"/>
       <c r="R652"/>
     </row>
     <row r="653" spans="1:18">
       <c r="B653" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C653" s="15" t="s">
-        <v>1909</v>
+        <v>1911</v>
       </c>
       <c r="D653" s="15" t="s">
-        <v>1910</v>
+        <v>1912</v>
       </c>
       <c r="E653" s="15">
         <v>10080005185</v>
       </c>
       <c r="F653" s="15"/>
       <c r="G653" s="15"/>
       <c r="H653" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I653" s="15" t="s">
-        <v>1911</v>
+        <v>1913</v>
       </c>
       <c r="J653" s="15">
         <v>50</v>
       </c>
       <c r="K653" s="15">
         <v>1.69</v>
       </c>
       <c r="L653" s="15">
         <v>1.41</v>
       </c>
       <c r="M653" s="15">
         <v>1.35</v>
       </c>
       <c r="N653" s="15"/>
       <c r="O653" s="15"/>
       <c r="P653" s="15"/>
       <c r="Q653" s="15"/>
       <c r="R653"/>
     </row>
     <row r="654" spans="1:18">
       <c r="B654" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>1912</v>
+        <v>1914</v>
       </c>
       <c r="D654" s="15" t="s">
-        <v>1913</v>
+        <v>1915</v>
       </c>
       <c r="E654" s="15" t="s">
-        <v>1914</v>
+        <v>1916</v>
       </c>
       <c r="F654" s="15"/>
       <c r="G654" s="15"/>
       <c r="H654" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I654" s="15" t="s">
-        <v>1915</v>
+        <v>1917</v>
       </c>
       <c r="J654" s="15"/>
       <c r="K654" s="15">
         <v>2.27</v>
       </c>
       <c r="L654" s="15">
         <v>1.89</v>
       </c>
       <c r="M654" s="15">
         <v>1.82</v>
       </c>
       <c r="N654" s="15"/>
       <c r="O654" s="15"/>
       <c r="P654" s="15"/>
       <c r="Q654" s="15"/>
       <c r="R654"/>
     </row>
     <row r="655" spans="1:18">
       <c r="B655" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>1916</v>
+        <v>1918</v>
       </c>
       <c r="D655" s="15" t="s">
-        <v>1917</v>
+        <v>1919</v>
       </c>
       <c r="E655" s="15">
         <v>10080058674</v>
       </c>
       <c r="F655" s="15"/>
       <c r="G655" s="15"/>
       <c r="H655" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I655" s="15"/>
       <c r="J655" s="15">
         <v>50</v>
       </c>
       <c r="K655" s="15">
         <v>1.71</v>
       </c>
       <c r="L655" s="15">
         <v>1.38</v>
       </c>
       <c r="M655" s="15">
         <v>1.32</v>
       </c>
       <c r="N655" s="15"/>
       <c r="O655" s="15"/>
       <c r="P655" s="15"/>
       <c r="Q655" s="15"/>
       <c r="R655"/>
     </row>
     <row r="656" spans="1:18">
       <c r="B656" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>1918</v>
+        <v>1920</v>
       </c>
       <c r="D656" s="15" t="s">
-        <v>1919</v>
+        <v>1921</v>
       </c>
       <c r="E656" s="15" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="F656" s="15"/>
       <c r="G656" s="15"/>
       <c r="H656" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I656" s="15"/>
       <c r="J656" s="15">
         <v>500</v>
       </c>
       <c r="K656" s="15">
         <v>3.43</v>
       </c>
       <c r="L656" s="15">
         <v>2.88</v>
       </c>
       <c r="M656" s="15">
         <v>2.77</v>
       </c>
       <c r="N656" s="15"/>
       <c r="O656" s="15"/>
       <c r="P656" s="15"/>
       <c r="Q656" s="15"/>
       <c r="R656"/>
     </row>
     <row r="657" spans="1:18">
       <c r="B657" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C657" s="15" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="D657" s="15" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="E657" s="15" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="F657" s="15"/>
       <c r="G657" s="15"/>
       <c r="H657" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I657" s="15" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="J657" s="15">
         <v>25</v>
       </c>
       <c r="K657" s="15">
         <v>0.5924199999999999</v>
       </c>
       <c r="L657" s="15">
         <v>0.57395</v>
       </c>
       <c r="M657" s="15">
         <v>0.55424</v>
       </c>
       <c r="N657" s="15"/>
       <c r="O657" s="15"/>
       <c r="P657" s="15"/>
       <c r="Q657" s="15"/>
       <c r="R657"/>
     </row>
     <row r="658" spans="1:18">
       <c r="B658" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C658" s="15" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="D658" s="15" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="E658" s="15" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="F658" s="15"/>
       <c r="G658" s="15"/>
       <c r="H658" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I658" s="15" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="J658" s="15"/>
       <c r="K658" s="15">
         <v>0.5924199999999999</v>
       </c>
       <c r="L658" s="15">
         <v>0.57395</v>
       </c>
       <c r="M658" s="15">
         <v>0.55424</v>
       </c>
       <c r="N658" s="15"/>
       <c r="O658" s="15"/>
       <c r="P658" s="15"/>
       <c r="Q658" s="15"/>
       <c r="R658"/>
     </row>
     <row r="659" spans="1:18">
       <c r="B659" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
       <c r="D659" s="15" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="E659" s="15">
         <v>10080038646</v>
       </c>
       <c r="F659" s="15"/>
       <c r="G659" s="15"/>
       <c r="H659" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I659" s="15" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="J659" s="15">
         <v>15</v>
       </c>
       <c r="K659" s="15">
         <v>2.93</v>
       </c>
       <c r="L659" s="15">
         <v>2.4</v>
       </c>
       <c r="M659" s="15">
         <v>2.31</v>
       </c>
       <c r="N659" s="15"/>
       <c r="O659" s="15"/>
       <c r="P659" s="15"/>
       <c r="Q659" s="15"/>
       <c r="R659"/>
     </row>
     <row r="660" spans="1:18">
       <c r="B660" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C660" s="15" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="D660" s="15" t="s">
-        <v>1933</v>
+        <v>1935</v>
       </c>
       <c r="E660" s="15">
         <v>10080050305</v>
       </c>
       <c r="F660" s="15"/>
       <c r="G660" s="15"/>
       <c r="H660" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I660" s="15"/>
       <c r="J660" s="15">
         <v>20</v>
       </c>
       <c r="K660" s="15">
         <v>6.76</v>
       </c>
       <c r="L660" s="15">
         <v>4.71</v>
       </c>
       <c r="M660" s="15">
         <v>4.35</v>
       </c>
       <c r="N660" s="15"/>
       <c r="O660" s="15"/>
       <c r="P660" s="15"/>
       <c r="Q660" s="15"/>
       <c r="R660"/>
     </row>
     <row r="661" spans="1:18">
       <c r="B661" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C661" s="15" t="s">
-        <v>1934</v>
+        <v>1936</v>
       </c>
       <c r="D661" s="15" t="s">
-        <v>1935</v>
+        <v>1937</v>
       </c>
       <c r="E661" s="15" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="F661" s="15"/>
       <c r="G661" s="15"/>
       <c r="H661" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I661" s="15"/>
       <c r="J661" s="15"/>
       <c r="K661" s="15">
         <v>1.38</v>
       </c>
       <c r="L661" s="15">
         <v>1.29</v>
       </c>
       <c r="M661" s="15">
         <v>1.25</v>
       </c>
       <c r="N661" s="15"/>
       <c r="O661" s="15"/>
       <c r="P661" s="15"/>
       <c r="Q661" s="15"/>
       <c r="R661"/>
     </row>
     <row r="662" spans="1:18">
       <c r="B662" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C662" s="15" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="D662" s="15" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="E662" s="15" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
       <c r="F662" s="15"/>
       <c r="G662" s="15"/>
       <c r="H662" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I662" s="15"/>
       <c r="J662" s="15"/>
       <c r="K662" s="15">
         <v>0.98532</v>
       </c>
       <c r="L662" s="15">
         <v>0.92374</v>
       </c>
       <c r="M662" s="15">
         <v>0.89295</v>
       </c>
       <c r="N662" s="15"/>
       <c r="O662" s="15"/>
       <c r="P662" s="15"/>
       <c r="Q662" s="15"/>
       <c r="R662"/>
     </row>
     <row r="663" spans="1:18">
       <c r="B663" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C663" s="15" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="D663" s="15" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="E663" s="15" t="s">
-        <v>1942</v>
+        <v>1944</v>
       </c>
       <c r="F663" s="15"/>
       <c r="G663" s="15"/>
       <c r="H663" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I663" s="15" t="s">
-        <v>1943</v>
+        <v>1945</v>
       </c>
       <c r="J663" s="15">
         <v>25</v>
       </c>
       <c r="K663" s="15">
         <v>1.55</v>
       </c>
       <c r="L663" s="15">
         <v>1.45</v>
       </c>
       <c r="M663" s="15">
         <v>1.4</v>
       </c>
       <c r="N663" s="15"/>
       <c r="O663" s="15"/>
       <c r="P663" s="15"/>
       <c r="Q663" s="15"/>
       <c r="R663"/>
     </row>
     <row r="664" spans="1:18">
       <c r="B664" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C664" s="15" t="s">
-        <v>1944</v>
+        <v>1946</v>
       </c>
       <c r="D664" s="15" t="s">
-        <v>1945</v>
+        <v>1947</v>
       </c>
       <c r="E664" s="15" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="F664" s="15"/>
       <c r="G664" s="15"/>
       <c r="H664" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I664" s="15"/>
       <c r="J664" s="15">
         <v>25</v>
       </c>
       <c r="K664" s="15">
         <v>2.09</v>
       </c>
       <c r="L664" s="15">
         <v>1.75</v>
       </c>
       <c r="M664" s="15">
         <v>1.68</v>
       </c>
       <c r="N664" s="15"/>
       <c r="O664" s="15"/>
       <c r="P664" s="15"/>
       <c r="Q664" s="15"/>
       <c r="R664"/>
     </row>
     <row r="665" spans="1:18">
       <c r="B665" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C665" s="15" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="D665" s="15" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="E665" s="15">
         <v>10080042596</v>
       </c>
       <c r="F665" s="15"/>
       <c r="G665" s="15"/>
       <c r="H665" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I665" s="15" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J665" s="15">
         <v>20</v>
       </c>
       <c r="K665" s="15">
         <v>1.25</v>
       </c>
       <c r="L665" s="15">
         <v>1.02</v>
       </c>
       <c r="M665" s="15">
         <v>0.98159</v>
       </c>
       <c r="N665" s="15"/>
       <c r="O665" s="15"/>
       <c r="P665" s="15"/>
       <c r="Q665" s="15"/>
       <c r="R665"/>
     </row>
     <row r="666" spans="1:18">
       <c r="B666" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C666" s="15" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="D666" s="15" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
       <c r="E666" s="15">
         <v>10080040239</v>
       </c>
       <c r="F666" s="15"/>
       <c r="G666" s="15"/>
       <c r="H666" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I666" s="15"/>
       <c r="J666" s="15">
         <v>20</v>
       </c>
       <c r="K666" s="15">
         <v>1.12</v>
       </c>
       <c r="L666" s="15">
         <v>0.92118</v>
       </c>
       <c r="M666" s="15">
         <v>0.88373</v>
       </c>
       <c r="N666" s="15"/>
       <c r="O666" s="15"/>
       <c r="P666" s="15"/>
       <c r="Q666" s="15"/>
       <c r="R666"/>
     </row>
     <row r="667" spans="1:18">
       <c r="B667" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C667" s="15" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="D667" s="15" t="s">
-        <v>1952</v>
+        <v>1954</v>
       </c>
       <c r="E667" s="15">
         <v>10080061844</v>
       </c>
       <c r="F667" s="15"/>
       <c r="G667" s="15"/>
       <c r="H667" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I667" s="15" t="s">
-        <v>1953</v>
+        <v>1955</v>
       </c>
       <c r="J667" s="15">
         <v>100</v>
       </c>
       <c r="K667" s="15">
         <v>0.6877</v>
       </c>
       <c r="L667" s="15">
         <v>0.55459</v>
       </c>
       <c r="M667" s="15">
         <v>0.53242</v>
       </c>
       <c r="N667" s="15"/>
       <c r="O667" s="15"/>
       <c r="P667" s="15"/>
       <c r="Q667" s="15"/>
       <c r="R667"/>
     </row>
     <row r="668" spans="1:18">
       <c r="B668" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C668" s="15" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="D668" s="15" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="E668" s="15">
         <v>10000030048</v>
       </c>
       <c r="F668" s="15"/>
       <c r="G668" s="15"/>
       <c r="H668" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I668" s="15" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="J668" s="15">
         <v>50</v>
       </c>
       <c r="K668" s="15">
         <v>2.57</v>
       </c>
       <c r="L668" s="15">
         <v>1.8</v>
       </c>
       <c r="M668" s="15">
         <v>1.67</v>
       </c>
       <c r="N668" s="15"/>
       <c r="O668" s="15"/>
       <c r="P668" s="15"/>
       <c r="Q668" s="15"/>
       <c r="R668"/>
     </row>
     <row r="669" spans="1:18">
       <c r="B669" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C669" s="15" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="D669" s="15" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="E669" s="15" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="F669" s="15"/>
       <c r="G669" s="15"/>
       <c r="H669" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I669" s="15"/>
       <c r="J669" s="15"/>
       <c r="K669" s="15">
         <v>0.98532</v>
       </c>
       <c r="L669" s="15">
         <v>0.92374</v>
       </c>
       <c r="M669" s="15">
         <v>0.89295</v>
       </c>
       <c r="N669" s="15"/>
       <c r="O669" s="15"/>
       <c r="P669" s="15"/>
       <c r="Q669" s="15"/>
       <c r="R669"/>
     </row>
     <row r="670" spans="1:18">
       <c r="B670" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C670" s="15" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="D670" s="15" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="E670" s="15" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="F670" s="15"/>
       <c r="G670" s="15"/>
       <c r="H670" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I670" s="15" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="J670" s="15"/>
       <c r="K670" s="15">
         <v>0.48034</v>
       </c>
       <c r="L670" s="15">
         <v>0.46557</v>
       </c>
       <c r="M670" s="15">
         <v>0.44956</v>
       </c>
       <c r="N670" s="15"/>
       <c r="O670" s="15"/>
       <c r="P670" s="15"/>
       <c r="Q670" s="15"/>
       <c r="R670"/>
     </row>
     <row r="671" spans="1:18">
       <c r="B671" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C671" s="15" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="D671" s="15" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="E671" s="15" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="F671" s="15"/>
       <c r="G671" s="15"/>
       <c r="H671" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I671" s="15"/>
       <c r="J671" s="15"/>
       <c r="K671" s="15">
         <v>2.51</v>
       </c>
       <c r="L671" s="15">
         <v>2.51</v>
       </c>
       <c r="M671" s="15">
         <v>2.51</v>
       </c>
       <c r="N671" s="15">
         <v>10</v>
       </c>
       <c r="O671" s="15"/>
       <c r="P671" s="15"/>
       <c r="Q671" s="15"/>
       <c r="R671"/>
     </row>
     <row r="672" spans="1:18">
       <c r="B672" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>1966</v>
+        <v>1968</v>
       </c>
       <c r="D672" s="15"/>
       <c r="E672" s="15">
         <v>10080009066</v>
       </c>
       <c r="F672" s="15"/>
       <c r="G672" s="15"/>
       <c r="H672" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I672" s="15"/>
       <c r="J672" s="15">
         <v>25</v>
       </c>
       <c r="K672" s="15">
         <v>1.25</v>
       </c>
       <c r="L672" s="15">
         <v>1.09</v>
       </c>
       <c r="M672" s="15">
         <v>1.04</v>
       </c>
       <c r="N672" s="15">
-        <v>4924</v>
+        <v>4513</v>
       </c>
       <c r="O672" s="15"/>
       <c r="P672" s="15"/>
       <c r="Q672" s="15"/>
       <c r="R672"/>
     </row>
     <row r="673" spans="1:18">
       <c r="B673" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C673" s="15" t="s">
-        <v>1967</v>
+        <v>1969</v>
       </c>
       <c r="D673" s="15" t="s">
-        <v>1968</v>
+        <v>1970</v>
       </c>
       <c r="E673" s="15">
         <v>10080010237</v>
       </c>
       <c r="F673" s="15"/>
       <c r="G673" s="15"/>
       <c r="H673" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I673" s="15" t="s">
-        <v>1969</v>
+        <v>1971</v>
       </c>
       <c r="J673" s="15">
         <v>25</v>
       </c>
       <c r="K673" s="15">
         <v>1.4</v>
       </c>
       <c r="L673" s="15">
         <v>1.22</v>
       </c>
       <c r="M673" s="15">
         <v>1.17</v>
       </c>
       <c r="N673" s="15">
-        <v>803</v>
-[...1 lines deleted...]
-      <c r="O673" s="15"/>
+        <v>19</v>
+      </c>
+      <c r="O673" s="15">
+        <v>4980</v>
+      </c>
       <c r="P673" s="15"/>
       <c r="Q673" s="15"/>
       <c r="R673"/>
     </row>
     <row r="674" spans="1:18">
       <c r="B674" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>1970</v>
+        <v>1972</v>
       </c>
       <c r="D674" s="15"/>
       <c r="E674" s="15">
         <v>10080026934</v>
       </c>
       <c r="F674" s="15"/>
       <c r="G674" s="15"/>
       <c r="H674" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I674" s="15"/>
       <c r="J674" s="15">
         <v>25</v>
       </c>
       <c r="K674" s="15">
         <v>1.67</v>
       </c>
       <c r="L674" s="15">
         <v>1.4</v>
       </c>
       <c r="M674" s="15">
         <v>1.35</v>
       </c>
       <c r="N674" s="15">
-        <v>1426</v>
+        <v>1353</v>
       </c>
       <c r="O674" s="15"/>
       <c r="P674" s="15"/>
       <c r="Q674" s="15"/>
       <c r="R674"/>
     </row>
     <row r="675" spans="1:18">
       <c r="B675" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>1971</v>
+        <v>1973</v>
       </c>
       <c r="D675" s="15" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="E675" s="15">
         <v>10000022548</v>
       </c>
       <c r="F675" s="15"/>
       <c r="G675" s="15"/>
       <c r="H675" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I675" s="15"/>
       <c r="J675" s="15">
         <v>25</v>
       </c>
       <c r="K675" s="15">
         <v>1.08</v>
       </c>
       <c r="L675" s="15">
         <v>0.93609</v>
       </c>
       <c r="M675" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N675" s="15">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="O675" s="15"/>
       <c r="P675" s="15"/>
       <c r="Q675" s="15"/>
       <c r="R675"/>
     </row>
     <row r="676" spans="1:18">
       <c r="B676" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="D676" s="15"/>
       <c r="E676" s="15">
         <v>10080012852</v>
       </c>
       <c r="F676" s="15"/>
       <c r="G676" s="15"/>
       <c r="H676" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I676" s="15"/>
       <c r="J676" s="15">
         <v>25</v>
       </c>
       <c r="K676" s="15">
         <v>1.62</v>
       </c>
       <c r="L676" s="15">
         <v>1.4</v>
       </c>
       <c r="M676" s="15">
         <v>1.35</v>
       </c>
       <c r="N676" s="15">
-        <v>4386</v>
+        <v>4616</v>
       </c>
       <c r="O676" s="15"/>
       <c r="P676" s="15"/>
       <c r="Q676" s="15"/>
       <c r="R676"/>
     </row>
     <row r="677" spans="1:18">
       <c r="B677" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C677" s="15" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="D677" s="15" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="E677" s="15">
         <v>10080034177</v>
       </c>
       <c r="F677" s="15"/>
       <c r="G677" s="15"/>
       <c r="H677" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I677" s="15"/>
       <c r="J677" s="15">
         <v>25</v>
       </c>
       <c r="K677" s="15">
         <v>2.72</v>
       </c>
       <c r="L677" s="15">
         <v>2.28</v>
       </c>
       <c r="M677" s="15">
         <v>2.19</v>
       </c>
       <c r="N677" s="15">
-        <v>3920</v>
+        <v>3618</v>
       </c>
       <c r="O677" s="15"/>
       <c r="P677" s="15"/>
       <c r="Q677" s="15"/>
       <c r="R677"/>
     </row>
     <row r="678" spans="1:18">
       <c r="B678" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="D678" s="15" t="s">
-        <v>1977</v>
+        <v>1979</v>
       </c>
       <c r="E678" s="15">
         <v>10080026935</v>
       </c>
       <c r="F678" s="15"/>
       <c r="G678" s="15"/>
       <c r="H678" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I678" s="15"/>
       <c r="J678" s="15">
         <v>25</v>
       </c>
       <c r="K678" s="15">
         <v>3.43</v>
       </c>
       <c r="L678" s="15">
         <v>2.88</v>
       </c>
       <c r="M678" s="15">
         <v>2.77</v>
       </c>
       <c r="N678" s="15">
-        <v>4596</v>
+        <v>5571</v>
       </c>
       <c r="O678" s="15"/>
       <c r="P678" s="15"/>
       <c r="Q678" s="15"/>
       <c r="R678"/>
     </row>
     <row r="679" spans="1:18">
       <c r="B679" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>1978</v>
+        <v>1980</v>
       </c>
       <c r="D679" s="15" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="E679" s="15">
         <v>10080044826</v>
       </c>
       <c r="F679" s="15"/>
       <c r="G679" s="15"/>
       <c r="H679" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I679" s="15"/>
       <c r="J679" s="15">
         <v>25</v>
       </c>
       <c r="K679" s="15">
         <v>6.05</v>
       </c>
       <c r="L679" s="15">
         <v>5.07</v>
       </c>
       <c r="M679" s="15">
         <v>4.88</v>
       </c>
       <c r="N679" s="15">
-        <v>1122</v>
+        <v>860</v>
       </c>
       <c r="O679" s="15"/>
       <c r="P679" s="15"/>
       <c r="Q679" s="15"/>
       <c r="R679"/>
     </row>
     <row r="680" spans="1:18">
       <c r="B680" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>1980</v>
+        <v>1982</v>
       </c>
       <c r="D680" s="15" t="s">
-        <v>1981</v>
+        <v>1983</v>
       </c>
       <c r="E680" s="15">
         <v>10080072241</v>
       </c>
       <c r="F680" s="15"/>
       <c r="G680" s="15"/>
       <c r="H680" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I680" s="15"/>
       <c r="J680" s="15"/>
       <c r="K680" s="15">
         <v>3.68</v>
       </c>
       <c r="L680" s="15">
         <v>3.07</v>
       </c>
       <c r="M680" s="15">
         <v>2.94</v>
       </c>
       <c r="N680" s="15"/>
       <c r="O680" s="15"/>
       <c r="P680" s="15"/>
       <c r="Q680" s="15"/>
       <c r="R680"/>
     </row>
     <row r="681" spans="1:18">
       <c r="B681" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>1982</v>
+        <v>1984</v>
       </c>
       <c r="D681" s="15" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="E681" s="15">
         <v>10080056958</v>
       </c>
       <c r="F681" s="15"/>
       <c r="G681" s="15"/>
       <c r="H681" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I681" s="15"/>
       <c r="J681" s="15">
         <v>25</v>
       </c>
       <c r="K681" s="15">
         <v>3.7</v>
       </c>
       <c r="L681" s="15">
         <v>2.98</v>
       </c>
       <c r="M681" s="15">
         <v>2.86</v>
       </c>
       <c r="N681" s="15"/>
       <c r="O681" s="15"/>
       <c r="P681" s="15"/>
       <c r="Q681" s="15"/>
       <c r="R681"/>
     </row>
     <row r="682" spans="1:18">
       <c r="B682" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="D682" s="15" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="E682" s="15">
         <v>10080009167</v>
       </c>
       <c r="F682" s="15"/>
       <c r="G682" s="15"/>
       <c r="H682" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I682" s="15"/>
       <c r="J682" s="15">
         <v>25</v>
       </c>
       <c r="K682" s="15">
         <v>1.99</v>
       </c>
       <c r="L682" s="15">
         <v>1.67</v>
       </c>
       <c r="M682" s="15">
         <v>1.61</v>
       </c>
       <c r="N682" s="15"/>
       <c r="O682" s="15">
-        <v>2400</v>
+        <v>3040</v>
       </c>
       <c r="P682" s="15" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="Q682" s="15"/>
       <c r="R682"/>
     </row>
     <row r="683" spans="1:18">
       <c r="B683" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C683" s="15" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="D683" s="15" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
       <c r="E683" s="15">
         <v>10080015935</v>
       </c>
       <c r="F683" s="15"/>
       <c r="G683" s="15"/>
       <c r="H683" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I683" s="15" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="J683" s="15">
         <v>27</v>
       </c>
       <c r="K683" s="15">
         <v>3.09</v>
       </c>
       <c r="L683" s="15">
         <v>2.59</v>
       </c>
       <c r="M683" s="15">
         <v>2.49</v>
       </c>
       <c r="N683" s="15">
-        <v>5756</v>
+        <v>4904</v>
       </c>
       <c r="O683" s="15"/>
       <c r="P683" s="15"/>
       <c r="Q683" s="15"/>
       <c r="R683"/>
     </row>
     <row r="684" spans="1:18">
       <c r="B684" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C684" s="15" t="s">
-        <v>1990</v>
+        <v>1992</v>
       </c>
       <c r="D684" s="15" t="s">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="E684" s="15">
         <v>10080044825</v>
       </c>
       <c r="F684" s="15"/>
       <c r="G684" s="15"/>
       <c r="H684" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I684" s="15"/>
       <c r="J684" s="15">
         <v>25</v>
       </c>
       <c r="K684" s="15">
         <v>3.39</v>
       </c>
       <c r="L684" s="15">
         <v>2.85</v>
       </c>
       <c r="M684" s="15">
         <v>2.74</v>
       </c>
       <c r="N684" s="15">
-        <v>4321</v>
+        <v>5839</v>
       </c>
       <c r="O684" s="15"/>
       <c r="P684" s="15"/>
       <c r="Q684" s="15"/>
       <c r="R684"/>
     </row>
     <row r="685" spans="1:18">
       <c r="B685" s="14" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="C685" s="15" t="s">
-        <v>1992</v>
+        <v>1994</v>
       </c>
       <c r="D685" s="15" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="E685" s="15" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="F685" s="15"/>
       <c r="G685" s="15"/>
       <c r="H685" s="15" t="s">
-        <v>1074</v>
+        <v>1077</v>
       </c>
       <c r="I685" s="15" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="J685" s="15">
         <v>1</v>
       </c>
       <c r="K685" s="15">
         <v>1.87</v>
       </c>
       <c r="L685" s="15">
         <v>1.76</v>
       </c>
       <c r="M685" s="15">
         <v>1.7</v>
       </c>
       <c r="N685" s="15"/>
       <c r="O685" s="15"/>
       <c r="P685" s="15"/>
       <c r="Q685" s="15"/>
       <c r="R685"/>
     </row>
     <row r="686" spans="1:18">
       <c r="B686" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C686" s="15" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D686" s="15" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="E686" s="15">
         <v>10080009897</v>
       </c>
       <c r="F686" s="15"/>
       <c r="G686" s="15"/>
       <c r="H686" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I686" s="15"/>
       <c r="J686" s="15"/>
       <c r="K686" s="15">
         <v>5.76</v>
       </c>
       <c r="L686" s="15">
         <v>3.84</v>
       </c>
       <c r="M686" s="15">
         <v>3.49</v>
       </c>
       <c r="N686" s="15">
         <v>10</v>
       </c>
       <c r="O686" s="15"/>
       <c r="P686" s="15"/>
       <c r="Q686" s="15"/>
       <c r="R686"/>
     </row>
     <row r="687" spans="1:18">
       <c r="B687" s="14" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="C687" s="15" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="D687" s="15" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="E687" s="15">
         <v>10080009898</v>
       </c>
       <c r="F687" s="15"/>
       <c r="G687" s="15"/>
       <c r="H687" s="15" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="I687" s="15"/>
       <c r="J687" s="15"/>
       <c r="K687" s="15">
         <v>2.51</v>
       </c>
       <c r="L687" s="15">
         <v>2.51</v>
       </c>
       <c r="M687" s="15">
         <v>2.51</v>
       </c>
       <c r="N687" s="15">
         <v>10</v>
       </c>
       <c r="O687" s="15"/>
       <c r="P687" s="15"/>
       <c r="Q687" s="15"/>
       <c r="R687"/>
     </row>
     <row r="688" spans="1:18">
       <c r="B688" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C688" s="15" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="D688" s="15" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="E688" s="15">
         <v>10000004919</v>
       </c>
       <c r="F688" s="15"/>
       <c r="G688" s="15"/>
       <c r="H688" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I688" s="15" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="J688" s="15">
         <v>40</v>
       </c>
       <c r="K688" s="15">
         <v>1.61</v>
       </c>
       <c r="L688" s="15">
         <v>1.34</v>
       </c>
       <c r="M688" s="15">
         <v>1.29</v>
       </c>
       <c r="N688" s="15"/>
       <c r="O688" s="15"/>
       <c r="P688" s="15"/>
       <c r="Q688" s="15"/>
       <c r="R688"/>
     </row>
     <row r="689" spans="1:18">
       <c r="B689" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C689" s="15" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="D689" s="15" t="s">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="E689" s="15" t="s">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="F689" s="15"/>
       <c r="G689" s="15"/>
       <c r="H689" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I689" s="15"/>
       <c r="J689" s="15">
         <v>40</v>
       </c>
       <c r="K689" s="15">
         <v>1.32</v>
       </c>
       <c r="L689" s="15">
         <v>1.11</v>
       </c>
       <c r="M689" s="15">
         <v>1.07</v>
       </c>
       <c r="N689" s="15"/>
       <c r="O689" s="15"/>
       <c r="P689" s="15"/>
       <c r="Q689" s="15"/>
       <c r="R689"/>
     </row>
     <row r="690" spans="1:18">
       <c r="B690" s="14" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C690" s="15" t="s">
-        <v>2006</v>
+        <v>2008</v>
       </c>
       <c r="D690" s="15" t="s">
-        <v>2007</v>
+        <v>2009</v>
       </c>
       <c r="E690" s="15" t="s">
-        <v>2008</v>
+        <v>2010</v>
       </c>
       <c r="F690" s="15"/>
       <c r="G690" s="15"/>
       <c r="H690" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I690" s="15"/>
       <c r="J690" s="15">
         <v>500</v>
       </c>
       <c r="K690" s="15">
         <v>2.11</v>
       </c>
       <c r="L690" s="15">
         <v>1.77</v>
       </c>
       <c r="M690" s="15">
         <v>1.7</v>
       </c>
       <c r="N690" s="15"/>
       <c r="O690" s="15"/>
       <c r="P690" s="15"/>
       <c r="Q690" s="15">
         <v>1000</v>
       </c>
       <c r="R690"/>
     </row>
     <row r="691" spans="1:18">
       <c r="B691" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C691" s="15" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D691" s="15" t="s">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="E691" s="15" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="F691" s="15"/>
       <c r="G691" s="15"/>
       <c r="H691" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I691" s="15"/>
       <c r="J691" s="15">
         <v>40</v>
       </c>
       <c r="K691" s="15">
         <v>45.59</v>
       </c>
       <c r="L691" s="15">
         <v>38.23</v>
       </c>
       <c r="M691" s="15">
         <v>36.76</v>
       </c>
       <c r="N691" s="15"/>
       <c r="O691" s="15"/>
       <c r="P691" s="15"/>
       <c r="Q691" s="15">
         <v>2000</v>
       </c>
       <c r="R691"/>
     </row>
     <row r="692" spans="1:18">
       <c r="B692" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C692" s="15" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="D692" s="15" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="E692" s="15" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F692" s="15"/>
       <c r="G692" s="15"/>
       <c r="H692" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I692" s="15"/>
       <c r="J692" s="15">
         <v>20</v>
       </c>
       <c r="K692" s="15">
         <v>6.88</v>
       </c>
       <c r="L692" s="15">
         <v>6.88</v>
       </c>
       <c r="M692" s="15">
         <v>6.88</v>
       </c>
       <c r="N692" s="15"/>
       <c r="O692" s="15"/>
       <c r="P692" s="15"/>
       <c r="Q692" s="15"/>
       <c r="R692"/>
     </row>
     <row r="693" spans="1:18">
       <c r="B693" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="D693" s="15" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="E693" s="15">
         <v>10080069424</v>
       </c>
       <c r="F693" s="15"/>
       <c r="G693" s="15"/>
       <c r="H693" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I693" s="15"/>
       <c r="J693" s="15">
         <v>40</v>
       </c>
       <c r="K693" s="15">
         <v>1.29</v>
       </c>
       <c r="L693" s="15">
         <v>1.29</v>
       </c>
       <c r="M693" s="15">
         <v>1.29</v>
       </c>
       <c r="N693" s="15"/>
       <c r="O693" s="15"/>
       <c r="P693" s="15"/>
       <c r="Q693" s="15"/>
       <c r="R693"/>
     </row>
     <row r="694" spans="1:18">
       <c r="B694" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="D694" s="15" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="E694" s="15" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="F694" s="15"/>
       <c r="G694" s="15"/>
       <c r="H694" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I694" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I694" s="15"/>
       <c r="J694" s="15">
         <v>20</v>
       </c>
       <c r="K694" s="15">
-        <v>4.65</v>
+        <v>9.34</v>
       </c>
       <c r="L694" s="15">
-        <v>3.5</v>
+        <v>8.09</v>
       </c>
       <c r="M694" s="15">
-        <v>3.23</v>
+        <v>7.78</v>
       </c>
       <c r="N694" s="15"/>
       <c r="O694" s="15"/>
       <c r="P694" s="15"/>
       <c r="Q694" s="15"/>
       <c r="R694"/>
     </row>
     <row r="695" spans="1:18">
       <c r="B695" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="D695" s="15" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E695" s="15" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F695" s="15"/>
       <c r="G695" s="15"/>
       <c r="H695" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I695" s="15"/>
+      <c r="I695" s="15" t="s">
+        <v>2025</v>
+      </c>
       <c r="J695" s="15">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="K695" s="15">
-        <v>26.45</v>
+        <v>4.65</v>
       </c>
       <c r="L695" s="15">
-        <v>22.18</v>
+        <v>3.5</v>
       </c>
       <c r="M695" s="15">
-        <v>21.33</v>
+        <v>3.23</v>
       </c>
       <c r="N695" s="15"/>
       <c r="O695" s="15"/>
       <c r="P695" s="15"/>
       <c r="Q695" s="15"/>
       <c r="R695"/>
     </row>
     <row r="696" spans="1:18">
       <c r="B696" s="14" t="s">
-        <v>265</v>
+        <v>26</v>
       </c>
       <c r="C696" s="15" t="s">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="D696" s="15"/>
+        <v>2026</v>
+      </c>
+      <c r="D696" s="15" t="s">
+        <v>2027</v>
+      </c>
       <c r="E696" s="15" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="F696" s="15"/>
       <c r="G696" s="15"/>
       <c r="H696" s="15" t="s">
-        <v>269</v>
+        <v>30</v>
       </c>
       <c r="I696" s="15"/>
-      <c r="J696" s="15"/>
+      <c r="J696" s="15">
+        <v>25</v>
+      </c>
       <c r="K696" s="15">
-        <v>0.77594</v>
+        <v>26.45</v>
       </c>
       <c r="L696" s="15">
-        <v>0.66509</v>
+        <v>22.18</v>
       </c>
       <c r="M696" s="15">
-        <v>0.60967</v>
-[...3 lines deleted...]
-      </c>
+        <v>21.33</v>
+      </c>
+      <c r="N696" s="15"/>
       <c r="O696" s="15"/>
       <c r="P696" s="15"/>
       <c r="Q696" s="15"/>
       <c r="R696"/>
     </row>
     <row r="697" spans="1:18">
       <c r="B697" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>2026</v>
-[...3 lines deleted...]
-      </c>
+        <v>2029</v>
+      </c>
+      <c r="D697" s="15"/>
       <c r="E697" s="15" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="F697" s="15"/>
       <c r="G697" s="15"/>
       <c r="H697" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I697" s="15"/>
-      <c r="J697" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J697" s="15"/>
       <c r="K697" s="15">
-        <v>0.88679</v>
+        <v>0.77594</v>
       </c>
       <c r="L697" s="15">
-        <v>0.77594</v>
+        <v>0.66509</v>
       </c>
       <c r="M697" s="15">
-        <v>0.66509</v>
+        <v>0.60967</v>
       </c>
       <c r="N697" s="15">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="O697" s="15"/>
       <c r="P697" s="15"/>
       <c r="Q697" s="15"/>
       <c r="R697"/>
     </row>
     <row r="698" spans="1:18">
       <c r="B698" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>2029</v>
-[...1 lines deleted...]
-      <c r="D698" s="15"/>
+        <v>2031</v>
+      </c>
+      <c r="D698" s="15" t="s">
+        <v>2032</v>
+      </c>
       <c r="E698" s="15" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="F698" s="15"/>
       <c r="G698" s="15"/>
       <c r="H698" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I698" s="15"/>
       <c r="J698" s="15">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="K698" s="15">
-        <v>2.77</v>
+        <v>0.88679</v>
       </c>
       <c r="L698" s="15">
-        <v>2.22</v>
+        <v>0.77594</v>
       </c>
       <c r="M698" s="15">
-        <v>2</v>
+        <v>0.66509</v>
       </c>
       <c r="N698" s="15">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="O698" s="15"/>
       <c r="P698" s="15"/>
       <c r="Q698" s="15"/>
       <c r="R698"/>
     </row>
     <row r="699" spans="1:18">
       <c r="B699" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>2031</v>
-[...3 lines deleted...]
-      </c>
+        <v>2034</v>
+      </c>
+      <c r="D699" s="15"/>
       <c r="E699" s="15" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="F699" s="15"/>
       <c r="G699" s="15"/>
       <c r="H699" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I699" s="15"/>
       <c r="J699" s="15">
+        <v>1</v>
+      </c>
+      <c r="K699" s="15">
+        <v>2.77</v>
+      </c>
+      <c r="L699" s="15">
+        <v>2.22</v>
+      </c>
+      <c r="M699" s="15">
+        <v>2</v>
+      </c>
+      <c r="N699" s="15">
         <v>10</v>
       </c>
-      <c r="K699" s="15">
-[...8 lines deleted...]
-      <c r="N699" s="15"/>
       <c r="O699" s="15"/>
       <c r="P699" s="15"/>
       <c r="Q699" s="15"/>
       <c r="R699"/>
     </row>
     <row r="700" spans="1:18">
       <c r="B700" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C700" s="15" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="D700" s="15" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="E700" s="15" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="F700" s="15"/>
       <c r="G700" s="15"/>
       <c r="H700" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I700" s="15"/>
       <c r="J700" s="15">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="K700" s="15">
+        <v>0.79811</v>
+      </c>
+      <c r="L700" s="15">
+        <v>0.70943</v>
+      </c>
+      <c r="M700" s="15">
         <v>0.66509</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.59858</v>
       </c>
       <c r="N700" s="15"/>
       <c r="O700" s="15"/>
       <c r="P700" s="15"/>
       <c r="Q700" s="15"/>
       <c r="R700"/>
     </row>
     <row r="701" spans="1:18">
       <c r="B701" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C701" s="15" t="s">
-        <v>2037</v>
-[...1 lines deleted...]
-      <c r="D701" s="15"/>
+        <v>2039</v>
+      </c>
+      <c r="D701" s="15" t="s">
+        <v>2040</v>
+      </c>
       <c r="E701" s="15" t="s">
-        <v>2038</v>
+        <v>2041</v>
       </c>
       <c r="F701" s="15"/>
       <c r="G701" s="15"/>
       <c r="H701" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I701" s="15"/>
       <c r="J701" s="15">
         <v>1</v>
       </c>
       <c r="K701" s="15">
-        <v>4.43</v>
+        <v>0.66509</v>
       </c>
       <c r="L701" s="15">
-        <v>3.6</v>
+        <v>0.6385</v>
       </c>
       <c r="M701" s="15">
-        <v>3.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.59858</v>
+      </c>
+      <c r="N701" s="15"/>
       <c r="O701" s="15"/>
       <c r="P701" s="15"/>
       <c r="Q701" s="15"/>
       <c r="R701"/>
     </row>
     <row r="702" spans="1:18">
       <c r="B702" s="14" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="C702" s="15" t="s">
-        <v>2039</v>
-[...3 lines deleted...]
-      </c>
+        <v>2042</v>
+      </c>
+      <c r="D702" s="15"/>
       <c r="E702" s="15" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="F702" s="15"/>
       <c r="G702" s="15"/>
       <c r="H702" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I702" s="15"/>
       <c r="J702" s="15">
         <v>1</v>
       </c>
       <c r="K702" s="15">
-        <v>0.59858</v>
+        <v>4.43</v>
       </c>
       <c r="L702" s="15">
-        <v>0.56533</v>
+        <v>3.6</v>
       </c>
       <c r="M702" s="15">
-        <v>0.53207</v>
+        <v>3.21</v>
       </c>
       <c r="N702" s="15">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="O702" s="15"/>
       <c r="P702" s="15"/>
       <c r="Q702" s="15"/>
       <c r="R702"/>
     </row>
     <row r="703" spans="1:18">
-      <c r="B703" s="14"/>
-[...2 lines deleted...]
-      <c r="E703" s="15"/>
+      <c r="B703" s="14" t="s">
+        <v>264</v>
+      </c>
+      <c r="C703" s="15" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D703" s="15" t="s">
+        <v>2045</v>
+      </c>
+      <c r="E703" s="15" t="s">
+        <v>2046</v>
+      </c>
       <c r="F703" s="15"/>
       <c r="G703" s="15"/>
-      <c r="H703" s="15"/>
+      <c r="H703" s="15" t="s">
+        <v>268</v>
+      </c>
       <c r="I703" s="15"/>
-      <c r="J703" s="15"/>
-[...3 lines deleted...]
-      <c r="N703" s="15"/>
+      <c r="J703" s="15">
+        <v>1</v>
+      </c>
+      <c r="K703" s="15">
+        <v>0.59858</v>
+      </c>
+      <c r="L703" s="15">
+        <v>0.56533</v>
+      </c>
+      <c r="M703" s="15">
+        <v>0.53207</v>
+      </c>
+      <c r="N703" s="15">
+        <v>2</v>
+      </c>
       <c r="O703" s="15"/>
       <c r="P703" s="15"/>
       <c r="Q703" s="15"/>
+      <c r="R703"/>
+    </row>
+    <row r="704" spans="1:18">
+      <c r="B704" s="14"/>
+      <c r="C704" s="15"/>
+      <c r="D704" s="15"/>
+      <c r="E704" s="15"/>
+      <c r="F704" s="15"/>
+      <c r="G704" s="15"/>
+      <c r="H704" s="15"/>
+      <c r="I704" s="15"/>
+      <c r="J704" s="15"/>
+      <c r="K704" s="15"/>
+      <c r="L704" s="15"/>
+      <c r="M704" s="15"/>
+      <c r="N704" s="15"/>
+      <c r="O704" s="15"/>
+      <c r="P704" s="15"/>
+      <c r="Q704" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -33935,317 +33975,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>2047</v>
+        <v>2052</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>2048</v>
+        <v>2053</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>2049</v>
+        <v>2054</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>2050</v>
+        <v>2055</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>2051</v>
+        <v>2056</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>2052</v>
+        <v>2057</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>2053</v>
+        <v>2058</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>2054</v>
+        <v>2059</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>2055</v>
+        <v>2060</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>2056</v>
+        <v>2061</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>2062</v>
+        <v>2067</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>2063</v>
+        <v>2068</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>2064</v>
+        <v>2069</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>2065</v>
+        <v>2070</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>2066</v>
+        <v>2071</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>2067</v>
+        <v>2072</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>