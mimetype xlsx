--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2074">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -640,51 +640,51 @@
   <si>
     <t>Реле 4120-C-S-30-12VDC (EURO TYPE) (JQC-4)</t>
   </si>
   <si>
     <t>10-00071102</t>
   </si>
   <si>
     <t xml:space="preserve">4120-C-S-30-24VDC (EURO TYPE) (JQC-4) </t>
   </si>
   <si>
     <t>10-00071024</t>
   </si>
   <si>
     <t>Реле / NCR</t>
   </si>
   <si>
     <t>41F-1Z-C2-1</t>
   </si>
   <si>
     <t>панель для реле 12-24VDC на дин-рейку, вход 12-24V, выход 6A 250VAC, клеммы винтовые, LED зеленый / 41F-1Z-C2-1 для реле HF-41F (12~24)VDC</t>
   </si>
   <si>
     <t>NCR RELAY</t>
   </si>
   <si>
-    <t>07.05.2026</t>
+    <t>18.05.2026</t>
   </si>
   <si>
     <t>41F-1Z-C2-4</t>
   </si>
   <si>
     <t>панель для реле 60VDC на дин-рейку, вход 220-240V, выход 6A 250VAC, клеммы винтовые, LED зеленый / 41F-1Z-C2-4 для реле HF41F 60VDC</t>
   </si>
   <si>
     <t>UT-00099555</t>
   </si>
   <si>
     <t>41F-1Z-C4-1</t>
   </si>
   <si>
     <t>панель для реле 12-24VDC на дин-рейку, вход 12-24V, выход 6A 250VAC, клеммы нажимные, LED зеленый / 41F-1Z-C4-1 для реле HF41F (12~24)VDC</t>
   </si>
   <si>
     <t>UT-00099783</t>
   </si>
   <si>
     <t xml:space="preserve">DPSF06A-E3-00Z(H) DEGSON, DPSF05A-E1-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>41F-1Z-C4-4</t>
   </si>
@@ -1246,72 +1246,72 @@
   <si>
     <t>DC24V 5A 250VAC (2 Form C) (AgSnO2 + Gold) 0.53W / FTR-F1CA024V</t>
   </si>
   <si>
     <t>10-00072044</t>
   </si>
   <si>
     <t>FTR-K1CK024W</t>
   </si>
   <si>
     <t>DC24V 16A 250VAC / 24VDC (1 Form C) (AgSnO2) 0.4W / FTR-K1CK024W</t>
   </si>
   <si>
     <t>10-00072043</t>
   </si>
   <si>
     <t xml:space="preserve">HF115F/024-1Z3AF HONGFA, HF115F/024-1Z3AF HONGFA, HF115F/024-1ZS3A HONGFA, HF115FK/24-Z3T HONGFA, NT75-1-C-S-16-DC24V-0.41-5.0 FORWARD, HF115FD/024-1Z-3B HONGFA, HF115F-I/024-1Z-3-A HONGFA, </t>
   </si>
   <si>
     <t>Реле / Omron</t>
   </si>
   <si>
     <t>G2RL-1A-E-24VDC</t>
   </si>
   <si>
-    <t>DC24V 16A 250VAC / 24VDC (1 Form A) (AgSnO2) 0.4W; 5.0mm / G2RL-1A-E-24VDC</t>
+    <t>DC24V 16A 250VAC / 24VDC (1 Form A) (Ag-alloy, Cd free) 0.4W; 5.0mm / G2RL-1A-E-24VDC</t>
   </si>
   <si>
     <t>UT-00128429</t>
   </si>
   <si>
     <t>OMRON</t>
   </si>
   <si>
+    <t xml:space="preserve">G2RL-1A-E DC24 OMRON, </t>
+  </si>
+  <si>
     <t>G2RL-1A-E-5VDC</t>
   </si>
   <si>
-    <t>DC5V 16A 250VAC (1 Form A) (AgSnO2) 0.4W / G2RL-1A-E-5VDC</t>
+    <t>DC5V 16A 250VAC (1 Form A) (Ag-alloy, Cd free) 0.4W; 5.0mm / G2RL-1A-E-5VDC</t>
   </si>
   <si>
     <t>UT-00101716</t>
   </si>
   <si>
-    <t xml:space="preserve">G2RL-1AE-5DC OMRON, </t>
-[...2 lines deleted...]
-    <t>04.02.2026</t>
+    <t xml:space="preserve">1-1415899-3 TE Connectivity, G2RL-1AE-5DC OMRON, </t>
   </si>
   <si>
     <t>G2RL-2-12VDC</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC / 30VDC (2 Form C) (AgNi) 0.4W / G2RL-2-12VDC (G2RL212DC) (RT424012)</t>
   </si>
   <si>
     <t>UT-00102208</t>
   </si>
   <si>
     <t xml:space="preserve">RT424012 TE Connectivity, HF115F/012-2Z4BF HONGFA, </t>
   </si>
   <si>
     <t>G2RL-24-24VDC</t>
   </si>
   <si>
     <t>DC24V 8A 250VAC / 30VDC (2 Form C) (Ag-alloy, Cd free) 0.4W; 5mm / G2RL-24-24VDC</t>
   </si>
   <si>
     <t>UT-00095582</t>
   </si>
   <si>
     <t xml:space="preserve">HF115F/024-2ZS4 HONGFA, </t>
   </si>
@@ -1600,51 +1600,51 @@
   <si>
     <t>UT-00094455</t>
   </si>
   <si>
     <t>HF115F-S/24-HSF</t>
   </si>
   <si>
     <t>DC24V 16A 250VAC (1 Form A) (W+AgSnO2) 0.4W / HF115F-S/24-HSF</t>
   </si>
   <si>
     <t>UT-00098825</t>
   </si>
   <si>
     <t xml:space="preserve">RTS3T024 TE Connectivity, </t>
   </si>
   <si>
     <t>HF115F-S/5-HSF</t>
   </si>
   <si>
     <t>DC5V 16A 250VAC (1 Form A) (W+AgSnO2) 0.4W / HF115F-S/5-HSF</t>
   </si>
   <si>
     <t>UT-00098824</t>
   </si>
   <si>
-    <t>25.05.3333</t>
+    <t>16.05.2026</t>
   </si>
   <si>
     <t>HF115F-T/012-1HS3A</t>
   </si>
   <si>
     <t xml:space="preserve">DC12V 16A 250VAC (1 Form A) (AgSnO2) шаг 5.0мм / HF115F-T/012-1HS3A </t>
   </si>
   <si>
     <t>UT-00102407</t>
   </si>
   <si>
     <t>HF115F/005-1Z3BF</t>
   </si>
   <si>
     <t>DC5V 16A 250VAC (AgNi) / HF115F/005-1Z3BF</t>
   </si>
   <si>
     <t xml:space="preserve">HF115F/005-1ZS1BF </t>
   </si>
   <si>
     <t>DC5V 12A 250VAC (1 Form C) (AgNi) шаг 3.5мм / HF115F/005-1ZS1BF</t>
   </si>
   <si>
     <t>UT-00104936</t>
   </si>
@@ -2500,51 +2500,51 @@
   <si>
     <t>DC12V 10A 277VAC / 28VDC (1 Form C) (AgSnO2) 0.36W / HF3FF/012-1ZST</t>
   </si>
   <si>
     <t xml:space="preserve">HF3FA/012-ZTF HONGFA, BS-115C-12A-12VDC BESTAR, NT73-2-CS-10-DC12V-0.36 FORWARD, HK3FF-DC12V-SHG HKE, HF3FF/012-1ZSTF HONGFA, SRD-S-112D-10A SANYOU RELAY, NT73-2-C-10-DC12V-0.36 FORWARD, NT73-2-CS-15-DC12V-0.36 FORWARD, SRD-12VDC-S-L-C SONGLE, </t>
   </si>
   <si>
     <t>HF3FF/012-1ZSTF</t>
   </si>
   <si>
     <t>DC12V 10A 277VAC / 28VDC (1 Form C) (AgSnO2) 0.36W; F класс изоляции катушки / HF3FF/012-1ZSTF</t>
   </si>
   <si>
     <t>UT-00117194</t>
   </si>
   <si>
     <t xml:space="preserve">HF3FF/012-1ZST HONGFA, HF3FA/012-ZTF HONGFA, BS-115C-12A-12VDC BESTAR, NT73-2-CS-10-DC12V-0.36 FORWARD, HK3FF-DC12V-SHG HKE, SRD-S-112D-10A SANYOU RELAY, NT73-2-C-10-DC12V-0.36 FORWARD, NT73-2-CS-15-DC12V-0.36 FORWARD, SRD-12VDC-S-L-C SONGLE, </t>
   </si>
   <si>
     <t>HF41F/12-ZS</t>
   </si>
   <si>
     <t>DC12V 6A 250VAC / 30VDC (1 Form C) (AgSnO2) 0.17W / HF41F/12-ZS</t>
   </si>
   <si>
-    <t xml:space="preserve">DRPS-1C-D12-06Z(H) DEGSON, </t>
+    <t xml:space="preserve">HF41F/12-ZSTG HONGFA, DRPS-1C-D12-06Z(H) DEGSON, </t>
   </si>
   <si>
     <t>HF41F/24-Z</t>
   </si>
   <si>
     <t>DC24V 6A 250VAC / 30VDC (1 Form C) (AgSnO2) 0.17W / HF41F/24-Z</t>
   </si>
   <si>
     <t xml:space="preserve">V23092-A1024-A301 TE Connectivity, HF41F/24-ZS HONGFA, HF41F/24-ZSG HONGFA, DRPS-1C-D24-06Z(H) DEGSON, HF41F/24-ZG HONGFA, 34.51.7.024.0010 FINDER, </t>
   </si>
   <si>
     <t>HF41F/24-ZS</t>
   </si>
   <si>
     <t>DC24V 6A 250VAC / 30VDC (1 Form C) (AgNi) 0.17W / HF41F/24-ZS</t>
   </si>
   <si>
     <t>10-00071618</t>
   </si>
   <si>
     <t xml:space="preserve">V23092-A1024-A301 TE Connectivity, HF41F/24-ZSG HONGFA, DRPS-1C-D24-06Z(H) DEGSON, HF41F/24-ZG HONGFA, 34.51.7.024.0010 FINDER, HF41F/24-Z HONGFA, </t>
   </si>
   <si>
     <t>HF41F/24-ZSG</t>
   </si>
@@ -2713,53 +2713,50 @@
   <si>
     <t>HFCF(G)</t>
   </si>
   <si>
     <t>Модуль на панельку 14FF-2Z. 6-24VAC/VDC. С защитным диодом. Зеленый светодиод. / HFCF(G)</t>
   </si>
   <si>
     <t>HFD2/003-M-L1</t>
   </si>
   <si>
     <t>Реле HFD2/003-M-L1</t>
   </si>
   <si>
     <t>HFD2/003-S-L2</t>
   </si>
   <si>
     <t>Реле HFD2/003-S-L2</t>
   </si>
   <si>
     <t>HFD2/005-S-L2-D</t>
   </si>
   <si>
     <t>DC5V 3A 30VDC / 1A 125VAC / HFD2/005-S-L2-D</t>
   </si>
   <si>
-    <t>18.05.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>HFD2/012-S</t>
   </si>
   <si>
     <t xml:space="preserve">DC12V 3A 30VDC / 1A 125VAC / HFD2/012-S </t>
   </si>
   <si>
     <t>UT-00096765</t>
   </si>
   <si>
     <t>HFD2/012-S-L1</t>
   </si>
   <si>
     <t>DC12V 3A 30VDC / 1A 125VAC / HFD2/012-S-L1</t>
   </si>
   <si>
     <t>HFD2/012-S-L2</t>
   </si>
   <si>
     <t>DC12V 1A 125VAC / 2A 30VDC (2 Form C) (AdPg/Ag+Gold plated) 015W; 2 катушки / HFD2/012-S-L2</t>
   </si>
   <si>
     <t>HFD2/024-M-L1-A</t>
   </si>
   <si>
     <t>DC24V 1A 125VAC / 2A 30VDC (2 Form C) (AgPd/AgPd+Gold plated) 0.1W; 1 катушка / HFD2/024-M-L1-A</t>
@@ -2767,50 +2764,53 @@
   <si>
     <t>UT-00129460</t>
   </si>
   <si>
     <t>HFD2/024-M-L2</t>
   </si>
   <si>
     <t>DC24V 1A 125VAC / 2A 30VDC (2 Form C) (AdPg/Ag+Gold plated) 0.2W; 2 катушки / HFD2/024-M-L2</t>
   </si>
   <si>
     <t>UT-00107472</t>
   </si>
   <si>
     <t>HFD2/024-S-L1</t>
   </si>
   <si>
     <t>Реле HFD2/024-S-L1</t>
   </si>
   <si>
     <t>HFD2/024-S-L2</t>
   </si>
   <si>
     <t>Реле HFD2/024-S-L2</t>
   </si>
   <si>
+    <t>23.02.2026</t>
+  </si>
+  <si>
     <t>HFD2/024-S-L2-D</t>
   </si>
   <si>
     <t>Реле HFD2/024-S-L2-D</t>
   </si>
   <si>
     <t>UT-00145002</t>
   </si>
   <si>
     <t>HFD23/005-1ZP</t>
   </si>
   <si>
     <t>Реле HFD23/005-1ZP</t>
   </si>
   <si>
     <t xml:space="preserve">JRC-23F-HS-5VDC FORWARD, G5V-1 5VDC OMRON, SY-5-K Fujitsu, HFD23/005-1ZS HONGFA, </t>
   </si>
   <si>
     <t>HFD23/005-1ZS</t>
   </si>
   <si>
     <t>DC5V 2A 125VAC / HFD23/005-1ZS</t>
   </si>
   <si>
     <t xml:space="preserve">HFD23/005-1ZP HONGFA, JRC-23F-HS-5VDC FORWARD, G5V-1 5VDC OMRON, SY-5-K Fujitsu, </t>
@@ -3112,53 +3112,50 @@
   <si>
     <t>Реле HFE21-A/12-DT2</t>
   </si>
   <si>
     <t>HFE22-A/24-H1T21-R</t>
   </si>
   <si>
     <t>Реле HFE22-A/24-H1T21-R</t>
   </si>
   <si>
     <t>HFE60/12-1HST-L2</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC / HFE60/12-1HST-L2</t>
   </si>
   <si>
     <t>HFE62/3-1HDST-L1</t>
   </si>
   <si>
     <t>DC3V 8A 250VAC (1 Form A + 1 Form B) (AgSnO2) 0.2W; одна катушка / HFE62/3-1HDST-L1</t>
   </si>
   <si>
     <t>UT-00139754</t>
   </si>
   <si>
-    <t>28.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>HFE7/24-1HD-L2 (412)</t>
   </si>
   <si>
     <t>HFE7/24-1HD-L2 (412) снято с производства</t>
   </si>
   <si>
     <t>HFE7/5-2HST-L1</t>
   </si>
   <si>
     <t>HFE7/5-2HST-L1 снято с производства</t>
   </si>
   <si>
     <t>HFE80V-100B/150-12-HTC50</t>
   </si>
   <si>
     <t>HFE80V-100B/12-HTL7Y</t>
   </si>
   <si>
     <t>HFE80V-100B/24-HTL7Y</t>
   </si>
   <si>
     <t>Реле HFE80V-100B/24-HTL7Y</t>
   </si>
   <si>
     <t>HFE80V-200/150-12-HTC5</t>
@@ -4843,51 +4840,51 @@
   <si>
     <t>Реле NT76-A-S-DC12V</t>
   </si>
   <si>
     <t>10-00071167</t>
   </si>
   <si>
     <t xml:space="preserve">TRV-12VDC-SC-AL TTI, TRV-12VDC-SC-Ax TTI, HF7520/012-HSxP HONGFA, </t>
   </si>
   <si>
     <t>NT76-A-Z-DC5V-0.2W</t>
   </si>
   <si>
     <t>NT76-A-Z-DC5V-0.2W новая партия с широким контактом</t>
   </si>
   <si>
     <t>NT76-C-S-DC12V-0.45W(WIDE PIN)</t>
   </si>
   <si>
     <t>NT76-C-S-DC12V-0.45W(WIDE PIN) новая партия с широким контактом</t>
   </si>
   <si>
     <t xml:space="preserve">TRV-12VDC-SC-CD-R TTI, HF7520/012-ZS HONGFA, </t>
   </si>
   <si>
-    <t>22.04.2026</t>
+    <t>13.04.2026</t>
   </si>
   <si>
     <t>NT76-C-S-DC24V-0.45</t>
   </si>
   <si>
     <t>Реле NT76-C-S-DC24V-0.45</t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45</t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45W новая партия с широким контактом</t>
   </si>
   <si>
     <t xml:space="preserve">NT76-C-S-DC5V-0.45W(WIDE PIN) FORWARD, </t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45W(WIDE PIN)</t>
   </si>
   <si>
     <t>NT76-C-S-DC5V-0.45W(WIDE PIN) с широким контактом</t>
   </si>
   <si>
     <t>UT-00142289</t>
   </si>
@@ -4912,50 +4909,53 @@
   <si>
     <t>NT77-A-S-12-DC12V</t>
   </si>
   <si>
     <t>Реле NT77-A-S-12-DC12V</t>
   </si>
   <si>
     <t xml:space="preserve">HF12FF/012-HS HONGFA, </t>
   </si>
   <si>
     <t>NT77-A-S-12-DC24V</t>
   </si>
   <si>
     <t>Реле NT77-A-S-12-DC24V</t>
   </si>
   <si>
     <t>NT77-A-S-12-DC5V</t>
   </si>
   <si>
     <t>Реле NT77-A-S-12-DC5V</t>
   </si>
   <si>
     <t xml:space="preserve">HF12FF/005-HS HONGFA, </t>
   </si>
   <si>
+    <t>26.07.2026</t>
+  </si>
+  <si>
     <t>NT78-A-S-10-DC6V-0.6</t>
   </si>
   <si>
     <t>Реле NT78-A-S-10-DC6V-0.6</t>
   </si>
   <si>
     <t xml:space="preserve">TR81-6VDC-SC-A TTI, </t>
   </si>
   <si>
     <t>NT78-A-S-20-DC6V-0.6</t>
   </si>
   <si>
     <t>Реле NT78-A-S-20-DC6V-0.6</t>
   </si>
   <si>
     <t>10-00071174</t>
   </si>
   <si>
     <t>NT78-C-10-DC12V-0.6</t>
   </si>
   <si>
     <t>Реле NT78-C-10-DC12V-0.6</t>
   </si>
   <si>
     <t>10-00071055</t>
@@ -5932,99 +5932,99 @@
   <si>
     <t>10-00072127</t>
   </si>
   <si>
     <t>TRND-12VDC-SA-A</t>
   </si>
   <si>
     <t>Реле TRND-12VDC-SA-A</t>
   </si>
   <si>
     <t>10-00071231</t>
   </si>
   <si>
     <t>TRR1A05D00-R</t>
   </si>
   <si>
     <t>TRR1A05F00-R</t>
   </si>
   <si>
     <t xml:space="preserve">DC5V 0.5A 100VDC / TRR1A05F00-R </t>
   </si>
   <si>
     <t xml:space="preserve">TRR-1A-05F-00-R TS, TRR-1A-05F-00D-R TS, </t>
   </si>
   <si>
+    <t>04.06.2026</t>
+  </si>
+  <si>
     <t>TRR1A05S00-R</t>
   </si>
   <si>
     <t>TRR1A12D00-R</t>
   </si>
   <si>
     <t>Реле TRR1A12D00-R</t>
   </si>
   <si>
     <t>TRR1A24D00-R</t>
   </si>
   <si>
     <t>TRR1B05D00D-R</t>
   </si>
   <si>
     <t>Реле TRR1B05D00D-R</t>
   </si>
   <si>
     <t>TRR1C05D00-R</t>
   </si>
   <si>
     <t>Реле TRR1C05D00-R</t>
   </si>
   <si>
     <t>TRR1C05S00-R</t>
   </si>
   <si>
     <t>Реле TRR1C05S00-R</t>
   </si>
   <si>
     <t>TRR1C12D00-R</t>
   </si>
   <si>
     <t>Реле TRR1C12D00-R</t>
   </si>
   <si>
     <t>TRR1C24D00</t>
   </si>
   <si>
     <t>Реле TRR1C24D00</t>
   </si>
   <si>
     <t>TRR2A05D00-R</t>
   </si>
   <si>
     <t xml:space="preserve">DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05D00-R </t>
-  </si>
-[...1 lines deleted...]
-    <t>13.02.2026</t>
   </si>
   <si>
     <t>TRR2A05S00-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05S00-R</t>
   </si>
   <si>
     <t xml:space="preserve">TRR-2A-05S-00-R TTI, </t>
   </si>
   <si>
     <t>TRR2A05S00D-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7), с диодом / TRR2A05S00D-R</t>
   </si>
   <si>
     <t>TRV4-L-12VDC-Z-F</t>
   </si>
   <si>
     <t>Реле TRV4-L-12VDC-Z-F</t>
   </si>
   <si>
     <t>10-00072093</t>
   </si>
@@ -7181,51 +7181,51 @@
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15">
         <v>10080065437</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>25</v>
       </c>
       <c r="K14" s="15">
         <v>1.43</v>
       </c>
       <c r="L14" s="15">
         <v>1.43</v>
       </c>
       <c r="M14" s="15">
         <v>1.43</v>
       </c>
       <c r="N14" s="15">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>500</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -7296,51 +7296,51 @@
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15">
         <v>10080018893</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>40</v>
       </c>
       <c r="K17" s="15">
         <v>0.41143</v>
       </c>
       <c r="L17" s="15">
         <v>0.37213</v>
       </c>
       <c r="M17" s="15">
         <v>0.34592</v>
       </c>
       <c r="N17" s="15">
-        <v>13977</v>
+        <v>12954</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080005037</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I18" s="15" t="s">
@@ -7458,51 +7458,51 @@
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J21" s="15">
         <v>50</v>
       </c>
       <c r="K21" s="15">
         <v>2.01</v>
       </c>
       <c r="L21" s="15">
         <v>1.74</v>
       </c>
       <c r="M21" s="15">
         <v>1.68</v>
       </c>
       <c r="N21" s="15">
-        <v>370</v>
+        <v>450</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -7690,51 +7690,51 @@
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>6000</v>
       </c>
       <c r="K27" s="15">
         <v>0.04205</v>
       </c>
       <c r="L27" s="15">
         <v>0.03644</v>
       </c>
       <c r="M27" s="15">
         <v>0.03504</v>
       </c>
       <c r="N27" s="15">
-        <v>275</v>
+        <v>219</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -7766,90 +7766,90 @@
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>300</v>
       </c>
       <c r="K29" s="15">
         <v>0.79959</v>
       </c>
       <c r="L29" s="15">
         <v>0.79959</v>
       </c>
       <c r="M29" s="15">
         <v>0.79959</v>
       </c>
       <c r="N29" s="15">
-        <v>203</v>
+        <v>181</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>20</v>
       </c>
       <c r="K30" s="15">
         <v>0.68024</v>
       </c>
       <c r="L30" s="15">
         <v>0.58954</v>
       </c>
       <c r="M30" s="15">
         <v>0.56686</v>
       </c>
       <c r="N30" s="15">
-        <v>212</v>
+        <v>237</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E31" s="15">
         <v>10080018906</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I31" s="15"/>
@@ -7883,51 +7883,51 @@
       <c r="D32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>10</v>
       </c>
       <c r="K32" s="15">
         <v>1.76</v>
       </c>
       <c r="L32" s="15">
         <v>1.76</v>
       </c>
       <c r="M32" s="15">
         <v>1.76</v>
       </c>
       <c r="N32" s="15">
-        <v>2600</v>
+        <v>3120</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>120</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E33" s="15">
         <v>10080005039</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
@@ -8039,90 +8039,90 @@
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>600</v>
       </c>
       <c r="K36" s="15">
         <v>0.11891</v>
       </c>
       <c r="L36" s="15">
         <v>0.11891</v>
       </c>
       <c r="M36" s="15">
         <v>0.11891</v>
       </c>
       <c r="N36" s="15">
-        <v>1967</v>
+        <v>2438</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>5000</v>
       </c>
       <c r="K37" s="15">
         <v>0.05309</v>
       </c>
       <c r="L37" s="15">
         <v>0.05309</v>
       </c>
       <c r="M37" s="15">
         <v>0.05309</v>
       </c>
       <c r="N37" s="15">
-        <v>354</v>
+        <v>279</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="15">
         <v>10080048769</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
@@ -8345,174 +8345,174 @@
       </c>
       <c r="E44" s="15">
         <v>10000011555</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>139</v>
       </c>
       <c r="J44" s="15">
         <v>25</v>
       </c>
       <c r="K44" s="15">
         <v>0.46464</v>
       </c>
       <c r="L44" s="15">
         <v>0.42025</v>
       </c>
       <c r="M44" s="15">
         <v>0.39065</v>
       </c>
       <c r="N44" s="15">
-        <v>2770</v>
+        <v>2938</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E45" s="15">
         <v>10000029825</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="J45" s="15">
         <v>25</v>
       </c>
       <c r="K45" s="15">
         <v>0.32226</v>
       </c>
       <c r="L45" s="15">
         <v>0.32226</v>
       </c>
       <c r="M45" s="15">
         <v>0.32226</v>
       </c>
       <c r="N45" s="15">
-        <v>1468</v>
+        <v>1887</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E46" s="15">
         <v>10080075787</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>145</v>
       </c>
       <c r="J46" s="15">
         <v>25</v>
       </c>
       <c r="K46" s="15">
         <v>0.30752</v>
       </c>
       <c r="L46" s="15">
         <v>0.30752</v>
       </c>
       <c r="M46" s="15">
         <v>0.30752</v>
       </c>
       <c r="N46" s="15">
-        <v>347</v>
+        <v>280</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J47" s="15">
         <v>2000</v>
       </c>
       <c r="K47" s="15">
         <v>0.46384</v>
       </c>
       <c r="L47" s="15">
         <v>0.41952</v>
       </c>
       <c r="M47" s="15">
         <v>0.38998</v>
       </c>
       <c r="N47" s="15">
-        <v>160</v>
+        <v>142</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15">
         <v>4000</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E48" s="15">
         <v>10080003485</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>153</v>
@@ -8614,327 +8614,327 @@
       <c r="D51" s="15" t="s">
         <v>159</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>160</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>12</v>
       </c>
       <c r="K51" s="15">
         <v>0.70407</v>
       </c>
       <c r="L51" s="15">
         <v>0.70407</v>
       </c>
       <c r="M51" s="15">
         <v>0.70407</v>
       </c>
       <c r="N51" s="15">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>12</v>
       </c>
       <c r="K52" s="15">
         <v>0.75607</v>
       </c>
       <c r="L52" s="15">
         <v>0.75607</v>
       </c>
       <c r="M52" s="15">
         <v>0.75607</v>
       </c>
       <c r="N52" s="15">
-        <v>271</v>
+        <v>205</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>12</v>
       </c>
       <c r="K53" s="15">
         <v>0.71407</v>
       </c>
       <c r="L53" s="15">
         <v>0.71407</v>
       </c>
       <c r="M53" s="15">
         <v>0.71407</v>
       </c>
       <c r="N53" s="15">
-        <v>205</v>
+        <v>218</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>167</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E54" s="15">
         <v>10000017865</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>25</v>
       </c>
       <c r="K54" s="15">
         <v>0.36471</v>
       </c>
       <c r="L54" s="15">
         <v>0.36471</v>
       </c>
       <c r="M54" s="15">
         <v>0.36471</v>
       </c>
       <c r="N54" s="15">
-        <v>1516</v>
+        <v>1479</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E55" s="15">
         <v>10000009472</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>60</v>
       </c>
       <c r="K55" s="15">
         <v>0.37</v>
       </c>
       <c r="L55" s="15">
         <v>0.37</v>
       </c>
       <c r="M55" s="15">
         <v>0.37</v>
       </c>
       <c r="N55" s="15">
-        <v>5781</v>
+        <v>4354</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E56" s="15">
         <v>10080047317</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>60</v>
       </c>
       <c r="K56" s="15">
         <v>0.39</v>
       </c>
       <c r="L56" s="15">
         <v>0.39</v>
       </c>
       <c r="M56" s="15">
         <v>0.39</v>
       </c>
       <c r="N56" s="15">
-        <v>3756</v>
+        <v>2671</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E57" s="15">
         <v>10000007473</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>25</v>
       </c>
       <c r="K57" s="15">
         <v>0.32</v>
       </c>
       <c r="L57" s="15">
         <v>0.32</v>
       </c>
       <c r="M57" s="15">
         <v>0.32</v>
       </c>
       <c r="N57" s="15">
-        <v>17699</v>
+        <v>17089</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E58" s="15">
         <v>10000007472</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>25</v>
       </c>
       <c r="K58" s="15">
         <v>0.524</v>
       </c>
       <c r="L58" s="15">
         <v>0.524</v>
       </c>
       <c r="M58" s="15">
         <v>0.524</v>
       </c>
       <c r="N58" s="15">
-        <v>7744</v>
+        <v>6844</v>
       </c>
       <c r="O58" s="15">
-        <v>4300</v>
+        <v>3800</v>
       </c>
       <c r="P58" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E59" s="15">
         <v>10000011535</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>130</v>
       </c>
@@ -8967,90 +8967,90 @@
       <c r="D60" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E60" s="15">
         <v>10000014714</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>60</v>
       </c>
       <c r="K60" s="15">
         <v>0.4</v>
       </c>
       <c r="L60" s="15">
         <v>0.4</v>
       </c>
       <c r="M60" s="15">
         <v>0.4</v>
       </c>
       <c r="N60" s="15">
-        <v>9690</v>
+        <v>13073</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E61" s="15">
         <v>10080029143</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>60</v>
       </c>
       <c r="K61" s="15">
         <v>0.42004</v>
       </c>
       <c r="L61" s="15">
         <v>0.42004</v>
       </c>
       <c r="M61" s="15">
         <v>0.42004</v>
       </c>
       <c r="N61" s="15">
-        <v>1771</v>
+        <v>1200</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E62" s="15">
         <v>10000018655</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I62" s="15"/>
@@ -9082,51 +9082,51 @@
       <c r="D63" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E63" s="15">
         <v>10000023551</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>25</v>
       </c>
       <c r="K63" s="15">
         <v>0.39</v>
       </c>
       <c r="L63" s="15">
         <v>0.39</v>
       </c>
       <c r="M63" s="15">
         <v>0.39</v>
       </c>
       <c r="N63" s="15">
-        <v>14110</v>
+        <v>11984</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>190</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I64" s="15"/>
@@ -9158,51 +9158,51 @@
       <c r="D65" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E65" s="15">
         <v>10000011537</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>25</v>
       </c>
       <c r="K65" s="15">
         <v>0.60906</v>
       </c>
       <c r="L65" s="15">
         <v>0.60906</v>
       </c>
       <c r="M65" s="15">
         <v>0.60906</v>
       </c>
       <c r="N65" s="15">
-        <v>1103</v>
+        <v>1362</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I66" s="15"/>
@@ -9382,54 +9382,54 @@
       <c r="D71" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E71" s="15">
         <v>10080005036</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
         <v>3.1</v>
       </c>
       <c r="L71" s="15">
         <v>2.6</v>
       </c>
       <c r="M71" s="15">
         <v>2.5</v>
       </c>
       <c r="N71" s="15">
-        <v>628</v>
+        <v>434</v>
       </c>
       <c r="O71" s="15">
-        <v>1700</v>
+        <v>1360</v>
       </c>
       <c r="P71" s="15" t="s">
         <v>208</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>52</v>
       </c>
@@ -9468,129 +9468,129 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>215</v>
       </c>
       <c r="J73" s="15">
         <v>10</v>
       </c>
       <c r="K73" s="15">
         <v>2.18</v>
       </c>
       <c r="L73" s="15">
         <v>2.18</v>
       </c>
       <c r="M73" s="15">
         <v>2.18</v>
       </c>
       <c r="N73" s="15">
-        <v>531</v>
+        <v>586</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>216</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>218</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>300</v>
       </c>
       <c r="K74" s="15">
         <v>2.33</v>
       </c>
       <c r="L74" s="15">
         <v>2.33</v>
       </c>
       <c r="M74" s="15">
         <v>2.33</v>
       </c>
       <c r="N74" s="15">
-        <v>192</v>
+        <v>55</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>1.05</v>
       </c>
       <c r="L75" s="15">
         <v>0.95103</v>
       </c>
       <c r="M75" s="15">
         <v>0.88406</v>
       </c>
       <c r="N75" s="15">
-        <v>308</v>
+        <v>258</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I76" s="15"/>
@@ -9665,51 +9665,51 @@
       <c r="D78" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>230</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1</v>
       </c>
       <c r="K78" s="15">
         <v>0.42121</v>
       </c>
       <c r="L78" s="15">
         <v>0.42121</v>
       </c>
       <c r="M78" s="15">
         <v>0.42121</v>
       </c>
       <c r="N78" s="15">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
@@ -10082,51 +10082,51 @@
       <c r="D89" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>90</v>
       </c>
       <c r="K89" s="15">
         <v>0.37688</v>
       </c>
       <c r="L89" s="15">
         <v>0.35472</v>
       </c>
       <c r="M89" s="15">
         <v>0.33255</v>
       </c>
       <c r="N89" s="15">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>269</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>272</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>273</v>
       </c>
       <c r="I90" s="15" t="s">
@@ -10686,51 +10686,51 @@
       <c r="D105" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>329</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>10</v>
       </c>
       <c r="K105" s="15">
         <v>1.91</v>
       </c>
       <c r="L105" s="15">
         <v>1.65</v>
       </c>
       <c r="M105" s="15">
         <v>1.59</v>
       </c>
       <c r="N105" s="15">
-        <v>399</v>
+        <v>264</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>313</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>330</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>331</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>332</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I106" s="15" t="s">
@@ -10808,54 +10808,54 @@
         <v>338</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>339</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>333</v>
       </c>
       <c r="J108" s="15">
         <v>25</v>
       </c>
       <c r="K108" s="15">
         <v>2.63</v>
       </c>
       <c r="L108" s="15">
         <v>2.28</v>
       </c>
       <c r="M108" s="15">
         <v>2.19</v>
       </c>
-      <c r="N108" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N108" s="15">
+        <v>425</v>
+      </c>
+      <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>313</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>340</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>341</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>342</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>50</v>
@@ -11046,54 +11046,54 @@
       </c>
       <c r="D114" s="15" t="s">
         <v>358</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>359</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>20</v>
       </c>
       <c r="K114" s="15">
         <v>2.82</v>
       </c>
       <c r="L114" s="15">
         <v>2.44</v>
       </c>
       <c r="M114" s="15">
         <v>2.35</v>
       </c>
-      <c r="N114" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N114" s="15">
+        <v>350</v>
+      </c>
+      <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>500</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>313</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I115" s="15" t="s">
@@ -11230,63 +11230,63 @@
       </c>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>313</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>373</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>374</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>375</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I119" s="15" t="s">
         <v>376</v>
       </c>
       <c r="J119" s="15">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="K119" s="15">
         <v>1.23</v>
       </c>
       <c r="L119" s="15">
         <v>1.07</v>
       </c>
       <c r="M119" s="15">
         <v>1.03</v>
       </c>
       <c r="N119" s="15">
-        <v>572</v>
+        <v>494</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15">
         <v>200</v>
       </c>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>313</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>379</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>317</v>
@@ -11645,109 +11645,109 @@
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>408</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>409</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>410</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>412</v>
       </c>
-      <c r="I130" s="15"/>
+      <c r="I130" s="15" t="s">
+        <v>413</v>
+      </c>
       <c r="J130" s="15">
         <v>20</v>
       </c>
       <c r="K130" s="15">
         <v>2.56</v>
       </c>
       <c r="L130" s="15">
         <v>2.15</v>
       </c>
       <c r="M130" s="15">
         <v>2.07</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15">
         <v>100</v>
       </c>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>408</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>412</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="J131" s="15">
         <v>20</v>
       </c>
       <c r="K131" s="15">
-        <v>2.49</v>
+        <v>1.85</v>
       </c>
       <c r="L131" s="15">
-        <v>2.09</v>
+        <v>1.61</v>
       </c>
       <c r="M131" s="15">
-        <v>2.01</v>
+        <v>1.54</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
-      <c r="P131" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P131" s="15"/>
       <c r="Q131" s="15">
         <v>100</v>
       </c>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>408</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>418</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>412</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>421</v>
@@ -12499,51 +12499,51 @@
       </c>
       <c r="E152" s="15">
         <v>10080005333</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>482</v>
       </c>
       <c r="J152" s="15">
         <v>50</v>
       </c>
       <c r="K152" s="15">
         <v>1.64</v>
       </c>
       <c r="L152" s="15">
         <v>1.09</v>
       </c>
       <c r="M152" s="15">
         <v>0.99</v>
       </c>
       <c r="N152" s="15">
-        <v>2801</v>
+        <v>2078</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>483</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>484</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>485</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I153" s="15"/>
@@ -12579,92 +12579,92 @@
       </c>
       <c r="E154" s="15" t="s">
         <v>488</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>489</v>
       </c>
       <c r="J154" s="15">
         <v>20</v>
       </c>
       <c r="K154" s="15">
         <v>1.14</v>
       </c>
       <c r="L154" s="15">
         <v>1.14</v>
       </c>
       <c r="M154" s="15">
         <v>1.14</v>
       </c>
       <c r="N154" s="15">
-        <v>4209</v>
+        <v>3940</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15">
         <v>500</v>
       </c>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>490</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>491</v>
       </c>
       <c r="E155" s="15" t="s">
         <v>492</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>50</v>
       </c>
       <c r="K155" s="15">
         <v>3.99</v>
       </c>
       <c r="L155" s="15">
         <v>3.61</v>
       </c>
       <c r="M155" s="15">
         <v>3.36</v>
       </c>
       <c r="N155" s="15">
-        <v>2607</v>
+        <v>2017</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15">
         <v>500</v>
       </c>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>493</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>494</v>
       </c>
       <c r="E156" s="15" t="s">
         <v>495</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>52</v>
@@ -12819,51 +12819,51 @@
       </c>
       <c r="E160" s="15" t="s">
         <v>505</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I160" s="15" t="s">
         <v>506</v>
       </c>
       <c r="J160" s="15">
         <v>50</v>
       </c>
       <c r="K160" s="15">
         <v>2.15</v>
       </c>
       <c r="L160" s="15">
         <v>1.43</v>
       </c>
       <c r="M160" s="15">
         <v>1.3</v>
       </c>
       <c r="N160" s="15">
-        <v>27096</v>
+        <v>36683</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>507</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>508</v>
       </c>
       <c r="E161" s="15" t="s">
         <v>509</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I161" s="15"/>
@@ -13004,51 +13004,51 @@
       <c r="D165" s="15" t="s">
         <v>519</v>
       </c>
       <c r="E165" s="15" t="s">
         <v>520</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>50</v>
       </c>
       <c r="K165" s="15">
         <v>2.63</v>
       </c>
       <c r="L165" s="15">
         <v>2.21</v>
       </c>
       <c r="M165" s="15">
         <v>2.12</v>
       </c>
       <c r="N165" s="15">
-        <v>2364</v>
+        <v>2576</v>
       </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15">
         <v>500</v>
       </c>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>521</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>522</v>
       </c>
       <c r="E166" s="15" t="s">
         <v>523</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>52</v>
@@ -13087,51 +13087,51 @@
         <v>526</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>527</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I167" s="15"/>
       <c r="J167" s="15">
         <v>50</v>
       </c>
       <c r="K167" s="15">
         <v>2.29</v>
       </c>
       <c r="L167" s="15">
         <v>1.98</v>
       </c>
       <c r="M167" s="15">
         <v>1.91</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15">
-        <v>1240</v>
+        <v>1680</v>
       </c>
       <c r="P167" s="15" t="s">
         <v>528</v>
       </c>
       <c r="Q167" s="15">
         <v>500</v>
       </c>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>529</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>530</v>
       </c>
       <c r="E168" s="15" t="s">
         <v>531</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
@@ -13166,51 +13166,51 @@
       <c r="D169" s="15" t="s">
         <v>533</v>
       </c>
       <c r="E169" s="15">
         <v>10080034805</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>50</v>
       </c>
       <c r="K169" s="15">
         <v>0.97184</v>
       </c>
       <c r="L169" s="15">
         <v>0.97184</v>
       </c>
       <c r="M169" s="15">
         <v>0.97184</v>
       </c>
       <c r="N169" s="15">
-        <v>637</v>
+        <v>629</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15">
         <v>500</v>
       </c>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>534</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>535</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>536</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>52</v>
@@ -13248,94 +13248,94 @@
       <c r="D171" s="15" t="s">
         <v>539</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>540</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>50</v>
       </c>
       <c r="K171" s="15">
         <v>1.31</v>
       </c>
       <c r="L171" s="15">
         <v>1.13</v>
       </c>
       <c r="M171" s="15">
         <v>1.09</v>
       </c>
       <c r="N171" s="15">
-        <v>9887</v>
+        <v>8079</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15">
         <v>500</v>
       </c>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E172" s="15" t="s">
         <v>543</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I172" s="15" t="s">
         <v>544</v>
       </c>
       <c r="J172" s="15">
         <v>50</v>
       </c>
       <c r="K172" s="15">
         <v>1.75</v>
       </c>
       <c r="L172" s="15">
         <v>1.52</v>
       </c>
       <c r="M172" s="15">
         <v>1.46</v>
       </c>
       <c r="N172" s="15">
-        <v>690</v>
+        <v>730</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15">
         <v>500</v>
       </c>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E173" s="15" t="s">
         <v>545</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>52</v>
@@ -13533,97 +13533,97 @@
       </c>
       <c r="E178" s="15">
         <v>10080048929</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I178" s="15" t="s">
         <v>559</v>
       </c>
       <c r="J178" s="15">
         <v>50</v>
       </c>
       <c r="K178" s="15">
         <v>1.22</v>
       </c>
       <c r="L178" s="15">
         <v>1.06</v>
       </c>
       <c r="M178" s="15">
         <v>1.02</v>
       </c>
       <c r="N178" s="15">
-        <v>1797</v>
+        <v>1343</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15">
         <v>500</v>
       </c>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C179" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D179" s="15" t="s">
         <v>561</v>
       </c>
       <c r="E179" s="15" t="s">
         <v>562</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I179" s="15" t="s">
         <v>559</v>
       </c>
       <c r="J179" s="15">
         <v>50</v>
       </c>
       <c r="K179" s="15">
         <v>1.28</v>
       </c>
       <c r="L179" s="15">
         <v>1.11</v>
       </c>
       <c r="M179" s="15">
         <v>1.07</v>
       </c>
       <c r="N179" s="15">
-        <v>2184</v>
+        <v>1769</v>
       </c>
       <c r="O179" s="15">
-        <v>840</v>
+        <v>680</v>
       </c>
       <c r="P179" s="15" t="s">
         <v>563</v>
       </c>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C180" s="15" t="s">
         <v>564</v>
       </c>
       <c r="D180" s="15" t="s">
         <v>565</v>
       </c>
       <c r="E180" s="15" t="s">
         <v>566</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>52</v>
       </c>
@@ -13740,94 +13740,94 @@
       </c>
       <c r="E183" s="15">
         <v>10080061196</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I183" s="15" t="s">
         <v>574</v>
       </c>
       <c r="J183" s="15">
         <v>20</v>
       </c>
       <c r="K183" s="15">
         <v>1.27</v>
       </c>
       <c r="L183" s="15">
         <v>1.15</v>
       </c>
       <c r="M183" s="15">
         <v>1.07</v>
       </c>
       <c r="N183" s="15">
-        <v>7939</v>
+        <v>8880</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15">
         <v>1000</v>
       </c>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>575</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>576</v>
       </c>
       <c r="E184" s="15">
         <v>10080060365</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I184" s="15" t="s">
         <v>577</v>
       </c>
       <c r="J184" s="15">
         <v>50</v>
       </c>
       <c r="K184" s="15">
         <v>1.42</v>
       </c>
       <c r="L184" s="15">
         <v>1.28</v>
       </c>
       <c r="M184" s="15">
         <v>1.19</v>
       </c>
       <c r="N184" s="15">
-        <v>19630</v>
+        <v>20716</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15">
         <v>500</v>
       </c>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>578</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>579</v>
       </c>
       <c r="E185" s="15">
         <v>10080060373</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>52</v>
@@ -13906,51 +13906,51 @@
       </c>
       <c r="E187" s="15">
         <v>10080060366</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I187" s="15" t="s">
         <v>585</v>
       </c>
       <c r="J187" s="15">
         <v>50</v>
       </c>
       <c r="K187" s="15">
         <v>1.92</v>
       </c>
       <c r="L187" s="15">
         <v>1.92</v>
       </c>
       <c r="M187" s="15">
         <v>1.92</v>
       </c>
       <c r="N187" s="15">
-        <v>274</v>
+        <v>322</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15">
         <v>500</v>
       </c>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>586</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>587</v>
       </c>
       <c r="E188" s="15">
         <v>10080061195</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>52</v>
@@ -14103,131 +14103,131 @@
       <c r="D192" s="15" t="s">
         <v>598</v>
       </c>
       <c r="E192" s="15" t="s">
         <v>599</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>50</v>
       </c>
       <c r="K192" s="15">
         <v>0.70266</v>
       </c>
       <c r="L192" s="15">
         <v>0.70266</v>
       </c>
       <c r="M192" s="15">
         <v>0.70266</v>
       </c>
       <c r="N192" s="15">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>600</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>601</v>
       </c>
       <c r="E193" s="15">
         <v>10080060367</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I193" s="15" t="s">
         <v>602</v>
       </c>
       <c r="J193" s="15">
         <v>50</v>
       </c>
       <c r="K193" s="15">
         <v>0.97794</v>
       </c>
       <c r="L193" s="15">
         <v>0.84755</v>
       </c>
       <c r="M193" s="15">
         <v>0.81495</v>
       </c>
       <c r="N193" s="15">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>603</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>604</v>
       </c>
       <c r="E194" s="15" t="s">
         <v>605</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>1000</v>
       </c>
       <c r="K194" s="15">
         <v>0.70265</v>
       </c>
       <c r="L194" s="15">
         <v>0.70265</v>
       </c>
       <c r="M194" s="15">
         <v>0.70265</v>
       </c>
       <c r="N194" s="15">
-        <v>319</v>
+        <v>431</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>606</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>607</v>
       </c>
       <c r="E195" s="15" t="s">
         <v>608</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I195" s="15" t="s">
@@ -14261,51 +14261,51 @@
       <c r="D196" s="15" t="s">
         <v>611</v>
       </c>
       <c r="E196" s="15">
         <v>10080005033</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>50</v>
       </c>
       <c r="K196" s="15">
         <v>4.95</v>
       </c>
       <c r="L196" s="15">
         <v>4.15</v>
       </c>
       <c r="M196" s="15">
         <v>3.99</v>
       </c>
       <c r="N196" s="15">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>612</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>613</v>
       </c>
       <c r="E197" s="15">
         <v>10080005031</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I197" s="15"/>
@@ -14413,51 +14413,51 @@
       </c>
       <c r="E200" s="15">
         <v>10080058922</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I200" s="15" t="s">
         <v>620</v>
       </c>
       <c r="J200" s="15">
         <v>20</v>
       </c>
       <c r="K200" s="15">
         <v>1.49</v>
       </c>
       <c r="L200" s="15">
         <v>1.29</v>
       </c>
       <c r="M200" s="15">
         <v>1.24</v>
       </c>
       <c r="N200" s="15">
-        <v>1733</v>
+        <v>2090</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15">
         <v>1000</v>
       </c>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>621</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>622</v>
       </c>
       <c r="E201" s="15" t="s">
         <v>623</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>52</v>
@@ -14529,53 +14529,51 @@
       </c>
       <c r="D203" s="15" t="s">
         <v>629</v>
       </c>
       <c r="E203" s="15">
         <v>10080061198</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15">
         <v>20</v>
       </c>
       <c r="K203" s="15">
         <v>1.07</v>
       </c>
       <c r="L203" s="15">
         <v>0.93025</v>
       </c>
       <c r="M203" s="15">
         <v>0.8944800000000001</v>
       </c>
-      <c r="N203" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N203" s="15"/>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>630</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>631</v>
       </c>
       <c r="E204" s="15">
         <v>10080069794</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15">
@@ -14758,92 +14756,92 @@
       <c r="D209" s="15" t="s">
         <v>644</v>
       </c>
       <c r="E209" s="15" t="s">
         <v>645</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I209" s="15"/>
       <c r="J209" s="15">
         <v>50</v>
       </c>
       <c r="K209" s="15">
         <v>1.36</v>
       </c>
       <c r="L209" s="15">
         <v>1.36</v>
       </c>
       <c r="M209" s="15">
         <v>1.36</v>
       </c>
       <c r="N209" s="15">
-        <v>647</v>
+        <v>441</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C210" s="15" t="s">
         <v>646</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>647</v>
       </c>
       <c r="E210" s="15">
         <v>10080005353</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I210" s="15" t="s">
         <v>648</v>
       </c>
       <c r="J210" s="15">
         <v>50</v>
       </c>
       <c r="K210" s="15">
         <v>1.58</v>
       </c>
       <c r="L210" s="15">
         <v>1.37</v>
       </c>
       <c r="M210" s="15">
         <v>1.32</v>
       </c>
       <c r="N210" s="15">
-        <v>152</v>
+        <v>196</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>649</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>650</v>
       </c>
       <c r="E211" s="15">
         <v>10080005032</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I211" s="15" t="s">
@@ -14879,51 +14877,51 @@
       </c>
       <c r="E212" s="15">
         <v>10080033597</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I212" s="15" t="s">
         <v>654</v>
       </c>
       <c r="J212" s="15">
         <v>50</v>
       </c>
       <c r="K212" s="15">
         <v>1.56</v>
       </c>
       <c r="L212" s="15">
         <v>1.41</v>
       </c>
       <c r="M212" s="15">
         <v>1.31</v>
       </c>
       <c r="N212" s="15">
-        <v>2985</v>
+        <v>1976</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>655</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>656</v>
       </c>
       <c r="E213" s="15" t="s">
         <v>657</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I213" s="15" t="s">
@@ -14957,51 +14955,51 @@
       <c r="D214" s="15" t="s">
         <v>660</v>
       </c>
       <c r="E214" s="15" t="s">
         <v>661</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>50</v>
       </c>
       <c r="K214" s="15">
         <v>0.89085</v>
       </c>
       <c r="L214" s="15">
         <v>0.89085</v>
       </c>
       <c r="M214" s="15">
         <v>0.89085</v>
       </c>
       <c r="N214" s="15">
-        <v>950</v>
+        <v>913</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>662</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>663</v>
       </c>
       <c r="E215" s="15">
         <v>10080044038</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I215" s="15"/>
@@ -15033,54 +15031,54 @@
       <c r="D216" s="15" t="s">
         <v>665</v>
       </c>
       <c r="E216" s="15">
         <v>10080051424</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>50</v>
       </c>
       <c r="K216" s="15">
         <v>0.96995</v>
       </c>
       <c r="L216" s="15">
         <v>0.84062</v>
       </c>
       <c r="M216" s="15">
         <v>0.80829</v>
       </c>
       <c r="N216" s="15">
-        <v>443</v>
+        <v>172</v>
       </c>
       <c r="O216" s="15">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="P216" s="15" t="s">
         <v>666</v>
       </c>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>667</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>668</v>
       </c>
       <c r="E217" s="15">
         <v>10080044037</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>52</v>
       </c>
@@ -15152,129 +15150,129 @@
       <c r="D219" s="15" t="s">
         <v>673</v>
       </c>
       <c r="E219" s="15" t="s">
         <v>674</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I219" s="15"/>
       <c r="J219" s="15">
         <v>50</v>
       </c>
       <c r="K219" s="15">
         <v>0.66209</v>
       </c>
       <c r="L219" s="15">
         <v>0.66209</v>
       </c>
       <c r="M219" s="15">
         <v>0.66209</v>
       </c>
       <c r="N219" s="15">
-        <v>356</v>
+        <v>186</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>675</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>676</v>
       </c>
       <c r="E220" s="15" t="s">
         <v>677</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>50</v>
       </c>
       <c r="K220" s="15">
         <v>1.77</v>
       </c>
       <c r="L220" s="15">
         <v>1.77</v>
       </c>
       <c r="M220" s="15">
         <v>1.77</v>
       </c>
       <c r="N220" s="15">
-        <v>765</v>
+        <v>738</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>678</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>679</v>
       </c>
       <c r="E221" s="15" t="s">
         <v>680</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
         <v>400</v>
       </c>
       <c r="K221" s="15">
         <v>2.05</v>
       </c>
       <c r="L221" s="15">
         <v>2.05</v>
       </c>
       <c r="M221" s="15">
         <v>2.05</v>
       </c>
       <c r="N221" s="15">
-        <v>681</v>
+        <v>631</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C222" s="15" t="s">
         <v>681</v>
       </c>
       <c r="D222" s="15" t="s">
         <v>682</v>
       </c>
       <c r="E222" s="15">
         <v>10080059919</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I222" s="15"/>
@@ -15306,257 +15304,257 @@
       <c r="D223" s="15" t="s">
         <v>684</v>
       </c>
       <c r="E223" s="15" t="s">
         <v>685</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I223" s="15"/>
       <c r="J223" s="15">
         <v>50</v>
       </c>
       <c r="K223" s="15">
         <v>1.52</v>
       </c>
       <c r="L223" s="15">
         <v>1.37</v>
       </c>
       <c r="M223" s="15">
         <v>1.28</v>
       </c>
       <c r="N223" s="15">
-        <v>4611</v>
+        <v>4990</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15">
         <v>400</v>
       </c>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C224" s="15" t="s">
         <v>686</v>
       </c>
       <c r="D224" s="15" t="s">
         <v>687</v>
       </c>
       <c r="E224" s="15" t="s">
         <v>688</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I224" s="15"/>
       <c r="J224" s="15">
         <v>400</v>
       </c>
       <c r="K224" s="15">
         <v>0.79451</v>
       </c>
       <c r="L224" s="15">
         <v>0.79451</v>
       </c>
       <c r="M224" s="15">
         <v>0.79451</v>
       </c>
       <c r="N224" s="15">
-        <v>476</v>
+        <v>453</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C225" s="15" t="s">
         <v>689</v>
       </c>
       <c r="D225" s="15" t="s">
         <v>690</v>
       </c>
       <c r="E225" s="15">
         <v>10080060369</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I225" s="15"/>
       <c r="J225" s="15">
         <v>40</v>
       </c>
       <c r="K225" s="15">
         <v>0.9399999999999999</v>
       </c>
       <c r="L225" s="15">
         <v>0.9399999999999999</v>
       </c>
       <c r="M225" s="15">
         <v>0.9399999999999999</v>
       </c>
       <c r="N225" s="15">
-        <v>1302</v>
+        <v>1320</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>691</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>692</v>
       </c>
       <c r="E226" s="15" t="s">
         <v>693</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I226" s="15"/>
       <c r="J226" s="15">
         <v>110</v>
       </c>
       <c r="K226" s="15">
         <v>0.95946</v>
       </c>
       <c r="L226" s="15">
         <v>0.86779</v>
       </c>
       <c r="M226" s="15">
         <v>0.80668</v>
       </c>
       <c r="N226" s="15">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="O226" s="15">
-        <v>395</v>
+        <v>365</v>
       </c>
       <c r="P226" s="15" t="s">
         <v>208</v>
       </c>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>694</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>695</v>
       </c>
       <c r="E227" s="15" t="s">
         <v>696</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I227" s="15"/>
       <c r="J227" s="15">
         <v>100</v>
       </c>
       <c r="K227" s="15">
         <v>1.09</v>
       </c>
       <c r="L227" s="15">
         <v>0.91057</v>
       </c>
       <c r="M227" s="15">
         <v>0.8755500000000001</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15">
-        <v>156</v>
+        <v>132</v>
       </c>
       <c r="P227" s="15" t="s">
         <v>208</v>
       </c>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C228" s="15" t="s">
         <v>697</v>
       </c>
       <c r="D228" s="15" t="s">
         <v>698</v>
       </c>
       <c r="E228" s="15">
         <v>10080060371</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I228" s="15"/>
       <c r="J228" s="15">
         <v>110</v>
       </c>
       <c r="K228" s="15">
         <v>0.6760699999999999</v>
       </c>
       <c r="L228" s="15">
         <v>0.6760699999999999</v>
       </c>
       <c r="M228" s="15">
         <v>0.6760699999999999</v>
       </c>
       <c r="N228" s="15">
         <v>60</v>
       </c>
       <c r="O228" s="15">
-        <v>860</v>
+        <v>690</v>
       </c>
       <c r="P228" s="15" t="s">
         <v>208</v>
       </c>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>699</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>700</v>
       </c>
       <c r="E229" s="15" t="s">
         <v>701</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>52</v>
       </c>
@@ -15710,51 +15708,51 @@
       <c r="D233" s="15" t="s">
         <v>712</v>
       </c>
       <c r="E233" s="15" t="s">
         <v>713</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>30</v>
       </c>
       <c r="K233" s="15">
         <v>2.09</v>
       </c>
       <c r="L233" s="15">
         <v>2.09</v>
       </c>
       <c r="M233" s="15">
         <v>2.09</v>
       </c>
       <c r="N233" s="15">
-        <v>1054</v>
+        <v>843</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C234" s="15" t="s">
         <v>714</v>
       </c>
       <c r="D234" s="15" t="s">
         <v>715</v>
       </c>
       <c r="E234" s="15">
         <v>10080005029</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I234" s="15" t="s">
@@ -15788,51 +15786,51 @@
       <c r="D235" s="15" t="s">
         <v>718</v>
       </c>
       <c r="E235" s="15" t="s">
         <v>719</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>30</v>
       </c>
       <c r="K235" s="15">
         <v>2.42</v>
       </c>
       <c r="L235" s="15">
         <v>2.42</v>
       </c>
       <c r="M235" s="15">
         <v>2.42</v>
       </c>
       <c r="N235" s="15">
-        <v>1044</v>
+        <v>1078</v>
       </c>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>720</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>721</v>
       </c>
       <c r="E236" s="15">
         <v>10080005028</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I236" s="15"/>
@@ -16090,54 +16088,54 @@
       <c r="D243" s="15" t="s">
         <v>738</v>
       </c>
       <c r="E243" s="15" t="s">
         <v>739</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>100</v>
       </c>
       <c r="K243" s="15">
         <v>0.51752</v>
       </c>
       <c r="L243" s="15">
         <v>0.46807</v>
       </c>
       <c r="M243" s="15">
         <v>0.43511</v>
       </c>
       <c r="N243" s="15">
-        <v>5522</v>
+        <v>1102</v>
       </c>
       <c r="O243" s="15">
-        <v>4350</v>
+        <v>3450</v>
       </c>
       <c r="P243" s="15" t="s">
         <v>666</v>
       </c>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>740</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>741</v>
       </c>
       <c r="E244" s="15">
         <v>10080048663</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>52</v>
       </c>
@@ -16174,51 +16172,51 @@
       </c>
       <c r="E245" s="15" t="s">
         <v>745</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I245" s="15" t="s">
         <v>746</v>
       </c>
       <c r="J245" s="15">
         <v>100</v>
       </c>
       <c r="K245" s="15">
         <v>0.27899</v>
       </c>
       <c r="L245" s="15">
         <v>0.27899</v>
       </c>
       <c r="M245" s="15">
         <v>0.27899</v>
       </c>
       <c r="N245" s="15">
-        <v>22311</v>
+        <v>27044</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C246" s="15" t="s">
         <v>747</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>748</v>
       </c>
       <c r="E246" s="15">
         <v>10080005364</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I246" s="15" t="s">
@@ -16254,51 +16252,51 @@
       </c>
       <c r="E247" s="15">
         <v>10080072039</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I247" s="15" t="s">
         <v>752</v>
       </c>
       <c r="J247" s="15">
         <v>100</v>
       </c>
       <c r="K247" s="15">
         <v>0.61886</v>
       </c>
       <c r="L247" s="15">
         <v>0.53634</v>
       </c>
       <c r="M247" s="15">
         <v>0.51571</v>
       </c>
       <c r="N247" s="15">
-        <v>2467</v>
+        <v>2775</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>753</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>754</v>
       </c>
       <c r="E248" s="15">
         <v>10080075580</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I248" s="15" t="s">
@@ -16330,51 +16328,51 @@
       <c r="D249" s="15" t="s">
         <v>757</v>
       </c>
       <c r="E249" s="15">
         <v>10080054076</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>100</v>
       </c>
       <c r="K249" s="15">
         <v>0.41</v>
       </c>
       <c r="L249" s="15">
         <v>0.41</v>
       </c>
       <c r="M249" s="15">
         <v>0.41</v>
       </c>
       <c r="N249" s="15">
-        <v>316</v>
+        <v>282</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>758</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>759</v>
       </c>
       <c r="E250" s="15">
         <v>10080005362</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I250" s="15" t="s">
@@ -16408,51 +16406,51 @@
       <c r="D251" s="15" t="s">
         <v>762</v>
       </c>
       <c r="E251" s="15" t="s">
         <v>763</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>100</v>
       </c>
       <c r="K251" s="15">
         <v>0.5335800000000001</v>
       </c>
       <c r="L251" s="15">
         <v>0.4826</v>
       </c>
       <c r="M251" s="15">
         <v>0.44862</v>
       </c>
       <c r="N251" s="15">
-        <v>5891</v>
+        <v>3274</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C252" s="15" t="s">
         <v>764</v>
       </c>
       <c r="D252" s="15" t="s">
         <v>765</v>
       </c>
       <c r="E252" s="15">
         <v>10080065751</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I252" s="15" t="s">
@@ -16601,51 +16599,51 @@
       </c>
       <c r="E256" s="15">
         <v>10080074901</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I256" s="15" t="s">
         <v>776</v>
       </c>
       <c r="J256" s="15">
         <v>100</v>
       </c>
       <c r="K256" s="15">
         <v>0.65772</v>
       </c>
       <c r="L256" s="15">
         <v>0.57002</v>
       </c>
       <c r="M256" s="15">
         <v>0.5481</v>
       </c>
       <c r="N256" s="15">
-        <v>555</v>
+        <v>176</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>777</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>778</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>779</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I257" s="15" t="s">
@@ -16756,51 +16754,51 @@
       <c r="E260" s="15" t="s">
         <v>787</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I260" s="15" t="s">
         <v>788</v>
       </c>
       <c r="J260" s="15">
         <v>100</v>
       </c>
       <c r="K260" s="15">
         <v>0.78781</v>
       </c>
       <c r="L260" s="15">
         <v>0.73699</v>
       </c>
       <c r="M260" s="15">
         <v>0.68616</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15">
-        <v>148</v>
+        <v>160</v>
       </c>
       <c r="P260" s="15" t="s">
         <v>208</v>
       </c>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C261" s="15" t="s">
         <v>789</v>
       </c>
       <c r="D261" s="15" t="s">
         <v>790</v>
       </c>
       <c r="E261" s="15">
         <v>10080076426</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>52</v>
       </c>
@@ -16869,53 +16867,51 @@
       </c>
       <c r="D263" s="15" t="s">
         <v>795</v>
       </c>
       <c r="E263" s="15">
         <v>10080074902</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>100</v>
       </c>
       <c r="K263" s="15">
         <v>0.82334</v>
       </c>
       <c r="L263" s="15">
         <v>0.74468</v>
       </c>
       <c r="M263" s="15">
         <v>0.69223</v>
       </c>
-      <c r="N263" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C264" s="15" t="s">
         <v>796</v>
       </c>
       <c r="D264" s="15" t="s">
         <v>797</v>
       </c>
       <c r="E264" s="15">
         <v>10080005366</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I264" s="15" t="s">
         <v>798</v>
@@ -16950,92 +16946,92 @@
       </c>
       <c r="E265" s="15" t="s">
         <v>801</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>802</v>
       </c>
       <c r="J265" s="15">
         <v>100</v>
       </c>
       <c r="K265" s="15">
         <v>0.49103</v>
       </c>
       <c r="L265" s="15">
         <v>0.49103</v>
       </c>
       <c r="M265" s="15">
         <v>0.49103</v>
       </c>
       <c r="N265" s="15">
-        <v>17897</v>
+        <v>18739</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>803</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>804</v>
       </c>
       <c r="E266" s="15">
         <v>10080074903</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I266" s="15" t="s">
         <v>805</v>
       </c>
       <c r="J266" s="15">
         <v>100</v>
       </c>
       <c r="K266" s="15">
         <v>0.46565</v>
       </c>
       <c r="L266" s="15">
         <v>0.46565</v>
       </c>
       <c r="M266" s="15">
         <v>0.46565</v>
       </c>
       <c r="N266" s="15">
-        <v>993</v>
+        <v>899</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C267" s="15" t="s">
         <v>806</v>
       </c>
       <c r="D267" s="15" t="s">
         <v>807</v>
       </c>
       <c r="E267" s="15">
         <v>10080056953</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I267" s="15"/>
@@ -17069,51 +17065,51 @@
       <c r="D268" s="15" t="s">
         <v>809</v>
       </c>
       <c r="E268" s="15">
         <v>10080048312</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>25</v>
       </c>
       <c r="K268" s="15">
         <v>2.12</v>
       </c>
       <c r="L268" s="15">
         <v>2.12</v>
       </c>
       <c r="M268" s="15">
         <v>2.12</v>
       </c>
       <c r="N268" s="15">
-        <v>266</v>
+        <v>306</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C269" s="15" t="s">
         <v>810</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>811</v>
       </c>
       <c r="E269" s="15">
         <v>10080067260</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I269" s="15"/>
@@ -17183,132 +17179,132 @@
         <v>815</v>
       </c>
       <c r="E271" s="15">
         <v>10080061199</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I271" s="15"/>
       <c r="J271" s="15">
         <v>100</v>
       </c>
       <c r="K271" s="15">
         <v>0.55236</v>
       </c>
       <c r="L271" s="15">
         <v>0.51673</v>
       </c>
       <c r="M271" s="15">
         <v>0.48109</v>
       </c>
       <c r="N271" s="15"/>
       <c r="O271" s="15">
-        <v>101</v>
+        <v>129</v>
       </c>
       <c r="P271" s="15" t="s">
         <v>563</v>
       </c>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C272" s="15" t="s">
         <v>816</v>
       </c>
       <c r="D272" s="15" t="s">
         <v>817</v>
       </c>
       <c r="E272" s="15" t="s">
         <v>818</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I272" s="15"/>
       <c r="J272" s="15">
         <v>100</v>
       </c>
       <c r="K272" s="15">
         <v>0.765</v>
       </c>
       <c r="L272" s="15">
         <v>0.69191</v>
       </c>
       <c r="M272" s="15">
         <v>0.64318</v>
       </c>
       <c r="N272" s="15">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>819</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>820</v>
       </c>
       <c r="E273" s="15">
         <v>10080055192</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I273" s="15" t="s">
         <v>821</v>
       </c>
       <c r="J273" s="15">
         <v>100</v>
       </c>
       <c r="K273" s="15">
         <v>0.36433</v>
       </c>
       <c r="L273" s="15">
         <v>0.32953</v>
       </c>
       <c r="M273" s="15">
         <v>0.30632</v>
       </c>
       <c r="N273" s="15">
-        <v>46717</v>
+        <v>42622</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>822</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>823</v>
       </c>
       <c r="E274" s="15" t="s">
         <v>824</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I274" s="15" t="s">
@@ -17346,133 +17342,133 @@
       </c>
       <c r="E275" s="15">
         <v>10080074691</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I275" s="15" t="s">
         <v>828</v>
       </c>
       <c r="J275" s="15">
         <v>100</v>
       </c>
       <c r="K275" s="15">
         <v>2.03</v>
       </c>
       <c r="L275" s="15">
         <v>1.42</v>
       </c>
       <c r="M275" s="15">
         <v>1.3</v>
       </c>
       <c r="N275" s="15">
-        <v>9508</v>
+        <v>12074</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>829</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>830</v>
       </c>
       <c r="E276" s="15">
         <v>10080005035</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I276" s="15" t="s">
         <v>831</v>
       </c>
       <c r="J276" s="15">
         <v>100</v>
       </c>
       <c r="K276" s="15">
         <v>1.5</v>
       </c>
       <c r="L276" s="15">
         <v>1.3</v>
       </c>
       <c r="M276" s="15">
         <v>1.25</v>
       </c>
       <c r="N276" s="15">
-        <v>150</v>
+        <v>72</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>832</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>833</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>834</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I277" s="15" t="s">
         <v>835</v>
       </c>
       <c r="J277" s="15">
         <v>100</v>
       </c>
       <c r="K277" s="15">
         <v>1.46</v>
       </c>
       <c r="L277" s="15">
         <v>1.27</v>
       </c>
       <c r="M277" s="15">
         <v>1.22</v>
       </c>
       <c r="N277" s="15">
-        <v>3077</v>
+        <v>2168</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>836</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>837</v>
       </c>
       <c r="E278" s="15" t="s">
         <v>838</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I278" s="15" t="s">
@@ -17506,51 +17502,51 @@
       <c r="D279" s="15" t="s">
         <v>841</v>
       </c>
       <c r="E279" s="15">
         <v>10080042776</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I279" s="15"/>
       <c r="J279" s="15">
         <v>100</v>
       </c>
       <c r="K279" s="15">
         <v>0.85036</v>
       </c>
       <c r="L279" s="15">
         <v>0.85036</v>
       </c>
       <c r="M279" s="15">
         <v>0.85036</v>
       </c>
       <c r="N279" s="15">
-        <v>18347</v>
+        <v>15289</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>843</v>
       </c>
       <c r="E280" s="15" t="s">
         <v>844</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I280" s="15" t="s">
@@ -17769,90 +17765,90 @@
       <c r="D286" s="15" t="s">
         <v>858</v>
       </c>
       <c r="E286" s="15">
         <v>10080065797</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>100</v>
       </c>
       <c r="K286" s="15">
         <v>0.7611</v>
       </c>
       <c r="L286" s="15">
         <v>0.65962</v>
       </c>
       <c r="M286" s="15">
         <v>0.63425</v>
       </c>
       <c r="N286" s="15">
-        <v>11526</v>
+        <v>11008</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>859</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>860</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>861</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>100</v>
       </c>
       <c r="K287" s="15">
         <v>0.67993</v>
       </c>
       <c r="L287" s="15">
         <v>0.67993</v>
       </c>
       <c r="M287" s="15">
         <v>0.67993</v>
       </c>
       <c r="N287" s="15">
-        <v>2408</v>
+        <v>2472</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C288" s="15" t="s">
         <v>862</v>
       </c>
       <c r="D288" s="15" t="s">
         <v>863</v>
       </c>
       <c r="E288" s="15">
         <v>10080026809</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I288" s="15"/>
@@ -17923,90 +17919,90 @@
       <c r="D290" s="15" t="s">
         <v>867</v>
       </c>
       <c r="E290" s="15">
         <v>10080015790</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15">
         <v>100</v>
       </c>
       <c r="K290" s="15">
         <v>0.8258</v>
       </c>
       <c r="L290" s="15">
         <v>0.71569</v>
       </c>
       <c r="M290" s="15">
         <v>0.68816</v>
       </c>
       <c r="N290" s="15">
-        <v>934</v>
+        <v>311</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C291" s="15" t="s">
         <v>868</v>
       </c>
       <c r="D291" s="15" t="s">
         <v>869</v>
       </c>
       <c r="E291" s="15">
         <v>10080026808</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15">
         <v>100</v>
       </c>
       <c r="K291" s="15">
         <v>0.8455</v>
       </c>
       <c r="L291" s="15">
         <v>0.8455</v>
       </c>
       <c r="M291" s="15">
         <v>0.8455</v>
       </c>
       <c r="N291" s="15">
-        <v>565</v>
+        <v>394</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C292" s="15" t="s">
         <v>870</v>
       </c>
       <c r="D292" s="15" t="s">
         <v>871</v>
       </c>
       <c r="E292" s="15" t="s">
         <v>872</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I292" s="15"/>
@@ -18118,51 +18114,51 @@
       <c r="D295" s="15" t="s">
         <v>879</v>
       </c>
       <c r="E295" s="15" t="s">
         <v>880</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I295" s="15"/>
       <c r="J295" s="15">
         <v>50</v>
       </c>
       <c r="K295" s="15">
         <v>0.97346</v>
       </c>
       <c r="L295" s="15">
         <v>0.88046</v>
       </c>
       <c r="M295" s="15">
         <v>0.81845</v>
       </c>
       <c r="N295" s="15">
-        <v>646</v>
+        <v>241</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15">
         <v>1000</v>
       </c>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E296" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>52</v>
@@ -18202,51 +18198,51 @@
       </c>
       <c r="E297" s="15" t="s">
         <v>887</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I297" s="15" t="s">
         <v>884</v>
       </c>
       <c r="J297" s="15">
         <v>30</v>
       </c>
       <c r="K297" s="15">
         <v>10</v>
       </c>
       <c r="L297" s="15">
         <v>6.94</v>
       </c>
       <c r="M297" s="15">
         <v>6.1</v>
       </c>
       <c r="N297" s="15">
-        <v>5312</v>
+        <v>4663</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15">
         <v>300</v>
       </c>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C298" s="15" t="s">
         <v>888</v>
       </c>
       <c r="D298" s="15" t="s">
         <v>889</v>
       </c>
       <c r="E298" s="15" t="s">
         <v>890</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>52</v>
@@ -18395,321 +18391,323 @@
       <c r="D302" s="15" t="s">
         <v>898</v>
       </c>
       <c r="E302" s="15">
         <v>10080028218</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I302" s="15"/>
       <c r="J302" s="15">
         <v>25</v>
       </c>
       <c r="K302" s="15">
         <v>1.6</v>
       </c>
       <c r="L302" s="15">
         <v>1.34</v>
       </c>
       <c r="M302" s="15">
         <v>1.29</v>
       </c>
       <c r="N302" s="15">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="O302" s="15">
-        <v>740</v>
+        <v>780</v>
       </c>
       <c r="P302" s="15" t="s">
-        <v>899</v>
+        <v>208</v>
       </c>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>899</v>
+      </c>
+      <c r="D303" s="15" t="s">
         <v>900</v>
       </c>
-      <c r="D303" s="15" t="s">
+      <c r="E303" s="15" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I303" s="15"/>
       <c r="J303" s="15">
         <v>25</v>
       </c>
       <c r="K303" s="15">
         <v>1.19</v>
       </c>
       <c r="L303" s="15">
         <v>1.14</v>
       </c>
       <c r="M303" s="15">
         <v>1.09</v>
       </c>
       <c r="N303" s="15"/>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C304" s="15" t="s">
+        <v>902</v>
+      </c>
+      <c r="D304" s="15" t="s">
         <v>903</v>
-      </c>
-[...1 lines deleted...]
-        <v>904</v>
       </c>
       <c r="E304" s="15">
         <v>10080026804</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I304" s="15"/>
       <c r="J304" s="15">
         <v>10</v>
       </c>
       <c r="K304" s="15">
         <v>0.82009</v>
       </c>
       <c r="L304" s="15">
         <v>0.82009</v>
       </c>
       <c r="M304" s="15">
         <v>0.82009</v>
       </c>
       <c r="N304" s="15">
         <v>40</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C305" s="15" t="s">
+        <v>904</v>
+      </c>
+      <c r="D305" s="15" t="s">
         <v>905</v>
-      </c>
-[...1 lines deleted...]
-        <v>906</v>
       </c>
       <c r="E305" s="15">
         <v>10080026805</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I305" s="15"/>
       <c r="J305" s="15">
         <v>25</v>
       </c>
       <c r="K305" s="15">
         <v>3.33</v>
       </c>
       <c r="L305" s="15">
         <v>1.77</v>
       </c>
       <c r="M305" s="15">
         <v>1.51</v>
       </c>
       <c r="N305" s="15"/>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>906</v>
+      </c>
+      <c r="D306" s="15" t="s">
         <v>907</v>
       </c>
-      <c r="D306" s="15" t="s">
+      <c r="E306" s="15" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I306" s="15"/>
       <c r="J306" s="15">
         <v>10</v>
       </c>
       <c r="K306" s="15">
         <v>1.44</v>
       </c>
       <c r="L306" s="15">
         <v>1.44</v>
       </c>
       <c r="M306" s="15">
         <v>1.44</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15">
         <v>100</v>
       </c>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>909</v>
+      </c>
+      <c r="D307" s="15" t="s">
         <v>910</v>
       </c>
-      <c r="D307" s="15" t="s">
+      <c r="E307" s="15" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I307" s="15"/>
       <c r="J307" s="15">
         <v>25</v>
       </c>
       <c r="K307" s="15">
         <v>3.44</v>
       </c>
       <c r="L307" s="15">
         <v>2.88</v>
       </c>
       <c r="M307" s="15">
         <v>2.77</v>
       </c>
       <c r="N307" s="15"/>
       <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>912</v>
+      </c>
+      <c r="D308" s="15" t="s">
         <v>913</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="E308" s="15">
         <v>10080026806</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I308" s="15"/>
       <c r="J308" s="15">
         <v>25</v>
       </c>
       <c r="K308" s="15">
         <v>1.74</v>
       </c>
       <c r="L308" s="15">
         <v>1.62</v>
       </c>
       <c r="M308" s="15">
         <v>1.51</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>914</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>915</v>
-      </c>
-[...1 lines deleted...]
-        <v>916</v>
       </c>
       <c r="E309" s="15">
         <v>10080026807</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I309" s="15"/>
       <c r="J309" s="15">
         <v>25</v>
       </c>
       <c r="K309" s="15">
-        <v>1.79</v>
+        <v>1.83</v>
       </c>
       <c r="L309" s="15">
-        <v>1.5</v>
+        <v>1.59</v>
       </c>
       <c r="M309" s="15">
-        <v>1.44</v>
+        <v>1.53</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
-      <c r="P309" s="15"/>
+      <c r="P309" s="15" t="s">
+        <v>916</v>
+      </c>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>917</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>918</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>919</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I310" s="15"/>
       <c r="J310" s="15">
         <v>25</v>
       </c>
@@ -18816,51 +18814,51 @@
       </c>
       <c r="E313" s="15">
         <v>10080005358</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I313" s="15" t="s">
         <v>928</v>
       </c>
       <c r="J313" s="15">
         <v>20</v>
       </c>
       <c r="K313" s="15">
         <v>0.45905</v>
       </c>
       <c r="L313" s="15">
         <v>0.45905</v>
       </c>
       <c r="M313" s="15">
         <v>0.45905</v>
       </c>
       <c r="N313" s="15">
-        <v>1302</v>
+        <v>1116</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>929</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>930</v>
       </c>
       <c r="E314" s="15" t="s">
         <v>931</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I314" s="15"/>
@@ -19044,92 +19042,92 @@
       </c>
       <c r="E319" s="15">
         <v>10080005394</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I319" s="15" t="s">
         <v>945</v>
       </c>
       <c r="J319" s="15">
         <v>40</v>
       </c>
       <c r="K319" s="15">
         <v>0.98494</v>
       </c>
       <c r="L319" s="15">
         <v>0.89084</v>
       </c>
       <c r="M319" s="15">
         <v>0.8280999999999999</v>
       </c>
       <c r="N319" s="15">
-        <v>561</v>
+        <v>443</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C320" s="15" t="s">
         <v>946</v>
       </c>
       <c r="D320" s="15" t="s">
         <v>947</v>
       </c>
       <c r="E320" s="15">
         <v>10080071972</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I320" s="15" t="s">
         <v>948</v>
       </c>
       <c r="J320" s="15">
         <v>40</v>
       </c>
       <c r="K320" s="15">
         <v>0.6591</v>
       </c>
       <c r="L320" s="15">
         <v>0.6591</v>
       </c>
       <c r="M320" s="15">
         <v>0.6591</v>
       </c>
       <c r="N320" s="15">
-        <v>10485</v>
+        <v>10747</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C321" s="15" t="s">
         <v>949</v>
       </c>
       <c r="D321" s="15" t="s">
         <v>950</v>
       </c>
       <c r="E321" s="15" t="s">
         <v>951</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I321" s="15"/>
@@ -19163,51 +19161,51 @@
       </c>
       <c r="E322" s="15">
         <v>10080034823</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I322" s="15" t="s">
         <v>954</v>
       </c>
       <c r="J322" s="15">
         <v>40</v>
       </c>
       <c r="K322" s="15">
         <v>1.21</v>
       </c>
       <c r="L322" s="15">
         <v>0.97</v>
       </c>
       <c r="M322" s="15">
         <v>0.88</v>
       </c>
       <c r="N322" s="15">
-        <v>3359</v>
+        <v>3562</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C323" s="15" t="s">
         <v>955</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>956</v>
       </c>
       <c r="E323" s="15" t="s">
         <v>957</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I323" s="15"/>
@@ -19239,93 +19237,93 @@
       <c r="D324" s="15" t="s">
         <v>959</v>
       </c>
       <c r="E324" s="15" t="s">
         <v>960</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I324" s="15"/>
       <c r="J324" s="15">
         <v>40</v>
       </c>
       <c r="K324" s="15">
         <v>0.7317</v>
       </c>
       <c r="L324" s="15">
         <v>0.7317</v>
       </c>
       <c r="M324" s="15">
         <v>0.7317</v>
       </c>
       <c r="N324" s="15">
-        <v>360</v>
+        <v>418</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>961</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>962</v>
       </c>
       <c r="E325" s="15" t="s">
         <v>963</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I325" s="15"/>
       <c r="J325" s="15">
         <v>40</v>
       </c>
       <c r="K325" s="15">
         <v>0.92555</v>
       </c>
       <c r="L325" s="15">
         <v>0.80214</v>
       </c>
       <c r="M325" s="15">
         <v>0.77129</v>
       </c>
       <c r="N325" s="15">
         <v>79</v>
       </c>
       <c r="O325" s="15">
-        <v>800</v>
+        <v>740</v>
       </c>
       <c r="P325" s="15" t="s">
         <v>666</v>
       </c>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C326" s="15" t="s">
         <v>964</v>
       </c>
       <c r="D326" s="15" t="s">
         <v>965</v>
       </c>
       <c r="E326" s="15">
         <v>10080018886</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
         <v>52</v>
       </c>
@@ -19360,51 +19358,51 @@
       <c r="D327" s="15" t="s">
         <v>967</v>
       </c>
       <c r="E327" s="15" t="s">
         <v>968</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I327" s="15"/>
       <c r="J327" s="15">
         <v>50</v>
       </c>
       <c r="K327" s="15">
         <v>0.89185</v>
       </c>
       <c r="L327" s="15">
         <v>0.80665</v>
       </c>
       <c r="M327" s="15">
         <v>0.74984</v>
       </c>
       <c r="N327" s="15">
-        <v>815</v>
+        <v>936</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C328" s="15" t="s">
         <v>969</v>
       </c>
       <c r="D328" s="15" t="s">
         <v>970</v>
       </c>
       <c r="E328" s="15" t="s">
         <v>971</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I328" s="15"/>
@@ -19436,166 +19434,166 @@
       <c r="D329" s="15" t="s">
         <v>973</v>
       </c>
       <c r="E329" s="15" t="s">
         <v>974</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I329" s="15"/>
       <c r="J329" s="15">
         <v>50</v>
       </c>
       <c r="K329" s="15">
         <v>1.15</v>
       </c>
       <c r="L329" s="15">
         <v>0.9</v>
       </c>
       <c r="M329" s="15">
         <v>0.8</v>
       </c>
       <c r="N329" s="15">
-        <v>926</v>
+        <v>1033</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C330" s="15" t="s">
         <v>975</v>
       </c>
       <c r="D330" s="15" t="s">
         <v>976</v>
       </c>
       <c r="E330" s="15" t="s">
         <v>977</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I330" s="15"/>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
         <v>1.2</v>
       </c>
       <c r="L330" s="15">
         <v>0.95</v>
       </c>
       <c r="M330" s="15">
         <v>0.85</v>
       </c>
       <c r="N330" s="15">
-        <v>6454</v>
+        <v>7403</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C331" s="15" t="s">
         <v>978</v>
       </c>
       <c r="D331" s="15" t="s">
         <v>979</v>
       </c>
       <c r="E331" s="15">
         <v>10080037081</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I331" s="15"/>
       <c r="J331" s="15">
         <v>50</v>
       </c>
       <c r="K331" s="15">
         <v>1.36</v>
       </c>
       <c r="L331" s="15">
         <v>1.23</v>
       </c>
       <c r="M331" s="15">
         <v>1.14</v>
       </c>
       <c r="N331" s="15">
-        <v>3015</v>
+        <v>2546</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C332" s="15" t="s">
         <v>980</v>
       </c>
       <c r="D332" s="15" t="s">
         <v>981</v>
       </c>
       <c r="E332" s="15" t="s">
         <v>982</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I332" s="15"/>
       <c r="J332" s="15">
         <v>50</v>
       </c>
       <c r="K332" s="15">
         <v>0.97659</v>
       </c>
       <c r="L332" s="15">
         <v>0.97659</v>
       </c>
       <c r="M332" s="15">
         <v>0.97659</v>
       </c>
       <c r="N332" s="15">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C333" s="15" t="s">
         <v>983</v>
       </c>
       <c r="D333" s="15" t="s">
         <v>984</v>
       </c>
       <c r="E333" s="15">
         <v>10080063903</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I333" s="15"/>
@@ -19631,129 +19629,129 @@
       </c>
       <c r="E334" s="15" t="s">
         <v>987</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I334" s="15" t="s">
         <v>988</v>
       </c>
       <c r="J334" s="15">
         <v>900</v>
       </c>
       <c r="K334" s="15">
         <v>1.15</v>
       </c>
       <c r="L334" s="15">
         <v>1.04</v>
       </c>
       <c r="M334" s="15">
         <v>0.96615</v>
       </c>
       <c r="N334" s="15">
-        <v>1380</v>
+        <v>1280</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C335" s="15" t="s">
         <v>989</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>990</v>
       </c>
       <c r="E335" s="15">
         <v>10080026984</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I335" s="15"/>
       <c r="J335" s="15">
         <v>50</v>
       </c>
       <c r="K335" s="15">
         <v>1.06</v>
       </c>
       <c r="L335" s="15">
         <v>0.8871</v>
       </c>
       <c r="M335" s="15">
         <v>0.85298</v>
       </c>
       <c r="N335" s="15">
-        <v>1241</v>
+        <v>1004</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C336" s="15" t="s">
         <v>991</v>
       </c>
       <c r="D336" s="15" t="s">
         <v>992</v>
       </c>
       <c r="E336" s="15">
         <v>10080059848</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I336" s="15"/>
       <c r="J336" s="15">
         <v>50</v>
       </c>
       <c r="K336" s="15">
         <v>0.70131</v>
       </c>
       <c r="L336" s="15">
         <v>0.70131</v>
       </c>
       <c r="M336" s="15">
         <v>0.70131</v>
       </c>
       <c r="N336" s="15">
-        <v>424</v>
+        <v>478</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C337" s="15" t="s">
         <v>993</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>994</v>
       </c>
       <c r="E337" s="15" t="s">
         <v>995</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I337" s="15"/>
@@ -20014,53 +20012,51 @@
       </c>
       <c r="D344" s="15" t="s">
         <v>1016</v>
       </c>
       <c r="E344" s="15">
         <v>10080032895</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I344" s="15"/>
       <c r="J344" s="15">
         <v>10</v>
       </c>
       <c r="K344" s="15">
         <v>13.8</v>
       </c>
       <c r="L344" s="15">
         <v>10.35</v>
       </c>
       <c r="M344" s="15">
         <v>10.01</v>
       </c>
-      <c r="N344" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N344" s="15"/>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15">
         <v>60</v>
       </c>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C345" s="15" t="s">
         <v>1017</v>
       </c>
       <c r="D345" s="15" t="s">
         <v>1018</v>
       </c>
       <c r="E345" s="15" t="s">
         <v>1019</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
         <v>52</v>
       </c>
@@ -20206,8078 +20202,8070 @@
       <c r="D349" s="15" t="s">
         <v>1028</v>
       </c>
       <c r="E349" s="15">
         <v>10080061822</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I349" s="15"/>
       <c r="J349" s="15">
         <v>100</v>
       </c>
       <c r="K349" s="15">
         <v>2.06</v>
       </c>
       <c r="L349" s="15">
         <v>1.86</v>
       </c>
       <c r="M349" s="15">
         <v>1.73</v>
       </c>
       <c r="N349" s="15">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>1029</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>1030</v>
       </c>
       <c r="E350" s="15" t="s">
         <v>1031</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I350" s="15"/>
       <c r="J350" s="15">
         <v>100</v>
       </c>
       <c r="K350" s="15">
-        <v>2.82</v>
+        <v>2.76</v>
       </c>
       <c r="L350" s="15">
-        <v>2.44</v>
+        <v>2.39</v>
       </c>
       <c r="M350" s="15">
-        <v>2.35</v>
+        <v>2.3</v>
       </c>
       <c r="N350" s="15"/>
       <c r="O350" s="15">
-        <v>900</v>
-[...3 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="P350" s="15"/>
       <c r="Q350" s="15">
         <v>1000</v>
       </c>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C351" s="15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D351" s="15" t="s">
         <v>1033</v>
-      </c>
-[...1 lines deleted...]
-        <v>1034</v>
       </c>
       <c r="E351" s="15">
         <v>10080033734</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I351" s="15"/>
       <c r="J351" s="15">
         <v>100</v>
       </c>
       <c r="K351" s="15">
         <v>1.5</v>
       </c>
       <c r="L351" s="15">
         <v>1.5</v>
       </c>
       <c r="M351" s="15">
         <v>1.5</v>
       </c>
       <c r="N351" s="15">
-        <v>349</v>
+        <v>287</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C352" s="15" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D352" s="15" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
       <c r="E352" s="15">
         <v>10080034552</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I352" s="15"/>
       <c r="J352" s="15">
         <v>100</v>
       </c>
       <c r="K352" s="15">
         <v>2.05</v>
       </c>
       <c r="L352" s="15">
         <v>2.05</v>
       </c>
       <c r="M352" s="15">
         <v>2.05</v>
       </c>
       <c r="N352" s="15">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C353" s="15" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D353" s="15" t="s">
         <v>1037</v>
-      </c>
-[...1 lines deleted...]
-        <v>1038</v>
       </c>
       <c r="E353" s="15">
         <v>10080073012</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I353" s="15"/>
       <c r="J353" s="15"/>
       <c r="K353" s="15">
         <v>50.28</v>
       </c>
       <c r="L353" s="15">
         <v>41.9</v>
       </c>
       <c r="M353" s="15">
         <v>40.23</v>
       </c>
       <c r="N353" s="15"/>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C354" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D354" s="15" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
       <c r="E354" s="15">
         <v>10080073014</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I354" s="15"/>
       <c r="J354" s="15"/>
       <c r="K354" s="15">
         <v>50.28</v>
       </c>
       <c r="L354" s="15">
         <v>41.9</v>
       </c>
       <c r="M354" s="15">
         <v>40.23</v>
       </c>
       <c r="N354" s="15"/>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C355" s="15" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D355" s="15" t="s">
         <v>1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>1042</v>
       </c>
       <c r="E355" s="15">
         <v>10080073015</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I355" s="15"/>
       <c r="J355" s="15"/>
       <c r="K355" s="15">
         <v>64.03</v>
       </c>
       <c r="L355" s="15">
         <v>53.36</v>
       </c>
       <c r="M355" s="15">
         <v>51.23</v>
       </c>
       <c r="N355" s="15"/>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C356" s="15" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D356" s="15" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
       <c r="E356" s="15">
         <v>10080073017</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I356" s="15"/>
       <c r="J356" s="15"/>
       <c r="K356" s="15">
         <v>64.31999999999999</v>
       </c>
       <c r="L356" s="15">
         <v>53.6</v>
       </c>
       <c r="M356" s="15">
         <v>51.45</v>
       </c>
       <c r="N356" s="15"/>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C357" s="15" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D357" s="15" t="s">
         <v>1045</v>
-      </c>
-[...1 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="E357" s="15">
         <v>10080073018</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I357" s="15"/>
       <c r="J357" s="15"/>
       <c r="K357" s="15">
         <v>64.31999999999999</v>
       </c>
       <c r="L357" s="15">
         <v>53.6</v>
       </c>
       <c r="M357" s="15">
         <v>51.45</v>
       </c>
       <c r="N357" s="15"/>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C358" s="15" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D358" s="15" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
       <c r="E358" s="15">
         <v>10080073020</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I358" s="15"/>
       <c r="J358" s="15"/>
       <c r="K358" s="15">
         <v>28.42</v>
       </c>
       <c r="L358" s="15">
         <v>23.68</v>
       </c>
       <c r="M358" s="15">
         <v>22.73</v>
       </c>
       <c r="N358" s="15"/>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C359" s="15" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D359" s="15" t="s">
         <v>1049</v>
-      </c>
-[...1 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="E359" s="15">
         <v>10080034794</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I359" s="15"/>
       <c r="J359" s="15">
         <v>100</v>
       </c>
       <c r="K359" s="15">
         <v>1.49</v>
       </c>
       <c r="L359" s="15">
         <v>0.79209</v>
       </c>
       <c r="M359" s="15">
         <v>0.67561</v>
       </c>
       <c r="N359" s="15"/>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C360" s="15" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D360" s="15" t="s">
         <v>1051</v>
       </c>
-      <c r="D360" s="15" t="s">
+      <c r="E360" s="15" t="s">
         <v>1052</v>
-      </c>
-[...1 lines deleted...]
-        <v>1053</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I360" s="15"/>
       <c r="J360" s="15">
         <v>100</v>
       </c>
       <c r="K360" s="15">
         <v>0.3859</v>
       </c>
       <c r="L360" s="15">
         <v>0.3859</v>
       </c>
       <c r="M360" s="15">
         <v>0.3859</v>
       </c>
       <c r="N360" s="15">
-        <v>252</v>
+        <v>183</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C361" s="15" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D361" s="15" t="s">
         <v>1054</v>
       </c>
-      <c r="D361" s="15" t="s">
+      <c r="E361" s="15" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I361" s="15"/>
       <c r="J361" s="15">
         <v>100</v>
       </c>
       <c r="K361" s="15">
         <v>0.3859</v>
       </c>
       <c r="L361" s="15">
         <v>0.3859</v>
       </c>
       <c r="M361" s="15">
         <v>0.3859</v>
       </c>
       <c r="N361" s="15">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C362" s="15" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D362" s="15" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
       <c r="E362" s="15">
         <v>10080060702</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I362" s="15"/>
       <c r="J362" s="15">
         <v>20</v>
       </c>
       <c r="K362" s="15">
         <v>1.2</v>
       </c>
       <c r="L362" s="15">
         <v>1.12</v>
       </c>
       <c r="M362" s="15">
         <v>1.04</v>
       </c>
       <c r="N362" s="15"/>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C363" s="15" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D363" s="15" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
       <c r="E363" s="15">
         <v>10080071705</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I363" s="15"/>
       <c r="J363" s="15"/>
       <c r="K363" s="15">
         <v>1.52</v>
       </c>
       <c r="L363" s="15">
         <v>1.42</v>
       </c>
       <c r="M363" s="15">
         <v>1.31</v>
       </c>
       <c r="N363" s="15"/>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C364" s="15" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D364" s="15" t="s">
         <v>1061</v>
       </c>
-      <c r="D364" s="15" t="s">
+      <c r="E364" s="15" t="s">
         <v>1062</v>
-      </c>
-[...1 lines deleted...]
-        <v>1063</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I364" s="15"/>
       <c r="J364" s="15">
         <v>25</v>
       </c>
       <c r="K364" s="15">
         <v>0.21</v>
       </c>
       <c r="L364" s="15">
         <v>0.21</v>
       </c>
       <c r="M364" s="15">
         <v>0.21</v>
       </c>
       <c r="N364" s="15">
         <v>5</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C365" s="15" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D365" s="15" t="s">
         <v>1064</v>
       </c>
-      <c r="D365" s="15" t="s">
+      <c r="E365" s="15" t="s">
         <v>1065</v>
-      </c>
-[...1 lines deleted...]
-        <v>1066</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I365" s="15" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="J365" s="15">
         <v>25</v>
       </c>
       <c r="K365" s="15">
         <v>1.07</v>
       </c>
       <c r="L365" s="15">
         <v>0.8999</v>
       </c>
       <c r="M365" s="15">
         <v>0.86529</v>
       </c>
       <c r="N365" s="15"/>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C366" s="15" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D366" s="15" t="s">
         <v>1068</v>
       </c>
-      <c r="D366" s="15" t="s">
+      <c r="E366" s="15" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I366" s="15"/>
       <c r="J366" s="15">
         <v>25</v>
       </c>
       <c r="K366" s="15">
         <v>0.21</v>
       </c>
       <c r="L366" s="15">
         <v>0.21</v>
       </c>
       <c r="M366" s="15">
         <v>0.21</v>
       </c>
       <c r="N366" s="15">
         <v>5</v>
       </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>49</v>
       </c>
       <c r="C367" s="15" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D367" s="15" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="E367" s="15">
         <v>10080066602</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I367" s="15"/>
       <c r="J367" s="15">
         <v>8</v>
       </c>
       <c r="K367" s="15">
         <v>32.07</v>
       </c>
       <c r="L367" s="15">
         <v>26.72</v>
       </c>
       <c r="M367" s="15">
         <v>25.65</v>
       </c>
       <c r="N367" s="15"/>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C368" s="15" t="s">
         <v>1073</v>
       </c>
-      <c r="C368" s="15" t="s">
+      <c r="D368" s="15" t="s">
         <v>1074</v>
       </c>
-      <c r="D368" s="15" t="s">
+      <c r="E368" s="15" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I368" s="15" t="s">
         <v>286</v>
       </c>
       <c r="J368" s="15"/>
       <c r="K368" s="15">
         <v>1.87</v>
       </c>
       <c r="L368" s="15">
         <v>1.76</v>
       </c>
       <c r="M368" s="15">
         <v>1.7</v>
       </c>
       <c r="N368" s="15"/>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C369" s="15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D369" s="15" t="s">
         <v>1078</v>
       </c>
-      <c r="D369" s="15" t="s">
+      <c r="E369" s="15" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I369" s="15" t="s">
         <v>290</v>
       </c>
       <c r="J369" s="15">
         <v>15</v>
       </c>
       <c r="K369" s="15">
         <v>1.87</v>
       </c>
       <c r="L369" s="15">
         <v>1.75</v>
       </c>
       <c r="M369" s="15">
         <v>1.69</v>
       </c>
       <c r="N369" s="15"/>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15"/>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C370" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D370" s="15" t="s">
         <v>1081</v>
       </c>
-      <c r="D370" s="15" t="s">
+      <c r="E370" s="15" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="J370" s="15"/>
       <c r="K370" s="15">
         <v>1.38</v>
       </c>
       <c r="L370" s="15">
         <v>1.29</v>
       </c>
       <c r="M370" s="15">
         <v>1.25</v>
       </c>
       <c r="N370" s="15"/>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C371" s="15" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D371" s="15" t="s">
         <v>1085</v>
       </c>
-      <c r="D371" s="15" t="s">
+      <c r="E371" s="15" t="s">
         <v>1086</v>
-      </c>
-[...1 lines deleted...]
-        <v>1087</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I371" s="15" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="J371" s="15"/>
       <c r="K371" s="15">
         <v>0.88679</v>
       </c>
       <c r="L371" s="15">
         <v>0.8313700000000001</v>
       </c>
       <c r="M371" s="15">
         <v>0.80426</v>
       </c>
       <c r="N371" s="15"/>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C372" s="15" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D372" s="15" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="E372" s="15">
         <v>10080005339</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I372" s="15" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="J372" s="15"/>
       <c r="K372" s="15">
         <v>0.91331</v>
       </c>
       <c r="L372" s="15">
         <v>0.76109</v>
       </c>
       <c r="M372" s="15">
         <v>0.73064</v>
       </c>
       <c r="N372" s="15"/>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C373" s="15" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D373" s="15" t="s">
         <v>1092</v>
       </c>
-      <c r="D373" s="15" t="s">
+      <c r="E373" s="15" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I373" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="J373" s="15"/>
       <c r="K373" s="15">
         <v>0.61459</v>
       </c>
       <c r="L373" s="15">
         <v>0.57641</v>
       </c>
       <c r="M373" s="15">
         <v>0.5567</v>
       </c>
       <c r="N373" s="15"/>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15"/>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C374" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D374" s="15" t="s">
         <v>1096</v>
       </c>
-      <c r="D374" s="15" t="s">
+      <c r="E374" s="15" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I374" s="15" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="J374" s="15"/>
       <c r="K374" s="15">
         <v>0.67864</v>
       </c>
       <c r="L374" s="15">
         <v>0.6367699999999999</v>
       </c>
       <c r="M374" s="15">
         <v>0.61583</v>
       </c>
       <c r="N374" s="15"/>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C375" s="15" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D375" s="15" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
       <c r="E375" s="15">
         <v>10080005324</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="J375" s="15">
         <v>20</v>
       </c>
       <c r="K375" s="15">
         <v>0.83872</v>
       </c>
       <c r="L375" s="15">
         <v>0.69894</v>
       </c>
       <c r="M375" s="15">
         <v>0.67097</v>
       </c>
       <c r="N375" s="15"/>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C376" s="15" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D376" s="15" t="s">
         <v>1103</v>
       </c>
-      <c r="D376" s="15" t="s">
+      <c r="E376" s="15" t="s">
         <v>1104</v>
-      </c>
-[...1 lines deleted...]
-        <v>1105</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1106</v>
+        <v>1105</v>
       </c>
       <c r="J376" s="15">
         <v>25</v>
       </c>
       <c r="K376" s="15">
         <v>0.45448</v>
       </c>
       <c r="L376" s="15">
         <v>0.42616</v>
       </c>
       <c r="M376" s="15">
         <v>0.41261</v>
       </c>
       <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C377" s="15" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D377" s="15" t="s">
         <v>1107</v>
       </c>
-      <c r="D377" s="15" t="s">
+      <c r="E377" s="15" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="J377" s="15">
         <v>25</v>
       </c>
       <c r="K377" s="15">
         <v>0.45448</v>
       </c>
       <c r="L377" s="15">
         <v>0.42616</v>
       </c>
       <c r="M377" s="15">
         <v>0.41137</v>
       </c>
       <c r="N377" s="15"/>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C378" s="15" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D378" s="15" t="s">
         <v>1111</v>
       </c>
-      <c r="D378" s="15" t="s">
+      <c r="E378" s="15" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="J378" s="15">
         <v>25</v>
       </c>
       <c r="K378" s="15">
         <v>0.45448</v>
       </c>
       <c r="L378" s="15">
         <v>0.42616</v>
       </c>
       <c r="M378" s="15">
         <v>0.41137</v>
       </c>
       <c r="N378" s="15"/>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C379" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D379" s="15" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="E379" s="15">
         <v>10080005335</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I379" s="15" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="J379" s="15">
         <v>25</v>
       </c>
       <c r="K379" s="15">
         <v>0.62588</v>
       </c>
       <c r="L379" s="15">
         <v>0.5132100000000001</v>
       </c>
       <c r="M379" s="15">
         <v>0.49236</v>
       </c>
       <c r="N379" s="15"/>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C380" s="15" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D380" s="15" t="s">
         <v>1118</v>
       </c>
-      <c r="D380" s="15" t="s">
+      <c r="E380" s="15" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="J380" s="15">
         <v>25</v>
       </c>
       <c r="K380" s="15">
         <v>0.45448</v>
       </c>
       <c r="L380" s="15">
         <v>0.42616</v>
       </c>
       <c r="M380" s="15">
         <v>0.41261</v>
       </c>
       <c r="N380" s="15"/>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C381" s="15" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D381" s="15" t="s">
         <v>1122</v>
-      </c>
-[...1 lines deleted...]
-        <v>1123</v>
       </c>
       <c r="E381" s="15">
         <v>10080005337</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I381" s="15" t="s">
-        <v>1124</v>
+        <v>1123</v>
       </c>
       <c r="J381" s="15">
         <v>25</v>
       </c>
       <c r="K381" s="15">
         <v>0.38207</v>
       </c>
       <c r="L381" s="15">
         <v>0.38207</v>
       </c>
       <c r="M381" s="15">
         <v>0.38207</v>
       </c>
       <c r="N381" s="15"/>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C382" s="15" t="s">
         <v>1125</v>
       </c>
-      <c r="C382" s="15" t="s">
+      <c r="D382" s="15" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
       <c r="E382" s="15">
         <v>10080065868</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I382" s="15"/>
       <c r="J382" s="15">
         <v>25</v>
       </c>
       <c r="K382" s="15">
         <v>1.11</v>
       </c>
       <c r="L382" s="15">
         <v>1.11</v>
       </c>
       <c r="M382" s="15">
         <v>1.11</v>
       </c>
       <c r="N382" s="15"/>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C383" s="15" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D383" s="15" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
       <c r="E383" s="15">
         <v>10080052515</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I383" s="15" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="J383" s="15">
         <v>25</v>
       </c>
       <c r="K383" s="15">
         <v>1.11</v>
       </c>
       <c r="L383" s="15">
         <v>1.11</v>
       </c>
       <c r="M383" s="15">
         <v>1.11</v>
       </c>
       <c r="N383" s="15">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C384" s="15" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D384" s="15" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="E384" s="15">
         <v>10080052516</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I384" s="15" t="s">
-        <v>1134</v>
+        <v>1133</v>
       </c>
       <c r="J384" s="15">
         <v>25</v>
       </c>
       <c r="K384" s="15">
         <v>1.15</v>
       </c>
       <c r="L384" s="15">
         <v>1.15</v>
       </c>
       <c r="M384" s="15">
         <v>1.15</v>
       </c>
       <c r="N384" s="15"/>
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
       <c r="Q384" s="15"/>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C385" s="15" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D385" s="15" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="E385" s="15">
         <v>10080075906</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I385" s="15" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
       <c r="J385" s="15">
         <v>25</v>
       </c>
       <c r="K385" s="15">
         <v>2.4</v>
       </c>
       <c r="L385" s="15">
         <v>2</v>
       </c>
       <c r="M385" s="15">
         <v>1.92</v>
       </c>
       <c r="N385" s="15"/>
       <c r="O385" s="15"/>
       <c r="P385" s="15"/>
       <c r="Q385" s="15"/>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C386" s="15" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D386" s="15" t="s">
         <v>1137</v>
       </c>
-      <c r="D386" s="15" t="s">
+      <c r="E386" s="15" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I386" s="15" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="J386" s="15">
         <v>25</v>
       </c>
       <c r="K386" s="15">
         <v>1.81</v>
       </c>
       <c r="L386" s="15">
         <v>1.31</v>
       </c>
       <c r="M386" s="15">
         <v>1.15</v>
       </c>
       <c r="N386" s="15">
-        <v>674</v>
+        <v>604</v>
       </c>
       <c r="O386" s="15"/>
       <c r="P386" s="15"/>
       <c r="Q386" s="15"/>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C387" s="15" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D387" s="15" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1142</v>
       </c>
       <c r="E387" s="15">
         <v>10080005492</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I387" s="15" t="s">
-        <v>1143</v>
+        <v>1142</v>
       </c>
       <c r="J387" s="15">
         <v>50</v>
       </c>
       <c r="K387" s="15">
         <v>1.5</v>
       </c>
       <c r="L387" s="15">
         <v>1.5</v>
       </c>
       <c r="M387" s="15">
         <v>1.5</v>
       </c>
       <c r="N387" s="15">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C388" s="15" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D388" s="15" t="s">
         <v>1144</v>
-      </c>
-[...1 lines deleted...]
-        <v>1145</v>
       </c>
       <c r="E388" s="15">
         <v>10080005493</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I388" s="15" t="s">
-        <v>1146</v>
+        <v>1145</v>
       </c>
       <c r="J388" s="15">
         <v>50</v>
       </c>
       <c r="K388" s="15">
         <v>2.57</v>
       </c>
       <c r="L388" s="15">
         <v>2.4</v>
       </c>
       <c r="M388" s="15">
         <v>2.23</v>
       </c>
       <c r="N388" s="15"/>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
       <c r="Q388" s="15"/>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C389" s="15" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D389" s="15" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="E389" s="15">
         <v>10080029144</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I389" s="15"/>
       <c r="J389" s="15">
         <v>25</v>
       </c>
       <c r="K389" s="15">
         <v>1.45</v>
       </c>
       <c r="L389" s="15">
         <v>1.05</v>
       </c>
       <c r="M389" s="15">
         <v>0.91331</v>
       </c>
       <c r="N389" s="15">
-        <v>640</v>
+        <v>592</v>
       </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15"/>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C390" s="15" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D390" s="15" t="s">
         <v>1149</v>
-      </c>
-[...1 lines deleted...]
-        <v>1150</v>
       </c>
       <c r="E390" s="15">
         <v>10080003676</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I390" s="15"/>
       <c r="J390" s="15"/>
       <c r="K390" s="15">
         <v>0.79072</v>
       </c>
       <c r="L390" s="15">
         <v>0.7414500000000001</v>
       </c>
       <c r="M390" s="15">
         <v>0.7155899999999999</v>
       </c>
       <c r="N390" s="15"/>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C391" s="15" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D391" s="15" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
       <c r="E391" s="15">
         <v>10080005495</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I391" s="15" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="J391" s="15">
         <v>25</v>
       </c>
       <c r="K391" s="15">
         <v>0.84851</v>
       </c>
       <c r="L391" s="15">
         <v>0.84851</v>
       </c>
       <c r="M391" s="15">
         <v>0.84851</v>
       </c>
       <c r="N391" s="15">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C392" s="15" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D392" s="15" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
       <c r="E392" s="15">
         <v>10080003677</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I392" s="15"/>
       <c r="J392" s="15"/>
       <c r="K392" s="15">
         <v>0.79811</v>
       </c>
       <c r="L392" s="15">
         <v>0.74885</v>
       </c>
       <c r="M392" s="15">
         <v>0.72298</v>
       </c>
       <c r="N392" s="15"/>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C393" s="15" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D393" s="15" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
       <c r="E393" s="15">
         <v>10080005496</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I393" s="15" t="s">
-        <v>1158</v>
+        <v>1157</v>
       </c>
       <c r="J393" s="15">
         <v>25</v>
       </c>
       <c r="K393" s="15">
         <v>1.01</v>
       </c>
       <c r="L393" s="15">
         <v>1.01</v>
       </c>
       <c r="M393" s="15">
         <v>1.01</v>
       </c>
       <c r="N393" s="15">
-        <v>2089</v>
+        <v>2479</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C394" s="15" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D394" s="15" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="E394" s="15">
         <v>10080009787</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I394" s="15"/>
       <c r="J394" s="15">
         <v>25</v>
       </c>
       <c r="K394" s="15">
         <v>1.24</v>
       </c>
       <c r="L394" s="15">
         <v>1.24</v>
       </c>
       <c r="M394" s="15">
         <v>1.24</v>
       </c>
       <c r="N394" s="15">
-        <v>351</v>
+        <v>334</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C395" s="15" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D395" s="15" t="s">
         <v>1161</v>
-      </c>
-[...1 lines deleted...]
-        <v>1162</v>
       </c>
       <c r="E395" s="15">
         <v>10080003678</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I395" s="15"/>
       <c r="J395" s="15"/>
       <c r="K395" s="15">
         <v>0.78826</v>
       </c>
       <c r="L395" s="15">
         <v>0.73899</v>
       </c>
       <c r="M395" s="15">
         <v>0.71436</v>
       </c>
       <c r="N395" s="15"/>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>1163</v>
+        <v>1162</v>
       </c>
       <c r="D396" s="15"/>
       <c r="E396" s="15">
         <v>10080029070</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I396" s="15"/>
       <c r="J396" s="15">
         <v>25</v>
       </c>
       <c r="K396" s="15">
         <v>0.62</v>
       </c>
       <c r="L396" s="15">
         <v>0.62</v>
       </c>
       <c r="M396" s="15">
         <v>0.62</v>
       </c>
       <c r="N396" s="15">
-        <v>9763</v>
+        <v>9873</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C397" s="15" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D397" s="15" t="s">
         <v>1164</v>
-      </c>
-[...1 lines deleted...]
-        <v>1165</v>
       </c>
       <c r="E397" s="15">
         <v>10080005517</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I397" s="15" t="s">
-        <v>1166</v>
+        <v>1165</v>
       </c>
       <c r="J397" s="15">
         <v>25</v>
       </c>
       <c r="K397" s="15">
         <v>0.6</v>
       </c>
       <c r="L397" s="15">
         <v>0.6</v>
       </c>
       <c r="M397" s="15">
         <v>0.6</v>
       </c>
       <c r="N397" s="15">
-        <v>4531</v>
+        <v>3426</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C398" s="15" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D398" s="15" t="s">
         <v>1167</v>
       </c>
-      <c r="D398" s="15" t="s">
+      <c r="E398" s="15" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I398" s="15"/>
       <c r="J398" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K398" s="15">
         <v>1.54</v>
       </c>
       <c r="L398" s="15">
         <v>1.12</v>
       </c>
       <c r="M398" s="15">
         <v>0.9730799999999999</v>
       </c>
       <c r="N398" s="15">
-        <v>1800</v>
+        <v>1224</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C399" s="15" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D399" s="15" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
       <c r="E399" s="15">
         <v>10080060003</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I399" s="15" t="s">
-        <v>1172</v>
+        <v>1171</v>
       </c>
       <c r="J399" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K399" s="15">
         <v>1.48</v>
       </c>
       <c r="L399" s="15">
         <v>1.07</v>
       </c>
       <c r="M399" s="15">
         <v>0.93435</v>
       </c>
       <c r="N399" s="15">
-        <v>2163</v>
+        <v>2387</v>
       </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C400" s="15" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D400" s="15" t="s">
         <v>1173</v>
-      </c>
-[...1 lines deleted...]
-        <v>1174</v>
       </c>
       <c r="E400" s="15">
         <v>10080005498</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I400" s="15" t="s">
-        <v>1175</v>
+        <v>1174</v>
       </c>
       <c r="J400" s="15">
         <v>25</v>
       </c>
       <c r="K400" s="15">
         <v>1.05</v>
       </c>
       <c r="L400" s="15">
         <v>0.76252</v>
       </c>
       <c r="M400" s="15">
         <v>0.66538</v>
       </c>
       <c r="N400" s="15"/>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C401" s="15" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D401" s="15" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
       <c r="E401" s="15">
         <v>10080003671</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I401" s="15" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="J401" s="15">
         <v>25</v>
       </c>
       <c r="K401" s="15">
         <v>0.55254</v>
       </c>
       <c r="L401" s="15">
         <v>0.55254</v>
       </c>
       <c r="M401" s="15">
         <v>0.55254</v>
       </c>
       <c r="N401" s="15"/>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C402" s="15" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D402" s="15" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="E402" s="15">
         <v>10080005500</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I402" s="15" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="J402" s="15">
         <v>25</v>
       </c>
       <c r="K402" s="15">
         <v>0.51398</v>
       </c>
       <c r="L402" s="15">
         <v>0.51398</v>
       </c>
       <c r="M402" s="15">
         <v>0.51398</v>
       </c>
       <c r="N402" s="15">
-        <v>634</v>
+        <v>669</v>
       </c>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C403" s="15" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D403" s="15" t="s">
         <v>1182</v>
-      </c>
-[...1 lines deleted...]
-        <v>1183</v>
       </c>
       <c r="E403" s="15">
         <v>10080003672</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I403" s="15" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="J403" s="15"/>
       <c r="K403" s="15">
         <v>0.66878</v>
       </c>
       <c r="L403" s="15">
         <v>0.64785</v>
       </c>
       <c r="M403" s="15">
         <v>0.62814</v>
       </c>
       <c r="N403" s="15"/>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C404" s="15" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D404" s="15" t="s">
         <v>1185</v>
-      </c>
-[...1 lines deleted...]
-        <v>1186</v>
       </c>
       <c r="E404" s="15">
         <v>10080003674</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I404" s="15" t="s">
-        <v>1187</v>
+        <v>1186</v>
       </c>
       <c r="J404" s="15">
         <v>25</v>
       </c>
       <c r="K404" s="15">
         <v>0.54682</v>
       </c>
       <c r="L404" s="15">
         <v>0.54682</v>
       </c>
       <c r="M404" s="15">
         <v>0.54682</v>
       </c>
       <c r="N404" s="15">
-        <v>1715</v>
+        <v>2314</v>
       </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C405" s="15" t="s">
+        <v>1187</v>
+      </c>
+      <c r="D405" s="15" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="E405" s="15">
         <v>10080003673</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I405" s="15" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="J405" s="15">
         <v>25</v>
       </c>
       <c r="K405" s="15">
         <v>0.77742</v>
       </c>
       <c r="L405" s="15">
         <v>0.7256</v>
       </c>
       <c r="M405" s="15">
         <v>0.67377</v>
       </c>
       <c r="N405" s="15"/>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C406" s="15" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D406" s="15" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
       <c r="E406" s="15">
         <v>10080061346</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I406" s="15"/>
       <c r="J406" s="15">
         <v>25</v>
       </c>
       <c r="K406" s="15">
         <v>0.77911</v>
       </c>
       <c r="L406" s="15">
         <v>0.72717</v>
       </c>
       <c r="M406" s="15">
         <v>0.67523</v>
       </c>
       <c r="N406" s="15"/>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C407" s="15" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D407" s="15" t="s">
         <v>1193</v>
-      </c>
-[...1 lines deleted...]
-        <v>1194</v>
       </c>
       <c r="E407" s="15">
         <v>10080007287</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I407" s="15" t="s">
-        <v>1195</v>
+        <v>1194</v>
       </c>
       <c r="J407" s="15">
         <v>100</v>
       </c>
       <c r="K407" s="15">
         <v>0.40194</v>
       </c>
       <c r="L407" s="15">
         <v>0.40194</v>
       </c>
       <c r="M407" s="15">
         <v>0.40194</v>
       </c>
       <c r="N407" s="15">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C408" s="15" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D408" s="15" t="s">
         <v>1196</v>
       </c>
-      <c r="D408" s="15" t="s">
+      <c r="E408" s="15" t="s">
         <v>1197</v>
-      </c>
-[...1 lines deleted...]
-        <v>1198</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I408" s="15"/>
       <c r="J408" s="15">
         <v>100</v>
       </c>
       <c r="K408" s="15">
         <v>0.43476</v>
       </c>
       <c r="L408" s="15">
         <v>0.43476</v>
       </c>
       <c r="M408" s="15">
         <v>0.43476</v>
       </c>
       <c r="N408" s="15">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C409" s="15" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D409" s="15" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
       <c r="E409" s="15">
         <v>10080007288</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I409" s="15" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="J409" s="15">
         <v>100</v>
       </c>
       <c r="K409" s="15">
         <v>0.42503</v>
       </c>
       <c r="L409" s="15">
         <v>0.42503</v>
       </c>
       <c r="M409" s="15">
         <v>0.42503</v>
       </c>
       <c r="N409" s="15">
-        <v>596</v>
+        <v>546</v>
       </c>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C410" s="15" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D410" s="15" t="s">
         <v>1202</v>
-      </c>
-[...1 lines deleted...]
-        <v>1203</v>
       </c>
       <c r="E410" s="15">
         <v>10080051173</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I410" s="15" t="s">
-        <v>1204</v>
+        <v>1203</v>
       </c>
       <c r="J410" s="15">
         <v>100</v>
       </c>
       <c r="K410" s="15">
         <v>0.44651</v>
       </c>
       <c r="L410" s="15">
         <v>0.44651</v>
       </c>
       <c r="M410" s="15">
         <v>0.44651</v>
       </c>
       <c r="N410" s="15">
-        <v>4481</v>
+        <v>5083</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C411" s="15" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D411" s="15" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
       <c r="E411" s="15">
         <v>10080003675</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1207</v>
+        <v>1206</v>
       </c>
       <c r="J411" s="15">
         <v>100</v>
       </c>
       <c r="K411" s="15">
         <v>0.54597</v>
       </c>
       <c r="L411" s="15">
         <v>0.39501</v>
       </c>
       <c r="M411" s="15">
         <v>0.34469</v>
       </c>
       <c r="N411" s="15">
-        <v>74810</v>
+        <v>83497</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C412" s="15" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D412" s="15" t="s">
         <v>1208</v>
-      </c>
-[...1 lines deleted...]
-        <v>1209</v>
       </c>
       <c r="E412" s="15">
         <v>10080007290</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I412" s="15" t="s">
-        <v>1210</v>
+        <v>1209</v>
       </c>
       <c r="J412" s="15">
         <v>100</v>
       </c>
       <c r="K412" s="15">
         <v>0.60734</v>
       </c>
       <c r="L412" s="15">
         <v>0.43941</v>
       </c>
       <c r="M412" s="15">
         <v>0.38344</v>
       </c>
       <c r="N412" s="15">
-        <v>7762</v>
+        <v>7754</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C413" s="15" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D413" s="15" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="E413" s="15">
         <v>10080009000</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I413" s="15" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="J413" s="15">
         <v>100</v>
       </c>
       <c r="K413" s="15">
         <v>0.52312</v>
       </c>
       <c r="L413" s="15">
         <v>0.37848</v>
       </c>
       <c r="M413" s="15">
         <v>0.33027</v>
       </c>
       <c r="N413" s="15">
-        <v>20271</v>
+        <v>26906</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C414" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D414" s="15" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>1215</v>
       </c>
       <c r="E414" s="15">
         <v>10080003679</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="J414" s="15">
         <v>25</v>
       </c>
       <c r="K414" s="15">
         <v>0.6247</v>
       </c>
       <c r="L414" s="15">
         <v>0.45197</v>
       </c>
       <c r="M414" s="15">
         <v>0.3944</v>
       </c>
       <c r="N414" s="15">
-        <v>6050</v>
+        <v>5960</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C415" s="15" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D415" s="15" t="s">
         <v>1217</v>
-      </c>
-[...1 lines deleted...]
-        <v>1218</v>
       </c>
       <c r="E415" s="15">
         <v>10080005506</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1219</v>
+        <v>1218</v>
       </c>
       <c r="J415" s="15">
         <v>25</v>
       </c>
       <c r="K415" s="15">
         <v>0.68605</v>
       </c>
       <c r="L415" s="15">
         <v>0.49636</v>
       </c>
       <c r="M415" s="15">
         <v>0.43313</v>
       </c>
       <c r="N415" s="15">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C416" s="15" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D416" s="15" t="s">
         <v>1220</v>
-      </c>
-[...1 lines deleted...]
-        <v>1221</v>
       </c>
       <c r="E416" s="15">
         <v>10080005509</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I416" s="15" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="J416" s="15">
         <v>25</v>
       </c>
       <c r="K416" s="15">
         <v>0.62227</v>
       </c>
       <c r="L416" s="15">
         <v>0.45021</v>
       </c>
       <c r="M416" s="15">
         <v>0.39286</v>
       </c>
       <c r="N416" s="15">
-        <v>18824</v>
+        <v>15111</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C417" s="15" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D417" s="15" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
       <c r="E417" s="15">
         <v>10080005486</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I417" s="15" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="J417" s="15"/>
       <c r="K417" s="15">
         <v>0.56656</v>
       </c>
       <c r="L417" s="15">
         <v>0.55424</v>
       </c>
       <c r="M417" s="15">
         <v>0.54193</v>
       </c>
       <c r="N417" s="15"/>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C418" s="15" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D418" s="15" t="s">
         <v>1226</v>
       </c>
-      <c r="D418" s="15" t="s">
+      <c r="E418" s="15" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I418" s="15"/>
       <c r="J418" s="15"/>
       <c r="K418" s="15">
         <v>0.60351</v>
       </c>
       <c r="L418" s="15">
         <v>0.57888</v>
       </c>
       <c r="M418" s="15">
         <v>0.56656</v>
       </c>
       <c r="N418" s="15"/>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C419" s="15" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D419" s="15" t="s">
         <v>1229</v>
       </c>
-      <c r="D419" s="15" t="s">
+      <c r="E419" s="15" t="s">
         <v>1230</v>
-      </c>
-[...1 lines deleted...]
-        <v>1231</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I419" s="15"/>
       <c r="J419" s="15"/>
       <c r="K419" s="15">
         <v>0.61583</v>
       </c>
       <c r="L419" s="15">
         <v>0.60351</v>
       </c>
       <c r="M419" s="15">
         <v>0.57888</v>
       </c>
       <c r="N419" s="15"/>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C420" s="15" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D420" s="15" t="s">
         <v>1232</v>
       </c>
-      <c r="D420" s="15" t="s">
+      <c r="E420" s="15" t="s">
         <v>1233</v>
-      </c>
-[...1 lines deleted...]
-        <v>1234</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I420" s="15" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="J420" s="15"/>
       <c r="K420" s="15">
         <v>0.64046</v>
       </c>
       <c r="L420" s="15">
         <v>0.61583</v>
       </c>
       <c r="M420" s="15">
         <v>0.60351</v>
       </c>
       <c r="N420" s="15"/>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C421" s="15" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D421" s="15" t="s">
         <v>1236</v>
       </c>
-      <c r="D421" s="15" t="s">
+      <c r="E421" s="15" t="s">
         <v>1237</v>
-      </c>
-[...1 lines deleted...]
-        <v>1238</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I421" s="15"/>
       <c r="J421" s="15"/>
       <c r="K421" s="15">
         <v>0.64046</v>
       </c>
       <c r="L421" s="15">
         <v>0.61583</v>
       </c>
       <c r="M421" s="15">
         <v>0.60351</v>
       </c>
       <c r="N421" s="15"/>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C422" s="15" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D422" s="15" t="s">
         <v>1239</v>
-      </c>
-[...1 lines deleted...]
-        <v>1240</v>
       </c>
       <c r="E422" s="15">
         <v>10080057344</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I422" s="15"/>
       <c r="J422" s="15">
         <v>40</v>
       </c>
       <c r="K422" s="15">
         <v>0.79273</v>
       </c>
       <c r="L422" s="15">
         <v>0.79273</v>
       </c>
       <c r="M422" s="15">
         <v>0.79273</v>
       </c>
       <c r="N422" s="15">
-        <v>1320</v>
+        <v>1720</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="C423" s="15" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D423" s="15" t="s">
         <v>1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
       <c r="E423" s="15">
         <v>10080057345</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1128</v>
+        <v>1127</v>
       </c>
       <c r="I423" s="15"/>
       <c r="J423" s="15">
         <v>200</v>
       </c>
       <c r="K423" s="15">
         <v>0.63075</v>
       </c>
       <c r="L423" s="15">
         <v>0.45635</v>
       </c>
       <c r="M423" s="15">
         <v>0.39822</v>
       </c>
       <c r="N423" s="15">
-        <v>3253</v>
+        <v>3294</v>
       </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C424" s="15" t="s">
         <v>1243</v>
       </c>
-      <c r="C424" s="15" t="s">
+      <c r="D424" s="15" t="s">
         <v>1244</v>
       </c>
-      <c r="D424" s="15" t="s">
+      <c r="E424" s="15" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I424" s="15"/>
       <c r="J424" s="15">
         <v>25</v>
       </c>
       <c r="K424" s="15">
         <v>1.27</v>
       </c>
       <c r="L424" s="15">
         <v>1.19</v>
       </c>
       <c r="M424" s="15">
         <v>1.15</v>
       </c>
       <c r="N424" s="15"/>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C425" s="15" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D425" s="15" t="s">
         <v>1248</v>
       </c>
-      <c r="D425" s="15" t="s">
+      <c r="E425" s="15" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I425" s="15"/>
       <c r="J425" s="15"/>
       <c r="K425" s="15">
         <v>1.3</v>
       </c>
       <c r="L425" s="15">
         <v>1.22</v>
       </c>
       <c r="M425" s="15">
         <v>1.17</v>
       </c>
       <c r="N425" s="15"/>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C426" s="15" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D426" s="15" t="s">
         <v>1251</v>
       </c>
-      <c r="D426" s="15" t="s">
+      <c r="E426" s="15" t="s">
         <v>1252</v>
-      </c>
-[...1 lines deleted...]
-        <v>1253</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I426" s="15"/>
       <c r="J426" s="15">
         <v>25</v>
       </c>
       <c r="K426" s="15">
         <v>1.32</v>
       </c>
       <c r="L426" s="15">
         <v>1.24</v>
       </c>
       <c r="M426" s="15">
         <v>1.2</v>
       </c>
       <c r="N426" s="15"/>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C427" s="15" t="s">
+        <v>1253</v>
+      </c>
+      <c r="D427" s="15" t="s">
         <v>1254</v>
       </c>
-      <c r="D427" s="15" t="s">
+      <c r="E427" s="15" t="s">
         <v>1255</v>
-      </c>
-[...1 lines deleted...]
-        <v>1256</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
       <c r="J427" s="15">
         <v>25</v>
       </c>
       <c r="K427" s="15">
         <v>1.33</v>
       </c>
       <c r="L427" s="15">
         <v>1.24</v>
       </c>
       <c r="M427" s="15">
         <v>1.2</v>
       </c>
       <c r="N427" s="15"/>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C428" s="15" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D428" s="15" t="s">
         <v>1258</v>
       </c>
-      <c r="D428" s="15" t="s">
+      <c r="E428" s="15" t="s">
         <v>1259</v>
-      </c>
-[...1 lines deleted...]
-        <v>1260</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="J428" s="15">
         <v>25</v>
       </c>
       <c r="K428" s="15">
         <v>1.35</v>
       </c>
       <c r="L428" s="15">
         <v>1.27</v>
       </c>
       <c r="M428" s="15">
         <v>1.23</v>
       </c>
       <c r="N428" s="15"/>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C429" s="15" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D429" s="15" t="s">
         <v>1262</v>
       </c>
-      <c r="D429" s="15" t="s">
+      <c r="E429" s="15" t="s">
         <v>1263</v>
-      </c>
-[...1 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I429" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="J429" s="15"/>
       <c r="K429" s="15">
         <v>0.6109</v>
       </c>
       <c r="L429" s="15">
         <v>0.57272</v>
       </c>
       <c r="M429" s="15">
         <v>0.55424</v>
       </c>
       <c r="N429" s="15"/>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C430" s="15" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D430" s="15" t="s">
         <v>1265</v>
       </c>
-      <c r="D430" s="15" t="s">
+      <c r="E430" s="15" t="s">
         <v>1266</v>
-      </c>
-[...1 lines deleted...]
-        <v>1267</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I430" s="15" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="J430" s="15">
         <v>20</v>
       </c>
       <c r="K430" s="15">
         <v>0.6109</v>
       </c>
       <c r="L430" s="15">
         <v>0.57272</v>
       </c>
       <c r="M430" s="15">
         <v>0.55424</v>
       </c>
       <c r="N430" s="15"/>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C431" s="15" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D431" s="15" t="s">
         <v>1268</v>
       </c>
-      <c r="D431" s="15" t="s">
+      <c r="E431" s="15" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="J431" s="15">
         <v>25</v>
       </c>
       <c r="K431" s="15">
         <v>1.38</v>
       </c>
       <c r="L431" s="15">
         <v>1.29</v>
       </c>
       <c r="M431" s="15">
         <v>1.25</v>
       </c>
       <c r="N431" s="15"/>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C432" s="15" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D432" s="15" t="s">
         <v>1272</v>
       </c>
-      <c r="D432" s="15" t="s">
+      <c r="E432" s="15" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="J432" s="15">
         <v>25</v>
       </c>
       <c r="K432" s="15">
         <v>1.46</v>
       </c>
       <c r="L432" s="15">
         <v>1.37</v>
       </c>
       <c r="M432" s="15">
         <v>1.33</v>
       </c>
       <c r="N432" s="15">
         <v>7</v>
       </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C433" s="15" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D433" s="15" t="s">
         <v>1276</v>
       </c>
-      <c r="D433" s="15" t="s">
+      <c r="E433" s="15" t="s">
         <v>1277</v>
-      </c>
-[...1 lines deleted...]
-        <v>1278</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="J433" s="15">
         <v>25</v>
       </c>
       <c r="K433" s="15">
         <v>1.89</v>
       </c>
       <c r="L433" s="15">
         <v>1.77</v>
       </c>
       <c r="M433" s="15">
         <v>1.71</v>
       </c>
       <c r="N433" s="15"/>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C434" s="15" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D434" s="15" t="s">
         <v>1280</v>
       </c>
-      <c r="D434" s="15" t="s">
+      <c r="E434" s="15" t="s">
         <v>1281</v>
-      </c>
-[...1 lines deleted...]
-        <v>1282</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="J434" s="15"/>
       <c r="K434" s="15">
         <v>1.52</v>
       </c>
       <c r="L434" s="15">
         <v>1.43</v>
       </c>
       <c r="M434" s="15">
         <v>1.38</v>
       </c>
       <c r="N434" s="15"/>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C435" s="15" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D435" s="15" t="s">
         <v>1284</v>
       </c>
-      <c r="D435" s="15" t="s">
+      <c r="E435" s="15" t="s">
         <v>1285</v>
-      </c>
-[...1 lines deleted...]
-        <v>1286</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1287</v>
+        <v>1286</v>
       </c>
       <c r="J435" s="15">
         <v>25</v>
       </c>
       <c r="K435" s="15">
         <v>0.43724</v>
       </c>
       <c r="L435" s="15">
         <v>0.41014</v>
       </c>
       <c r="M435" s="15">
         <v>0.39659</v>
       </c>
       <c r="N435" s="15"/>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C436" s="15" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D436" s="15" t="s">
         <v>1288</v>
       </c>
-      <c r="D436" s="15" t="s">
+      <c r="E436" s="15" t="s">
         <v>1289</v>
-      </c>
-[...1 lines deleted...]
-        <v>1290</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1291</v>
+        <v>1290</v>
       </c>
       <c r="J436" s="15">
         <v>25</v>
       </c>
       <c r="K436" s="15">
         <v>0.45079</v>
       </c>
       <c r="L436" s="15">
         <v>0.42368</v>
       </c>
       <c r="M436" s="15">
         <v>0.40891</v>
       </c>
       <c r="N436" s="15"/>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C437" s="15" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D437" s="15" t="s">
         <v>1292</v>
       </c>
-      <c r="D437" s="15" t="s">
+      <c r="E437" s="15" t="s">
         <v>1293</v>
-      </c>
-[...1 lines deleted...]
-        <v>1294</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1295</v>
+        <v>1294</v>
       </c>
       <c r="J437" s="15">
         <v>25</v>
       </c>
       <c r="K437" s="15">
         <v>0.42245</v>
       </c>
       <c r="L437" s="15">
         <v>0.40891</v>
       </c>
       <c r="M437" s="15">
         <v>0.39536</v>
       </c>
       <c r="N437" s="15"/>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C438" s="15" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D438" s="15" t="s">
         <v>1296</v>
       </c>
-      <c r="D438" s="15" t="s">
+      <c r="E438" s="15" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>1298</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="J438" s="15"/>
       <c r="K438" s="15">
         <v>0.43724</v>
       </c>
       <c r="L438" s="15">
         <v>0.41014</v>
       </c>
       <c r="M438" s="15">
         <v>0.39659</v>
       </c>
       <c r="N438" s="15"/>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C439" s="15" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D439" s="15" t="s">
         <v>1300</v>
-      </c>
-[...1 lines deleted...]
-        <v>1301</v>
       </c>
       <c r="E439" s="15">
         <v>10080070429</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I439" s="15"/>
       <c r="J439" s="15">
         <v>100</v>
       </c>
       <c r="K439" s="15">
         <v>0.7548899999999999</v>
       </c>
       <c r="L439" s="15">
         <v>0.62908</v>
       </c>
       <c r="M439" s="15">
         <v>0.60392</v>
       </c>
       <c r="N439" s="15"/>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
-        <v>1243</v>
+        <v>1242</v>
       </c>
       <c r="C440" s="15" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D440" s="15" t="s">
         <v>1302</v>
       </c>
-      <c r="D440" s="15" t="s">
+      <c r="E440" s="15" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1247</v>
+        <v>1246</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="J440" s="15">
         <v>100</v>
       </c>
       <c r="K440" s="15">
         <v>0.58518</v>
       </c>
       <c r="L440" s="15">
         <v>0.4908</v>
       </c>
       <c r="M440" s="15">
         <v>0.47191</v>
       </c>
       <c r="N440" s="15"/>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D441" s="15" t="s">
         <v>1306</v>
       </c>
-      <c r="D441" s="15" t="s">
+      <c r="E441" s="15" t="s">
         <v>1307</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
       <c r="J441" s="15">
         <v>50</v>
       </c>
       <c r="K441" s="15">
         <v>1.14</v>
       </c>
       <c r="L441" s="15">
         <v>0.95688</v>
       </c>
       <c r="M441" s="15">
         <v>0.92008</v>
       </c>
       <c r="N441" s="15"/>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D442" s="15" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="E442" s="15">
         <v>10080016996</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I442" s="15"/>
       <c r="J442" s="15"/>
       <c r="K442" s="15">
         <v>1.43</v>
       </c>
       <c r="L442" s="15">
         <v>1.24</v>
       </c>
       <c r="M442" s="15">
         <v>1.19</v>
       </c>
       <c r="N442" s="15"/>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D443" s="15" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
       <c r="E443" s="15">
         <v>10080034009</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I443" s="15"/>
       <c r="J443" s="15"/>
       <c r="K443" s="15">
         <v>2.5</v>
       </c>
       <c r="L443" s="15">
         <v>1.75</v>
       </c>
       <c r="M443" s="15">
         <v>1.62</v>
       </c>
       <c r="N443" s="15"/>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D444" s="15" t="s">
         <v>1314</v>
       </c>
-      <c r="D444" s="15" t="s">
+      <c r="E444" s="15" t="s">
         <v>1315</v>
-      </c>
-[...1 lines deleted...]
-        <v>1316</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I444" s="15"/>
       <c r="J444" s="15">
         <v>1000</v>
       </c>
       <c r="K444" s="15">
         <v>9.359999999999999</v>
       </c>
       <c r="L444" s="15">
         <v>7.85</v>
       </c>
       <c r="M444" s="15">
         <v>7.55</v>
       </c>
       <c r="N444" s="15"/>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D445" s="15" t="s">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
       <c r="E445" s="15">
         <v>10080054043</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="J445" s="15"/>
       <c r="K445" s="15">
         <v>4</v>
       </c>
       <c r="L445" s="15">
         <v>3.6</v>
       </c>
       <c r="M445" s="15">
         <v>3.4</v>
       </c>
       <c r="N445" s="15">
         <v>76</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C446" s="15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D446" s="15" t="s">
         <v>1320</v>
-      </c>
-[...1 lines deleted...]
-        <v>1321</v>
       </c>
       <c r="E446" s="15">
         <v>10000017331</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I446" s="15"/>
       <c r="J446" s="15">
         <v>20</v>
       </c>
       <c r="K446" s="15">
         <v>4.64</v>
       </c>
       <c r="L446" s="15">
         <v>4.18</v>
       </c>
       <c r="M446" s="15">
         <v>3.87</v>
       </c>
       <c r="N446" s="15"/>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C447" s="15" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D447" s="15" t="s">
         <v>1322</v>
       </c>
-      <c r="D447" s="15" t="s">
+      <c r="E447" s="15" t="s">
         <v>1323</v>
-      </c>
-[...1 lines deleted...]
-        <v>1324</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I447" s="15"/>
       <c r="J447" s="15">
         <v>10</v>
       </c>
       <c r="K447" s="15">
         <v>2.44</v>
       </c>
       <c r="L447" s="15">
         <v>2.21</v>
       </c>
       <c r="M447" s="15">
         <v>2.06</v>
       </c>
       <c r="N447" s="15"/>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C448" s="15" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D448" s="15" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
       <c r="E448" s="15">
         <v>10000023373</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I448" s="15"/>
       <c r="J448" s="15">
         <v>10</v>
       </c>
       <c r="K448" s="15">
         <v>5.54</v>
       </c>
       <c r="L448" s="15">
         <v>4.16</v>
       </c>
       <c r="M448" s="15">
         <v>4.02</v>
       </c>
       <c r="N448" s="15"/>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C449" s="15" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D449" s="15" t="s">
         <v>1327</v>
-      </c>
-[...1 lines deleted...]
-        <v>1328</v>
       </c>
       <c r="E449" s="15">
         <v>10080003481</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
         <v>153</v>
       </c>
       <c r="I449" s="15"/>
       <c r="J449" s="15"/>
       <c r="K449" s="15">
         <v>3.74</v>
       </c>
       <c r="L449" s="15">
         <v>3.39</v>
       </c>
       <c r="M449" s="15">
         <v>3.16</v>
       </c>
       <c r="N449" s="15"/>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C450" s="15" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D450" s="15" t="s">
         <v>1329</v>
-      </c>
-[...1 lines deleted...]
-        <v>1330</v>
       </c>
       <c r="E450" s="15">
         <v>10080002809</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="J450" s="15">
         <v>40</v>
       </c>
       <c r="K450" s="15">
         <v>1.65</v>
       </c>
       <c r="L450" s="15">
         <v>1.6</v>
       </c>
       <c r="M450" s="15">
         <v>1.55</v>
       </c>
       <c r="N450" s="15"/>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C451" s="15" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D451" s="15" t="s">
         <v>1332</v>
-      </c>
-[...1 lines deleted...]
-        <v>1333</v>
       </c>
       <c r="E451" s="15">
         <v>10000011523</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1334</v>
+        <v>1333</v>
       </c>
       <c r="J451" s="15">
         <v>25</v>
       </c>
       <c r="K451" s="15">
         <v>1.58</v>
       </c>
       <c r="L451" s="15">
         <v>1.58</v>
       </c>
       <c r="M451" s="15">
         <v>1.58</v>
       </c>
       <c r="N451" s="15">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C452" s="15" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D452" s="15" t="s">
         <v>1335</v>
-      </c>
-[...1 lines deleted...]
-        <v>1336</v>
       </c>
       <c r="E452" s="15">
         <v>10000011540</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="J452" s="15">
         <v>25</v>
       </c>
       <c r="K452" s="15">
         <v>1.72</v>
       </c>
       <c r="L452" s="15">
         <v>1.72</v>
       </c>
       <c r="M452" s="15">
         <v>1.72</v>
       </c>
       <c r="N452" s="15">
-        <v>336</v>
+        <v>310</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C453" s="15" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D453" s="15" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="E453" s="15">
         <v>10000015537</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="J453" s="15">
         <v>25</v>
       </c>
       <c r="K453" s="15">
         <v>3.31</v>
       </c>
       <c r="L453" s="15">
         <v>2.87</v>
       </c>
       <c r="M453" s="15">
         <v>2.76</v>
       </c>
       <c r="N453" s="15">
-        <v>660</v>
+        <v>489</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C454" s="15" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D454" s="15" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="E454" s="15">
         <v>10080067665</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="I454" s="15"/>
       <c r="J454" s="15">
         <v>25</v>
       </c>
       <c r="K454" s="15">
         <v>2.84</v>
       </c>
       <c r="L454" s="15">
         <v>2.37</v>
       </c>
       <c r="M454" s="15">
         <v>2.27</v>
       </c>
       <c r="N454" s="15"/>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C455" s="15" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D455" s="15" t="s">
         <v>1344</v>
       </c>
-      <c r="D455" s="15" t="s">
+      <c r="E455" s="15" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I455" s="15"/>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
         <v>1.35</v>
       </c>
       <c r="L455" s="15">
         <v>0</v>
       </c>
       <c r="M455" s="15">
         <v>1.23</v>
       </c>
       <c r="N455" s="15"/>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C456" s="15" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D456" s="15" t="s">
         <v>1347</v>
-      </c>
-[...1 lines deleted...]
-        <v>1348</v>
       </c>
       <c r="E456" s="15">
         <v>10000019661</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I456" s="15" t="s">
-        <v>1257</v>
+        <v>1256</v>
       </c>
       <c r="J456" s="15">
         <v>25</v>
       </c>
       <c r="K456" s="15">
         <v>1.56</v>
       </c>
       <c r="L456" s="15">
         <v>1.46</v>
       </c>
       <c r="M456" s="15">
         <v>1.41</v>
       </c>
       <c r="N456" s="15"/>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C457" s="15" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D457" s="15" t="s">
         <v>1349</v>
-      </c>
-[...1 lines deleted...]
-        <v>1350</v>
       </c>
       <c r="E457" s="15">
         <v>10080000003</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I457" s="15" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="J457" s="15">
         <v>25</v>
       </c>
       <c r="K457" s="15">
         <v>1.55</v>
       </c>
       <c r="L457" s="15">
         <v>1.45</v>
       </c>
       <c r="M457" s="15">
         <v>1.4</v>
       </c>
       <c r="N457" s="15"/>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457"/>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C458" s="15" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D458" s="15" t="s">
         <v>1351</v>
       </c>
-      <c r="D458" s="15" t="s">
+      <c r="E458" s="15" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15"/>
       <c r="H458" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I458" s="15"/>
       <c r="J458" s="15">
         <v>25</v>
       </c>
       <c r="K458" s="15">
         <v>0.74557</v>
       </c>
       <c r="L458" s="15">
         <v>0.74557</v>
       </c>
       <c r="M458" s="15">
         <v>0.74557</v>
       </c>
       <c r="N458" s="15">
-        <v>185</v>
+        <v>220</v>
       </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458"/>
     </row>
     <row r="459" spans="1:18">
       <c r="B459" s="14" t="s">
         <v>245</v>
       </c>
       <c r="C459" s="15" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D459" s="15" t="s">
         <v>1354</v>
-      </c>
-[...1 lines deleted...]
-        <v>1355</v>
       </c>
       <c r="E459" s="15">
         <v>10080004904</v>
       </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15"/>
       <c r="H459" s="15" t="s">
         <v>249</v>
       </c>
       <c r="I459" s="15"/>
       <c r="J459" s="15">
         <v>25</v>
       </c>
       <c r="K459" s="15">
         <v>1.61</v>
       </c>
       <c r="L459" s="15">
         <v>1.54</v>
       </c>
       <c r="M459" s="15">
         <v>0</v>
       </c>
       <c r="N459" s="15"/>
       <c r="O459" s="15"/>
       <c r="P459" s="15"/>
       <c r="Q459" s="15"/>
       <c r="R459"/>
     </row>
     <row r="460" spans="1:18">
       <c r="B460" s="14" t="s">
         <v>245</v>
       </c>
       <c r="C460" s="15" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D460" s="15" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
       <c r="E460" s="15">
         <v>10080004903</v>
       </c>
       <c r="F460" s="15"/>
       <c r="G460" s="15"/>
       <c r="H460" s="15" t="s">
         <v>249</v>
       </c>
       <c r="I460" s="15"/>
       <c r="J460" s="15">
         <v>100</v>
       </c>
       <c r="K460" s="15">
         <v>5.32</v>
       </c>
       <c r="L460" s="15">
         <v>2.83</v>
       </c>
       <c r="M460" s="15">
         <v>2.41</v>
       </c>
       <c r="N460" s="15"/>
       <c r="O460" s="15"/>
       <c r="P460" s="15"/>
       <c r="Q460" s="15"/>
       <c r="R460"/>
     </row>
     <row r="461" spans="1:18">
       <c r="B461" s="14" t="s">
         <v>245</v>
       </c>
       <c r="C461" s="15" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D461" s="15" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
       <c r="E461" s="15">
         <v>10080004905</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15"/>
       <c r="H461" s="15" t="s">
         <v>249</v>
       </c>
       <c r="I461" s="15"/>
       <c r="J461" s="15">
         <v>25</v>
       </c>
       <c r="K461" s="15">
         <v>1.58</v>
       </c>
       <c r="L461" s="15">
         <v>1.58</v>
       </c>
       <c r="M461" s="15">
         <v>1.58</v>
       </c>
       <c r="N461" s="15">
         <v>1</v>
       </c>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461"/>
     </row>
     <row r="462" spans="1:18">
       <c r="B462" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C462" s="15" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D462" s="15" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
       <c r="E462" s="15">
         <v>10000011524</v>
       </c>
       <c r="F462" s="15"/>
       <c r="G462" s="15"/>
       <c r="H462" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I462" s="15" t="s">
-        <v>1362</v>
+        <v>1361</v>
       </c>
       <c r="J462" s="15">
         <v>15</v>
       </c>
       <c r="K462" s="15">
         <v>1.68</v>
       </c>
       <c r="L462" s="15">
         <v>1.58</v>
       </c>
       <c r="M462" s="15">
         <v>1.53</v>
       </c>
       <c r="N462" s="15"/>
       <c r="O462" s="15"/>
       <c r="P462" s="15"/>
       <c r="Q462" s="15"/>
       <c r="R462"/>
     </row>
     <row r="463" spans="1:18">
       <c r="B463" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C463" s="15" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D463" s="15" t="s">
         <v>1363</v>
-      </c>
-[...1 lines deleted...]
-        <v>1364</v>
       </c>
       <c r="E463" s="15">
         <v>10000011542</v>
       </c>
       <c r="F463" s="15"/>
       <c r="G463" s="15"/>
       <c r="H463" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I463" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="J463" s="15">
         <v>20</v>
       </c>
       <c r="K463" s="15">
         <v>0.39883</v>
       </c>
       <c r="L463" s="15">
         <v>0.39883</v>
       </c>
       <c r="M463" s="15">
         <v>0.39883</v>
       </c>
       <c r="N463" s="15">
-        <v>4109</v>
+        <v>4665</v>
       </c>
       <c r="O463" s="15"/>
       <c r="P463" s="15"/>
       <c r="Q463" s="15"/>
       <c r="R463"/>
     </row>
     <row r="464" spans="1:18">
       <c r="B464" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C464" s="15" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D464" s="15" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
       <c r="E464" s="15">
         <v>10000019660</v>
       </c>
       <c r="F464" s="15"/>
       <c r="G464" s="15"/>
       <c r="H464" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I464" s="15" t="s">
-        <v>1368</v>
+        <v>1367</v>
       </c>
       <c r="J464" s="15">
         <v>20</v>
       </c>
       <c r="K464" s="15">
         <v>0.42922</v>
       </c>
       <c r="L464" s="15">
         <v>0.42922</v>
       </c>
       <c r="M464" s="15">
         <v>0.42922</v>
       </c>
       <c r="N464" s="15">
-        <v>1601</v>
+        <v>433</v>
       </c>
       <c r="O464" s="15"/>
       <c r="P464" s="15"/>
       <c r="Q464" s="15"/>
       <c r="R464"/>
     </row>
     <row r="465" spans="1:18">
       <c r="B465" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C465" s="15" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D465" s="15" t="s">
         <v>1369</v>
       </c>
-      <c r="D465" s="15" t="s">
+      <c r="E465" s="15" t="s">
         <v>1370</v>
-      </c>
-[...1 lines deleted...]
-        <v>1371</v>
       </c>
       <c r="F465" s="15"/>
       <c r="G465" s="15"/>
       <c r="H465" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I465" s="15" t="s">
-        <v>1372</v>
+        <v>1371</v>
       </c>
       <c r="J465" s="15">
         <v>20</v>
       </c>
       <c r="K465" s="15">
         <v>0.54193</v>
       </c>
       <c r="L465" s="15">
         <v>0.51729</v>
       </c>
       <c r="M465" s="15">
         <v>0</v>
       </c>
       <c r="N465" s="15"/>
       <c r="O465" s="15"/>
       <c r="P465" s="15"/>
       <c r="Q465" s="15"/>
       <c r="R465"/>
     </row>
     <row r="466" spans="1:18">
       <c r="B466" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C466" s="15" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D466" s="15" t="s">
         <v>1373</v>
-      </c>
-[...1 lines deleted...]
-        <v>1374</v>
       </c>
       <c r="E466" s="15">
         <v>10000011541</v>
       </c>
       <c r="F466" s="15"/>
       <c r="G466" s="15"/>
       <c r="H466" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I466" s="15" t="s">
-        <v>1375</v>
+        <v>1374</v>
       </c>
       <c r="J466" s="15">
         <v>20</v>
       </c>
       <c r="K466" s="15">
         <v>0.62568</v>
       </c>
       <c r="L466" s="15">
         <v>0.5659</v>
       </c>
       <c r="M466" s="15">
         <v>0.52605</v>
       </c>
-      <c r="N466" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N466" s="15"/>
       <c r="O466" s="15">
-        <v>384</v>
+        <v>504</v>
       </c>
       <c r="P466" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q466" s="15"/>
       <c r="R466"/>
     </row>
     <row r="467" spans="1:18">
       <c r="B467" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C467" s="15" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D467" s="15" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
       <c r="E467" s="15">
         <v>10000011534</v>
       </c>
       <c r="F467" s="15"/>
       <c r="G467" s="15"/>
       <c r="H467" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I467" s="15" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="J467" s="15">
         <v>20</v>
       </c>
       <c r="K467" s="15">
         <v>0.57401</v>
       </c>
       <c r="L467" s="15">
         <v>0.49747</v>
       </c>
       <c r="M467" s="15">
         <v>0.47834</v>
       </c>
       <c r="N467" s="15">
-        <v>2609</v>
+        <v>2193</v>
       </c>
       <c r="O467" s="15"/>
       <c r="P467" s="15"/>
       <c r="Q467" s="15"/>
       <c r="R467"/>
     </row>
     <row r="468" spans="1:18">
       <c r="B468" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C468" s="15" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D468" s="15" t="s">
         <v>1379</v>
-      </c>
-[...1 lines deleted...]
-        <v>1380</v>
       </c>
       <c r="E468" s="15">
         <v>10080003662</v>
       </c>
       <c r="F468" s="15"/>
       <c r="G468" s="15"/>
       <c r="H468" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I468" s="15" t="s">
-        <v>1381</v>
+        <v>1380</v>
       </c>
       <c r="J468" s="15">
         <v>20</v>
       </c>
       <c r="K468" s="15">
         <v>0.40078</v>
       </c>
       <c r="L468" s="15">
         <v>0.40078</v>
       </c>
       <c r="M468" s="15">
         <v>0.40078</v>
       </c>
       <c r="N468" s="15">
-        <v>623</v>
+        <v>100</v>
       </c>
       <c r="O468" s="15"/>
       <c r="P468" s="15"/>
       <c r="Q468" s="15"/>
       <c r="R468"/>
     </row>
     <row r="469" spans="1:18">
       <c r="B469" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C469" s="15" t="s">
+        <v>1381</v>
+      </c>
+      <c r="D469" s="15" t="s">
         <v>1382</v>
-      </c>
-[...1 lines deleted...]
-        <v>1383</v>
       </c>
       <c r="E469" s="15">
         <v>10000011526</v>
       </c>
       <c r="F469" s="15"/>
       <c r="G469" s="15"/>
       <c r="H469" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I469" s="15" t="s">
-        <v>1384</v>
+        <v>1383</v>
       </c>
       <c r="J469" s="15">
         <v>20</v>
       </c>
       <c r="K469" s="15">
         <v>0.38644</v>
       </c>
       <c r="L469" s="15">
         <v>0.38644</v>
       </c>
       <c r="M469" s="15">
         <v>0.38644</v>
       </c>
       <c r="N469" s="15">
-        <v>1093</v>
+        <v>967</v>
       </c>
       <c r="O469" s="15"/>
       <c r="P469" s="15"/>
       <c r="Q469" s="15"/>
       <c r="R469"/>
     </row>
     <row r="470" spans="1:18">
       <c r="B470" s="14" t="s">
         <v>302</v>
       </c>
       <c r="C470" s="15" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D470" s="15" t="s">
         <v>1385</v>
       </c>
-      <c r="D470" s="15" t="s">
+      <c r="E470" s="15" t="s">
         <v>1386</v>
-      </c>
-[...1 lines deleted...]
-        <v>1387</v>
       </c>
       <c r="F470" s="15"/>
       <c r="G470" s="15"/>
       <c r="H470" s="15" t="s">
         <v>305</v>
       </c>
       <c r="I470" s="15" t="s">
-        <v>1388</v>
+        <v>1387</v>
       </c>
       <c r="J470" s="15"/>
       <c r="K470" s="15">
         <v>1.7</v>
       </c>
       <c r="L470" s="15">
         <v>1.42</v>
       </c>
       <c r="M470" s="15">
         <v>1.37</v>
       </c>
       <c r="N470" s="15"/>
       <c r="O470" s="15"/>
       <c r="P470" s="15"/>
       <c r="Q470" s="15"/>
       <c r="R470"/>
     </row>
     <row r="471" spans="1:18">
       <c r="B471" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C471" s="15" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D471" s="15" t="s">
         <v>1389</v>
       </c>
-      <c r="D471" s="15" t="s">
+      <c r="E471" s="15" t="s">
         <v>1390</v>
-      </c>
-[...1 lines deleted...]
-        <v>1391</v>
       </c>
       <c r="F471" s="15"/>
       <c r="G471" s="15"/>
       <c r="H471" s="15" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="I471" s="15"/>
       <c r="J471" s="15"/>
       <c r="K471" s="15">
         <v>1.12</v>
       </c>
       <c r="L471" s="15">
         <v>0.93951</v>
       </c>
       <c r="M471" s="15">
         <v>0.90338</v>
       </c>
       <c r="N471" s="15"/>
       <c r="O471" s="15"/>
       <c r="P471" s="15"/>
       <c r="Q471" s="15"/>
       <c r="R471"/>
     </row>
     <row r="472" spans="1:18">
       <c r="B472" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C472" s="15" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D472" s="15" t="s">
         <v>1393</v>
       </c>
-      <c r="D472" s="15" t="s">
+      <c r="E472" s="15" t="s">
         <v>1394</v>
-      </c>
-[...1 lines deleted...]
-        <v>1395</v>
       </c>
       <c r="F472" s="15"/>
       <c r="G472" s="15"/>
       <c r="H472" s="15" t="s">
-        <v>1392</v>
+        <v>1391</v>
       </c>
       <c r="I472" s="15"/>
       <c r="J472" s="15"/>
       <c r="K472" s="15">
         <v>1.06</v>
       </c>
       <c r="L472" s="15">
         <v>0.89088</v>
       </c>
       <c r="M472" s="15">
         <v>0.85662</v>
       </c>
       <c r="N472" s="15"/>
       <c r="O472" s="15"/>
       <c r="P472" s="15"/>
       <c r="Q472" s="15"/>
       <c r="R472"/>
     </row>
     <row r="473" spans="1:18">
       <c r="B473" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C473" s="15" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D473" s="15" t="s">
         <v>1396</v>
       </c>
-      <c r="D473" s="15" t="s">
+      <c r="E473" s="15" t="s">
         <v>1397</v>
-      </c>
-[...1 lines deleted...]
-        <v>1398</v>
       </c>
       <c r="F473" s="15"/>
       <c r="G473" s="15"/>
       <c r="H473" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I473" s="15"/>
       <c r="J473" s="15"/>
       <c r="K473" s="15">
         <v>0.44339</v>
       </c>
       <c r="L473" s="15">
         <v>0.40644</v>
       </c>
       <c r="M473" s="15">
         <v>0</v>
       </c>
       <c r="N473" s="15"/>
       <c r="O473" s="15"/>
       <c r="P473" s="15"/>
       <c r="Q473" s="15"/>
       <c r="R473"/>
     </row>
     <row r="474" spans="1:18">
       <c r="B474" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C474" s="15" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D474" s="15" t="s">
         <v>1399</v>
-      </c>
-[...1 lines deleted...]
-        <v>1400</v>
       </c>
       <c r="E474" s="15">
         <v>10000017867</v>
       </c>
       <c r="F474" s="15"/>
       <c r="G474" s="15"/>
       <c r="H474" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I474" s="15"/>
       <c r="J474" s="15">
         <v>25</v>
       </c>
       <c r="K474" s="15">
         <v>0.33003</v>
       </c>
       <c r="L474" s="15">
         <v>0.33003</v>
       </c>
       <c r="M474" s="15">
         <v>0.33003</v>
       </c>
       <c r="N474" s="15">
-        <v>415</v>
+        <v>352</v>
       </c>
       <c r="O474" s="15"/>
       <c r="P474" s="15"/>
       <c r="Q474" s="15"/>
       <c r="R474"/>
     </row>
     <row r="475" spans="1:18">
       <c r="B475" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C475" s="15" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D475" s="15" t="s">
         <v>1401</v>
-      </c>
-[...1 lines deleted...]
-        <v>1402</v>
       </c>
       <c r="E475" s="15">
         <v>10000011528</v>
       </c>
       <c r="F475" s="15"/>
       <c r="G475" s="15"/>
       <c r="H475" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I475" s="15" t="s">
-        <v>1403</v>
+        <v>1402</v>
       </c>
       <c r="J475" s="15">
         <v>25</v>
       </c>
       <c r="K475" s="15">
         <v>0.57042</v>
       </c>
       <c r="L475" s="15">
         <v>0.49436</v>
       </c>
       <c r="M475" s="15">
         <v>0.47535</v>
       </c>
       <c r="N475" s="15">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="O475" s="15"/>
       <c r="P475" s="15"/>
       <c r="Q475" s="15"/>
       <c r="R475"/>
     </row>
     <row r="476" spans="1:18">
       <c r="B476" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C476" s="15" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D476" s="15" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="E476" s="15">
         <v>10000014654</v>
       </c>
       <c r="F476" s="15"/>
       <c r="G476" s="15"/>
       <c r="H476" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I476" s="15" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="J476" s="15">
         <v>25</v>
       </c>
       <c r="K476" s="15">
         <v>0.59119</v>
       </c>
       <c r="L476" s="15">
         <v>0.57888</v>
       </c>
       <c r="M476" s="15">
         <v>0.55424</v>
       </c>
       <c r="N476" s="15"/>
       <c r="O476" s="15"/>
       <c r="P476" s="15"/>
       <c r="Q476" s="15"/>
       <c r="R476"/>
     </row>
     <row r="477" spans="1:18">
       <c r="B477" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C477" s="15" t="s">
-        <v>1407</v>
+        <v>1406</v>
       </c>
       <c r="D477" s="15"/>
       <c r="E477" s="15">
         <v>10000011527</v>
       </c>
       <c r="F477" s="15"/>
       <c r="G477" s="15"/>
       <c r="H477" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I477" s="15" t="s">
-        <v>1408</v>
+        <v>1407</v>
       </c>
       <c r="J477" s="15">
         <v>25</v>
       </c>
       <c r="K477" s="15">
         <v>0.51725</v>
       </c>
       <c r="L477" s="15">
         <v>0.44828</v>
       </c>
       <c r="M477" s="15">
         <v>0.43104</v>
       </c>
       <c r="N477" s="15">
-        <v>1187</v>
+        <v>977</v>
       </c>
       <c r="O477" s="15"/>
       <c r="P477" s="15"/>
       <c r="Q477" s="15"/>
       <c r="R477"/>
     </row>
     <row r="478" spans="1:18">
       <c r="B478" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C478" s="15" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D478" s="15" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
       <c r="E478" s="15">
         <v>10080049008</v>
       </c>
       <c r="F478" s="15"/>
       <c r="G478" s="15"/>
       <c r="H478" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I478" s="15" t="s">
-        <v>1411</v>
+        <v>1410</v>
       </c>
       <c r="J478" s="15">
         <v>25</v>
       </c>
       <c r="K478" s="15">
         <v>0.84806</v>
       </c>
       <c r="L478" s="15">
         <v>0.73498</v>
       </c>
       <c r="M478" s="15">
         <v>0.7067099999999999</v>
       </c>
       <c r="N478" s="15"/>
       <c r="O478" s="15"/>
       <c r="P478" s="15"/>
       <c r="Q478" s="15"/>
       <c r="R478"/>
     </row>
     <row r="479" spans="1:18">
       <c r="B479" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C479" s="15" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D479" s="15" t="s">
         <v>1412</v>
       </c>
-      <c r="D479" s="15" t="s">
+      <c r="E479" s="15" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
       <c r="F479" s="15"/>
       <c r="G479" s="15"/>
       <c r="H479" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I479" s="15" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="J479" s="15">
         <v>2000</v>
       </c>
       <c r="K479" s="15">
         <v>0.33259</v>
       </c>
       <c r="L479" s="15">
         <v>0.33259</v>
       </c>
       <c r="M479" s="15">
         <v>0.33259</v>
       </c>
       <c r="N479" s="15"/>
       <c r="O479" s="15"/>
       <c r="P479" s="15"/>
       <c r="Q479" s="15"/>
       <c r="R479"/>
     </row>
     <row r="480" spans="1:18">
       <c r="B480" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C480" s="15" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D480" s="15" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
       <c r="E480" s="15">
         <v>10000011551</v>
       </c>
       <c r="F480" s="15"/>
       <c r="G480" s="15"/>
       <c r="H480" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I480" s="15" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="J480" s="15">
         <v>25</v>
       </c>
       <c r="K480" s="15">
         <v>0.67001</v>
       </c>
       <c r="L480" s="15">
         <v>0.6503100000000001</v>
       </c>
       <c r="M480" s="15">
         <v>0.62937</v>
       </c>
       <c r="N480" s="15"/>
       <c r="O480" s="15"/>
       <c r="P480" s="15"/>
       <c r="Q480" s="15"/>
       <c r="R480"/>
     </row>
     <row r="481" spans="1:18">
       <c r="B481" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C481" s="15" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D481" s="15" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
       <c r="E481" s="15">
         <v>10080048509</v>
       </c>
       <c r="F481" s="15"/>
       <c r="G481" s="15"/>
       <c r="H481" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I481" s="15"/>
       <c r="J481" s="15">
         <v>25</v>
       </c>
       <c r="K481" s="15">
         <v>0.95733</v>
       </c>
       <c r="L481" s="15">
         <v>0</v>
       </c>
       <c r="M481" s="15">
         <v>0</v>
       </c>
       <c r="N481" s="15"/>
       <c r="O481" s="15"/>
       <c r="P481" s="15"/>
       <c r="Q481" s="15"/>
       <c r="R481"/>
     </row>
     <row r="482" spans="1:18">
       <c r="B482" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C482" s="15" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D482" s="15" t="s">
         <v>1421</v>
       </c>
-      <c r="D482" s="15" t="s">
+      <c r="E482" s="15" t="s">
         <v>1422</v>
-      </c>
-[...1 lines deleted...]
-        <v>1423</v>
       </c>
       <c r="F482" s="15"/>
       <c r="G482" s="15"/>
       <c r="H482" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I482" s="15"/>
       <c r="J482" s="15">
         <v>25</v>
       </c>
       <c r="K482" s="15">
         <v>0.44339</v>
       </c>
       <c r="L482" s="15">
         <v>0.39413</v>
       </c>
       <c r="M482" s="15">
         <v>0</v>
       </c>
       <c r="N482" s="15"/>
       <c r="O482" s="15"/>
       <c r="P482" s="15"/>
       <c r="Q482" s="15"/>
       <c r="R482"/>
     </row>
     <row r="483" spans="1:18">
       <c r="B483" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C483" s="15" t="s">
+        <v>1423</v>
+      </c>
+      <c r="D483" s="15" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="E483" s="15">
         <v>10000011552</v>
       </c>
       <c r="F483" s="15"/>
       <c r="G483" s="15"/>
       <c r="H483" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I483" s="15" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="J483" s="15">
         <v>25</v>
       </c>
       <c r="K483" s="15">
         <v>0.67001</v>
       </c>
       <c r="L483" s="15">
         <v>0.6503100000000001</v>
       </c>
       <c r="M483" s="15">
         <v>0.62937</v>
       </c>
       <c r="N483" s="15"/>
       <c r="O483" s="15"/>
       <c r="P483" s="15"/>
       <c r="Q483" s="15"/>
       <c r="R483"/>
     </row>
     <row r="484" spans="1:18">
       <c r="B484" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C484" s="15" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D484" s="15" t="s">
         <v>1427</v>
-      </c>
-[...1 lines deleted...]
-        <v>1428</v>
       </c>
       <c r="E484" s="15">
         <v>10000011553</v>
       </c>
       <c r="F484" s="15"/>
       <c r="G484" s="15"/>
       <c r="H484" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I484" s="15" t="s">
-        <v>1429</v>
+        <v>1428</v>
       </c>
       <c r="J484" s="15">
         <v>25</v>
       </c>
       <c r="K484" s="15">
         <v>0.67741</v>
       </c>
       <c r="L484" s="15">
         <v>0.55424</v>
       </c>
       <c r="M484" s="15">
         <v>0.54193</v>
       </c>
       <c r="N484" s="15"/>
       <c r="O484" s="15"/>
       <c r="P484" s="15"/>
       <c r="Q484" s="15"/>
       <c r="R484"/>
     </row>
     <row r="485" spans="1:18">
       <c r="B485" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C485" s="15" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D485" s="15" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1431</v>
       </c>
       <c r="E485" s="15">
         <v>10080048857</v>
       </c>
       <c r="F485" s="15"/>
       <c r="G485" s="15"/>
       <c r="H485" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I485" s="15" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="J485" s="15">
         <v>25</v>
       </c>
       <c r="K485" s="15">
         <v>0.8849</v>
       </c>
       <c r="L485" s="15">
         <v>0.79641</v>
       </c>
       <c r="M485" s="15">
         <v>0.73743</v>
       </c>
       <c r="N485" s="15"/>
       <c r="O485" s="15"/>
       <c r="P485" s="15"/>
       <c r="Q485" s="15"/>
       <c r="R485"/>
     </row>
     <row r="486" spans="1:18">
       <c r="B486" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C486" s="15" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D486" s="15" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
       <c r="E486" s="15">
         <v>10000011152</v>
       </c>
       <c r="F486" s="15"/>
       <c r="G486" s="15"/>
       <c r="H486" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I486" s="15" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="J486" s="15">
         <v>25</v>
       </c>
       <c r="K486" s="15">
         <v>0.7674</v>
       </c>
       <c r="L486" s="15">
         <v>0.69408</v>
       </c>
       <c r="M486" s="15">
         <v>0.6452</v>
       </c>
       <c r="N486" s="15">
-        <v>2499</v>
+        <v>2087</v>
       </c>
       <c r="O486" s="15"/>
       <c r="P486" s="15"/>
       <c r="Q486" s="15"/>
       <c r="R486"/>
     </row>
     <row r="487" spans="1:18">
       <c r="B487" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C487" s="15" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D487" s="15" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="E487" s="15">
         <v>10000011153</v>
       </c>
       <c r="F487" s="15"/>
       <c r="G487" s="15"/>
       <c r="H487" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I487" s="15" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="J487" s="15">
         <v>25</v>
       </c>
       <c r="K487" s="15">
         <v>0.51788</v>
       </c>
       <c r="L487" s="15">
         <v>0.51788</v>
       </c>
       <c r="M487" s="15">
         <v>0.51788</v>
       </c>
-      <c r="N487" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N487" s="15"/>
       <c r="O487" s="15">
-        <v>840</v>
+        <v>870</v>
       </c>
       <c r="P487" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q487" s="15"/>
       <c r="R487"/>
     </row>
     <row r="488" spans="1:18">
       <c r="B488" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C488" s="15" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D488" s="15" t="s">
         <v>1439</v>
       </c>
-      <c r="D488" s="15" t="s">
+      <c r="E488" s="15" t="s">
         <v>1440</v>
-      </c>
-[...1 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="F488" s="15"/>
       <c r="G488" s="15"/>
       <c r="H488" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I488" s="15"/>
       <c r="J488" s="15">
         <v>25</v>
       </c>
       <c r="K488" s="15">
         <v>0.52279</v>
       </c>
       <c r="L488" s="15">
         <v>0.52279</v>
       </c>
       <c r="M488" s="15">
         <v>0.52279</v>
       </c>
       <c r="N488" s="15">
-        <v>790</v>
+        <v>870</v>
       </c>
       <c r="O488" s="15"/>
       <c r="P488" s="15"/>
       <c r="Q488" s="15"/>
       <c r="R488"/>
     </row>
     <row r="489" spans="1:18">
       <c r="B489" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C489" s="15" t="s">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="D489" s="15"/>
       <c r="E489" s="15">
         <v>10080029140</v>
       </c>
       <c r="F489" s="15"/>
       <c r="G489" s="15"/>
       <c r="H489" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I489" s="15"/>
       <c r="J489" s="15">
         <v>25</v>
       </c>
       <c r="K489" s="15">
         <v>3.83</v>
       </c>
       <c r="L489" s="15">
         <v>3.27</v>
       </c>
       <c r="M489" s="15">
         <v>2.96</v>
       </c>
       <c r="N489" s="15"/>
       <c r="O489" s="15">
-        <v>267</v>
+        <v>198</v>
       </c>
       <c r="P489" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q489" s="15"/>
       <c r="R489"/>
     </row>
     <row r="490" spans="1:18">
       <c r="B490" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C490" s="15" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D490" s="15" t="s">
         <v>1443</v>
       </c>
-      <c r="D490" s="15" t="s">
+      <c r="E490" s="15" t="s">
         <v>1444</v>
-      </c>
-[...1 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="F490" s="15"/>
       <c r="G490" s="15"/>
       <c r="H490" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I490" s="15"/>
       <c r="J490" s="15"/>
       <c r="K490" s="15">
         <v>3.45</v>
       </c>
       <c r="L490" s="15">
         <v>2.96</v>
       </c>
       <c r="M490" s="15">
         <v>0</v>
       </c>
       <c r="N490" s="15"/>
       <c r="O490" s="15"/>
       <c r="P490" s="15"/>
       <c r="Q490" s="15"/>
       <c r="R490"/>
     </row>
     <row r="491" spans="1:18">
       <c r="B491" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C491" s="15" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D491" s="15" t="s">
         <v>1446</v>
-      </c>
-[...1 lines deleted...]
-        <v>1447</v>
       </c>
       <c r="E491" s="15">
         <v>10000017802</v>
       </c>
       <c r="F491" s="15"/>
       <c r="G491" s="15"/>
       <c r="H491" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I491" s="15" t="s">
-        <v>1448</v>
+        <v>1447</v>
       </c>
       <c r="J491" s="15">
         <v>25</v>
       </c>
       <c r="K491" s="15">
         <v>3.92</v>
       </c>
       <c r="L491" s="15">
         <v>3.54</v>
       </c>
       <c r="M491" s="15">
         <v>3.29</v>
       </c>
       <c r="N491" s="15">
-        <v>103</v>
+        <v>79</v>
       </c>
       <c r="O491" s="15"/>
       <c r="P491" s="15"/>
       <c r="Q491" s="15"/>
       <c r="R491"/>
     </row>
     <row r="492" spans="1:18">
       <c r="B492" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C492" s="15" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D492" s="15" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="E492" s="15">
         <v>10080066087</v>
       </c>
       <c r="F492" s="15"/>
       <c r="G492" s="15"/>
       <c r="H492" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I492" s="15"/>
       <c r="J492" s="15">
         <v>25</v>
       </c>
       <c r="K492" s="15">
         <v>2.45</v>
       </c>
       <c r="L492" s="15">
         <v>2.45</v>
       </c>
       <c r="M492" s="15">
         <v>2.45</v>
       </c>
       <c r="N492" s="15">
         <v>5</v>
       </c>
       <c r="O492" s="15"/>
       <c r="P492" s="15"/>
       <c r="Q492" s="15"/>
       <c r="R492"/>
     </row>
     <row r="493" spans="1:18">
       <c r="B493" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C493" s="15" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D493" s="15" t="s">
         <v>1451</v>
-      </c>
-[...1 lines deleted...]
-        <v>1452</v>
       </c>
       <c r="E493" s="15">
         <v>10000011529</v>
       </c>
       <c r="F493" s="15"/>
       <c r="G493" s="15"/>
       <c r="H493" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I493" s="15" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
       <c r="J493" s="15">
         <v>20</v>
       </c>
       <c r="K493" s="15">
         <v>1.47</v>
       </c>
       <c r="L493" s="15">
         <v>0.77939</v>
       </c>
       <c r="M493" s="15">
         <v>0.6648500000000001</v>
       </c>
       <c r="N493" s="15"/>
       <c r="O493" s="15"/>
       <c r="P493" s="15"/>
       <c r="Q493" s="15"/>
       <c r="R493"/>
     </row>
     <row r="494" spans="1:18">
       <c r="B494" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C494" s="15" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D494" s="15" t="s">
         <v>1454</v>
       </c>
-      <c r="D494" s="15" t="s">
+      <c r="E494" s="15" t="s">
         <v>1455</v>
-      </c>
-[...1 lines deleted...]
-        <v>1456</v>
       </c>
       <c r="F494" s="15"/>
       <c r="G494" s="15"/>
       <c r="H494" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I494" s="15"/>
       <c r="J494" s="15">
         <v>20</v>
       </c>
       <c r="K494" s="15">
         <v>0.70268</v>
       </c>
       <c r="L494" s="15">
         <v>0.6355499999999999</v>
       </c>
       <c r="M494" s="15">
         <v>0.59079</v>
       </c>
       <c r="N494" s="15">
-        <v>345</v>
+        <v>405</v>
       </c>
       <c r="O494" s="15"/>
       <c r="P494" s="15"/>
       <c r="Q494" s="15"/>
       <c r="R494"/>
     </row>
     <row r="495" spans="1:18">
       <c r="B495" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C495" s="15" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D495" s="15" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
       <c r="E495" s="15">
         <v>10080002614</v>
       </c>
       <c r="F495" s="15"/>
       <c r="G495" s="15"/>
       <c r="H495" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I495" s="15" t="s">
-        <v>1459</v>
+        <v>1458</v>
       </c>
       <c r="J495" s="15">
         <v>25</v>
       </c>
       <c r="K495" s="15">
         <v>0.68147</v>
       </c>
       <c r="L495" s="15">
         <v>0.61637</v>
       </c>
       <c r="M495" s="15">
         <v>0.57296</v>
       </c>
       <c r="N495" s="15">
-        <v>277</v>
+        <v>292</v>
       </c>
       <c r="O495" s="15"/>
       <c r="P495" s="15"/>
       <c r="Q495" s="15"/>
       <c r="R495"/>
     </row>
     <row r="496" spans="1:18">
       <c r="B496" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C496" s="15" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D496" s="15" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
       <c r="E496" s="15">
         <v>10080002613</v>
       </c>
       <c r="F496" s="15"/>
       <c r="G496" s="15"/>
       <c r="H496" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I496" s="15" t="s">
-        <v>1462</v>
+        <v>1461</v>
       </c>
       <c r="J496" s="15">
         <v>20</v>
       </c>
       <c r="K496" s="15">
         <v>0.68004</v>
       </c>
       <c r="L496" s="15">
         <v>0.5893699999999999</v>
       </c>
       <c r="M496" s="15">
         <v>0.5667</v>
       </c>
       <c r="N496" s="15">
-        <v>171</v>
+        <v>191</v>
       </c>
       <c r="O496" s="15"/>
       <c r="P496" s="15"/>
       <c r="Q496" s="15"/>
       <c r="R496"/>
     </row>
     <row r="497" spans="1:18">
       <c r="B497" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C497" s="15" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D497" s="15" t="s">
         <v>1463</v>
-      </c>
-[...1 lines deleted...]
-        <v>1464</v>
       </c>
       <c r="E497" s="15">
         <v>10000011531</v>
       </c>
       <c r="F497" s="15"/>
       <c r="G497" s="15"/>
       <c r="H497" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I497" s="15" t="s">
-        <v>1465</v>
+        <v>1464</v>
       </c>
       <c r="J497" s="15">
         <v>20</v>
       </c>
       <c r="K497" s="15">
         <v>0.68033</v>
       </c>
       <c r="L497" s="15">
         <v>0.61533</v>
       </c>
       <c r="M497" s="15">
         <v>0.572</v>
       </c>
       <c r="N497" s="15">
-        <v>145</v>
+        <v>158</v>
       </c>
       <c r="O497" s="15">
-        <v>390</v>
+        <v>425</v>
       </c>
       <c r="P497" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q497" s="15"/>
       <c r="R497"/>
     </row>
     <row r="498" spans="1:18">
       <c r="B498" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C498" s="15" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D498" s="15" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
       <c r="E498" s="15">
         <v>10000014257</v>
       </c>
       <c r="F498" s="15"/>
       <c r="G498" s="15"/>
       <c r="H498" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I498" s="15" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
       <c r="J498" s="15">
         <v>20</v>
       </c>
       <c r="K498" s="15">
         <v>0.72294</v>
       </c>
       <c r="L498" s="15">
         <v>0.6265500000000001</v>
       </c>
       <c r="M498" s="15">
         <v>0.60245</v>
       </c>
       <c r="N498" s="15"/>
       <c r="O498" s="15"/>
       <c r="P498" s="15"/>
       <c r="Q498" s="15"/>
       <c r="R498"/>
     </row>
     <row r="499" spans="1:18">
       <c r="B499" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C499" s="15" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D499" s="15" t="s">
         <v>1469</v>
-      </c>
-[...1 lines deleted...]
-        <v>1470</v>
       </c>
       <c r="E499" s="15">
         <v>10080002612</v>
       </c>
       <c r="F499" s="15"/>
       <c r="G499" s="15"/>
       <c r="H499" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I499" s="15" t="s">
-        <v>1471</v>
+        <v>1470</v>
       </c>
       <c r="J499" s="15">
         <v>20</v>
       </c>
       <c r="K499" s="15">
         <v>0.6899999999999999</v>
       </c>
       <c r="L499" s="15">
         <v>0.62408</v>
       </c>
       <c r="M499" s="15">
         <v>0.58013</v>
       </c>
       <c r="N499" s="15">
-        <v>549</v>
+        <v>705</v>
       </c>
       <c r="O499" s="15"/>
       <c r="P499" s="15"/>
       <c r="Q499" s="15"/>
       <c r="R499"/>
     </row>
     <row r="500" spans="1:18">
       <c r="B500" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C500" s="15" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D500" s="15" t="s">
         <v>1472</v>
-      </c>
-[...1 lines deleted...]
-        <v>1473</v>
       </c>
       <c r="E500" s="15">
         <v>10080012624</v>
       </c>
       <c r="F500" s="15"/>
       <c r="G500" s="15"/>
       <c r="H500" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I500" s="15" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
       <c r="J500" s="15">
         <v>20</v>
       </c>
       <c r="K500" s="15">
         <v>0.45088</v>
       </c>
       <c r="L500" s="15">
         <v>0.45088</v>
       </c>
       <c r="M500" s="15">
         <v>0.45088</v>
       </c>
       <c r="N500" s="15">
-        <v>3690</v>
+        <v>4116</v>
       </c>
       <c r="O500" s="15"/>
       <c r="P500" s="15"/>
       <c r="Q500" s="15"/>
       <c r="R500"/>
     </row>
     <row r="501" spans="1:18">
       <c r="B501" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C501" s="15" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D501" s="15" t="s">
         <v>1475</v>
-      </c>
-[...1 lines deleted...]
-        <v>1476</v>
       </c>
       <c r="E501" s="15">
         <v>10080049591</v>
       </c>
       <c r="F501" s="15"/>
       <c r="G501" s="15"/>
       <c r="H501" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I501" s="15"/>
       <c r="J501" s="15">
         <v>20</v>
       </c>
       <c r="K501" s="15">
         <v>0.62244</v>
       </c>
       <c r="L501" s="15">
         <v>0.56297</v>
       </c>
       <c r="M501" s="15">
         <v>0.52333</v>
       </c>
       <c r="N501" s="15">
-        <v>697</v>
+        <v>618</v>
       </c>
       <c r="O501" s="15"/>
       <c r="P501" s="15"/>
       <c r="Q501" s="15"/>
       <c r="R501"/>
     </row>
     <row r="502" spans="1:18">
       <c r="B502" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C502" s="15" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D502" s="15" t="s">
         <v>1477</v>
       </c>
-      <c r="D502" s="15" t="s">
+      <c r="E502" s="15" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
       <c r="F502" s="15"/>
       <c r="G502" s="15"/>
       <c r="H502" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I502" s="15" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="J502" s="15">
         <v>25</v>
       </c>
       <c r="K502" s="15">
         <v>0.47499</v>
       </c>
       <c r="L502" s="15">
         <v>0.42961</v>
       </c>
       <c r="M502" s="15">
         <v>0.39935</v>
       </c>
       <c r="N502" s="15">
         <v>85</v>
       </c>
       <c r="O502" s="15"/>
       <c r="P502" s="15"/>
       <c r="Q502" s="15"/>
       <c r="R502"/>
     </row>
     <row r="503" spans="1:18">
       <c r="B503" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C503" s="15" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D503" s="15" t="s">
         <v>1481</v>
       </c>
-      <c r="D503" s="15" t="s">
+      <c r="E503" s="15" t="s">
         <v>1482</v>
-      </c>
-[...1 lines deleted...]
-        <v>1483</v>
       </c>
       <c r="F503" s="15"/>
       <c r="G503" s="15"/>
       <c r="H503" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I503" s="15"/>
       <c r="J503" s="15">
         <v>25</v>
       </c>
       <c r="K503" s="15">
         <v>0.70357</v>
       </c>
       <c r="L503" s="15">
         <v>0.70357</v>
       </c>
       <c r="M503" s="15">
         <v>0.70357</v>
       </c>
       <c r="N503" s="15">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="O503" s="15"/>
       <c r="P503" s="15"/>
       <c r="Q503" s="15"/>
       <c r="R503"/>
     </row>
     <row r="504" spans="1:18">
       <c r="B504" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C504" s="15" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D504" s="15" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
       <c r="E504" s="15">
         <v>10080002276</v>
       </c>
       <c r="F504" s="15"/>
       <c r="G504" s="15"/>
       <c r="H504" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I504" s="15" t="s">
-        <v>1486</v>
+        <v>1485</v>
       </c>
       <c r="J504" s="15">
         <v>20</v>
       </c>
       <c r="K504" s="15">
         <v>0.67572</v>
       </c>
       <c r="L504" s="15">
         <v>0.67572</v>
       </c>
       <c r="M504" s="15">
         <v>0.67572</v>
       </c>
       <c r="N504" s="15">
-        <v>1709</v>
+        <v>1982</v>
       </c>
       <c r="O504" s="15"/>
       <c r="P504" s="15"/>
       <c r="Q504" s="15"/>
       <c r="R504"/>
     </row>
     <row r="505" spans="1:18">
       <c r="B505" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C505" s="15" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D505" s="15" t="s">
         <v>1487</v>
       </c>
-      <c r="D505" s="15" t="s">
+      <c r="E505" s="15" t="s">
         <v>1488</v>
-      </c>
-[...1 lines deleted...]
-        <v>1489</v>
       </c>
       <c r="F505" s="15"/>
       <c r="G505" s="15"/>
       <c r="H505" s="15" t="s">
-        <v>1490</v>
+        <v>1489</v>
       </c>
       <c r="I505" s="15"/>
       <c r="J505" s="15"/>
       <c r="K505" s="15">
         <v>3.04</v>
       </c>
       <c r="L505" s="15">
         <v>3.04</v>
       </c>
       <c r="M505" s="15">
         <v>3.04</v>
       </c>
       <c r="N505" s="15"/>
       <c r="O505" s="15"/>
       <c r="P505" s="15"/>
       <c r="Q505" s="15"/>
       <c r="R505"/>
     </row>
     <row r="506" spans="1:18">
       <c r="B506" s="14" t="s">
         <v>204</v>
       </c>
       <c r="C506" s="15" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D506" s="15" t="s">
         <v>1491</v>
-      </c>
-[...1 lines deleted...]
-        <v>1492</v>
       </c>
       <c r="E506" s="15">
         <v>10080005428</v>
       </c>
       <c r="F506" s="15"/>
       <c r="G506" s="15"/>
       <c r="H506" s="15" t="s">
         <v>207</v>
       </c>
       <c r="I506" s="15" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="J506" s="15"/>
       <c r="K506" s="15">
         <v>0.61583</v>
       </c>
       <c r="L506" s="15">
         <v>0.59119</v>
       </c>
       <c r="M506" s="15">
         <v>0.57888</v>
       </c>
       <c r="N506" s="15"/>
       <c r="O506" s="15"/>
       <c r="P506" s="15"/>
       <c r="Q506" s="15"/>
       <c r="R506"/>
     </row>
     <row r="507" spans="1:18">
       <c r="B507" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C507" s="15" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D507" s="15" t="s">
         <v>1493</v>
       </c>
-      <c r="D507" s="15" t="s">
+      <c r="E507" s="15" t="s">
         <v>1494</v>
-      </c>
-[...1 lines deleted...]
-        <v>1495</v>
       </c>
       <c r="F507" s="15"/>
       <c r="G507" s="15"/>
       <c r="H507" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I507" s="15" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="J507" s="15">
         <v>25</v>
       </c>
       <c r="K507" s="15">
         <v>0.59119</v>
       </c>
       <c r="L507" s="15">
         <v>0.55424</v>
       </c>
       <c r="M507" s="15">
         <v>0</v>
       </c>
       <c r="N507" s="15"/>
       <c r="O507" s="15"/>
       <c r="P507" s="15"/>
       <c r="Q507" s="15"/>
       <c r="R507"/>
     </row>
     <row r="508" spans="1:18">
       <c r="B508" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C508" s="15" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D508" s="15" t="s">
         <v>1496</v>
       </c>
-      <c r="D508" s="15" t="s">
+      <c r="E508" s="15" t="s">
         <v>1497</v>
-      </c>
-[...1 lines deleted...]
-        <v>1498</v>
       </c>
       <c r="F508" s="15"/>
       <c r="G508" s="15"/>
       <c r="H508" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I508" s="15" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="J508" s="15">
         <v>25</v>
       </c>
       <c r="K508" s="15">
         <v>0.49266</v>
       </c>
       <c r="L508" s="15">
         <v>0.44648</v>
       </c>
       <c r="M508" s="15">
         <v>0.41568</v>
       </c>
       <c r="N508" s="15"/>
       <c r="O508" s="15"/>
       <c r="P508" s="15"/>
       <c r="Q508" s="15"/>
       <c r="R508"/>
     </row>
     <row r="509" spans="1:18">
       <c r="B509" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C509" s="15" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D509" s="15" t="s">
         <v>1499</v>
       </c>
-      <c r="D509" s="15" t="s">
+      <c r="E509" s="15" t="s">
         <v>1500</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
       <c r="F509" s="15"/>
       <c r="G509" s="15"/>
       <c r="H509" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I509" s="15"/>
       <c r="J509" s="15">
         <v>25</v>
       </c>
       <c r="K509" s="15">
         <v>0.59119</v>
       </c>
       <c r="L509" s="15">
         <v>0.55424</v>
       </c>
       <c r="M509" s="15">
         <v>0</v>
       </c>
       <c r="N509" s="15"/>
       <c r="O509" s="15"/>
       <c r="P509" s="15"/>
       <c r="Q509" s="15"/>
       <c r="R509"/>
     </row>
     <row r="510" spans="1:18">
       <c r="B510" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C510" s="15" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D510" s="15" t="s">
         <v>1502</v>
       </c>
-      <c r="D510" s="15" t="s">
+      <c r="E510" s="15" t="s">
         <v>1503</v>
-      </c>
-[...1 lines deleted...]
-        <v>1504</v>
       </c>
       <c r="F510" s="15"/>
       <c r="G510" s="15"/>
       <c r="H510" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I510" s="15"/>
       <c r="J510" s="15">
         <v>25</v>
       </c>
       <c r="K510" s="15">
         <v>0.27</v>
       </c>
       <c r="L510" s="15">
         <v>0.27</v>
       </c>
       <c r="M510" s="15">
         <v>0.27</v>
       </c>
       <c r="N510" s="15">
         <v>1</v>
       </c>
       <c r="O510" s="15"/>
       <c r="P510" s="15"/>
       <c r="Q510" s="15"/>
       <c r="R510"/>
     </row>
     <row r="511" spans="1:18">
       <c r="B511" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C511" s="15" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D511" s="15" t="s">
         <v>1505</v>
       </c>
-      <c r="D511" s="15" t="s">
+      <c r="E511" s="15" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="F511" s="15"/>
       <c r="G511" s="15"/>
       <c r="H511" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I511" s="15"/>
       <c r="J511" s="15">
         <v>25</v>
       </c>
       <c r="K511" s="15">
         <v>0.5</v>
       </c>
       <c r="L511" s="15">
         <v>0.5</v>
       </c>
       <c r="M511" s="15">
         <v>0.5</v>
       </c>
       <c r="N511" s="15">
         <v>1</v>
       </c>
       <c r="O511" s="15"/>
       <c r="P511" s="15"/>
       <c r="Q511" s="15"/>
       <c r="R511"/>
     </row>
     <row r="512" spans="1:18">
       <c r="B512" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C512" s="15" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D512" s="15" t="s">
         <v>1508</v>
       </c>
-      <c r="D512" s="15" t="s">
+      <c r="E512" s="15" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
       <c r="F512" s="15"/>
       <c r="G512" s="15"/>
       <c r="H512" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I512" s="15" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="J512" s="15"/>
       <c r="K512" s="15">
         <v>0.49266</v>
       </c>
       <c r="L512" s="15">
         <v>0.44648</v>
       </c>
       <c r="M512" s="15">
         <v>0.41568</v>
       </c>
       <c r="N512" s="15"/>
       <c r="O512" s="15"/>
       <c r="P512" s="15"/>
       <c r="Q512" s="15"/>
       <c r="R512"/>
     </row>
     <row r="513" spans="1:18">
       <c r="B513" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C513" s="15" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D513" s="15" t="s">
         <v>1512</v>
-      </c>
-[...1 lines deleted...]
-        <v>1513</v>
       </c>
       <c r="E513" s="15">
         <v>10000020416</v>
       </c>
       <c r="F513" s="15"/>
       <c r="G513" s="15"/>
       <c r="H513" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I513" s="15" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="J513" s="15">
         <v>25</v>
       </c>
       <c r="K513" s="15">
         <v>0.52755</v>
       </c>
       <c r="L513" s="15">
         <v>0.47715</v>
       </c>
       <c r="M513" s="15">
         <v>0.44355</v>
       </c>
       <c r="N513" s="15">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="O513" s="15"/>
       <c r="P513" s="15"/>
       <c r="Q513" s="15"/>
       <c r="R513"/>
     </row>
     <row r="514" spans="1:18">
       <c r="B514" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C514" s="15" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D514" s="15" t="s">
         <v>1515</v>
       </c>
-      <c r="D514" s="15" t="s">
+      <c r="E514" s="15" t="s">
         <v>1516</v>
-      </c>
-[...1 lines deleted...]
-        <v>1517</v>
       </c>
       <c r="F514" s="15"/>
       <c r="G514" s="15"/>
       <c r="H514" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I514" s="15"/>
       <c r="J514" s="15"/>
       <c r="K514" s="15">
         <v>0.49266</v>
       </c>
       <c r="L514" s="15">
         <v>0.46803</v>
       </c>
       <c r="M514" s="15">
         <v>0.44339</v>
       </c>
       <c r="N514" s="15"/>
       <c r="O514" s="15"/>
       <c r="P514" s="15"/>
       <c r="Q514" s="15"/>
       <c r="R514"/>
     </row>
     <row r="515" spans="1:18">
       <c r="B515" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C515" s="15" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D515" s="15" t="s">
         <v>1518</v>
-      </c>
-[...1 lines deleted...]
-        <v>1519</v>
       </c>
       <c r="E515" s="15">
         <v>10000011548</v>
       </c>
       <c r="F515" s="15"/>
       <c r="G515" s="15"/>
       <c r="H515" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I515" s="15" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="J515" s="15"/>
       <c r="K515" s="15">
         <v>0.45571</v>
       </c>
       <c r="L515" s="15">
         <v>0.43108</v>
       </c>
       <c r="M515" s="15">
         <v>0</v>
       </c>
       <c r="N515" s="15"/>
       <c r="O515" s="15"/>
       <c r="P515" s="15"/>
       <c r="Q515" s="15"/>
       <c r="R515"/>
     </row>
     <row r="516" spans="1:18">
       <c r="B516" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C516" s="15" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D516" s="15" t="s">
         <v>1521</v>
       </c>
-      <c r="D516" s="15" t="s">
+      <c r="E516" s="15" t="s">
         <v>1522</v>
-      </c>
-[...1 lines deleted...]
-        <v>1523</v>
       </c>
       <c r="F516" s="15"/>
       <c r="G516" s="15"/>
       <c r="H516" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I516" s="15" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="J516" s="15">
         <v>25</v>
       </c>
       <c r="K516" s="15">
         <v>0.46803</v>
       </c>
       <c r="L516" s="15">
         <v>0.43108</v>
       </c>
       <c r="M516" s="15">
         <v>0</v>
       </c>
       <c r="N516" s="15"/>
       <c r="O516" s="15"/>
       <c r="P516" s="15"/>
       <c r="Q516" s="15"/>
       <c r="R516"/>
     </row>
     <row r="517" spans="1:18">
       <c r="B517" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C517" s="15" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D517" s="15" t="s">
         <v>1525</v>
-      </c>
-[...1 lines deleted...]
-        <v>1526</v>
       </c>
       <c r="E517" s="15">
         <v>10000011546</v>
       </c>
       <c r="F517" s="15"/>
       <c r="G517" s="15"/>
       <c r="H517" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I517" s="15" t="s">
-        <v>1299</v>
+        <v>1298</v>
       </c>
       <c r="J517" s="15">
         <v>25</v>
       </c>
       <c r="K517" s="15">
         <v>0.6162300000000001</v>
       </c>
       <c r="L517" s="15">
         <v>0.57219</v>
       </c>
       <c r="M517" s="15">
         <v>0.55018</v>
       </c>
       <c r="N517" s="15"/>
       <c r="O517" s="15"/>
       <c r="P517" s="15"/>
       <c r="Q517" s="15"/>
       <c r="R517"/>
     </row>
     <row r="518" spans="1:18">
       <c r="B518" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C518" s="15" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D518" s="15" t="s">
         <v>1527</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="E518" s="15">
         <v>10000029824</v>
       </c>
       <c r="F518" s="15"/>
       <c r="G518" s="15"/>
       <c r="H518" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I518" s="15" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="J518" s="15">
         <v>25</v>
       </c>
       <c r="K518" s="15">
         <v>0.00612</v>
       </c>
       <c r="L518" s="15">
         <v>0.44339</v>
       </c>
       <c r="M518" s="15">
         <v>0.43108</v>
       </c>
       <c r="N518" s="15"/>
       <c r="O518" s="15"/>
       <c r="P518" s="15"/>
       <c r="Q518" s="15"/>
       <c r="R518"/>
     </row>
     <row r="519" spans="1:18">
       <c r="B519" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C519" s="15" t="s">
-        <v>1529</v>
+        <v>1528</v>
       </c>
       <c r="D519" s="15"/>
       <c r="E519" s="15">
         <v>10080044685</v>
       </c>
       <c r="F519" s="15"/>
       <c r="G519" s="15"/>
       <c r="H519" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I519" s="15"/>
       <c r="J519" s="15">
         <v>25</v>
       </c>
       <c r="K519" s="15">
         <v>0.70877</v>
       </c>
       <c r="L519" s="15">
         <v>0.63788</v>
       </c>
       <c r="M519" s="15">
         <v>0.5906400000000001</v>
       </c>
       <c r="N519" s="15"/>
       <c r="O519" s="15"/>
       <c r="P519" s="15"/>
       <c r="Q519" s="15"/>
       <c r="R519"/>
     </row>
     <row r="520" spans="1:18">
       <c r="B520" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C520" s="15" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D520" s="15" t="s">
         <v>1530</v>
-      </c>
-[...1 lines deleted...]
-        <v>1531</v>
       </c>
       <c r="E520" s="15">
         <v>10080067723</v>
       </c>
       <c r="F520" s="15"/>
       <c r="G520" s="15"/>
       <c r="H520" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I520" s="15" t="s">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="J520" s="15">
         <v>100</v>
       </c>
       <c r="K520" s="15">
         <v>0.32704</v>
       </c>
       <c r="L520" s="15">
         <v>0.32704</v>
       </c>
       <c r="M520" s="15">
         <v>0.32704</v>
       </c>
       <c r="N520" s="15">
         <v>31</v>
       </c>
       <c r="O520" s="15">
-        <v>680</v>
+        <v>620</v>
       </c>
       <c r="P520" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q520" s="15"/>
       <c r="R520"/>
     </row>
     <row r="521" spans="1:18">
       <c r="B521" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C521" s="15" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D521" s="15" t="s">
         <v>1533</v>
       </c>
-      <c r="D521" s="15" t="s">
+      <c r="E521" s="15" t="s">
         <v>1534</v>
-      </c>
-[...1 lines deleted...]
-        <v>1535</v>
       </c>
       <c r="F521" s="15"/>
       <c r="G521" s="15"/>
       <c r="H521" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I521" s="15"/>
       <c r="J521" s="15">
         <v>100</v>
       </c>
       <c r="K521" s="15">
         <v>0.78875</v>
       </c>
       <c r="L521" s="15">
         <v>0.66153</v>
       </c>
       <c r="M521" s="15">
         <v>0.63609</v>
       </c>
       <c r="N521" s="15"/>
       <c r="O521" s="15"/>
       <c r="P521" s="15"/>
       <c r="Q521" s="15"/>
       <c r="R521"/>
     </row>
     <row r="522" spans="1:18">
       <c r="B522" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C522" s="15" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D522" s="15" t="s">
         <v>1536</v>
-      </c>
-[...1 lines deleted...]
-        <v>1537</v>
       </c>
       <c r="E522" s="15">
         <v>10080000545</v>
       </c>
       <c r="F522" s="15"/>
       <c r="G522" s="15"/>
       <c r="H522" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I522" s="15" t="s">
-        <v>1538</v>
+        <v>1537</v>
       </c>
       <c r="J522" s="15">
         <v>25</v>
       </c>
       <c r="K522" s="15">
         <v>0.29284</v>
       </c>
       <c r="L522" s="15">
         <v>0.29284</v>
       </c>
       <c r="M522" s="15">
         <v>0.29284</v>
       </c>
       <c r="N522" s="15"/>
       <c r="O522" s="15"/>
       <c r="P522" s="15"/>
       <c r="Q522" s="15"/>
       <c r="R522"/>
     </row>
     <row r="523" spans="1:18">
       <c r="B523" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C523" s="15" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D523" s="15" t="s">
         <v>1539</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
       <c r="E523" s="15">
         <v>10080007020</v>
       </c>
       <c r="F523" s="15"/>
       <c r="G523" s="15"/>
       <c r="H523" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I523" s="15" t="s">
-        <v>1541</v>
+        <v>1540</v>
       </c>
       <c r="J523" s="15">
         <v>25</v>
       </c>
       <c r="K523" s="15">
         <v>0.33871</v>
       </c>
       <c r="L523" s="15">
         <v>0.33871</v>
       </c>
       <c r="M523" s="15">
         <v>0.33871</v>
       </c>
       <c r="N523" s="15"/>
       <c r="O523" s="15"/>
       <c r="P523" s="15"/>
       <c r="Q523" s="15"/>
       <c r="R523"/>
     </row>
     <row r="524" spans="1:18">
       <c r="B524" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C524" s="15" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D524" s="15" t="s">
         <v>1542</v>
-      </c>
-[...1 lines deleted...]
-        <v>1543</v>
       </c>
       <c r="E524" s="15">
         <v>10080000295</v>
       </c>
       <c r="F524" s="15"/>
       <c r="G524" s="15"/>
       <c r="H524" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I524" s="15" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
       <c r="J524" s="15">
         <v>100</v>
       </c>
       <c r="K524" s="15">
         <v>0.3886</v>
       </c>
       <c r="L524" s="15">
         <v>0.3886</v>
       </c>
       <c r="M524" s="15">
         <v>0.3886</v>
       </c>
       <c r="N524" s="15">
-        <v>2028</v>
+        <v>2426</v>
       </c>
       <c r="O524" s="15"/>
       <c r="P524" s="15"/>
       <c r="Q524" s="15"/>
       <c r="R524"/>
     </row>
     <row r="525" spans="1:18">
       <c r="B525" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C525" s="15" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D525" s="15" t="s">
         <v>1545</v>
-      </c>
-[...1 lines deleted...]
-        <v>1546</v>
       </c>
       <c r="E525" s="15">
         <v>10080053116</v>
       </c>
       <c r="F525" s="15"/>
       <c r="G525" s="15"/>
       <c r="H525" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I525" s="15"/>
       <c r="J525" s="15">
         <v>25</v>
       </c>
       <c r="K525" s="15">
         <v>0.55347</v>
       </c>
       <c r="L525" s="15">
         <v>0.49812</v>
       </c>
       <c r="M525" s="15">
         <v>0.46123</v>
       </c>
       <c r="N525" s="15"/>
       <c r="O525" s="15"/>
       <c r="P525" s="15"/>
       <c r="Q525" s="15"/>
       <c r="R525"/>
     </row>
     <row r="526" spans="1:18">
       <c r="B526" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C526" s="15" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D526" s="15" t="s">
         <v>1547</v>
-      </c>
-[...1 lines deleted...]
-        <v>1548</v>
       </c>
       <c r="E526" s="15">
         <v>10000011549</v>
       </c>
       <c r="F526" s="15"/>
       <c r="G526" s="15"/>
       <c r="H526" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I526" s="15" t="s">
-        <v>1549</v>
+        <v>1548</v>
       </c>
       <c r="J526" s="15">
         <v>100</v>
       </c>
       <c r="K526" s="15">
         <v>0.49086</v>
       </c>
       <c r="L526" s="15">
         <v>0.44396</v>
       </c>
       <c r="M526" s="15">
         <v>0.4127</v>
       </c>
       <c r="N526" s="15">
-        <v>17400</v>
+        <v>17378</v>
       </c>
       <c r="O526" s="15"/>
       <c r="P526" s="15"/>
       <c r="Q526" s="15"/>
       <c r="R526"/>
     </row>
     <row r="527" spans="1:18">
       <c r="B527" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C527" s="15" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D527" s="15" t="s">
         <v>1550</v>
-      </c>
-[...1 lines deleted...]
-        <v>1551</v>
       </c>
       <c r="E527" s="15">
         <v>10080002611</v>
       </c>
       <c r="F527" s="15"/>
       <c r="G527" s="15"/>
       <c r="H527" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I527" s="15"/>
       <c r="J527" s="15"/>
       <c r="K527" s="15">
         <v>0.51237</v>
       </c>
       <c r="L527" s="15">
         <v>0.49512</v>
       </c>
       <c r="M527" s="15">
         <v>0.47911</v>
       </c>
       <c r="N527" s="15"/>
       <c r="O527" s="15"/>
       <c r="P527" s="15"/>
       <c r="Q527" s="15"/>
       <c r="R527"/>
     </row>
     <row r="528" spans="1:18">
       <c r="B528" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C528" s="15" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D528" s="15" t="s">
         <v>1552</v>
-      </c>
-[...1 lines deleted...]
-        <v>1553</v>
       </c>
       <c r="E528" s="15">
         <v>10080005566</v>
       </c>
       <c r="F528" s="15"/>
       <c r="G528" s="15"/>
       <c r="H528" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I528" s="15" t="s">
-        <v>1554</v>
+        <v>1553</v>
       </c>
       <c r="J528" s="15">
         <v>100</v>
       </c>
       <c r="K528" s="15">
         <v>0.50063</v>
       </c>
       <c r="L528" s="15">
         <v>0.4528</v>
       </c>
       <c r="M528" s="15">
         <v>0.42091</v>
       </c>
       <c r="N528" s="15">
-        <v>1805</v>
+        <v>2037</v>
       </c>
       <c r="O528" s="15"/>
       <c r="P528" s="15"/>
       <c r="Q528" s="15"/>
       <c r="R528"/>
     </row>
     <row r="529" spans="1:18">
       <c r="B529" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C529" s="15" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D529" s="15" t="s">
         <v>1555</v>
-      </c>
-[...1 lines deleted...]
-        <v>1556</v>
       </c>
       <c r="E529" s="15">
         <v>10080072917</v>
       </c>
       <c r="F529" s="15"/>
       <c r="G529" s="15"/>
       <c r="H529" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I529" s="15"/>
       <c r="J529" s="15"/>
       <c r="K529" s="15">
         <v>0.73682</v>
       </c>
       <c r="L529" s="15">
         <v>0.61402</v>
       </c>
       <c r="M529" s="15">
         <v>0.58946</v>
       </c>
       <c r="N529" s="15"/>
       <c r="O529" s="15"/>
       <c r="P529" s="15"/>
       <c r="Q529" s="15"/>
       <c r="R529"/>
     </row>
     <row r="530" spans="1:18">
       <c r="B530" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C530" s="15" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D530" s="15" t="s">
         <v>1557</v>
       </c>
-      <c r="D530" s="15" t="s">
+      <c r="E530" s="15" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
       <c r="F530" s="15"/>
       <c r="G530" s="15"/>
       <c r="H530" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I530" s="15" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="J530" s="15">
         <v>20</v>
       </c>
       <c r="K530" s="15">
         <v>0.94848</v>
       </c>
       <c r="L530" s="15">
         <v>0.82202</v>
       </c>
       <c r="M530" s="15">
         <v>0.7904</v>
       </c>
       <c r="N530" s="15">
-        <v>620</v>
+        <v>800</v>
       </c>
       <c r="O530" s="15"/>
       <c r="P530" s="15"/>
       <c r="Q530" s="15"/>
       <c r="R530"/>
     </row>
     <row r="531" spans="1:18">
       <c r="B531" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C531" s="15" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D531" s="15" t="s">
         <v>1561</v>
       </c>
-      <c r="D531" s="15" t="s">
+      <c r="E531" s="15" t="s">
         <v>1562</v>
-      </c>
-[...1 lines deleted...]
-        <v>1563</v>
       </c>
       <c r="F531" s="15"/>
       <c r="G531" s="15"/>
       <c r="H531" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I531" s="15" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="J531" s="15"/>
       <c r="K531" s="15">
         <v>0.90956</v>
       </c>
       <c r="L531" s="15">
         <v>0.8226599999999999</v>
       </c>
       <c r="M531" s="15">
         <v>0.76473</v>
       </c>
       <c r="N531" s="15">
-        <v>1314</v>
+        <v>1530</v>
       </c>
       <c r="O531" s="15"/>
       <c r="P531" s="15"/>
       <c r="Q531" s="15"/>
       <c r="R531"/>
     </row>
     <row r="532" spans="1:18">
       <c r="B532" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C532" s="15" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D532" s="15" t="s">
         <v>1565</v>
       </c>
-      <c r="D532" s="15" t="s">
+      <c r="E532" s="15" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
       <c r="F532" s="15"/>
       <c r="G532" s="15"/>
       <c r="H532" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I532" s="15"/>
       <c r="J532" s="15">
         <v>25</v>
       </c>
       <c r="K532" s="15">
         <v>0.21</v>
       </c>
       <c r="L532" s="15">
         <v>0.21</v>
       </c>
       <c r="M532" s="15">
         <v>0.21</v>
       </c>
       <c r="N532" s="15">
         <v>5</v>
       </c>
       <c r="O532" s="15"/>
       <c r="P532" s="15"/>
       <c r="Q532" s="15"/>
       <c r="R532"/>
     </row>
     <row r="533" spans="1:18">
       <c r="B533" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C533" s="15" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D533" s="15" t="s">
         <v>1568</v>
       </c>
-      <c r="D533" s="15" t="s">
+      <c r="E533" s="15" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1570</v>
       </c>
       <c r="F533" s="15"/>
       <c r="G533" s="15"/>
       <c r="H533" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I533" s="15" t="s">
-        <v>1571</v>
+        <v>1570</v>
       </c>
       <c r="J533" s="15">
         <v>20</v>
       </c>
       <c r="K533" s="15">
         <v>0.93621</v>
       </c>
       <c r="L533" s="15">
         <v>0.84676</v>
       </c>
       <c r="M533" s="15">
         <v>0.78713</v>
       </c>
       <c r="N533" s="15"/>
       <c r="O533" s="15"/>
       <c r="P533" s="15"/>
       <c r="Q533" s="15"/>
       <c r="R533"/>
     </row>
     <row r="534" spans="1:18">
       <c r="B534" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C534" s="15" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D534" s="15" t="s">
         <v>1572</v>
       </c>
-      <c r="D534" s="15" t="s">
+      <c r="E534" s="15" t="s">
         <v>1573</v>
-      </c>
-[...1 lines deleted...]
-        <v>1574</v>
       </c>
       <c r="F534" s="15"/>
       <c r="G534" s="15"/>
       <c r="H534" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I534" s="15"/>
       <c r="J534" s="15">
         <v>25</v>
       </c>
       <c r="K534" s="15">
         <v>1.5</v>
       </c>
       <c r="L534" s="15">
         <v>1.36</v>
       </c>
       <c r="M534" s="15">
         <v>1.26</v>
       </c>
       <c r="N534" s="15"/>
       <c r="O534" s="15"/>
       <c r="P534" s="15"/>
       <c r="Q534" s="15"/>
       <c r="R534"/>
     </row>
     <row r="535" spans="1:18">
       <c r="B535" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C535" s="15" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D535" s="15" t="s">
         <v>1575</v>
-      </c>
-[...1 lines deleted...]
-        <v>1576</v>
       </c>
       <c r="E535" s="15">
         <v>10080005895</v>
       </c>
       <c r="F535" s="15"/>
       <c r="G535" s="15"/>
       <c r="H535" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I535" s="15" t="s">
-        <v>1577</v>
+        <v>1576</v>
       </c>
       <c r="J535" s="15">
         <v>20</v>
       </c>
       <c r="K535" s="15">
         <v>0.89711</v>
       </c>
       <c r="L535" s="15">
         <v>0.8114</v>
       </c>
       <c r="M535" s="15">
         <v>0.75426</v>
       </c>
       <c r="N535" s="15">
-        <v>19789</v>
+        <v>15391</v>
       </c>
       <c r="O535" s="15"/>
       <c r="P535" s="15"/>
       <c r="Q535" s="15"/>
       <c r="R535"/>
     </row>
     <row r="536" spans="1:18">
       <c r="B536" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C536" s="15" t="s">
+        <v>1577</v>
+      </c>
+      <c r="D536" s="15" t="s">
         <v>1578</v>
-      </c>
-[...1 lines deleted...]
-        <v>1579</v>
       </c>
       <c r="E536" s="15">
         <v>10080056119</v>
       </c>
       <c r="F536" s="15"/>
       <c r="G536" s="15"/>
       <c r="H536" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I536" s="15"/>
       <c r="J536" s="15">
         <v>20</v>
       </c>
       <c r="K536" s="15">
         <v>0.9385</v>
       </c>
       <c r="L536" s="15">
         <v>0.84883</v>
       </c>
       <c r="M536" s="15">
         <v>0.78906</v>
       </c>
       <c r="N536" s="15">
-        <v>2584</v>
+        <v>454</v>
       </c>
       <c r="O536" s="15"/>
       <c r="P536" s="15"/>
       <c r="Q536" s="15"/>
       <c r="R536"/>
     </row>
     <row r="537" spans="1:18">
       <c r="B537" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C537" s="15" t="s">
+        <v>1579</v>
+      </c>
+      <c r="D537" s="15" t="s">
         <v>1580</v>
       </c>
-      <c r="D537" s="15" t="s">
+      <c r="E537" s="15" t="s">
         <v>1581</v>
-      </c>
-[...1 lines deleted...]
-        <v>1582</v>
       </c>
       <c r="F537" s="15"/>
       <c r="G537" s="15"/>
       <c r="H537" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I537" s="15"/>
       <c r="J537" s="15">
         <v>20</v>
       </c>
       <c r="K537" s="15">
         <v>0.71253</v>
       </c>
       <c r="L537" s="15">
         <v>0.71253</v>
       </c>
       <c r="M537" s="15">
         <v>0.71253</v>
       </c>
       <c r="N537" s="15">
-        <v>4522</v>
+        <v>2682</v>
       </c>
       <c r="O537" s="15"/>
       <c r="P537" s="15"/>
       <c r="Q537" s="15"/>
       <c r="R537"/>
     </row>
     <row r="538" spans="1:18">
       <c r="B538" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C538" s="15" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D538" s="15" t="s">
         <v>1583</v>
-      </c>
-[...1 lines deleted...]
-        <v>1584</v>
       </c>
       <c r="E538" s="15">
         <v>10080055423</v>
       </c>
       <c r="F538" s="15"/>
       <c r="G538" s="15"/>
       <c r="H538" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I538" s="15"/>
       <c r="J538" s="15">
         <v>10</v>
       </c>
       <c r="K538" s="15">
         <v>0.97324</v>
       </c>
       <c r="L538" s="15">
         <v>0.97324</v>
       </c>
       <c r="M538" s="15">
         <v>0.97324</v>
       </c>
       <c r="N538" s="15"/>
       <c r="O538" s="15"/>
       <c r="P538" s="15"/>
       <c r="Q538" s="15"/>
       <c r="R538"/>
     </row>
     <row r="539" spans="1:18">
       <c r="B539" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C539" s="15" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D539" s="15" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
       <c r="E539" s="15">
         <v>10080026810</v>
       </c>
       <c r="F539" s="15"/>
       <c r="G539" s="15"/>
       <c r="H539" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I539" s="15" t="s">
-        <v>1587</v>
+        <v>1586</v>
       </c>
       <c r="J539" s="15">
         <v>10</v>
       </c>
       <c r="K539" s="15">
         <v>1.31</v>
       </c>
       <c r="L539" s="15">
         <v>1.14</v>
       </c>
       <c r="M539" s="15">
         <v>1.09</v>
       </c>
       <c r="N539" s="15">
-        <v>2300</v>
+        <v>1443</v>
       </c>
       <c r="O539" s="15"/>
       <c r="P539" s="15"/>
       <c r="Q539" s="15"/>
       <c r="R539"/>
     </row>
     <row r="540" spans="1:18">
       <c r="B540" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C540" s="15" t="s">
+        <v>1587</v>
+      </c>
+      <c r="D540" s="15" t="s">
         <v>1588</v>
-      </c>
-[...1 lines deleted...]
-        <v>1589</v>
       </c>
       <c r="E540" s="15">
         <v>10080017988</v>
       </c>
       <c r="F540" s="15"/>
       <c r="G540" s="15"/>
       <c r="H540" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I540" s="15" t="s">
-        <v>1590</v>
+        <v>1589</v>
       </c>
       <c r="J540" s="15">
         <v>10</v>
       </c>
       <c r="K540" s="15">
         <v>1.56</v>
       </c>
       <c r="L540" s="15">
         <v>1.41</v>
       </c>
       <c r="M540" s="15">
         <v>1.31</v>
       </c>
       <c r="N540" s="15">
-        <v>846</v>
+        <v>1859</v>
       </c>
       <c r="O540" s="15"/>
       <c r="P540" s="15"/>
       <c r="Q540" s="15"/>
       <c r="R540"/>
     </row>
     <row r="541" spans="1:18">
       <c r="B541" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C541" s="15" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D541" s="15" t="s">
         <v>1591</v>
-      </c>
-[...1 lines deleted...]
-        <v>1592</v>
       </c>
       <c r="E541" s="15">
         <v>10080032291</v>
       </c>
       <c r="F541" s="15"/>
       <c r="G541" s="15"/>
       <c r="H541" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I541" s="15" t="s">
-        <v>1593</v>
+        <v>1592</v>
       </c>
       <c r="J541" s="15">
         <v>10</v>
       </c>
       <c r="K541" s="15">
         <v>1.46</v>
       </c>
       <c r="L541" s="15">
         <v>1.32</v>
       </c>
       <c r="M541" s="15">
         <v>1.22</v>
       </c>
       <c r="N541" s="15"/>
       <c r="O541" s="15">
-        <v>660</v>
+        <v>730</v>
       </c>
       <c r="P541" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q541" s="15"/>
       <c r="R541"/>
     </row>
     <row r="542" spans="1:18">
       <c r="B542" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C542" s="15" t="s">
+        <v>1593</v>
+      </c>
+      <c r="D542" s="15" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1595</v>
       </c>
       <c r="E542" s="15">
         <v>10080068158</v>
       </c>
       <c r="F542" s="15"/>
       <c r="G542" s="15"/>
       <c r="H542" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I542" s="15"/>
       <c r="J542" s="15">
         <v>20</v>
       </c>
       <c r="K542" s="15">
         <v>0.83991</v>
       </c>
       <c r="L542" s="15">
         <v>0.72792</v>
       </c>
       <c r="M542" s="15">
         <v>0.6999300000000001</v>
       </c>
-      <c r="N542" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="N542" s="15"/>
+      <c r="O542" s="15"/>
       <c r="P542" s="15"/>
       <c r="Q542" s="15"/>
       <c r="R542"/>
     </row>
     <row r="543" spans="1:18">
       <c r="B543" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C543" s="15" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D543" s="15" t="s">
         <v>1596</v>
-      </c>
-[...1 lines deleted...]
-        <v>1597</v>
       </c>
       <c r="E543" s="15">
         <v>10080034839</v>
       </c>
       <c r="F543" s="15"/>
       <c r="G543" s="15"/>
       <c r="H543" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I543" s="15"/>
       <c r="J543" s="15">
         <v>10</v>
       </c>
       <c r="K543" s="15">
         <v>0.97375</v>
       </c>
       <c r="L543" s="15">
         <v>0.88071</v>
       </c>
       <c r="M543" s="15">
         <v>0.81869</v>
       </c>
       <c r="N543" s="15"/>
       <c r="O543" s="15">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="P543" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q543" s="15"/>
       <c r="R543"/>
     </row>
     <row r="544" spans="1:18">
       <c r="B544" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C544" s="15" t="s">
+        <v>1597</v>
+      </c>
+      <c r="D544" s="15" t="s">
         <v>1598</v>
-      </c>
-[...1 lines deleted...]
-        <v>1599</v>
       </c>
       <c r="E544" s="15">
         <v>10080074425</v>
       </c>
       <c r="F544" s="15"/>
       <c r="G544" s="15"/>
       <c r="H544" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I544" s="15"/>
       <c r="J544" s="15">
         <v>10</v>
       </c>
       <c r="K544" s="15">
         <v>2</v>
       </c>
       <c r="L544" s="15">
         <v>1.66</v>
       </c>
       <c r="M544" s="15">
         <v>1.6</v>
       </c>
       <c r="N544" s="15"/>
       <c r="O544" s="15"/>
       <c r="P544" s="15"/>
       <c r="Q544" s="15"/>
       <c r="R544"/>
     </row>
     <row r="545" spans="1:18">
       <c r="B545" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C545" s="15" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D545" s="15" t="s">
         <v>1600</v>
       </c>
-      <c r="D545" s="15" t="s">
+      <c r="E545" s="15" t="s">
         <v>1601</v>
-      </c>
-[...1 lines deleted...]
-        <v>1602</v>
       </c>
       <c r="F545" s="15"/>
       <c r="G545" s="15"/>
       <c r="H545" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I545" s="15" t="s">
-        <v>1603</v>
+        <v>1602</v>
       </c>
       <c r="J545" s="15">
         <v>25</v>
       </c>
       <c r="K545" s="15">
         <v>1.5</v>
       </c>
       <c r="L545" s="15">
         <v>1.36</v>
       </c>
       <c r="M545" s="15">
         <v>1.26</v>
       </c>
       <c r="N545" s="15"/>
       <c r="O545" s="15"/>
       <c r="P545" s="15"/>
       <c r="Q545" s="15"/>
       <c r="R545"/>
     </row>
     <row r="546" spans="1:18">
       <c r="B546" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C546" s="15" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D546" s="15" t="s">
         <v>1604</v>
-      </c>
-[...1 lines deleted...]
-        <v>1605</v>
       </c>
       <c r="E546" s="15">
         <v>10080047822</v>
       </c>
       <c r="F546" s="15"/>
       <c r="G546" s="15"/>
       <c r="H546" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I546" s="15"/>
       <c r="J546" s="15">
         <v>25</v>
       </c>
       <c r="K546" s="15">
         <v>0.73</v>
       </c>
       <c r="L546" s="15">
         <v>0.73</v>
       </c>
       <c r="M546" s="15">
         <v>0.73</v>
       </c>
       <c r="N546" s="15">
         <v>10</v>
       </c>
       <c r="O546" s="15"/>
       <c r="P546" s="15"/>
       <c r="Q546" s="15"/>
       <c r="R546"/>
     </row>
     <row r="547" spans="1:18">
       <c r="B547" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C547" s="15" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D547" s="15" t="s">
         <v>1606</v>
-      </c>
-[...1 lines deleted...]
-        <v>1607</v>
       </c>
       <c r="E547" s="15">
         <v>10000018838</v>
       </c>
       <c r="F547" s="15"/>
       <c r="G547" s="15"/>
       <c r="H547" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I547" s="15" t="s">
-        <v>1608</v>
+        <v>1607</v>
       </c>
       <c r="J547" s="15">
         <v>25</v>
       </c>
       <c r="K547" s="15">
         <v>0.97299</v>
       </c>
       <c r="L547" s="15">
         <v>0.88003</v>
       </c>
       <c r="M547" s="15">
         <v>0.81806</v>
       </c>
       <c r="N547" s="15"/>
       <c r="O547" s="15">
-        <v>17</v>
+        <v>5877</v>
       </c>
       <c r="P547" s="15" t="s">
-        <v>1609</v>
+        <v>1608</v>
       </c>
       <c r="Q547" s="15"/>
       <c r="R547"/>
     </row>
     <row r="548" spans="1:18">
       <c r="B548" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C548" s="15" t="s">
+        <v>1609</v>
+      </c>
+      <c r="D548" s="15" t="s">
         <v>1610</v>
-      </c>
-[...1 lines deleted...]
-        <v>1611</v>
       </c>
       <c r="E548" s="15">
         <v>10080051279</v>
       </c>
       <c r="F548" s="15"/>
       <c r="G548" s="15"/>
       <c r="H548" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I548" s="15"/>
       <c r="J548" s="15">
         <v>25</v>
       </c>
       <c r="K548" s="15">
         <v>1.36</v>
       </c>
       <c r="L548" s="15">
         <v>1.23</v>
       </c>
       <c r="M548" s="15">
         <v>1.14</v>
       </c>
       <c r="N548" s="15"/>
       <c r="O548" s="15"/>
       <c r="P548" s="15"/>
       <c r="Q548" s="15"/>
       <c r="R548"/>
     </row>
     <row r="549" spans="1:18">
       <c r="B549" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C549" s="15" t="s">
+        <v>1611</v>
+      </c>
+      <c r="D549" s="15" t="s">
         <v>1612</v>
-      </c>
-[...1 lines deleted...]
-        <v>1613</v>
       </c>
       <c r="E549" s="15">
         <v>10080003663</v>
       </c>
       <c r="F549" s="15"/>
       <c r="G549" s="15"/>
       <c r="H549" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I549" s="15" t="s">
-        <v>1614</v>
+        <v>1613</v>
       </c>
       <c r="J549" s="15">
         <v>25</v>
       </c>
       <c r="K549" s="15">
         <v>0.87552</v>
       </c>
       <c r="L549" s="15">
         <v>0.84185</v>
       </c>
       <c r="M549" s="15">
         <v>0.80818</v>
       </c>
       <c r="N549" s="15">
-        <v>627</v>
+        <v>658</v>
       </c>
       <c r="O549" s="15"/>
       <c r="P549" s="15"/>
       <c r="Q549" s="15"/>
       <c r="R549"/>
     </row>
     <row r="550" spans="1:18">
       <c r="B550" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C550" s="15" t="s">
+        <v>1614</v>
+      </c>
+      <c r="D550" s="15" t="s">
         <v>1615</v>
       </c>
-      <c r="D550" s="15" t="s">
+      <c r="E550" s="15" t="s">
         <v>1616</v>
-      </c>
-[...1 lines deleted...]
-        <v>1617</v>
       </c>
       <c r="F550" s="15"/>
       <c r="G550" s="15"/>
       <c r="H550" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I550" s="15" t="s">
-        <v>1618</v>
+        <v>1617</v>
       </c>
       <c r="J550" s="15">
         <v>25</v>
       </c>
       <c r="K550" s="15">
         <v>1.15</v>
       </c>
       <c r="L550" s="15">
         <v>1.04</v>
       </c>
       <c r="M550" s="15">
         <v>0.96454</v>
       </c>
       <c r="N550" s="15">
-        <v>740</v>
+        <v>723</v>
       </c>
       <c r="O550" s="15"/>
       <c r="P550" s="15"/>
       <c r="Q550" s="15"/>
       <c r="R550"/>
     </row>
     <row r="551" spans="1:18">
       <c r="B551" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C551" s="15" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D551" s="15" t="s">
         <v>1619</v>
-      </c>
-[...1 lines deleted...]
-        <v>1620</v>
       </c>
       <c r="E551" s="15">
         <v>10080002610</v>
       </c>
       <c r="F551" s="15"/>
       <c r="G551" s="15"/>
       <c r="H551" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I551" s="15"/>
       <c r="J551" s="15">
         <v>25</v>
       </c>
       <c r="K551" s="15">
         <v>1.01</v>
       </c>
       <c r="L551" s="15">
         <v>0.91658</v>
       </c>
       <c r="M551" s="15">
         <v>0.85203</v>
       </c>
       <c r="N551" s="15">
-        <v>348</v>
+        <v>411</v>
       </c>
       <c r="O551" s="15"/>
       <c r="P551" s="15"/>
       <c r="Q551" s="15"/>
       <c r="R551"/>
     </row>
     <row r="552" spans="1:18">
       <c r="B552" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C552" s="15" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D552" s="15" t="s">
         <v>1621</v>
-      </c>
-[...1 lines deleted...]
-        <v>1622</v>
       </c>
       <c r="E552" s="15">
         <v>10000021424</v>
       </c>
       <c r="F552" s="15"/>
       <c r="G552" s="15"/>
       <c r="H552" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I552" s="15" t="s">
-        <v>1623</v>
+        <v>1622</v>
       </c>
       <c r="J552" s="15">
         <v>25</v>
       </c>
       <c r="K552" s="15">
         <v>1.01</v>
       </c>
       <c r="L552" s="15">
         <v>0.9166</v>
       </c>
       <c r="M552" s="15">
         <v>0.85205</v>
       </c>
       <c r="N552" s="15">
-        <v>2017</v>
+        <v>1556</v>
       </c>
       <c r="O552" s="15"/>
       <c r="P552" s="15"/>
       <c r="Q552" s="15"/>
       <c r="R552"/>
     </row>
     <row r="553" spans="1:18">
       <c r="B553" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C553" s="15" t="s">
+        <v>1623</v>
+      </c>
+      <c r="D553" s="15" t="s">
         <v>1624</v>
-      </c>
-[...1 lines deleted...]
-        <v>1625</v>
       </c>
       <c r="E553" s="15">
         <v>10080016368</v>
       </c>
       <c r="F553" s="15"/>
       <c r="G553" s="15"/>
       <c r="H553" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I553" s="15" t="s">
-        <v>1626</v>
+        <v>1625</v>
       </c>
       <c r="J553" s="15">
         <v>25</v>
       </c>
       <c r="K553" s="15">
         <v>0.8025099999999999</v>
       </c>
       <c r="L553" s="15">
         <v>0.72583</v>
       </c>
       <c r="M553" s="15">
         <v>0.67472</v>
       </c>
       <c r="N553" s="15"/>
       <c r="O553" s="15">
-        <v>1482</v>
+        <v>1736</v>
       </c>
       <c r="P553" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q553" s="15"/>
       <c r="R553"/>
     </row>
     <row r="554" spans="1:18">
       <c r="B554" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C554" s="15" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D554" s="15" t="s">
         <v>1627</v>
-      </c>
-[...1 lines deleted...]
-        <v>1628</v>
       </c>
       <c r="E554" s="15">
         <v>10080050548</v>
       </c>
       <c r="F554" s="15"/>
       <c r="G554" s="15"/>
       <c r="H554" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I554" s="15"/>
       <c r="J554" s="15">
         <v>25</v>
       </c>
       <c r="K554" s="15">
         <v>0.87942</v>
       </c>
       <c r="L554" s="15">
         <v>0.7954</v>
       </c>
       <c r="M554" s="15">
         <v>0.73938</v>
       </c>
       <c r="N554" s="15">
-        <v>1728</v>
+        <v>1674</v>
       </c>
       <c r="O554" s="15"/>
       <c r="P554" s="15"/>
       <c r="Q554" s="15"/>
       <c r="R554"/>
     </row>
     <row r="555" spans="1:18">
       <c r="B555" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C555" s="15" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D555" s="15" t="s">
         <v>1629</v>
-      </c>
-[...1 lines deleted...]
-        <v>1630</v>
       </c>
       <c r="E555" s="15">
         <v>10000018077</v>
       </c>
       <c r="F555" s="15"/>
       <c r="G555" s="15"/>
       <c r="H555" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I555" s="15" t="s">
-        <v>1631</v>
+        <v>1630</v>
       </c>
       <c r="J555" s="15">
         <v>25</v>
       </c>
       <c r="K555" s="15">
         <v>0.8118</v>
       </c>
       <c r="L555" s="15">
         <v>0.73424</v>
       </c>
       <c r="M555" s="15">
         <v>0.68253</v>
       </c>
       <c r="N555" s="15">
-        <v>1072</v>
+        <v>965</v>
       </c>
       <c r="O555" s="15">
-        <v>800</v>
-[...1 lines deleted...]
-      <c r="P555" s="15"/>
+        <v>720</v>
+      </c>
+      <c r="P555" s="15" t="s">
+        <v>1631</v>
+      </c>
       <c r="Q555" s="15"/>
       <c r="R555"/>
     </row>
     <row r="556" spans="1:18">
       <c r="B556" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C556" s="15" t="s">
         <v>1632</v>
       </c>
       <c r="D556" s="15" t="s">
         <v>1633</v>
       </c>
       <c r="E556" s="15">
         <v>10000023371</v>
       </c>
       <c r="F556" s="15"/>
       <c r="G556" s="15"/>
       <c r="H556" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I556" s="15" t="s">
         <v>1634</v>
       </c>
       <c r="J556" s="15">
         <v>25</v>
       </c>
       <c r="K556" s="15">
         <v>0.32</v>
       </c>
       <c r="L556" s="15">
         <v>0.32</v>
       </c>
       <c r="M556" s="15">
         <v>0.32</v>
       </c>
       <c r="N556" s="15">
-        <v>3521</v>
+        <v>4655</v>
       </c>
       <c r="O556" s="15"/>
       <c r="P556" s="15"/>
       <c r="Q556" s="15"/>
       <c r="R556"/>
     </row>
     <row r="557" spans="1:18">
       <c r="B557" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C557" s="15" t="s">
         <v>1635</v>
       </c>
       <c r="D557" s="15" t="s">
         <v>1636</v>
       </c>
       <c r="E557" s="15" t="s">
         <v>1637</v>
       </c>
       <c r="F557" s="15"/>
       <c r="G557" s="15"/>
       <c r="H557" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I557" s="15"/>
@@ -28387,54 +28375,54 @@
       </c>
       <c r="E560" s="15">
         <v>10000011550</v>
       </c>
       <c r="F560" s="15"/>
       <c r="G560" s="15"/>
       <c r="H560" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I560" s="15" t="s">
         <v>1645</v>
       </c>
       <c r="J560" s="15">
         <v>25</v>
       </c>
       <c r="K560" s="15">
         <v>0.46183</v>
       </c>
       <c r="L560" s="15">
         <v>0.41771</v>
       </c>
       <c r="M560" s="15">
         <v>0.38829</v>
       </c>
       <c r="N560" s="15">
-        <v>4699</v>
+        <v>2627</v>
       </c>
       <c r="O560" s="15">
-        <v>4440</v>
+        <v>4260</v>
       </c>
       <c r="P560" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q560" s="15"/>
       <c r="R560"/>
     </row>
     <row r="561" spans="1:18">
       <c r="B561" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C561" s="15" t="s">
         <v>1646</v>
       </c>
       <c r="D561" s="15"/>
       <c r="E561" s="15">
         <v>10080003482</v>
       </c>
       <c r="F561" s="15"/>
       <c r="G561" s="15"/>
       <c r="H561" s="15" t="s">
         <v>153</v>
       </c>
       <c r="I561" s="15"/>
       <c r="J561" s="15"/>
@@ -28465,133 +28453,133 @@
       </c>
       <c r="E562" s="15" t="s">
         <v>1649</v>
       </c>
       <c r="F562" s="15"/>
       <c r="G562" s="15"/>
       <c r="H562" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I562" s="15" t="s">
         <v>1650</v>
       </c>
       <c r="J562" s="15">
         <v>15</v>
       </c>
       <c r="K562" s="15">
         <v>1.01</v>
       </c>
       <c r="L562" s="15">
         <v>0.90962</v>
       </c>
       <c r="M562" s="15">
         <v>0.84557</v>
       </c>
       <c r="N562" s="15">
-        <v>1775</v>
+        <v>2006</v>
       </c>
       <c r="O562" s="15"/>
       <c r="P562" s="15"/>
       <c r="Q562" s="15"/>
       <c r="R562"/>
     </row>
     <row r="563" spans="1:18">
       <c r="B563" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C563" s="15" t="s">
         <v>1651</v>
       </c>
       <c r="D563" s="15" t="s">
         <v>1652</v>
       </c>
       <c r="E563" s="15" t="s">
         <v>1653</v>
       </c>
       <c r="F563" s="15"/>
       <c r="G563" s="15"/>
       <c r="H563" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I563" s="15" t="s">
         <v>1654</v>
       </c>
       <c r="J563" s="15">
         <v>15</v>
       </c>
       <c r="K563" s="15">
         <v>1.05</v>
       </c>
       <c r="L563" s="15">
         <v>0.9498</v>
       </c>
       <c r="M563" s="15">
         <v>0.88291</v>
       </c>
       <c r="N563" s="15">
-        <v>1704</v>
+        <v>1204</v>
       </c>
       <c r="O563" s="15"/>
       <c r="P563" s="15"/>
       <c r="Q563" s="15"/>
       <c r="R563"/>
     </row>
     <row r="564" spans="1:18">
       <c r="B564" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C564" s="15" t="s">
         <v>1655</v>
       </c>
       <c r="D564" s="15" t="s">
         <v>1656</v>
       </c>
       <c r="E564" s="15" t="s">
         <v>1657</v>
       </c>
       <c r="F564" s="15"/>
       <c r="G564" s="15"/>
       <c r="H564" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I564" s="15" t="s">
         <v>1658</v>
       </c>
       <c r="J564" s="15">
         <v>15</v>
       </c>
       <c r="K564" s="15">
         <v>0.61607</v>
       </c>
       <c r="L564" s="15">
         <v>0.61607</v>
       </c>
       <c r="M564" s="15">
         <v>0.61607</v>
       </c>
       <c r="N564" s="15">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="O564" s="15"/>
       <c r="P564" s="15"/>
       <c r="Q564" s="15"/>
       <c r="R564"/>
     </row>
     <row r="565" spans="1:18">
       <c r="B565" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C565" s="15" t="s">
         <v>1659</v>
       </c>
       <c r="D565" s="15" t="s">
         <v>1660</v>
       </c>
       <c r="E565" s="15" t="s">
         <v>1661</v>
       </c>
       <c r="F565" s="15"/>
       <c r="G565" s="15"/>
       <c r="H565" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I565" s="15"/>
@@ -28703,92 +28691,92 @@
       </c>
       <c r="E568" s="15">
         <v>10080000046</v>
       </c>
       <c r="F568" s="15"/>
       <c r="G568" s="15"/>
       <c r="H568" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I568" s="15" t="s">
         <v>1670</v>
       </c>
       <c r="J568" s="15">
         <v>15</v>
       </c>
       <c r="K568" s="15">
         <v>0.95139</v>
       </c>
       <c r="L568" s="15">
         <v>0.86049</v>
       </c>
       <c r="M568" s="15">
         <v>0.79989</v>
       </c>
       <c r="N568" s="15">
-        <v>1410</v>
+        <v>1594</v>
       </c>
       <c r="O568" s="15"/>
       <c r="P568" s="15"/>
       <c r="Q568" s="15"/>
       <c r="R568"/>
     </row>
     <row r="569" spans="1:18">
       <c r="B569" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C569" s="15" t="s">
         <v>1671</v>
       </c>
       <c r="D569" s="15" t="s">
         <v>1672</v>
       </c>
       <c r="E569" s="15" t="s">
         <v>1673</v>
       </c>
       <c r="F569" s="15"/>
       <c r="G569" s="15"/>
       <c r="H569" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I569" s="15" t="s">
         <v>1674</v>
       </c>
       <c r="J569" s="15">
         <v>15</v>
       </c>
       <c r="K569" s="15">
         <v>0.60576</v>
       </c>
       <c r="L569" s="15">
         <v>0.60576</v>
       </c>
       <c r="M569" s="15">
         <v>0.60576</v>
       </c>
       <c r="N569" s="15">
-        <v>925</v>
+        <v>1091</v>
       </c>
       <c r="O569" s="15"/>
       <c r="P569" s="15"/>
       <c r="Q569" s="15"/>
       <c r="R569"/>
     </row>
     <row r="570" spans="1:18">
       <c r="B570" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C570" s="15" t="s">
         <v>1675</v>
       </c>
       <c r="D570" s="15" t="s">
         <v>1676</v>
       </c>
       <c r="E570" s="15">
         <v>10080006048</v>
       </c>
       <c r="F570" s="15"/>
       <c r="G570" s="15"/>
       <c r="H570" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I570" s="15"/>
@@ -28820,51 +28808,51 @@
       <c r="D571" s="15" t="s">
         <v>1678</v>
       </c>
       <c r="E571" s="15">
         <v>10080073635</v>
       </c>
       <c r="F571" s="15"/>
       <c r="G571" s="15"/>
       <c r="H571" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I571" s="15"/>
       <c r="J571" s="15">
         <v>15</v>
       </c>
       <c r="K571" s="15">
         <v>0.68115</v>
       </c>
       <c r="L571" s="15">
         <v>0.68115</v>
       </c>
       <c r="M571" s="15">
         <v>0.68115</v>
       </c>
       <c r="N571" s="15">
-        <v>1333</v>
+        <v>992</v>
       </c>
       <c r="O571" s="15"/>
       <c r="P571" s="15"/>
       <c r="Q571" s="15"/>
       <c r="R571"/>
     </row>
     <row r="572" spans="1:18">
       <c r="B572" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C572" s="15" t="s">
         <v>1679</v>
       </c>
       <c r="D572" s="15" t="s">
         <v>1680</v>
       </c>
       <c r="E572" s="15">
         <v>10080010753</v>
       </c>
       <c r="F572" s="15"/>
       <c r="G572" s="15"/>
       <c r="H572" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I572" s="15"/>
@@ -28898,91 +28886,91 @@
       </c>
       <c r="E573" s="15">
         <v>10080074588</v>
       </c>
       <c r="F573" s="15"/>
       <c r="G573" s="15"/>
       <c r="H573" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I573" s="15" t="s">
         <v>1683</v>
       </c>
       <c r="J573" s="15">
         <v>15</v>
       </c>
       <c r="K573" s="15">
         <v>1.14</v>
       </c>
       <c r="L573" s="15">
         <v>1.03</v>
       </c>
       <c r="M573" s="15">
         <v>0.9575</v>
       </c>
       <c r="N573" s="15">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="O573" s="15"/>
       <c r="P573" s="15"/>
       <c r="Q573" s="15"/>
       <c r="R573"/>
     </row>
     <row r="574" spans="1:18">
       <c r="B574" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C574" s="15" t="s">
         <v>1684</v>
       </c>
       <c r="D574" s="15" t="s">
         <v>1685</v>
       </c>
       <c r="E574" s="15" t="s">
         <v>1686</v>
       </c>
       <c r="F574" s="15"/>
       <c r="G574" s="15"/>
       <c r="H574" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I574" s="15"/>
       <c r="J574" s="15">
         <v>15</v>
       </c>
       <c r="K574" s="15">
         <v>2.47</v>
       </c>
       <c r="L574" s="15">
         <v>2.24</v>
       </c>
       <c r="M574" s="15">
         <v>2.08</v>
       </c>
       <c r="N574" s="15"/>
       <c r="O574" s="15">
-        <v>198</v>
+        <v>222</v>
       </c>
       <c r="P574" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q574" s="15"/>
       <c r="R574"/>
     </row>
     <row r="575" spans="1:18">
       <c r="B575" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C575" s="15" t="s">
         <v>1687</v>
       </c>
       <c r="D575" s="15" t="s">
         <v>1688</v>
       </c>
       <c r="E575" s="15">
         <v>10080067638</v>
       </c>
       <c r="F575" s="15"/>
       <c r="G575" s="15"/>
       <c r="H575" s="15" t="s">
         <v>130</v>
       </c>
@@ -29163,51 +29151,51 @@
         <v>1700</v>
       </c>
       <c r="D580" s="15"/>
       <c r="E580" s="15">
         <v>10080074589</v>
       </c>
       <c r="F580" s="15"/>
       <c r="G580" s="15"/>
       <c r="H580" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I580" s="15"/>
       <c r="J580" s="15">
         <v>15</v>
       </c>
       <c r="K580" s="15">
         <v>1.19</v>
       </c>
       <c r="L580" s="15">
         <v>1.07</v>
       </c>
       <c r="M580" s="15">
         <v>0.99661</v>
       </c>
       <c r="N580" s="15">
-        <v>792</v>
+        <v>939</v>
       </c>
       <c r="O580" s="15"/>
       <c r="P580" s="15"/>
       <c r="Q580" s="15"/>
       <c r="R580"/>
     </row>
     <row r="581" spans="1:18">
       <c r="B581" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C581" s="15" t="s">
         <v>1701</v>
       </c>
       <c r="D581" s="15" t="s">
         <v>1702</v>
       </c>
       <c r="E581" s="15">
         <v>10080003169</v>
       </c>
       <c r="F581" s="15"/>
       <c r="G581" s="15"/>
       <c r="H581" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I581" s="15" t="s">
@@ -29239,92 +29227,92 @@
         <v>1704</v>
       </c>
       <c r="D582" s="15"/>
       <c r="E582" s="15" t="s">
         <v>1705</v>
       </c>
       <c r="F582" s="15"/>
       <c r="G582" s="15"/>
       <c r="H582" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I582" s="15"/>
       <c r="J582" s="15">
         <v>15</v>
       </c>
       <c r="K582" s="15">
         <v>0.81236</v>
       </c>
       <c r="L582" s="15">
         <v>0.81236</v>
       </c>
       <c r="M582" s="15">
         <v>0.81236</v>
       </c>
       <c r="N582" s="15">
-        <v>4075</v>
+        <v>4182</v>
       </c>
       <c r="O582" s="15"/>
       <c r="P582" s="15"/>
       <c r="Q582" s="15"/>
       <c r="R582"/>
     </row>
     <row r="583" spans="1:18">
       <c r="B583" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C583" s="15" t="s">
         <v>1706</v>
       </c>
       <c r="D583" s="15" t="s">
         <v>1707</v>
       </c>
       <c r="E583" s="15" t="s">
         <v>1708</v>
       </c>
       <c r="F583" s="15"/>
       <c r="G583" s="15"/>
       <c r="H583" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I583" s="15" t="s">
         <v>1709</v>
       </c>
       <c r="J583" s="15">
         <v>15</v>
       </c>
       <c r="K583" s="15">
         <v>0.9601</v>
       </c>
       <c r="L583" s="15">
         <v>0.9601</v>
       </c>
       <c r="M583" s="15">
         <v>0.9601</v>
       </c>
       <c r="N583" s="15">
-        <v>822</v>
+        <v>757</v>
       </c>
       <c r="O583" s="15"/>
       <c r="P583" s="15"/>
       <c r="Q583" s="15"/>
       <c r="R583"/>
     </row>
     <row r="584" spans="1:18">
       <c r="B584" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C584" s="15" t="s">
         <v>1710</v>
       </c>
       <c r="D584" s="15" t="s">
         <v>1711</v>
       </c>
       <c r="E584" s="15">
         <v>10080040467</v>
       </c>
       <c r="F584" s="15"/>
       <c r="G584" s="15"/>
       <c r="H584" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I584" s="15"/>
@@ -29356,51 +29344,51 @@
       <c r="D585" s="15" t="s">
         <v>1713</v>
       </c>
       <c r="E585" s="15">
         <v>10080074587</v>
       </c>
       <c r="F585" s="15"/>
       <c r="G585" s="15"/>
       <c r="H585" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I585" s="15"/>
       <c r="J585" s="15">
         <v>15</v>
       </c>
       <c r="K585" s="15">
         <v>1.44</v>
       </c>
       <c r="L585" s="15">
         <v>1.44</v>
       </c>
       <c r="M585" s="15">
         <v>1.44</v>
       </c>
       <c r="N585" s="15">
-        <v>609</v>
+        <v>668</v>
       </c>
       <c r="O585" s="15"/>
       <c r="P585" s="15"/>
       <c r="Q585" s="15"/>
       <c r="R585"/>
     </row>
     <row r="586" spans="1:18">
       <c r="B586" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C586" s="15" t="s">
         <v>1714</v>
       </c>
       <c r="D586" s="15" t="s">
         <v>1715</v>
       </c>
       <c r="E586" s="15">
         <v>10080007321</v>
       </c>
       <c r="F586" s="15"/>
       <c r="G586" s="15"/>
       <c r="H586" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I586" s="15" t="s">
@@ -29435,51 +29423,51 @@
         <v>1718</v>
       </c>
       <c r="E587" s="15">
         <v>10080073636</v>
       </c>
       <c r="F587" s="15"/>
       <c r="G587" s="15"/>
       <c r="H587" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I587" s="15"/>
       <c r="J587" s="15">
         <v>15</v>
       </c>
       <c r="K587" s="15">
         <v>0.91438</v>
       </c>
       <c r="L587" s="15">
         <v>0.91438</v>
       </c>
       <c r="M587" s="15">
         <v>0.91438</v>
       </c>
       <c r="N587" s="15"/>
       <c r="O587" s="15">
-        <v>990</v>
+        <v>1260</v>
       </c>
       <c r="P587" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q587" s="15"/>
       <c r="R587"/>
     </row>
     <row r="588" spans="1:18">
       <c r="B588" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C588" s="15" t="s">
         <v>1719</v>
       </c>
       <c r="D588" s="15" t="s">
         <v>1720</v>
       </c>
       <c r="E588" s="15">
         <v>10080018960</v>
       </c>
       <c r="F588" s="15"/>
       <c r="G588" s="15"/>
       <c r="H588" s="15" t="s">
         <v>130</v>
       </c>
@@ -29514,133 +29502,133 @@
       <c r="D589" s="15" t="s">
         <v>1723</v>
       </c>
       <c r="E589" s="15" t="s">
         <v>1724</v>
       </c>
       <c r="F589" s="15"/>
       <c r="G589" s="15"/>
       <c r="H589" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I589" s="15"/>
       <c r="J589" s="15">
         <v>15</v>
       </c>
       <c r="K589" s="15">
         <v>0.93022</v>
       </c>
       <c r="L589" s="15">
         <v>0.93022</v>
       </c>
       <c r="M589" s="15">
         <v>0.93022</v>
       </c>
       <c r="N589" s="15">
-        <v>865</v>
+        <v>983</v>
       </c>
       <c r="O589" s="15"/>
       <c r="P589" s="15"/>
       <c r="Q589" s="15"/>
       <c r="R589"/>
     </row>
     <row r="590" spans="1:18">
       <c r="B590" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C590" s="15" t="s">
         <v>1725</v>
       </c>
       <c r="D590" s="15" t="s">
         <v>1726</v>
       </c>
       <c r="E590" s="15" t="s">
         <v>1727</v>
       </c>
       <c r="F590" s="15"/>
       <c r="G590" s="15"/>
       <c r="H590" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I590" s="15" t="s">
         <v>1728</v>
       </c>
       <c r="J590" s="15">
         <v>15</v>
       </c>
       <c r="K590" s="15">
         <v>0.96954</v>
       </c>
       <c r="L590" s="15">
         <v>0.96954</v>
       </c>
       <c r="M590" s="15">
         <v>0.96954</v>
       </c>
       <c r="N590" s="15">
-        <v>270</v>
+        <v>262</v>
       </c>
       <c r="O590" s="15"/>
       <c r="P590" s="15"/>
       <c r="Q590" s="15"/>
       <c r="R590"/>
     </row>
     <row r="591" spans="1:18">
       <c r="B591" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C591" s="15" t="s">
         <v>1729</v>
       </c>
       <c r="D591" s="15" t="s">
         <v>1730</v>
       </c>
       <c r="E591" s="15" t="s">
         <v>1731</v>
       </c>
       <c r="F591" s="15"/>
       <c r="G591" s="15"/>
       <c r="H591" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I591" s="15" t="s">
         <v>1732</v>
       </c>
       <c r="J591" s="15">
         <v>15</v>
       </c>
       <c r="K591" s="15">
         <v>0.96954</v>
       </c>
       <c r="L591" s="15">
         <v>0.96954</v>
       </c>
       <c r="M591" s="15">
         <v>0.96954</v>
       </c>
       <c r="N591" s="15">
-        <v>828</v>
+        <v>888</v>
       </c>
       <c r="O591" s="15"/>
       <c r="P591" s="15"/>
       <c r="Q591" s="15"/>
       <c r="R591"/>
     </row>
     <row r="592" spans="1:18">
       <c r="B592" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C592" s="15" t="s">
         <v>1733</v>
       </c>
       <c r="D592" s="15" t="s">
         <v>1734</v>
       </c>
       <c r="E592" s="15">
         <v>10080008989</v>
       </c>
       <c r="F592" s="15"/>
       <c r="G592" s="15"/>
       <c r="H592" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I592" s="15"/>
@@ -29672,51 +29660,51 @@
       <c r="D593" s="15" t="s">
         <v>1736</v>
       </c>
       <c r="E593" s="15" t="s">
         <v>1737</v>
       </c>
       <c r="F593" s="15"/>
       <c r="G593" s="15"/>
       <c r="H593" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I593" s="15"/>
       <c r="J593" s="15">
         <v>15</v>
       </c>
       <c r="K593" s="15">
         <v>0.77133</v>
       </c>
       <c r="L593" s="15">
         <v>0.77133</v>
       </c>
       <c r="M593" s="15">
         <v>0.77133</v>
       </c>
       <c r="N593" s="15">
-        <v>456</v>
+        <v>344</v>
       </c>
       <c r="O593" s="15"/>
       <c r="P593" s="15"/>
       <c r="Q593" s="15"/>
       <c r="R593"/>
     </row>
     <row r="594" spans="1:18">
       <c r="B594" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C594" s="15" t="s">
         <v>1738</v>
       </c>
       <c r="D594" s="15" t="s">
         <v>1739</v>
       </c>
       <c r="E594" s="15" t="s">
         <v>1740</v>
       </c>
       <c r="F594" s="15"/>
       <c r="G594" s="15"/>
       <c r="H594" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I594" s="15" t="s">
@@ -29790,96 +29778,94 @@
         <v>1746</v>
       </c>
       <c r="E596" s="15">
         <v>10080074590</v>
       </c>
       <c r="F596" s="15"/>
       <c r="G596" s="15"/>
       <c r="H596" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I596" s="15"/>
       <c r="J596" s="15">
         <v>20</v>
       </c>
       <c r="K596" s="15">
         <v>2.26</v>
       </c>
       <c r="L596" s="15">
         <v>2.04</v>
       </c>
       <c r="M596" s="15">
         <v>1.9</v>
       </c>
       <c r="N596" s="15"/>
       <c r="O596" s="15">
-        <v>12373</v>
+        <v>16941</v>
       </c>
       <c r="P596" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q596" s="15"/>
       <c r="R596"/>
     </row>
     <row r="597" spans="1:18">
       <c r="B597" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C597" s="15" t="s">
         <v>1747</v>
       </c>
       <c r="D597" s="15" t="s">
         <v>1748</v>
       </c>
       <c r="E597" s="15">
         <v>10000029789</v>
       </c>
       <c r="F597" s="15"/>
       <c r="G597" s="15"/>
       <c r="H597" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I597" s="15" t="s">
         <v>1749</v>
       </c>
       <c r="J597" s="15">
         <v>20</v>
       </c>
       <c r="K597" s="15">
         <v>2.3</v>
       </c>
       <c r="L597" s="15">
         <v>2.08</v>
       </c>
       <c r="M597" s="15">
         <v>1.93</v>
       </c>
-      <c r="N597" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N597" s="15"/>
       <c r="O597" s="15">
-        <v>264</v>
+        <v>183</v>
       </c>
       <c r="P597" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q597" s="15"/>
       <c r="R597"/>
     </row>
     <row r="598" spans="1:18">
       <c r="B598" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C598" s="15" t="s">
         <v>1750</v>
       </c>
       <c r="D598" s="15" t="s">
         <v>1751</v>
       </c>
       <c r="E598" s="15">
         <v>10080010784</v>
       </c>
       <c r="F598" s="15"/>
       <c r="G598" s="15"/>
       <c r="H598" s="15" t="s">
         <v>130</v>
       </c>
@@ -29917,51 +29903,51 @@
       <c r="E599" s="15">
         <v>10080073186</v>
       </c>
       <c r="F599" s="15"/>
       <c r="G599" s="15"/>
       <c r="H599" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I599" s="15" t="s">
         <v>1755</v>
       </c>
       <c r="J599" s="15">
         <v>20</v>
       </c>
       <c r="K599" s="15">
         <v>1.28</v>
       </c>
       <c r="L599" s="15">
         <v>1.16</v>
       </c>
       <c r="M599" s="15">
         <v>1.08</v>
       </c>
       <c r="N599" s="15"/>
       <c r="O599" s="15">
-        <v>1200</v>
+        <v>1408</v>
       </c>
       <c r="P599" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q599" s="15"/>
       <c r="R599"/>
     </row>
     <row r="600" spans="1:18">
       <c r="B600" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C600" s="15" t="s">
         <v>1756</v>
       </c>
       <c r="D600" s="15" t="s">
         <v>1757</v>
       </c>
       <c r="E600" s="15">
         <v>10080007311</v>
       </c>
       <c r="F600" s="15"/>
       <c r="G600" s="15"/>
       <c r="H600" s="15" t="s">
         <v>130</v>
       </c>
@@ -30029,90 +30015,90 @@
       <c r="D602" s="15" t="s">
         <v>1762</v>
       </c>
       <c r="E602" s="15">
         <v>10080050461</v>
       </c>
       <c r="F602" s="15"/>
       <c r="G602" s="15"/>
       <c r="H602" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I602" s="15"/>
       <c r="J602" s="15">
         <v>15</v>
       </c>
       <c r="K602" s="15">
         <v>2.85</v>
       </c>
       <c r="L602" s="15">
         <v>2.85</v>
       </c>
       <c r="M602" s="15">
         <v>2.85</v>
       </c>
       <c r="N602" s="15">
-        <v>219</v>
+        <v>183</v>
       </c>
       <c r="O602" s="15"/>
       <c r="P602" s="15"/>
       <c r="Q602" s="15"/>
       <c r="R602"/>
     </row>
     <row r="603" spans="1:18">
       <c r="B603" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C603" s="15" t="s">
         <v>1763</v>
       </c>
       <c r="D603" s="15" t="s">
         <v>1764</v>
       </c>
       <c r="E603" s="15">
         <v>10080051977</v>
       </c>
       <c r="F603" s="15"/>
       <c r="G603" s="15"/>
       <c r="H603" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I603" s="15"/>
       <c r="J603" s="15">
         <v>25</v>
       </c>
       <c r="K603" s="15">
         <v>0.73944</v>
       </c>
       <c r="L603" s="15">
         <v>0.64085</v>
       </c>
       <c r="M603" s="15">
         <v>0.6162</v>
       </c>
       <c r="N603" s="15">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="O603" s="15"/>
       <c r="P603" s="15"/>
       <c r="Q603" s="15"/>
       <c r="R603"/>
     </row>
     <row r="604" spans="1:18">
       <c r="B604" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C604" s="15" t="s">
         <v>1765</v>
       </c>
       <c r="D604" s="15" t="s">
         <v>1766</v>
       </c>
       <c r="E604" s="15" t="s">
         <v>1767</v>
       </c>
       <c r="F604" s="15"/>
       <c r="G604" s="15"/>
       <c r="H604" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I604" s="15"/>
@@ -30187,131 +30173,131 @@
       </c>
       <c r="E606" s="15">
         <v>10000015635</v>
       </c>
       <c r="F606" s="15"/>
       <c r="G606" s="15"/>
       <c r="H606" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I606" s="15" t="s">
         <v>1773</v>
       </c>
       <c r="J606" s="15">
         <v>20</v>
       </c>
       <c r="K606" s="15">
         <v>0.78791</v>
       </c>
       <c r="L606" s="15">
         <v>0.78791</v>
       </c>
       <c r="M606" s="15">
         <v>0.78791</v>
       </c>
       <c r="N606" s="15">
-        <v>718</v>
+        <v>650</v>
       </c>
       <c r="O606" s="15"/>
       <c r="P606" s="15"/>
       <c r="Q606" s="15"/>
       <c r="R606"/>
     </row>
     <row r="607" spans="1:18">
       <c r="B607" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C607" s="15" t="s">
         <v>1774</v>
       </c>
       <c r="D607" s="15" t="s">
         <v>1775</v>
       </c>
       <c r="E607" s="15">
         <v>10080018270</v>
       </c>
       <c r="F607" s="15"/>
       <c r="G607" s="15"/>
       <c r="H607" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I607" s="15"/>
       <c r="J607" s="15">
         <v>20</v>
       </c>
       <c r="K607" s="15">
         <v>1.22</v>
       </c>
       <c r="L607" s="15">
         <v>1.1</v>
       </c>
       <c r="M607" s="15">
         <v>1.02</v>
       </c>
       <c r="N607" s="15"/>
       <c r="O607" s="15">
-        <v>328</v>
+        <v>240</v>
       </c>
       <c r="P607" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q607" s="15"/>
       <c r="R607"/>
     </row>
     <row r="608" spans="1:18">
       <c r="B608" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C608" s="15" t="s">
         <v>1776</v>
       </c>
       <c r="D608" s="15" t="s">
         <v>1777</v>
       </c>
       <c r="E608" s="15">
         <v>10080025918</v>
       </c>
       <c r="F608" s="15"/>
       <c r="G608" s="15"/>
       <c r="H608" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I608" s="15"/>
       <c r="J608" s="15">
         <v>20</v>
       </c>
       <c r="K608" s="15">
         <v>1.4</v>
       </c>
       <c r="L608" s="15">
         <v>1.21</v>
       </c>
       <c r="M608" s="15">
         <v>1.16</v>
       </c>
       <c r="N608" s="15">
-        <v>804</v>
+        <v>1032</v>
       </c>
       <c r="O608" s="15"/>
       <c r="P608" s="15"/>
       <c r="Q608" s="15"/>
       <c r="R608"/>
     </row>
     <row r="609" spans="1:18">
       <c r="B609" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C609" s="15" t="s">
         <v>1778</v>
       </c>
       <c r="D609" s="15" t="s">
         <v>1779</v>
       </c>
       <c r="E609" s="15" t="s">
         <v>1780</v>
       </c>
       <c r="F609" s="15"/>
       <c r="G609" s="15"/>
       <c r="H609" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I609" s="15"/>
@@ -30380,51 +30366,51 @@
       <c r="D611" s="15"/>
       <c r="E611" s="15">
         <v>10000019112</v>
       </c>
       <c r="F611" s="15"/>
       <c r="G611" s="15"/>
       <c r="H611" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I611" s="15" t="s">
         <v>1785</v>
       </c>
       <c r="J611" s="15">
         <v>25</v>
       </c>
       <c r="K611" s="15">
         <v>0.79847</v>
       </c>
       <c r="L611" s="15">
         <v>0.79847</v>
       </c>
       <c r="M611" s="15">
         <v>0.79847</v>
       </c>
       <c r="N611" s="15">
-        <v>190</v>
+        <v>176</v>
       </c>
       <c r="O611" s="15"/>
       <c r="P611" s="15"/>
       <c r="Q611" s="15"/>
       <c r="R611"/>
     </row>
     <row r="612" spans="1:18">
       <c r="B612" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C612" s="15" t="s">
         <v>1786</v>
       </c>
       <c r="D612" s="15" t="s">
         <v>1787</v>
       </c>
       <c r="E612" s="15">
         <v>10080035228</v>
       </c>
       <c r="F612" s="15"/>
       <c r="G612" s="15"/>
       <c r="H612" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I612" s="15" t="s">
@@ -30458,51 +30444,51 @@
       <c r="D613" s="15" t="s">
         <v>1790</v>
       </c>
       <c r="E613" s="15">
         <v>10080051684</v>
       </c>
       <c r="F613" s="15"/>
       <c r="G613" s="15"/>
       <c r="H613" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I613" s="15"/>
       <c r="J613" s="15">
         <v>25</v>
       </c>
       <c r="K613" s="15">
         <v>0.64</v>
       </c>
       <c r="L613" s="15">
         <v>0.64</v>
       </c>
       <c r="M613" s="15">
         <v>0.64</v>
       </c>
       <c r="N613" s="15">
-        <v>781</v>
+        <v>947</v>
       </c>
       <c r="O613" s="15"/>
       <c r="P613" s="15"/>
       <c r="Q613" s="15"/>
       <c r="R613"/>
     </row>
     <row r="614" spans="1:18">
       <c r="B614" s="14" t="s">
         <v>386</v>
       </c>
       <c r="C614" s="15" t="s">
         <v>1791</v>
       </c>
       <c r="D614" s="15" t="s">
         <v>1792</v>
       </c>
       <c r="E614" s="15" t="s">
         <v>1793</v>
       </c>
       <c r="F614" s="15"/>
       <c r="G614" s="15"/>
       <c r="H614" s="15" t="s">
         <v>389</v>
       </c>
       <c r="I614" s="15"/>
@@ -30573,178 +30559,178 @@
       </c>
       <c r="E616" s="15">
         <v>10000017871</v>
       </c>
       <c r="F616" s="15"/>
       <c r="G616" s="15"/>
       <c r="H616" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I616" s="15" t="s">
         <v>1798</v>
       </c>
       <c r="J616" s="15">
         <v>25</v>
       </c>
       <c r="K616" s="15">
         <v>1.19</v>
       </c>
       <c r="L616" s="15">
         <v>1.01</v>
       </c>
       <c r="M616" s="15">
         <v>0.9181</v>
       </c>
       <c r="N616" s="15">
-        <v>6586</v>
+        <v>6230</v>
       </c>
       <c r="O616" s="15"/>
       <c r="P616" s="15"/>
       <c r="Q616" s="15"/>
       <c r="R616"/>
     </row>
     <row r="617" spans="1:18">
       <c r="B617" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C617" s="15" t="s">
         <v>1799</v>
       </c>
       <c r="D617" s="15" t="s">
         <v>1800</v>
       </c>
       <c r="E617" s="15">
         <v>10000017872</v>
       </c>
       <c r="F617" s="15"/>
       <c r="G617" s="15"/>
       <c r="H617" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I617" s="15" t="s">
         <v>1801</v>
       </c>
       <c r="J617" s="15">
         <v>25</v>
       </c>
       <c r="K617" s="15">
         <v>0.81606</v>
       </c>
       <c r="L617" s="15">
         <v>0.70725</v>
       </c>
       <c r="M617" s="15">
         <v>0.68005</v>
       </c>
       <c r="N617" s="15">
-        <v>1103</v>
+        <v>879</v>
       </c>
       <c r="O617" s="15"/>
       <c r="P617" s="15"/>
       <c r="Q617" s="15"/>
       <c r="R617"/>
     </row>
     <row r="618" spans="1:18">
       <c r="B618" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C618" s="15" t="s">
         <v>1802</v>
       </c>
       <c r="D618" s="15" t="s">
         <v>1803</v>
       </c>
       <c r="E618" s="15" t="s">
         <v>1804</v>
       </c>
       <c r="F618" s="15"/>
       <c r="G618" s="15"/>
       <c r="H618" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I618" s="15" t="s">
         <v>1805</v>
       </c>
       <c r="J618" s="15">
         <v>25</v>
       </c>
       <c r="K618" s="15">
         <v>0.73887</v>
       </c>
       <c r="L618" s="15">
         <v>0.66828</v>
       </c>
       <c r="M618" s="15">
         <v>0.62122</v>
       </c>
       <c r="N618" s="15">
-        <v>829</v>
+        <v>702</v>
       </c>
       <c r="O618" s="15">
-        <v>255</v>
+        <v>216</v>
       </c>
       <c r="P618" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q618" s="15"/>
       <c r="R618"/>
     </row>
     <row r="619" spans="1:18">
       <c r="B619" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C619" s="15" t="s">
         <v>1806</v>
       </c>
       <c r="D619" s="15" t="s">
         <v>1807</v>
       </c>
       <c r="E619" s="15">
         <v>10000017870</v>
       </c>
       <c r="F619" s="15"/>
       <c r="G619" s="15"/>
       <c r="H619" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I619" s="15" t="s">
         <v>1808</v>
       </c>
       <c r="J619" s="15">
         <v>25</v>
       </c>
       <c r="K619" s="15">
         <v>0.51515</v>
       </c>
       <c r="L619" s="15">
         <v>0.51515</v>
       </c>
       <c r="M619" s="15">
         <v>0.51515</v>
       </c>
       <c r="N619" s="15">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="O619" s="15"/>
       <c r="P619" s="15"/>
       <c r="Q619" s="15"/>
       <c r="R619"/>
     </row>
     <row r="620" spans="1:18">
       <c r="B620" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C620" s="15" t="s">
         <v>1809</v>
       </c>
       <c r="D620" s="15" t="s">
         <v>1810</v>
       </c>
       <c r="E620" s="15" t="s">
         <v>1811</v>
       </c>
       <c r="F620" s="15"/>
       <c r="G620" s="15"/>
       <c r="H620" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I620" s="15"/>
@@ -30813,92 +30799,92 @@
       </c>
       <c r="E622" s="15">
         <v>10080002615</v>
       </c>
       <c r="F622" s="15"/>
       <c r="G622" s="15"/>
       <c r="H622" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I622" s="15" t="s">
         <v>1817</v>
       </c>
       <c r="J622" s="15">
         <v>25</v>
       </c>
       <c r="K622" s="15">
         <v>0.86499</v>
       </c>
       <c r="L622" s="15">
         <v>0.86499</v>
       </c>
       <c r="M622" s="15">
         <v>0.86499</v>
       </c>
       <c r="N622" s="15">
-        <v>1784</v>
+        <v>1613</v>
       </c>
       <c r="O622" s="15"/>
       <c r="P622" s="15"/>
       <c r="Q622" s="15"/>
       <c r="R622"/>
     </row>
     <row r="623" spans="1:18">
       <c r="B623" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C623" s="15" t="s">
         <v>1818</v>
       </c>
       <c r="D623" s="15" t="s">
         <v>1819</v>
       </c>
       <c r="E623" s="15">
         <v>10080002616</v>
       </c>
       <c r="F623" s="15"/>
       <c r="G623" s="15"/>
       <c r="H623" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I623" s="15" t="s">
         <v>1820</v>
       </c>
       <c r="J623" s="15">
         <v>25</v>
       </c>
       <c r="K623" s="15">
         <v>0.83208</v>
       </c>
       <c r="L623" s="15">
         <v>0.83208</v>
       </c>
       <c r="M623" s="15">
         <v>0.83208</v>
       </c>
       <c r="N623" s="15">
-        <v>772</v>
+        <v>689</v>
       </c>
       <c r="O623" s="15"/>
       <c r="P623" s="15"/>
       <c r="Q623" s="15"/>
       <c r="R623"/>
     </row>
     <row r="624" spans="1:18">
       <c r="B624" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C624" s="15" t="s">
         <v>1821</v>
       </c>
       <c r="D624" s="15" t="s">
         <v>1822</v>
       </c>
       <c r="E624" s="15" t="s">
         <v>1823</v>
       </c>
       <c r="F624" s="15"/>
       <c r="G624" s="15"/>
       <c r="H624" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I624" s="15"/>
@@ -30932,92 +30918,92 @@
       </c>
       <c r="E625" s="15">
         <v>10000017869</v>
       </c>
       <c r="F625" s="15"/>
       <c r="G625" s="15"/>
       <c r="H625" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I625" s="15" t="s">
         <v>1826</v>
       </c>
       <c r="J625" s="15">
         <v>25</v>
       </c>
       <c r="K625" s="15">
         <v>1.16</v>
       </c>
       <c r="L625" s="15">
         <v>1.01</v>
       </c>
       <c r="M625" s="15">
         <v>0.9707</v>
       </c>
       <c r="N625" s="15">
-        <v>742</v>
+        <v>610</v>
       </c>
       <c r="O625" s="15"/>
       <c r="P625" s="15"/>
       <c r="Q625" s="15"/>
       <c r="R625"/>
     </row>
     <row r="626" spans="1:18">
       <c r="B626" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C626" s="15" t="s">
         <v>1827</v>
       </c>
       <c r="D626" s="15" t="s">
         <v>1828</v>
       </c>
       <c r="E626" s="15">
         <v>10000017874</v>
       </c>
       <c r="F626" s="15"/>
       <c r="G626" s="15"/>
       <c r="H626" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I626" s="15" t="s">
         <v>1829</v>
       </c>
       <c r="J626" s="15">
         <v>25</v>
       </c>
       <c r="K626" s="15">
         <v>0.52293</v>
       </c>
       <c r="L626" s="15">
         <v>0.52293</v>
       </c>
       <c r="M626" s="15">
         <v>0.52293</v>
       </c>
       <c r="N626" s="15">
-        <v>180</v>
+        <v>146</v>
       </c>
       <c r="O626" s="15"/>
       <c r="P626" s="15"/>
       <c r="Q626" s="15"/>
       <c r="R626"/>
     </row>
     <row r="627" spans="1:18">
       <c r="B627" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C627" s="15" t="s">
         <v>1830</v>
       </c>
       <c r="D627" s="15" t="s">
         <v>1831</v>
       </c>
       <c r="E627" s="15" t="s">
         <v>1832</v>
       </c>
       <c r="F627" s="15"/>
       <c r="G627" s="15"/>
       <c r="H627" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I627" s="15" t="s">
@@ -31093,126 +31079,126 @@
       </c>
       <c r="F629" s="15"/>
       <c r="G629" s="15"/>
       <c r="H629" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I629" s="15" t="s">
         <v>1838</v>
       </c>
       <c r="J629" s="15">
         <v>25</v>
       </c>
       <c r="K629" s="15">
         <v>0.59315</v>
       </c>
       <c r="L629" s="15">
         <v>0.59315</v>
       </c>
       <c r="M629" s="15">
         <v>0.59315</v>
       </c>
       <c r="N629" s="15">
         <v>82</v>
       </c>
       <c r="O629" s="15">
-        <v>610</v>
+        <v>780</v>
       </c>
       <c r="P629" s="15" t="s">
         <v>177</v>
       </c>
       <c r="Q629" s="15"/>
       <c r="R629"/>
     </row>
     <row r="630" spans="1:18">
       <c r="B630" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C630" s="15" t="s">
         <v>1839</v>
       </c>
       <c r="D630" s="15" t="s">
         <v>1840</v>
       </c>
       <c r="E630" s="15" t="s">
         <v>1841</v>
       </c>
       <c r="F630" s="15"/>
       <c r="G630" s="15"/>
       <c r="H630" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I630" s="15"/>
       <c r="J630" s="15"/>
       <c r="K630" s="15">
         <v>1.91</v>
       </c>
       <c r="L630" s="15">
         <v>1.51</v>
       </c>
       <c r="M630" s="15">
         <v>1.31</v>
       </c>
       <c r="N630" s="15">
-        <v>900</v>
+        <v>850</v>
       </c>
       <c r="O630" s="15"/>
       <c r="P630" s="15"/>
       <c r="Q630" s="15"/>
       <c r="R630"/>
     </row>
     <row r="631" spans="1:18">
       <c r="B631" s="14" t="s">
         <v>126</v>
       </c>
       <c r="C631" s="15" t="s">
         <v>1842</v>
       </c>
       <c r="D631" s="15" t="s">
         <v>1843</v>
       </c>
       <c r="E631" s="15" t="s">
         <v>1844</v>
       </c>
       <c r="F631" s="15"/>
       <c r="G631" s="15"/>
       <c r="H631" s="15" t="s">
         <v>130</v>
       </c>
       <c r="I631" s="15"/>
       <c r="J631" s="15"/>
       <c r="K631" s="15">
         <v>0.85789</v>
       </c>
       <c r="L631" s="15">
         <v>0.85789</v>
       </c>
       <c r="M631" s="15">
         <v>0.85789</v>
       </c>
       <c r="N631" s="15">
-        <v>1136</v>
+        <v>1428</v>
       </c>
       <c r="O631" s="15"/>
       <c r="P631" s="15"/>
       <c r="Q631" s="15"/>
       <c r="R631"/>
     </row>
     <row r="632" spans="1:18">
       <c r="B632" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C632" s="15" t="s">
         <v>1845</v>
       </c>
       <c r="D632" s="15" t="s">
         <v>1846</v>
       </c>
       <c r="E632" s="15" t="s">
         <v>1847</v>
       </c>
       <c r="F632" s="15"/>
       <c r="G632" s="15"/>
       <c r="H632" s="15" t="s">
         <v>1848</v>
       </c>
       <c r="I632" s="15" t="s">
@@ -31509,129 +31495,129 @@
       </c>
       <c r="E640" s="15">
         <v>10080005454</v>
       </c>
       <c r="F640" s="15"/>
       <c r="G640" s="15"/>
       <c r="H640" s="15" t="s">
         <v>1873</v>
       </c>
       <c r="I640" s="15" t="s">
         <v>1874</v>
       </c>
       <c r="J640" s="15">
         <v>50</v>
       </c>
       <c r="K640" s="15">
         <v>1.08</v>
       </c>
       <c r="L640" s="15">
         <v>0.93828</v>
       </c>
       <c r="M640" s="15">
         <v>0.90219</v>
       </c>
       <c r="N640" s="15">
-        <v>11073</v>
+        <v>12452</v>
       </c>
       <c r="O640" s="15"/>
       <c r="P640" s="15"/>
       <c r="Q640" s="15"/>
       <c r="R640"/>
     </row>
     <row r="641" spans="1:18">
       <c r="B641" s="14" t="s">
         <v>1875</v>
       </c>
       <c r="C641" s="15" t="s">
         <v>1876</v>
       </c>
       <c r="D641" s="15" t="s">
         <v>1877</v>
       </c>
       <c r="E641" s="15">
         <v>10080003133</v>
       </c>
       <c r="F641" s="15"/>
       <c r="G641" s="15"/>
       <c r="H641" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="I641" s="15"/>
       <c r="J641" s="15">
         <v>25</v>
       </c>
       <c r="K641" s="15">
         <v>0.34</v>
       </c>
       <c r="L641" s="15">
         <v>0.34</v>
       </c>
       <c r="M641" s="15">
         <v>0.34</v>
       </c>
       <c r="N641" s="15">
-        <v>1302</v>
+        <v>1091</v>
       </c>
       <c r="O641" s="15"/>
       <c r="P641" s="15"/>
       <c r="Q641" s="15"/>
       <c r="R641"/>
     </row>
     <row r="642" spans="1:18">
       <c r="B642" s="14" t="s">
         <v>1875</v>
       </c>
       <c r="C642" s="15" t="s">
         <v>1879</v>
       </c>
       <c r="D642" s="15" t="s">
         <v>1880</v>
       </c>
       <c r="E642" s="15">
         <v>10080005300</v>
       </c>
       <c r="F642" s="15"/>
       <c r="G642" s="15"/>
       <c r="H642" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="I642" s="15"/>
       <c r="J642" s="15">
         <v>25</v>
       </c>
       <c r="K642" s="15">
         <v>0.73044</v>
       </c>
       <c r="L642" s="15">
         <v>0.52463</v>
       </c>
       <c r="M642" s="15">
         <v>0.47216</v>
       </c>
       <c r="N642" s="15">
-        <v>370</v>
+        <v>437</v>
       </c>
       <c r="O642" s="15"/>
       <c r="P642" s="15"/>
       <c r="Q642" s="15"/>
       <c r="R642"/>
     </row>
     <row r="643" spans="1:18">
       <c r="B643" s="14" t="s">
         <v>1875</v>
       </c>
       <c r="C643" s="15" t="s">
         <v>1881</v>
       </c>
       <c r="D643" s="15" t="s">
         <v>1882</v>
       </c>
       <c r="E643" s="15">
         <v>10080008762</v>
       </c>
       <c r="F643" s="15"/>
       <c r="G643" s="15"/>
       <c r="H643" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="I643" s="15"/>
@@ -31650,51 +31636,51 @@
       <c r="N643" s="15"/>
       <c r="O643" s="15"/>
       <c r="P643" s="15"/>
       <c r="Q643" s="15"/>
       <c r="R643"/>
     </row>
     <row r="644" spans="1:18">
       <c r="B644" s="14" t="s">
         <v>1875</v>
       </c>
       <c r="C644" s="15" t="s">
         <v>1883</v>
       </c>
       <c r="D644" s="15" t="s">
         <v>1884</v>
       </c>
       <c r="E644" s="15">
         <v>10080005298</v>
       </c>
       <c r="F644" s="15"/>
       <c r="G644" s="15"/>
       <c r="H644" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="I644" s="15" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="J644" s="15">
         <v>25</v>
       </c>
       <c r="K644" s="15">
         <v>0.67741</v>
       </c>
       <c r="L644" s="15">
         <v>0.66509</v>
       </c>
       <c r="M644" s="15">
         <v>0.64046</v>
       </c>
       <c r="N644" s="15"/>
       <c r="O644" s="15"/>
       <c r="P644" s="15"/>
       <c r="Q644" s="15"/>
       <c r="R644"/>
     </row>
     <row r="645" spans="1:18">
       <c r="B645" s="14" t="s">
         <v>1875</v>
       </c>
       <c r="C645" s="15" t="s">
         <v>1885</v>
@@ -31704,51 +31690,51 @@
       </c>
       <c r="E645" s="15" t="s">
         <v>1887</v>
       </c>
       <c r="F645" s="15"/>
       <c r="G645" s="15"/>
       <c r="H645" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="I645" s="15" t="s">
         <v>1888</v>
       </c>
       <c r="J645" s="15">
         <v>200</v>
       </c>
       <c r="K645" s="15">
         <v>0.35909</v>
       </c>
       <c r="L645" s="15">
         <v>0.30117</v>
       </c>
       <c r="M645" s="15">
         <v>0.28959</v>
       </c>
       <c r="N645" s="15">
-        <v>983</v>
+        <v>932</v>
       </c>
       <c r="O645" s="15"/>
       <c r="P645" s="15"/>
       <c r="Q645" s="15"/>
       <c r="R645"/>
     </row>
     <row r="646" spans="1:18">
       <c r="B646" s="14" t="s">
         <v>1875</v>
       </c>
       <c r="C646" s="15" t="s">
         <v>1889</v>
       </c>
       <c r="D646" s="15" t="s">
         <v>1890</v>
       </c>
       <c r="E646" s="15" t="s">
         <v>1891</v>
       </c>
       <c r="F646" s="15"/>
       <c r="G646" s="15"/>
       <c r="H646" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="I646" s="15"/>
@@ -32118,107 +32104,107 @@
       <c r="G656" s="15"/>
       <c r="H656" s="15" t="s">
         <v>305</v>
       </c>
       <c r="I656" s="15"/>
       <c r="J656" s="15">
         <v>500</v>
       </c>
       <c r="K656" s="15">
         <v>3.43</v>
       </c>
       <c r="L656" s="15">
         <v>2.88</v>
       </c>
       <c r="M656" s="15">
         <v>2.77</v>
       </c>
       <c r="N656" s="15"/>
       <c r="O656" s="15"/>
       <c r="P656" s="15"/>
       <c r="Q656" s="15"/>
       <c r="R656"/>
     </row>
     <row r="657" spans="1:18">
       <c r="B657" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C657" s="15" t="s">
         <v>1923</v>
       </c>
       <c r="D657" s="15" t="s">
         <v>1924</v>
       </c>
       <c r="E657" s="15" t="s">
         <v>1925</v>
       </c>
       <c r="F657" s="15"/>
       <c r="G657" s="15"/>
       <c r="H657" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I657" s="15" t="s">
-        <v>1184</v>
+        <v>1183</v>
       </c>
       <c r="J657" s="15">
         <v>25</v>
       </c>
       <c r="K657" s="15">
         <v>0.5924199999999999</v>
       </c>
       <c r="L657" s="15">
         <v>0.57395</v>
       </c>
       <c r="M657" s="15">
         <v>0.55424</v>
       </c>
       <c r="N657" s="15"/>
       <c r="O657" s="15"/>
       <c r="P657" s="15"/>
       <c r="Q657" s="15"/>
       <c r="R657"/>
     </row>
     <row r="658" spans="1:18">
       <c r="B658" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C658" s="15" t="s">
         <v>1926</v>
       </c>
       <c r="D658" s="15" t="s">
         <v>1927</v>
       </c>
       <c r="E658" s="15" t="s">
         <v>1928</v>
       </c>
       <c r="F658" s="15"/>
       <c r="G658" s="15"/>
       <c r="H658" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I658" s="15" t="s">
-        <v>1190</v>
+        <v>1189</v>
       </c>
       <c r="J658" s="15"/>
       <c r="K658" s="15">
         <v>0.5924199999999999</v>
       </c>
       <c r="L658" s="15">
         <v>0.57395</v>
       </c>
       <c r="M658" s="15">
         <v>0.55424</v>
       </c>
       <c r="N658" s="15"/>
       <c r="O658" s="15"/>
       <c r="P658" s="15"/>
       <c r="Q658" s="15"/>
       <c r="R658"/>
     </row>
     <row r="659" spans="1:18">
       <c r="B659" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C659" s="15" t="s">
         <v>1930</v>
       </c>
       <c r="D659" s="15" t="s">
@@ -32270,214 +32256,214 @@
       <c r="G660" s="15"/>
       <c r="H660" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I660" s="15"/>
       <c r="J660" s="15">
         <v>20</v>
       </c>
       <c r="K660" s="15">
         <v>6.76</v>
       </c>
       <c r="L660" s="15">
         <v>4.71</v>
       </c>
       <c r="M660" s="15">
         <v>4.35</v>
       </c>
       <c r="N660" s="15"/>
       <c r="O660" s="15"/>
       <c r="P660" s="15"/>
       <c r="Q660" s="15"/>
       <c r="R660"/>
     </row>
     <row r="661" spans="1:18">
       <c r="B661" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C661" s="15" t="s">
         <v>1936</v>
       </c>
       <c r="D661" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="E661" s="15" t="s">
         <v>1938</v>
       </c>
       <c r="F661" s="15"/>
       <c r="G661" s="15"/>
       <c r="H661" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I661" s="15"/>
       <c r="J661" s="15"/>
       <c r="K661" s="15">
         <v>1.38</v>
       </c>
       <c r="L661" s="15">
         <v>1.29</v>
       </c>
       <c r="M661" s="15">
         <v>1.25</v>
       </c>
       <c r="N661" s="15"/>
       <c r="O661" s="15"/>
       <c r="P661" s="15"/>
       <c r="Q661" s="15"/>
       <c r="R661"/>
     </row>
     <row r="662" spans="1:18">
       <c r="B662" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C662" s="15" t="s">
         <v>1939</v>
       </c>
       <c r="D662" s="15" t="s">
         <v>1940</v>
       </c>
       <c r="E662" s="15" t="s">
         <v>1941</v>
       </c>
       <c r="F662" s="15"/>
       <c r="G662" s="15"/>
       <c r="H662" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I662" s="15"/>
       <c r="J662" s="15"/>
       <c r="K662" s="15">
         <v>0.98532</v>
       </c>
       <c r="L662" s="15">
         <v>0.92374</v>
       </c>
       <c r="M662" s="15">
         <v>0.89295</v>
       </c>
       <c r="N662" s="15"/>
       <c r="O662" s="15"/>
       <c r="P662" s="15"/>
       <c r="Q662" s="15"/>
       <c r="R662"/>
     </row>
     <row r="663" spans="1:18">
       <c r="B663" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C663" s="15" t="s">
         <v>1942</v>
       </c>
       <c r="D663" s="15" t="s">
         <v>1943</v>
       </c>
       <c r="E663" s="15" t="s">
         <v>1944</v>
       </c>
       <c r="F663" s="15"/>
       <c r="G663" s="15"/>
       <c r="H663" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I663" s="15" t="s">
         <v>1945</v>
       </c>
       <c r="J663" s="15">
         <v>25</v>
       </c>
       <c r="K663" s="15">
         <v>1.55</v>
       </c>
       <c r="L663" s="15">
         <v>1.45</v>
       </c>
       <c r="M663" s="15">
         <v>1.4</v>
       </c>
       <c r="N663" s="15"/>
       <c r="O663" s="15"/>
       <c r="P663" s="15"/>
       <c r="Q663" s="15"/>
       <c r="R663"/>
     </row>
     <row r="664" spans="1:18">
       <c r="B664" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C664" s="15" t="s">
         <v>1946</v>
       </c>
       <c r="D664" s="15" t="s">
         <v>1947</v>
       </c>
       <c r="E664" s="15" t="s">
         <v>1948</v>
       </c>
       <c r="F664" s="15"/>
       <c r="G664" s="15"/>
       <c r="H664" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I664" s="15"/>
       <c r="J664" s="15">
         <v>25</v>
       </c>
       <c r="K664" s="15">
         <v>2.09</v>
       </c>
       <c r="L664" s="15">
         <v>1.75</v>
       </c>
       <c r="M664" s="15">
         <v>1.68</v>
       </c>
       <c r="N664" s="15"/>
       <c r="O664" s="15"/>
       <c r="P664" s="15"/>
       <c r="Q664" s="15"/>
       <c r="R664"/>
     </row>
     <row r="665" spans="1:18">
       <c r="B665" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C665" s="15" t="s">
         <v>1949</v>
       </c>
       <c r="D665" s="15" t="s">
         <v>1950</v>
       </c>
       <c r="E665" s="15">
         <v>10080042596</v>
       </c>
       <c r="F665" s="15"/>
       <c r="G665" s="15"/>
       <c r="H665" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I665" s="15" t="s">
-        <v>1088</v>
+        <v>1087</v>
       </c>
       <c r="J665" s="15">
         <v>20</v>
       </c>
       <c r="K665" s="15">
         <v>1.25</v>
       </c>
       <c r="L665" s="15">
         <v>1.02</v>
       </c>
       <c r="M665" s="15">
         <v>0.98159</v>
       </c>
       <c r="N665" s="15"/>
       <c r="O665" s="15"/>
       <c r="P665" s="15"/>
       <c r="Q665" s="15"/>
       <c r="R665"/>
     </row>
     <row r="666" spans="1:18">
       <c r="B666" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C666" s="15" t="s">
         <v>1951</v>
@@ -32492,65 +32478,65 @@
       <c r="G666" s="15"/>
       <c r="H666" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I666" s="15"/>
       <c r="J666" s="15">
         <v>20</v>
       </c>
       <c r="K666" s="15">
         <v>1.12</v>
       </c>
       <c r="L666" s="15">
         <v>0.92118</v>
       </c>
       <c r="M666" s="15">
         <v>0.88373</v>
       </c>
       <c r="N666" s="15"/>
       <c r="O666" s="15"/>
       <c r="P666" s="15"/>
       <c r="Q666" s="15"/>
       <c r="R666"/>
     </row>
     <row r="667" spans="1:18">
       <c r="B667" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C667" s="15" t="s">
         <v>1953</v>
       </c>
       <c r="D667" s="15" t="s">
         <v>1954</v>
       </c>
       <c r="E667" s="15">
         <v>10080061844</v>
       </c>
       <c r="F667" s="15"/>
       <c r="G667" s="15"/>
       <c r="H667" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I667" s="15" t="s">
         <v>1955</v>
       </c>
       <c r="J667" s="15">
         <v>100</v>
       </c>
       <c r="K667" s="15">
         <v>0.6877</v>
       </c>
       <c r="L667" s="15">
         <v>0.55459</v>
       </c>
       <c r="M667" s="15">
         <v>0.53242</v>
       </c>
       <c r="N667" s="15"/>
       <c r="O667" s="15"/>
       <c r="P667" s="15"/>
       <c r="Q667" s="15"/>
       <c r="R667"/>
     </row>
     <row r="668" spans="1:18">
       <c r="B668" s="14" t="s">
         <v>1929</v>
@@ -32570,100 +32556,100 @@
         <v>1932</v>
       </c>
       <c r="I668" s="15" t="s">
         <v>1958</v>
       </c>
       <c r="J668" s="15">
         <v>50</v>
       </c>
       <c r="K668" s="15">
         <v>2.57</v>
       </c>
       <c r="L668" s="15">
         <v>1.8</v>
       </c>
       <c r="M668" s="15">
         <v>1.67</v>
       </c>
       <c r="N668" s="15"/>
       <c r="O668" s="15"/>
       <c r="P668" s="15"/>
       <c r="Q668" s="15"/>
       <c r="R668"/>
     </row>
     <row r="669" spans="1:18">
       <c r="B669" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C669" s="15" t="s">
         <v>1959</v>
       </c>
       <c r="D669" s="15" t="s">
         <v>1960</v>
       </c>
       <c r="E669" s="15" t="s">
         <v>1961</v>
       </c>
       <c r="F669" s="15"/>
       <c r="G669" s="15"/>
       <c r="H669" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I669" s="15"/>
       <c r="J669" s="15"/>
       <c r="K669" s="15">
         <v>0.98532</v>
       </c>
       <c r="L669" s="15">
         <v>0.92374</v>
       </c>
       <c r="M669" s="15">
         <v>0.89295</v>
       </c>
       <c r="N669" s="15"/>
       <c r="O669" s="15"/>
       <c r="P669" s="15"/>
       <c r="Q669" s="15"/>
       <c r="R669"/>
     </row>
     <row r="670" spans="1:18">
       <c r="B670" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C670" s="15" t="s">
         <v>1962</v>
       </c>
       <c r="D670" s="15" t="s">
         <v>1963</v>
       </c>
       <c r="E670" s="15" t="s">
         <v>1964</v>
       </c>
       <c r="F670" s="15"/>
       <c r="G670" s="15"/>
       <c r="H670" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I670" s="15" t="s">
         <v>297</v>
       </c>
       <c r="J670" s="15"/>
       <c r="K670" s="15">
         <v>0.48034</v>
       </c>
       <c r="L670" s="15">
         <v>0.46557</v>
       </c>
       <c r="M670" s="15">
         <v>0.44956</v>
       </c>
       <c r="N670" s="15"/>
       <c r="O670" s="15"/>
       <c r="P670" s="15"/>
       <c r="Q670" s="15"/>
       <c r="R670"/>
     </row>
     <row r="671" spans="1:18">
       <c r="B671" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C671" s="15" t="s">
@@ -32707,540 +32693,538 @@
         <v>1968</v>
       </c>
       <c r="D672" s="15"/>
       <c r="E672" s="15">
         <v>10080009066</v>
       </c>
       <c r="F672" s="15"/>
       <c r="G672" s="15"/>
       <c r="H672" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I672" s="15"/>
       <c r="J672" s="15">
         <v>25</v>
       </c>
       <c r="K672" s="15">
         <v>1.25</v>
       </c>
       <c r="L672" s="15">
         <v>1.09</v>
       </c>
       <c r="M672" s="15">
         <v>1.04</v>
       </c>
       <c r="N672" s="15">
-        <v>4513</v>
+        <v>3693</v>
       </c>
       <c r="O672" s="15"/>
       <c r="P672" s="15"/>
       <c r="Q672" s="15"/>
       <c r="R672"/>
     </row>
     <row r="673" spans="1:18">
       <c r="B673" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C673" s="15" t="s">
         <v>1969</v>
       </c>
       <c r="D673" s="15" t="s">
         <v>1970</v>
       </c>
       <c r="E673" s="15">
         <v>10080010237</v>
       </c>
       <c r="F673" s="15"/>
       <c r="G673" s="15"/>
       <c r="H673" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I673" s="15" t="s">
         <v>1971</v>
       </c>
       <c r="J673" s="15">
         <v>25</v>
       </c>
       <c r="K673" s="15">
         <v>1.4</v>
       </c>
       <c r="L673" s="15">
         <v>1.22</v>
       </c>
       <c r="M673" s="15">
         <v>1.17</v>
       </c>
-      <c r="N673" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N673" s="15"/>
       <c r="O673" s="15">
-        <v>4980</v>
-[...1 lines deleted...]
-      <c r="P673" s="15"/>
+        <v>4500</v>
+      </c>
+      <c r="P673" s="15" t="s">
+        <v>1972</v>
+      </c>
       <c r="Q673" s="15"/>
       <c r="R673"/>
     </row>
     <row r="674" spans="1:18">
       <c r="B674" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="D674" s="15"/>
       <c r="E674" s="15">
         <v>10080026934</v>
       </c>
       <c r="F674" s="15"/>
       <c r="G674" s="15"/>
       <c r="H674" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I674" s="15"/>
       <c r="J674" s="15">
         <v>25</v>
       </c>
       <c r="K674" s="15">
         <v>1.67</v>
       </c>
       <c r="L674" s="15">
         <v>1.4</v>
       </c>
       <c r="M674" s="15">
         <v>1.35</v>
       </c>
       <c r="N674" s="15">
-        <v>1353</v>
+        <v>1390</v>
       </c>
       <c r="O674" s="15"/>
       <c r="P674" s="15"/>
       <c r="Q674" s="15"/>
       <c r="R674"/>
     </row>
     <row r="675" spans="1:18">
       <c r="B675" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="D675" s="15" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="E675" s="15">
         <v>10000022548</v>
       </c>
       <c r="F675" s="15"/>
       <c r="G675" s="15"/>
       <c r="H675" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I675" s="15"/>
       <c r="J675" s="15">
         <v>25</v>
       </c>
       <c r="K675" s="15">
         <v>1.08</v>
       </c>
       <c r="L675" s="15">
         <v>0.93609</v>
       </c>
       <c r="M675" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N675" s="15">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="O675" s="15"/>
       <c r="P675" s="15"/>
       <c r="Q675" s="15"/>
       <c r="R675"/>
     </row>
     <row r="676" spans="1:18">
       <c r="B676" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="D676" s="15"/>
       <c r="E676" s="15">
         <v>10080012852</v>
       </c>
       <c r="F676" s="15"/>
       <c r="G676" s="15"/>
       <c r="H676" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I676" s="15"/>
       <c r="J676" s="15">
         <v>25</v>
       </c>
       <c r="K676" s="15">
         <v>1.62</v>
       </c>
       <c r="L676" s="15">
         <v>1.4</v>
       </c>
       <c r="M676" s="15">
         <v>1.35</v>
       </c>
       <c r="N676" s="15">
-        <v>4616</v>
+        <v>5020</v>
       </c>
       <c r="O676" s="15"/>
       <c r="P676" s="15"/>
       <c r="Q676" s="15"/>
       <c r="R676"/>
     </row>
     <row r="677" spans="1:18">
       <c r="B677" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C677" s="15" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="D677" s="15" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="E677" s="15">
         <v>10080034177</v>
       </c>
       <c r="F677" s="15"/>
       <c r="G677" s="15"/>
       <c r="H677" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I677" s="15"/>
       <c r="J677" s="15">
         <v>25</v>
       </c>
       <c r="K677" s="15">
         <v>2.72</v>
       </c>
       <c r="L677" s="15">
         <v>2.28</v>
       </c>
       <c r="M677" s="15">
         <v>2.19</v>
       </c>
       <c r="N677" s="15">
-        <v>3618</v>
+        <v>3819</v>
       </c>
       <c r="O677" s="15"/>
       <c r="P677" s="15"/>
       <c r="Q677" s="15"/>
       <c r="R677"/>
     </row>
     <row r="678" spans="1:18">
       <c r="B678" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="D678" s="15" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="E678" s="15">
         <v>10080026935</v>
       </c>
       <c r="F678" s="15"/>
       <c r="G678" s="15"/>
       <c r="H678" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I678" s="15"/>
       <c r="J678" s="15">
         <v>25</v>
       </c>
       <c r="K678" s="15">
         <v>3.43</v>
       </c>
       <c r="L678" s="15">
         <v>2.88</v>
       </c>
       <c r="M678" s="15">
         <v>2.77</v>
       </c>
       <c r="N678" s="15">
-        <v>5571</v>
+        <v>4238</v>
       </c>
       <c r="O678" s="15"/>
       <c r="P678" s="15"/>
       <c r="Q678" s="15"/>
       <c r="R678"/>
     </row>
     <row r="679" spans="1:18">
       <c r="B679" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="D679" s="15" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="E679" s="15">
         <v>10080044826</v>
       </c>
       <c r="F679" s="15"/>
       <c r="G679" s="15"/>
       <c r="H679" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I679" s="15"/>
       <c r="J679" s="15">
         <v>25</v>
       </c>
       <c r="K679" s="15">
         <v>6.05</v>
       </c>
       <c r="L679" s="15">
         <v>5.07</v>
       </c>
       <c r="M679" s="15">
         <v>4.88</v>
       </c>
       <c r="N679" s="15">
-        <v>860</v>
+        <v>848</v>
       </c>
       <c r="O679" s="15"/>
       <c r="P679" s="15"/>
       <c r="Q679" s="15"/>
       <c r="R679"/>
     </row>
     <row r="680" spans="1:18">
       <c r="B680" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="D680" s="15" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="E680" s="15">
         <v>10080072241</v>
       </c>
       <c r="F680" s="15"/>
       <c r="G680" s="15"/>
       <c r="H680" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I680" s="15"/>
       <c r="J680" s="15"/>
       <c r="K680" s="15">
         <v>3.68</v>
       </c>
       <c r="L680" s="15">
         <v>3.07</v>
       </c>
       <c r="M680" s="15">
         <v>2.94</v>
       </c>
       <c r="N680" s="15"/>
       <c r="O680" s="15"/>
       <c r="P680" s="15"/>
       <c r="Q680" s="15"/>
       <c r="R680"/>
     </row>
     <row r="681" spans="1:18">
       <c r="B681" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="D681" s="15" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="E681" s="15">
         <v>10080056958</v>
       </c>
       <c r="F681" s="15"/>
       <c r="G681" s="15"/>
       <c r="H681" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I681" s="15"/>
       <c r="J681" s="15">
         <v>25</v>
       </c>
       <c r="K681" s="15">
         <v>3.7</v>
       </c>
       <c r="L681" s="15">
         <v>2.98</v>
       </c>
       <c r="M681" s="15">
         <v>2.86</v>
       </c>
       <c r="N681" s="15"/>
       <c r="O681" s="15"/>
       <c r="P681" s="15"/>
       <c r="Q681" s="15"/>
       <c r="R681"/>
     </row>
     <row r="682" spans="1:18">
       <c r="B682" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="D682" s="15" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="E682" s="15">
         <v>10080009167</v>
       </c>
       <c r="F682" s="15"/>
       <c r="G682" s="15"/>
       <c r="H682" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I682" s="15"/>
       <c r="J682" s="15">
         <v>25</v>
       </c>
       <c r="K682" s="15">
-        <v>1.99</v>
+        <v>1.85</v>
       </c>
       <c r="L682" s="15">
-        <v>1.67</v>
+        <v>1.61</v>
       </c>
       <c r="M682" s="15">
-        <v>1.61</v>
-[...7 lines deleted...]
-      </c>
+        <v>1.54</v>
+      </c>
+      <c r="N682" s="15">
+        <v>3208</v>
+      </c>
+      <c r="O682" s="15"/>
+      <c r="P682" s="15"/>
       <c r="Q682" s="15"/>
       <c r="R682"/>
     </row>
     <row r="683" spans="1:18">
       <c r="B683" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C683" s="15" t="s">
         <v>1989</v>
       </c>
       <c r="D683" s="15" t="s">
         <v>1990</v>
       </c>
       <c r="E683" s="15">
         <v>10080015935</v>
       </c>
       <c r="F683" s="15"/>
       <c r="G683" s="15"/>
       <c r="H683" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I683" s="15" t="s">
         <v>1991</v>
       </c>
       <c r="J683" s="15">
         <v>27</v>
       </c>
       <c r="K683" s="15">
         <v>3.09</v>
       </c>
       <c r="L683" s="15">
         <v>2.59</v>
       </c>
       <c r="M683" s="15">
         <v>2.49</v>
       </c>
       <c r="N683" s="15">
-        <v>4904</v>
+        <v>4936</v>
       </c>
       <c r="O683" s="15"/>
       <c r="P683" s="15"/>
       <c r="Q683" s="15"/>
       <c r="R683"/>
     </row>
     <row r="684" spans="1:18">
       <c r="B684" s="14" t="s">
         <v>1929</v>
       </c>
       <c r="C684" s="15" t="s">
         <v>1992</v>
       </c>
       <c r="D684" s="15" t="s">
         <v>1993</v>
       </c>
       <c r="E684" s="15">
         <v>10080044825</v>
       </c>
       <c r="F684" s="15"/>
       <c r="G684" s="15"/>
       <c r="H684" s="15" t="s">
         <v>1932</v>
       </c>
       <c r="I684" s="15"/>
       <c r="J684" s="15">
         <v>25</v>
       </c>
       <c r="K684" s="15">
         <v>3.39</v>
       </c>
       <c r="L684" s="15">
         <v>2.85</v>
       </c>
       <c r="M684" s="15">
         <v>2.74</v>
       </c>
       <c r="N684" s="15">
-        <v>5839</v>
+        <v>6114</v>
       </c>
       <c r="O684" s="15"/>
       <c r="P684" s="15"/>
       <c r="Q684" s="15"/>
       <c r="R684"/>
     </row>
     <row r="685" spans="1:18">
       <c r="B685" s="14" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="C685" s="15" t="s">
         <v>1994</v>
       </c>
       <c r="D685" s="15" t="s">
         <v>1995</v>
       </c>
       <c r="E685" s="15" t="s">
         <v>1996</v>
       </c>
       <c r="F685" s="15"/>
       <c r="G685" s="15"/>
       <c r="H685" s="15" t="s">
-        <v>1077</v>
+        <v>1076</v>
       </c>
       <c r="I685" s="15" t="s">
         <v>1997</v>
       </c>
       <c r="J685" s="15">
         <v>1</v>
       </c>
       <c r="K685" s="15">
         <v>1.87</v>
       </c>
       <c r="L685" s="15">
         <v>1.76</v>
       </c>
       <c r="M685" s="15">
         <v>1.7</v>
       </c>
       <c r="N685" s="15"/>
       <c r="O685" s="15"/>
       <c r="P685" s="15"/>
       <c r="Q685" s="15"/>
       <c r="R685"/>
     </row>
     <row r="686" spans="1:18">
       <c r="B686" s="14" t="s">
         <v>1929</v>
@@ -33662,90 +33646,90 @@
       </c>
       <c r="C697" s="15" t="s">
         <v>2029</v>
       </c>
       <c r="D697" s="15"/>
       <c r="E697" s="15" t="s">
         <v>2030</v>
       </c>
       <c r="F697" s="15"/>
       <c r="G697" s="15"/>
       <c r="H697" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I697" s="15"/>
       <c r="J697" s="15"/>
       <c r="K697" s="15">
         <v>0.77594</v>
       </c>
       <c r="L697" s="15">
         <v>0.66509</v>
       </c>
       <c r="M697" s="15">
         <v>0.60967</v>
       </c>
       <c r="N697" s="15">
-        <v>191</v>
+        <v>220</v>
       </c>
       <c r="O697" s="15"/>
       <c r="P697" s="15"/>
       <c r="Q697" s="15"/>
       <c r="R697"/>
     </row>
     <row r="698" spans="1:18">
       <c r="B698" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C698" s="15" t="s">
         <v>2031</v>
       </c>
       <c r="D698" s="15" t="s">
         <v>2032</v>
       </c>
       <c r="E698" s="15" t="s">
         <v>2033</v>
       </c>
       <c r="F698" s="15"/>
       <c r="G698" s="15"/>
       <c r="H698" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I698" s="15"/>
       <c r="J698" s="15">
         <v>8</v>
       </c>
       <c r="K698" s="15">
         <v>0.88679</v>
       </c>
       <c r="L698" s="15">
         <v>0.77594</v>
       </c>
       <c r="M698" s="15">
         <v>0.66509</v>
       </c>
       <c r="N698" s="15">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="O698" s="15"/>
       <c r="P698" s="15"/>
       <c r="Q698" s="15"/>
       <c r="R698"/>
     </row>
     <row r="699" spans="1:18">
       <c r="B699" s="14" t="s">
         <v>264</v>
       </c>
       <c r="C699" s="15" t="s">
         <v>2034</v>
       </c>
       <c r="D699" s="15"/>
       <c r="E699" s="15" t="s">
         <v>2035</v>
       </c>
       <c r="F699" s="15"/>
       <c r="G699" s="15"/>
       <c r="H699" s="15" t="s">
         <v>268</v>
       </c>
       <c r="I699" s="15"/>
       <c r="J699" s="15">
         <v>1</v>