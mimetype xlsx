--- v1 (2025-12-18)
+++ v2 (2026-01-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>12.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>