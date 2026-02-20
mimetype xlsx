--- v2 (2026-01-12)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>