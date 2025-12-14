--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1735,51 +1735,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.30921</v>
       </c>
       <c r="L12" s="15">
         <v>0.21051</v>
       </c>
       <c r="M12" s="15">
         <v>0.19266</v>
       </c>
       <c r="N12" s="15">
-        <v>330</v>
+        <v>395</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1811,51 +1811,51 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.065</v>
       </c>
       <c r="L14" s="15">
         <v>0.065</v>
       </c>
       <c r="M14" s="15">
         <v>0.065</v>
       </c>
       <c r="N14" s="15">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
@@ -1955,51 +1955,51 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080017921</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07413</v>
       </c>
       <c r="L18" s="15">
         <v>0.05803</v>
       </c>
       <c r="M18" s="15">
         <v>0.0557</v>
       </c>
       <c r="N18" s="15">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
@@ -2463,51 +2463,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.025</v>
       </c>
       <c r="L32" s="15">
         <v>0.025</v>
       </c>
       <c r="M32" s="15">
         <v>0.025</v>
       </c>
       <c r="N32" s="15">
-        <v>6438</v>
+        <v>5328</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2570,90 +2570,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1</v>
       </c>
       <c r="K35" s="15">
         <v>0.00025</v>
       </c>
       <c r="L35" s="15">
         <v>0.01913</v>
       </c>
       <c r="M35" s="15">
         <v>0.01913</v>
       </c>
       <c r="N35" s="15">
-        <v>233</v>
+        <v>286</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.00071</v>
       </c>
       <c r="L36" s="15">
         <v>0.02768</v>
       </c>
       <c r="M36" s="15">
         <v>0.02516</v>
       </c>
       <c r="N36" s="15">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="15">
         <v>10000022295</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2926,51 +2926,51 @@
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.032</v>
       </c>
       <c r="L45" s="15">
         <v>0.032</v>
       </c>
       <c r="M45" s="15">
         <v>0.032</v>
       </c>
       <c r="N45" s="15">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
@@ -3549,51 +3549,51 @@
         <v>184</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E62" s="15">
         <v>10000004290</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>200</v>
       </c>
       <c r="K62" s="15">
         <v>0.221</v>
       </c>
       <c r="L62" s="15">
         <v>0.221</v>
       </c>
       <c r="M62" s="15">
         <v>0.221</v>
       </c>
       <c r="N62" s="15">
-        <v>892</v>
+        <v>632</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
@@ -4148,90 +4148,90 @@
         <v>229</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E79" s="15">
         <v>10080002411</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0542</v>
       </c>
       <c r="L79" s="15">
         <v>0.05149</v>
       </c>
       <c r="M79" s="15">
         <v>0.04879</v>
       </c>
       <c r="N79" s="15">
-        <v>671</v>
+        <v>695</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.065</v>
       </c>
       <c r="L80" s="15">
         <v>0.065</v>
       </c>
       <c r="M80" s="15">
         <v>0.065</v>
       </c>
       <c r="N80" s="15">
-        <v>516</v>
+        <v>653</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
@@ -4372,51 +4372,51 @@
       <c r="D85" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E85" s="15">
         <v>10000001604</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.51808</v>
       </c>
       <c r="L85" s="15">
         <v>0.34213</v>
       </c>
       <c r="M85" s="15">
         <v>0.31085</v>
       </c>
       <c r="N85" s="15">
-        <v>4561</v>
+        <v>3243</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="15" t="s">
         <v>252</v>
       </c>