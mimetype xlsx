--- v1 (2025-12-14)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1694,92 +1694,92 @@
       </c>
       <c r="E11" s="15">
         <v>10080007226</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.33935</v>
       </c>
       <c r="L11" s="15">
         <v>0.22644</v>
       </c>
       <c r="M11" s="15">
         <v>0.20591</v>
       </c>
       <c r="N11" s="15">
-        <v>4244</v>
+        <v>4142</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.30921</v>
       </c>
       <c r="L12" s="15">
         <v>0.21051</v>
       </c>
       <c r="M12" s="15">
         <v>0.19266</v>
       </c>
       <c r="N12" s="15">
-        <v>395</v>
+        <v>340</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1811,51 +1811,51 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.065</v>
       </c>
       <c r="L14" s="15">
         <v>0.065</v>
       </c>
       <c r="M14" s="15">
         <v>0.065</v>
       </c>
       <c r="N14" s="15">
-        <v>134</v>
+        <v>172</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
@@ -2570,90 +2570,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1</v>
       </c>
       <c r="K35" s="15">
         <v>0.00025</v>
       </c>
       <c r="L35" s="15">
         <v>0.01913</v>
       </c>
       <c r="M35" s="15">
         <v>0.01913</v>
       </c>
       <c r="N35" s="15">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.00071</v>
       </c>
       <c r="L36" s="15">
         <v>0.02768</v>
       </c>
       <c r="M36" s="15">
         <v>0.02516</v>
       </c>
       <c r="N36" s="15">
-        <v>213</v>
+        <v>185</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="15">
         <v>10000022295</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2926,51 +2926,51 @@
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.032</v>
       </c>
       <c r="L45" s="15">
         <v>0.032</v>
       </c>
       <c r="M45" s="15">
         <v>0.032</v>
       </c>
       <c r="N45" s="15">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
@@ -3549,51 +3549,51 @@
         <v>184</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E62" s="15">
         <v>10000004290</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>200</v>
       </c>
       <c r="K62" s="15">
         <v>0.221</v>
       </c>
       <c r="L62" s="15">
         <v>0.221</v>
       </c>
       <c r="M62" s="15">
         <v>0.221</v>
       </c>
       <c r="N62" s="15">
-        <v>632</v>
+        <v>822</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
@@ -4148,90 +4148,90 @@
         <v>229</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E79" s="15">
         <v>10080002411</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0542</v>
       </c>
       <c r="L79" s="15">
         <v>0.05149</v>
       </c>
       <c r="M79" s="15">
         <v>0.04879</v>
       </c>
       <c r="N79" s="15">
-        <v>695</v>
+        <v>617</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.065</v>
       </c>
       <c r="L80" s="15">
         <v>0.065</v>
       </c>
       <c r="M80" s="15">
         <v>0.065</v>
       </c>
       <c r="N80" s="15">
-        <v>653</v>
+        <v>508</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
@@ -4372,51 +4372,51 @@
       <c r="D85" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E85" s="15">
         <v>10000001604</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.51808</v>
       </c>
       <c r="L85" s="15">
         <v>0.34213</v>
       </c>
       <c r="M85" s="15">
         <v>0.31085</v>
       </c>
       <c r="N85" s="15">
-        <v>3243</v>
+        <v>4293</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="15" t="s">
         <v>252</v>
       </c>