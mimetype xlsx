--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1694,92 +1694,92 @@
       </c>
       <c r="E11" s="15">
         <v>10080007226</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.33935</v>
       </c>
       <c r="L11" s="15">
         <v>0.22644</v>
       </c>
       <c r="M11" s="15">
         <v>0.20591</v>
       </c>
       <c r="N11" s="15">
-        <v>4142</v>
+        <v>4312</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.30921</v>
       </c>
       <c r="L12" s="15">
         <v>0.21051</v>
       </c>
       <c r="M12" s="15">
         <v>0.19266</v>
       </c>
       <c r="N12" s="15">
-        <v>340</v>
+        <v>405</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1811,51 +1811,51 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.065</v>
       </c>
       <c r="L14" s="15">
         <v>0.065</v>
       </c>
       <c r="M14" s="15">
         <v>0.065</v>
       </c>
       <c r="N14" s="15">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
@@ -2463,51 +2463,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.025</v>
       </c>
       <c r="L32" s="15">
         <v>0.025</v>
       </c>
       <c r="M32" s="15">
         <v>0.025</v>
       </c>
       <c r="N32" s="15">
-        <v>5328</v>
+        <v>6142</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2570,90 +2570,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1</v>
       </c>
       <c r="K35" s="15">
         <v>0.00025</v>
       </c>
       <c r="L35" s="15">
         <v>0.01913</v>
       </c>
       <c r="M35" s="15">
         <v>0.01913</v>
       </c>
       <c r="N35" s="15">
-        <v>289</v>
+        <v>253</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.00071</v>
       </c>
       <c r="L36" s="15">
         <v>0.02768</v>
       </c>
       <c r="M36" s="15">
         <v>0.02516</v>
       </c>
       <c r="N36" s="15">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="15">
         <v>10000022295</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2926,51 +2926,51 @@
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.032</v>
       </c>
       <c r="L45" s="15">
         <v>0.032</v>
       </c>
       <c r="M45" s="15">
         <v>0.032</v>
       </c>
       <c r="N45" s="15">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
@@ -3549,51 +3549,51 @@
         <v>184</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E62" s="15">
         <v>10000004290</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>200</v>
       </c>
       <c r="K62" s="15">
         <v>0.221</v>
       </c>
       <c r="L62" s="15">
         <v>0.221</v>
       </c>
       <c r="M62" s="15">
         <v>0.221</v>
       </c>
       <c r="N62" s="15">
-        <v>822</v>
+        <v>782</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
@@ -4148,90 +4148,90 @@
         <v>229</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E79" s="15">
         <v>10080002411</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0542</v>
       </c>
       <c r="L79" s="15">
         <v>0.05149</v>
       </c>
       <c r="M79" s="15">
         <v>0.04879</v>
       </c>
       <c r="N79" s="15">
-        <v>617</v>
+        <v>507</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.065</v>
       </c>
       <c r="L80" s="15">
         <v>0.065</v>
       </c>
       <c r="M80" s="15">
         <v>0.065</v>
       </c>
       <c r="N80" s="15">
-        <v>508</v>
+        <v>621</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
@@ -4372,51 +4372,51 @@
       <c r="D85" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E85" s="15">
         <v>10000001604</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.51808</v>
       </c>
       <c r="L85" s="15">
         <v>0.34213</v>
       </c>
       <c r="M85" s="15">
         <v>0.31085</v>
       </c>
       <c r="N85" s="15">
-        <v>4293</v>
+        <v>3402</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="15" t="s">
         <v>252</v>
       </c>