--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -541,51 +541,51 @@
   <si>
     <t>Кт815г</t>
   </si>
   <si>
     <t>Транзистор Кт815г</t>
   </si>
   <si>
     <t>10-00077079</t>
   </si>
   <si>
     <t>Кт816б</t>
   </si>
   <si>
     <t>Транзистор Кт816б</t>
   </si>
   <si>
     <t>10-00077080</t>
   </si>
   <si>
     <t>Кт816в</t>
   </si>
   <si>
     <t>Транзистор Кт816в</t>
   </si>
   <si>
-    <t xml:space="preserve">BD236 HOTTECH, BD236 NXP/NEXPERIA, </t>
+    <t xml:space="preserve">BD236 HOTTECH, BD236 NXP/NEXPERIA, BD236 HOTTECH, </t>
   </si>
   <si>
     <t>Кт816г</t>
   </si>
   <si>
     <t>Транзистор Кт816г</t>
   </si>
   <si>
     <t>Кт817а</t>
   </si>
   <si>
     <t>Транзистор Кт817а</t>
   </si>
   <si>
     <t>10-00077083</t>
   </si>
   <si>
     <t>Кт817в</t>
   </si>
   <si>
     <t>Транзистор Кт817в</t>
   </si>
   <si>
     <t>10-00077084</t>
   </si>
@@ -772,51 +772,51 @@
   <si>
     <t>Транзистор Кт961б</t>
   </si>
   <si>
     <t>10-00077099</t>
   </si>
   <si>
     <t>Кт972а</t>
   </si>
   <si>
     <t>Транзистор Кт972а</t>
   </si>
   <si>
     <t xml:space="preserve">BD679A HOTTECH, BD679A ST, </t>
   </si>
   <si>
     <t>Кт973а</t>
   </si>
   <si>
     <t>Транзистор Кт973а</t>
   </si>
   <si>
     <t>10-00077101</t>
   </si>
   <si>
-    <t xml:space="preserve">BD680A HOTTECH, </t>
+    <t xml:space="preserve">BD680A HOTTECH, BD680A HOTTECH, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -1694,92 +1694,92 @@
       </c>
       <c r="E11" s="15">
         <v>10080007226</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.33935</v>
       </c>
       <c r="L11" s="15">
         <v>0.22644</v>
       </c>
       <c r="M11" s="15">
         <v>0.20591</v>
       </c>
       <c r="N11" s="15">
-        <v>4312</v>
+        <v>1591</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.30921</v>
       </c>
       <c r="L12" s="15">
         <v>0.21051</v>
       </c>
       <c r="M12" s="15">
         <v>0.19266</v>
       </c>
       <c r="N12" s="15">
-        <v>405</v>
+        <v>310</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1811,51 +1811,51 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.065</v>
       </c>
       <c r="L14" s="15">
         <v>0.065</v>
       </c>
       <c r="M14" s="15">
         <v>0.065</v>
       </c>
       <c r="N14" s="15">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
@@ -2463,51 +2463,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.025</v>
       </c>
       <c r="L32" s="15">
         <v>0.025</v>
       </c>
       <c r="M32" s="15">
         <v>0.025</v>
       </c>
       <c r="N32" s="15">
-        <v>6142</v>
+        <v>4896</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2570,90 +2570,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1</v>
       </c>
       <c r="K35" s="15">
         <v>0.00025</v>
       </c>
       <c r="L35" s="15">
         <v>0.01913</v>
       </c>
       <c r="M35" s="15">
         <v>0.01913</v>
       </c>
       <c r="N35" s="15">
-        <v>253</v>
+        <v>289</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.00071</v>
       </c>
       <c r="L36" s="15">
         <v>0.02768</v>
       </c>
       <c r="M36" s="15">
         <v>0.02516</v>
       </c>
       <c r="N36" s="15">
-        <v>170</v>
+        <v>190</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="15">
         <v>10000022295</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2926,51 +2926,51 @@
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.032</v>
       </c>
       <c r="L45" s="15">
         <v>0.032</v>
       </c>
       <c r="M45" s="15">
         <v>0.032</v>
       </c>
       <c r="N45" s="15">
-        <v>89</v>
+        <v>82</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
@@ -3549,51 +3549,51 @@
         <v>184</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E62" s="15">
         <v>10000004290</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>200</v>
       </c>
       <c r="K62" s="15">
         <v>0.221</v>
       </c>
       <c r="L62" s="15">
         <v>0.221</v>
       </c>
       <c r="M62" s="15">
         <v>0.221</v>
       </c>
       <c r="N62" s="15">
-        <v>782</v>
+        <v>742</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
@@ -4148,90 +4148,90 @@
         <v>229</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E79" s="15">
         <v>10080002411</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0542</v>
       </c>
       <c r="L79" s="15">
         <v>0.05149</v>
       </c>
       <c r="M79" s="15">
         <v>0.04879</v>
       </c>
       <c r="N79" s="15">
-        <v>507</v>
+        <v>484</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.065</v>
       </c>
       <c r="L80" s="15">
         <v>0.065</v>
       </c>
       <c r="M80" s="15">
         <v>0.065</v>
       </c>
       <c r="N80" s="15">
-        <v>621</v>
+        <v>718</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
@@ -4372,51 +4372,51 @@
       <c r="D85" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E85" s="15">
         <v>10000001604</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.51808</v>
       </c>
       <c r="L85" s="15">
         <v>0.34213</v>
       </c>
       <c r="M85" s="15">
         <v>0.31085</v>
       </c>
       <c r="N85" s="15">
-        <v>3402</v>
+        <v>2239</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="15" t="s">
         <v>252</v>
       </c>