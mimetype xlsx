--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1694,92 +1694,94 @@
       </c>
       <c r="E11" s="15">
         <v>10080007226</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.33935</v>
       </c>
       <c r="L11" s="15">
         <v>0.22644</v>
       </c>
       <c r="M11" s="15">
         <v>0.20591</v>
       </c>
       <c r="N11" s="15">
-        <v>1591</v>
-[...1 lines deleted...]
-      <c r="O11" s="15"/>
+        <v>1732</v>
+      </c>
+      <c r="O11" s="15">
+        <v>4386</v>
+      </c>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.30921</v>
       </c>
       <c r="L12" s="15">
         <v>0.21051</v>
       </c>
       <c r="M12" s="15">
         <v>0.19266</v>
       </c>
       <c r="N12" s="15">
-        <v>310</v>
+        <v>420</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1811,51 +1813,51 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.065</v>
       </c>
       <c r="L14" s="15">
         <v>0.065</v>
       </c>
       <c r="M14" s="15">
         <v>0.065</v>
       </c>
       <c r="N14" s="15">
-        <v>144</v>
+        <v>160</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
@@ -2463,51 +2465,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.025</v>
       </c>
       <c r="L32" s="15">
         <v>0.025</v>
       </c>
       <c r="M32" s="15">
         <v>0.025</v>
       </c>
       <c r="N32" s="15">
-        <v>4896</v>
+        <v>5184</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2570,90 +2572,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1</v>
       </c>
       <c r="K35" s="15">
         <v>0.00025</v>
       </c>
       <c r="L35" s="15">
         <v>0.01913</v>
       </c>
       <c r="M35" s="15">
         <v>0.01913</v>
       </c>
       <c r="N35" s="15">
-        <v>289</v>
+        <v>253</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.00071</v>
       </c>
       <c r="L36" s="15">
         <v>0.02768</v>
       </c>
       <c r="M36" s="15">
         <v>0.02516</v>
       </c>
       <c r="N36" s="15">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="15">
         <v>10000022295</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2926,51 +2928,51 @@
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.032</v>
       </c>
       <c r="L45" s="15">
         <v>0.032</v>
       </c>
       <c r="M45" s="15">
         <v>0.032</v>
       </c>
       <c r="N45" s="15">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
@@ -3549,51 +3551,51 @@
         <v>184</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E62" s="15">
         <v>10000004290</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>200</v>
       </c>
       <c r="K62" s="15">
         <v>0.221</v>
       </c>
       <c r="L62" s="15">
         <v>0.221</v>
       </c>
       <c r="M62" s="15">
         <v>0.221</v>
       </c>
       <c r="N62" s="15">
-        <v>742</v>
+        <v>822</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
@@ -4148,90 +4150,90 @@
         <v>229</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E79" s="15">
         <v>10080002411</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0542</v>
       </c>
       <c r="L79" s="15">
         <v>0.05149</v>
       </c>
       <c r="M79" s="15">
         <v>0.04879</v>
       </c>
       <c r="N79" s="15">
-        <v>484</v>
+        <v>539</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.065</v>
       </c>
       <c r="L80" s="15">
         <v>0.065</v>
       </c>
       <c r="M80" s="15">
         <v>0.065</v>
       </c>
       <c r="N80" s="15">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
@@ -4372,51 +4374,51 @@
       <c r="D85" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E85" s="15">
         <v>10000001604</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.51808</v>
       </c>
       <c r="L85" s="15">
         <v>0.34213</v>
       </c>
       <c r="M85" s="15">
         <v>0.31085</v>
       </c>
       <c r="N85" s="15">
-        <v>2239</v>
+        <v>2701</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="15" t="s">
         <v>252</v>
       </c>