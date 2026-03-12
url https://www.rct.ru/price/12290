--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="280">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1694,94 +1694,92 @@
       </c>
       <c r="E11" s="15">
         <v>10080007226</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.33935</v>
       </c>
       <c r="L11" s="15">
         <v>0.22644</v>
       </c>
       <c r="M11" s="15">
         <v>0.20591</v>
       </c>
       <c r="N11" s="15">
-        <v>1732</v>
-[...3 lines deleted...]
-      </c>
+        <v>3729</v>
+      </c>
+      <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.30921</v>
       </c>
       <c r="L12" s="15">
         <v>0.21051</v>
       </c>
       <c r="M12" s="15">
         <v>0.19266</v>
       </c>
       <c r="N12" s="15">
-        <v>420</v>
+        <v>435</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1813,51 +1811,51 @@
       <c r="D14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>200</v>
       </c>
       <c r="K14" s="15">
         <v>0.065</v>
       </c>
       <c r="L14" s="15">
         <v>0.065</v>
       </c>
       <c r="M14" s="15">
         <v>0.065</v>
       </c>
       <c r="N14" s="15">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
@@ -1957,51 +1955,51 @@
       <c r="D18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="15">
         <v>10080017921</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07413</v>
       </c>
       <c r="L18" s="15">
         <v>0.05803</v>
       </c>
       <c r="M18" s="15">
         <v>0.0557</v>
       </c>
       <c r="N18" s="15">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
@@ -2465,51 +2463,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.025</v>
       </c>
       <c r="L32" s="15">
         <v>0.025</v>
       </c>
       <c r="M32" s="15">
         <v>0.025</v>
       </c>
       <c r="N32" s="15">
-        <v>5184</v>
+        <v>4896</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2572,90 +2570,90 @@
       <c r="D35" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1</v>
       </c>
       <c r="K35" s="15">
         <v>0.00025</v>
       </c>
       <c r="L35" s="15">
         <v>0.01913</v>
       </c>
       <c r="M35" s="15">
         <v>0.01913</v>
       </c>
       <c r="N35" s="15">
-        <v>253</v>
+        <v>276</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>200</v>
       </c>
       <c r="K36" s="15">
         <v>0.00071</v>
       </c>
       <c r="L36" s="15">
         <v>0.02768</v>
       </c>
       <c r="M36" s="15">
         <v>0.02516</v>
       </c>
       <c r="N36" s="15">
-        <v>205</v>
+        <v>185</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E37" s="15">
         <v>10000022295</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
@@ -2928,51 +2926,51 @@
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.032</v>
       </c>
       <c r="L45" s="15">
         <v>0.032</v>
       </c>
       <c r="M45" s="15">
         <v>0.032</v>
       </c>
       <c r="N45" s="15">
-        <v>101</v>
+        <v>85</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
@@ -3551,51 +3549,51 @@
         <v>184</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E62" s="15">
         <v>10000004290</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>200</v>
       </c>
       <c r="K62" s="15">
         <v>0.221</v>
       </c>
       <c r="L62" s="15">
         <v>0.221</v>
       </c>
       <c r="M62" s="15">
         <v>0.221</v>
       </c>
       <c r="N62" s="15">
-        <v>822</v>
+        <v>892</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
@@ -4150,90 +4148,90 @@
         <v>229</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E79" s="15">
         <v>10080002411</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.0542</v>
       </c>
       <c r="L79" s="15">
         <v>0.05149</v>
       </c>
       <c r="M79" s="15">
         <v>0.04879</v>
       </c>
       <c r="N79" s="15">
-        <v>539</v>
+        <v>500</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.065</v>
       </c>
       <c r="L80" s="15">
         <v>0.065</v>
       </c>
       <c r="M80" s="15">
         <v>0.065</v>
       </c>
       <c r="N80" s="15">
-        <v>726</v>
+        <v>581</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>234</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>235</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>236</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
@@ -4374,51 +4372,51 @@
       <c r="D85" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E85" s="15">
         <v>10000001604</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.51808</v>
       </c>
       <c r="L85" s="15">
         <v>0.34213</v>
       </c>
       <c r="M85" s="15">
         <v>0.31085</v>
       </c>
       <c r="N85" s="15">
-        <v>2701</v>
+        <v>1675</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="15" t="s">
         <v>252</v>
       </c>